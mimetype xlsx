--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/aaa1a6dcf32e4bf0/Documents/M72/DSR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="141" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C5EF41DF-DA9C-4C88-BAAC-A1CB06E87426}"/>
+  <xr:revisionPtr revIDLastSave="146" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A0001947-9906-4699-9EB9-5BBF167FCD4E}"/>
   <bookViews>
-    <workbookView xWindow="2490" yWindow="30" windowWidth="21690" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13860" yWindow="345" windowWidth="24540" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend Rock Star List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$R$11</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$Q$11</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="548">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1325" uniqueCount="627">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Mkt</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Pro Rating</t>
   </si>
   <si>
     <t>Dvd Safety</t>
   </si>
   <si>
     <t>Current Price</t>
   </si>
   <si>
     <t>DDM</t>
   </si>
   <si>
@@ -127,98 +127,89 @@
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t xml:space="preserve">ABT </t>
   </si>
   <si>
     <t xml:space="preserve">Abbott Laboratories </t>
   </si>
   <si>
     <t xml:space="preserve">ACN </t>
   </si>
   <si>
     <t xml:space="preserve">Accenture PLC </t>
   </si>
   <si>
     <t xml:space="preserve">ADP </t>
   </si>
   <si>
     <t xml:space="preserve">Automatic Data Processing Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">AGMJF </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Algoma Central Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ALC.TO </t>
   </si>
   <si>
     <t xml:space="preserve">AMAT </t>
   </si>
   <si>
     <t xml:space="preserve">Applied Materials Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AME </t>
   </si>
   <si>
     <t xml:space="preserve">AMETEK Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AMP </t>
   </si>
   <si>
     <t xml:space="preserve">Ameriprise Financial Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AMT </t>
   </si>
   <si>
     <t xml:space="preserve">American Tower Corp </t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t xml:space="preserve">AON </t>
   </si>
   <si>
     <t xml:space="preserve">Aon PLC </t>
   </si>
   <si>
-    <t xml:space="preserve">APD </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">ATO </t>
   </si>
   <si>
     <t xml:space="preserve">Atmos Energy Corp </t>
   </si>
   <si>
     <t xml:space="preserve">AVGO </t>
   </si>
   <si>
     <t xml:space="preserve">Broadcom Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AVY </t>
   </si>
   <si>
     <t xml:space="preserve">Avery Dennison Corp </t>
   </si>
   <si>
     <t xml:space="preserve">AWK </t>
   </si>
   <si>
     <t xml:space="preserve">AWR </t>
   </si>
   <si>
     <t xml:space="preserve">American States Water Co </t>
@@ -232,110 +223,98 @@
   <si>
     <t xml:space="preserve">BHB </t>
   </si>
   <si>
     <t xml:space="preserve">Bar Harbor Bankshares </t>
   </si>
   <si>
     <t xml:space="preserve">BLK </t>
   </si>
   <si>
     <t xml:space="preserve">BlackRock Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BMI </t>
   </si>
   <si>
     <t xml:space="preserve">Badger Meter Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BR </t>
   </si>
   <si>
     <t xml:space="preserve">Broadridge Financial Solutions Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">CAT </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Caterpillar Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL.B.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CDW </t>
   </si>
   <si>
     <t xml:space="preserve">CDW Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CMS </t>
   </si>
   <si>
     <t xml:space="preserve">CMS Energy Corp </t>
   </si>
   <si>
     <t xml:space="preserve">COST </t>
   </si>
   <si>
     <t xml:space="preserve">Costco Wholesale Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">CTAS </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">DE </t>
   </si>
   <si>
     <t xml:space="preserve">Deere &amp; Co </t>
   </si>
   <si>
     <t xml:space="preserve">DHI </t>
   </si>
   <si>
     <t xml:space="preserve">DOL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Dollarama Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EQIX </t>
   </si>
   <si>
     <t xml:space="preserve">Equinix Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">EVRG </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EXPD </t>
   </si>
   <si>
     <t xml:space="preserve">Expeditors International of Washington Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EXR </t>
   </si>
   <si>
     <t xml:space="preserve">Extra Space Storage Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FFIN </t>
   </si>
   <si>
     <t xml:space="preserve">First Financial Bankshares Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FRME </t>
   </si>
   <si>
     <t xml:space="preserve">First Merchants Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FULT </t>
@@ -346,185 +325,149 @@
   <si>
     <t xml:space="preserve">GABC </t>
   </si>
   <si>
     <t xml:space="preserve">German American Bancorp Inc </t>
   </si>
   <si>
     <t xml:space="preserve">GD </t>
   </si>
   <si>
     <t xml:space="preserve">General Dynamics Corp </t>
   </si>
   <si>
     <t xml:space="preserve">GSY.TO </t>
   </si>
   <si>
     <t xml:space="preserve">goeasy Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">HD </t>
   </si>
   <si>
     <t xml:space="preserve">Home Depot Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">HSY </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">HUBB </t>
   </si>
   <si>
     <t xml:space="preserve">Hubbell Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">IBCP </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">INTU </t>
   </si>
   <si>
     <t xml:space="preserve">Intuit Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ITW </t>
   </si>
   <si>
     <t xml:space="preserve">Illinois Tool Works Inc </t>
   </si>
   <si>
     <t xml:space="preserve">JPM </t>
   </si>
   <si>
     <t xml:space="preserve">JPMorgan Chase &amp; Co </t>
   </si>
   <si>
     <t xml:space="preserve">KBH </t>
   </si>
   <si>
     <t xml:space="preserve">KB Home </t>
   </si>
   <si>
     <t xml:space="preserve">KLAC </t>
   </si>
   <si>
     <t xml:space="preserve">KLA Corp </t>
   </si>
   <si>
     <t xml:space="preserve">LECO </t>
   </si>
   <si>
     <t xml:space="preserve">Lincoln Electric Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">LII </t>
   </si>
   <si>
     <t xml:space="preserve">Lennox International Inc </t>
   </si>
   <si>
     <t xml:space="preserve">LNT </t>
   </si>
   <si>
     <t xml:space="preserve">Alliant Energy Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">LOW </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LRCX </t>
   </si>
   <si>
     <t xml:space="preserve">Lam Research Corp </t>
   </si>
   <si>
     <t xml:space="preserve">MCO </t>
   </si>
   <si>
     <t xml:space="preserve">Moody's Corp </t>
   </si>
   <si>
     <t xml:space="preserve">MS </t>
   </si>
   <si>
     <t xml:space="preserve">Morgan Stanley </t>
   </si>
   <si>
     <t xml:space="preserve">MSFT </t>
   </si>
   <si>
     <t xml:space="preserve">Microsoft Corp </t>
   </si>
   <si>
     <t xml:space="preserve">NA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">National Bank of Canada </t>
   </si>
   <si>
     <t xml:space="preserve">NDSN </t>
   </si>
   <si>
     <t xml:space="preserve">Nordson Corp </t>
   </si>
   <si>
     <t xml:space="preserve">NTIOF </t>
   </si>
   <si>
     <t xml:space="preserve">NXST </t>
   </si>
   <si>
     <t xml:space="preserve">Nexstar Media Group Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">OGS </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">OZK </t>
   </si>
   <si>
     <t xml:space="preserve">Bank Ozk </t>
   </si>
   <si>
     <t xml:space="preserve">PAG </t>
   </si>
   <si>
     <t xml:space="preserve">Penske Automotive Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PAYX </t>
   </si>
   <si>
     <t xml:space="preserve">Paychex Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PNC </t>
   </si>
   <si>
     <t xml:space="preserve">PNC Financial Services Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ROL </t>
@@ -553,56 +496,50 @@
   <si>
     <t xml:space="preserve">SCI </t>
   </si>
   <si>
     <t xml:space="preserve">Service Corporation International </t>
   </si>
   <si>
     <t xml:space="preserve">SHW </t>
   </si>
   <si>
     <t xml:space="preserve">Sherwin-Williams Co </t>
   </si>
   <si>
     <t xml:space="preserve">SJ.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Stella-Jones Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SNA </t>
   </si>
   <si>
     <t xml:space="preserve">Snap-On Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">SPGI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">STLD </t>
   </si>
   <si>
     <t xml:space="preserve">Steel Dynamics Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TFII </t>
   </si>
   <si>
     <t xml:space="preserve">TFI International Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TFII.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TIH.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Toromont Industries Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">Waste Connections Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WCN.TO </t>
@@ -739,68 +676,56 @@
   <si>
     <t xml:space="preserve">American Electric Power Company Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ALSN </t>
   </si>
   <si>
     <t xml:space="preserve">Allison Transmission Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CFR </t>
   </si>
   <si>
     <t xml:space="preserve">Cullen/Frost Bankers Inc </t>
   </si>
   <si>
     <t xml:space="preserve">DR Horton Inc </t>
   </si>
   <si>
     <t xml:space="preserve">GPC </t>
   </si>
   <si>
     <t xml:space="preserve">Genuine Parts Co </t>
   </si>
   <si>
-    <t xml:space="preserve">MAA </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WM </t>
   </si>
   <si>
     <t xml:space="preserve">Waste Management Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">TPL </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WCN </t>
   </si>
   <si>
     <t xml:space="preserve">PG </t>
   </si>
   <si>
     <t xml:space="preserve">Procter &amp; Gamble Co </t>
   </si>
   <si>
     <t xml:space="preserve">PH </t>
   </si>
   <si>
     <t xml:space="preserve">Parker-Hannifin Corp </t>
   </si>
   <si>
     <t>Powered by the Dividend Stocks Rock Stock Screener. Click to learn more.</t>
   </si>
   <si>
     <t>DSR Popular</t>
   </si>
   <si>
     <t xml:space="preserve">DMLP </t>
   </si>
   <si>
     <t xml:space="preserve">Dorchester Minerals LP </t>
@@ -946,77 +871,65 @@
   <si>
     <t xml:space="preserve">Motorola Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">OSK </t>
   </si>
   <si>
     <t xml:space="preserve">Oshkosh Corp </t>
   </si>
   <si>
     <t xml:space="preserve">RGLD </t>
   </si>
   <si>
     <t xml:space="preserve">Royal Gold Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Reliance Inc </t>
   </si>
   <si>
     <t xml:space="preserve">VICI </t>
   </si>
   <si>
     <t xml:space="preserve">VICI Properties Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">ADM </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CF </t>
   </si>
   <si>
     <t xml:space="preserve">CF Industries Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CPX.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Capital Power Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CPXWF </t>
   </si>
   <si>
-    <t xml:space="preserve">FN.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">JWEL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Jamieson Wellness Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TOU.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CUBE </t>
   </si>
   <si>
     <t xml:space="preserve">CubeSmart </t>
   </si>
   <si>
     <t xml:space="preserve">BAH </t>
   </si>
   <si>
     <t xml:space="preserve">Booz Allen Hamilton Holding Corp </t>
   </si>
   <si>
     <t xml:space="preserve">IIPR </t>
   </si>
   <si>
     <t xml:space="preserve">Innovative Industrial Properties Inc </t>
@@ -1096,71 +1009,65 @@
   <si>
     <t xml:space="preserve">GS </t>
   </si>
   <si>
     <t xml:space="preserve">Goldman Sachs Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NEE </t>
   </si>
   <si>
     <t xml:space="preserve">Nextera Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NOC </t>
   </si>
   <si>
     <t xml:space="preserve">Northrop Grumman Corp </t>
   </si>
   <si>
     <t xml:space="preserve">SYK </t>
   </si>
   <si>
     <t xml:space="preserve">Stryker Corp </t>
   </si>
   <si>
-    <t>Avg 5yr Dvd Yield</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Tourmaline Oil Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CMI </t>
   </si>
   <si>
     <t xml:space="preserve">Cummins Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EVR </t>
   </si>
   <si>
     <t xml:space="preserve">Evercore Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">Evergy Inc </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Hartford Insurance Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MRK </t>
   </si>
   <si>
     <t xml:space="preserve">Merck &amp; Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PEP </t>
   </si>
   <si>
     <t xml:space="preserve">PepsiCo Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PSK.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Prairiesky Royalty Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">TRI </t>
   </si>
   <si>
     <t xml:space="preserve">XYL </t>
@@ -1186,531 +1093,861 @@
   <si>
     <t xml:space="preserve">Franco-Nevada Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FNV.TO </t>
   </si>
   <si>
     <t xml:space="preserve">FSS </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Signal Corp </t>
   </si>
   <si>
     <t xml:space="preserve">INVH </t>
   </si>
   <si>
     <t xml:space="preserve">Invitation Homes Inc </t>
   </si>
   <si>
     <t xml:space="preserve">KDP </t>
   </si>
   <si>
     <t xml:space="preserve">Keurig Dr Pepper Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">KR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LIN </t>
   </si>
   <si>
     <t xml:space="preserve">Linde PLC </t>
   </si>
   <si>
     <t xml:space="preserve">LNF.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Leon's Furniture Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">MPWR </t>
   </si>
   <si>
     <t xml:space="preserve">Monolithic Power Systems Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MSEX </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">QCOM </t>
   </si>
   <si>
     <t xml:space="preserve">Qualcomm Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">STN.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Thomson Reuters Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">ASML </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">American Water Works Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HCA </t>
   </si>
   <si>
     <t xml:space="preserve">HCA Healthcare Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RBA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">RB Global Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AEE </t>
   </si>
   <si>
     <t xml:space="preserve">Ameren Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">TWC.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CASY </t>
   </si>
   <si>
     <t xml:space="preserve">Caseys General Stores Inc </t>
   </si>
   <si>
     <t xml:space="preserve">GWW </t>
   </si>
   <si>
     <t xml:space="preserve">WW Grainger Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HTO </t>
   </si>
   <si>
     <t xml:space="preserve">H2O America </t>
   </si>
   <si>
     <t xml:space="preserve">LHX </t>
   </si>
   <si>
     <t xml:space="preserve">L3Harris Technologies Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MTL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Mullen Group Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">PCAR </t>
   </si>
   <si>
     <t xml:space="preserve">Paccar Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RPM </t>
   </si>
   <si>
     <t xml:space="preserve">RPM International Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">SEIC </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">TRI.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TSM </t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">AB </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">AGM </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Agricultural Mortgage Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ANCTF </t>
   </si>
   <si>
     <t xml:space="preserve">Alimentation Couche-Tard Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AOS </t>
   </si>
   <si>
     <t xml:space="preserve">A O Smith Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ATD.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">BX </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CCDBF </t>
   </si>
   <si>
     <t xml:space="preserve">CCL.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CDNAF </t>
   </si>
   <si>
     <t xml:space="preserve">Canadian Tire Corporation Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">CGO.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Cogeco Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CMCSA </t>
   </si>
   <si>
     <t xml:space="preserve">Comcast Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CME </t>
   </si>
   <si>
     <t xml:space="preserve">CME Group Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">CPT </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CSL </t>
   </si>
   <si>
     <t xml:space="preserve">Carlisle Companies Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CTC.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CTC.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CTRA </t>
   </si>
   <si>
     <t xml:space="preserve">Coterra Energy Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">CTVA </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CWEN.A </t>
   </si>
   <si>
     <t xml:space="preserve">Clearway Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">DKS </t>
   </si>
   <si>
     <t xml:space="preserve">DICK'S Sporting Goods Inc </t>
   </si>
   <si>
     <t xml:space="preserve">DPZ </t>
   </si>
   <si>
     <t xml:space="preserve">Domino's Pizza Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">DRI </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">EIX </t>
   </si>
   <si>
     <t xml:space="preserve">Edison International </t>
   </si>
   <si>
     <t xml:space="preserve">EMP.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Empire Company Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">FFH.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">FITB </t>
   </si>
   <si>
     <t xml:space="preserve">Fifth Third Bancorp </t>
   </si>
   <si>
-    <t xml:space="preserve">FRFHF </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FSV.TO </t>
   </si>
   <si>
     <t xml:space="preserve">FirstService Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">FTS.TO </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Hammond Power Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HPS.A.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">JEF </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">JJSF </t>
   </si>
   <si>
     <t xml:space="preserve">J&amp;J Snack Foods Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">JNJ </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Johnson &amp; Johnson </t>
   </si>
   <si>
     <t xml:space="preserve">LAMR </t>
   </si>
   <si>
     <t xml:space="preserve">Lamar Advertising Co </t>
   </si>
   <si>
-    <t xml:space="preserve">LAS.A.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LPX </t>
   </si>
   <si>
     <t xml:space="preserve">Louisiana-Pacific Corp </t>
   </si>
   <si>
     <t xml:space="preserve">LW </t>
   </si>
   <si>
     <t xml:space="preserve">Lamb Weston Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MA </t>
   </si>
   <si>
     <t xml:space="preserve">Mastercard Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MAS </t>
   </si>
   <si>
     <t xml:space="preserve">Masco Corp </t>
   </si>
   <si>
     <t xml:space="preserve">MATX </t>
   </si>
   <si>
     <t xml:space="preserve">Matson Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MG.TO </t>
-[...37 lines deleted...]
-  <si>
     <t xml:space="preserve">NVO </t>
   </si>
   <si>
     <t xml:space="preserve">Novo Nordisk A/S </t>
   </si>
   <si>
     <t xml:space="preserve">ORI </t>
   </si>
   <si>
     <t xml:space="preserve">Old Republic International Corp </t>
   </si>
   <si>
     <t xml:space="preserve">PLD </t>
   </si>
   <si>
     <t xml:space="preserve">Prologis Inc </t>
   </si>
   <si>
     <t xml:space="preserve">QBR.B.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Quebecor Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">ROP </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">STLJF </t>
   </si>
   <si>
     <t xml:space="preserve">UPS </t>
   </si>
   <si>
     <t xml:space="preserve">United Parcel Service Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WSO </t>
   </si>
   <si>
     <t xml:space="preserve">Watsco Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WTS </t>
   </si>
   <si>
     <t xml:space="preserve">Watts Water Technologies Inc </t>
   </si>
   <si>
-    <t>* Prices and datas as of 10/03/2025. Chowder rule minimum of 8 has been applied.</t>
+    <t>* Prices and datas as of 11/03/2025. Chowder rule minimum of 8 has been applied.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AAPL.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apple Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Lease Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AltaGas Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">APOG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apogee Enterprises Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVGO.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BADFF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Badger Infrastructure Solutions Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROOKFIELD ASSET MANAGEMENT LTD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDGI.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIPC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Infrastructure Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIPC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLK.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BNL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadstone Net Lease Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brixmor Property Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cal-Maine Foods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATR.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CEG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Energy Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cigna Group </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CM.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLA.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COST.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salesforce Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DFY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Definity Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAST </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FedEx Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FNF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Financial Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FTT.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finning International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIB.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLPI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaming and Leisure Properties Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOOG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alphabet Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOOG.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOOGL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRMN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HD.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HLF.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">High Liner Foods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HRB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H &amp; R Block Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDCC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InterDigital Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INSW </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Seaways Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JNJ.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPM.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KEY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keyera Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KVUE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenvue Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loblaw Companies Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LCII </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LCI Industries </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LNG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cheniere Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LNR.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linamar Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LZB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">La-Z-Boy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCDS.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McKesson Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">META </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meta Platforms Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">META.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MFI.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maple Leaf Foods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSFT.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NDAQ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NET.UN.V </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Net Real Estate Investment Trust </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NewMarket Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NJR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Jersey Resources Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NKE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nike Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NKE.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OneMain Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORCL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTIS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PBA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pembina Pipeline Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PFE.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PG.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PGR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PKI.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parkland Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPL.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRL.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Propel Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regions Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto PLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBUX.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCCO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southern Copper Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Star Group LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SLGN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Silgan Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOBO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">South Bow Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOBO.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SRCE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1st Source Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TD.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TGLS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tecnoglass Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TGT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Target Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSCO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tractor Supply Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNH.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPS.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">URI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Rentals Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VISA.NEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WFC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">George Weston Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WPM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WPM.TO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -2663,14296 +2900,15991 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dividendstocksrock.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B8:R278"/>
+  <dimension ref="B8:Q328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="53" customWidth="1"/>
     <col min="5" max="5" width="25.140625" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" customWidth="1"/>
     <col min="11" max="11" width="21.7109375" customWidth="1"/>
     <col min="12" max="12" width="21.42578125" customWidth="1"/>
     <col min="13" max="13" width="20.5703125" customWidth="1"/>
     <col min="14" max="14" width="18.7109375" customWidth="1"/>
     <col min="15" max="15" width="23.5703125" customWidth="1"/>
     <col min="17" max="17" width="18" customWidth="1"/>
-    <col min="18" max="18" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="8" spans="2:18" ht="30.75" x14ac:dyDescent="0.45">
+    <row r="8" spans="2:17" ht="30.75" x14ac:dyDescent="0.45">
       <c r="B8" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="2:18" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:17" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:18" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="10" spans="2:17" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:18" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="11" spans="2:17" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B11" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-    <row r="12" spans="2:18" x14ac:dyDescent="0.25">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="12" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>437</v>
+        <v>460</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G12" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H12" s="3">
-        <v>37.29</v>
+        <v>38.81</v>
       </c>
       <c r="I12" s="3">
-        <v>52.69</v>
-[...2 lines deleted...]
-        <v>7.9500000000000001E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K12" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>0.17269999999999999</v>
       </c>
       <c r="L12" s="4">
-        <v>0.11650000000000001</v>
+        <v>8.2799999999999999E-2</v>
       </c>
       <c r="M12" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>0.34260000000000002</v>
       </c>
       <c r="N12" s="4">
-        <v>0.80530000000000002</v>
+        <v>0.1358</v>
       </c>
       <c r="O12" s="4">
-        <v>1.0036</v>
+        <v>0.15970000000000001</v>
       </c>
       <c r="P12" s="3">
-        <v>11.39</v>
+        <v>37.43</v>
       </c>
       <c r="Q12" s="3">
         <v>0</v>
       </c>
-      <c r="R12" s="4">
-[...3 lines deleted...]
-    <row r="13" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3">
         <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>4</v>
       </c>
       <c r="H13" s="3">
-        <v>133.46</v>
+        <v>123.63</v>
       </c>
       <c r="I13" s="3">
         <v>77.73</v>
       </c>
       <c r="J13" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>1.89E-2</v>
       </c>
       <c r="K13" s="4">
-        <v>0.32100000000000001</v>
+        <v>0.33689999999999998</v>
       </c>
       <c r="L13" s="4">
-        <v>5.6300000000000003E-2</v>
+        <v>0.06</v>
       </c>
       <c r="M13" s="4">
-        <v>0.1116</v>
+        <v>0.10009999999999999</v>
       </c>
       <c r="N13" s="4">
         <v>0.2913</v>
       </c>
       <c r="O13" s="4">
         <v>0.58640000000000003</v>
       </c>
       <c r="P13" s="3">
-        <v>16.72</v>
+        <v>15.57</v>
       </c>
       <c r="Q13" s="3">
         <v>1</v>
       </c>
-      <c r="R13" s="4">
-[...3 lines deleted...]
-    <row r="14" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>4</v>
       </c>
       <c r="H14" s="3">
-        <v>243.72</v>
+        <v>250.09</v>
       </c>
       <c r="I14" s="3">
         <v>230.37</v>
       </c>
       <c r="J14" s="4">
-        <v>2.64E-2</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="K14" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>9.0200000000000002E-2</v>
       </c>
       <c r="L14" s="4">
-        <v>9.4700000000000006E-2</v>
+        <v>8.8900000000000007E-2</v>
       </c>
       <c r="M14" s="4">
-        <v>0.13089999999999999</v>
+        <v>0.12540000000000001</v>
       </c>
       <c r="N14" s="4">
-        <v>0.4924</v>
+        <v>0.4819</v>
       </c>
       <c r="O14" s="4">
-        <v>0.34029999999999999</v>
+        <v>0.33989999999999998</v>
       </c>
       <c r="P14" s="3">
-        <v>20.29</v>
+        <v>20.51</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
-      <c r="R14" s="4">
-[...3 lines deleted...]
-    <row r="15" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>3</v>
       </c>
       <c r="G15" s="3">
         <v>4</v>
       </c>
       <c r="H15" s="3">
-        <v>35.11</v>
+        <v>35.17</v>
       </c>
       <c r="I15" s="3">
         <v>17.23</v>
       </c>
       <c r="J15" s="4">
-        <v>1.7000000000000001E-2</v>
+        <v>1.7600000000000001E-2</v>
       </c>
       <c r="K15" s="4">
-        <v>0.1007</v>
+        <v>7.0999999999999994E-2</v>
       </c>
       <c r="L15" s="4">
-        <v>0.19850000000000001</v>
+        <v>0.1973</v>
       </c>
       <c r="M15" s="4">
-        <v>0.11890000000000001</v>
+        <v>0.1076</v>
       </c>
       <c r="N15" s="4">
         <v>0.21790000000000001</v>
       </c>
       <c r="O15" s="4">
         <v>0.1062</v>
       </c>
       <c r="P15" s="3">
-        <v>14.17</v>
+        <v>13.71</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
-      <c r="R15" s="4">
-[...3 lines deleted...]
-    <row r="16" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
-        <v>307</v>
+        <v>461</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>308</v>
+        <v>462</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G16" s="3">
         <v>4</v>
       </c>
       <c r="H16" s="3">
-        <v>59.25</v>
+        <v>234.15</v>
       </c>
       <c r="I16" s="3">
-        <v>39.630000000000003</v>
+        <v>141.24</v>
       </c>
       <c r="J16" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="K16" s="4">
-        <v>3.9E-2</v>
+        <v>2.24E-2</v>
       </c>
       <c r="L16" s="4">
-        <v>5.74E-2</v>
+        <v>0.1187</v>
       </c>
       <c r="M16" s="4">
-        <v>7.3899999999999993E-2</v>
+        <v>0.11509999999999999</v>
       </c>
       <c r="N16" s="4">
-        <v>0.54720000000000002</v>
+        <v>1.1006</v>
       </c>
       <c r="O16" s="4">
-        <v>0.2379</v>
+        <v>0.51500000000000001</v>
       </c>
       <c r="P16" s="3">
-        <v>26.21</v>
+        <v>59.37</v>
       </c>
       <c r="Q16" s="3">
         <v>0</v>
       </c>
-      <c r="R16" s="4">
-[...3 lines deleted...]
-    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F17" s="3">
         <v>4</v>
       </c>
       <c r="G17" s="3">
         <v>4</v>
       </c>
       <c r="H17" s="3">
-        <v>291.58</v>
+        <v>260.35000000000002</v>
       </c>
       <c r="I17" s="3">
         <v>217.65</v>
       </c>
       <c r="J17" s="4">
-        <v>2.1000000000000001E-2</v>
+        <v>2.3599999999999999E-2</v>
       </c>
       <c r="K17" s="4">
-        <v>0.13239999999999999</v>
+        <v>0.1169</v>
       </c>
       <c r="L17" s="4">
-        <v>7.0999999999999994E-2</v>
+        <v>7.1400000000000005E-2</v>
       </c>
       <c r="M17" s="4">
-        <v>0.1133</v>
+        <v>0.10970000000000001</v>
       </c>
       <c r="N17" s="4">
         <v>0.60329999999999995</v>
       </c>
       <c r="O17" s="4">
         <v>0.54610000000000003</v>
       </c>
       <c r="P17" s="3">
-        <v>29.4</v>
+        <v>25.79</v>
       </c>
       <c r="Q17" s="3">
         <v>1</v>
       </c>
-      <c r="R17" s="4">
-[...3 lines deleted...]
-    <row r="18" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
-        <v>413</v>
+        <v>370</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>414</v>
+        <v>371</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="3">
         <v>3</v>
       </c>
       <c r="G18" s="3">
         <v>3</v>
       </c>
       <c r="H18" s="3">
-        <v>103.44</v>
+        <v>102.07</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
       <c r="J18" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>2.76E-2</v>
       </c>
       <c r="K18" s="4">
-        <v>5.9900000000000002E-2</v>
+        <v>5.8799999999999998E-2</v>
       </c>
       <c r="L18" s="4">
-        <v>5.2200000000000003E-2</v>
+        <v>7.8399999999999997E-2</v>
       </c>
       <c r="M18" s="4">
-        <v>6.9000000000000006E-2</v>
+        <v>6.7500000000000004E-2</v>
       </c>
       <c r="N18" s="4">
         <v>0.60409999999999997</v>
       </c>
       <c r="O18" s="4">
         <v>-0.4572</v>
       </c>
       <c r="P18" s="3">
-        <v>22.92</v>
+        <v>22.56</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
-      <c r="R18" s="4">
-[...3 lines deleted...]
-    <row r="19" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B19" s="3" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="3">
         <v>3</v>
       </c>
       <c r="G19" s="3">
         <v>3</v>
       </c>
       <c r="H19" s="3">
-        <v>112.74</v>
+        <v>120.3</v>
       </c>
       <c r="I19" s="3">
         <v>84.45</v>
       </c>
       <c r="J19" s="4">
-        <v>3.3099999999999997E-2</v>
+        <v>3.1199999999999999E-2</v>
       </c>
       <c r="K19" s="4">
-        <v>6.5799999999999997E-2</v>
+        <v>0.1205</v>
       </c>
       <c r="L19" s="4">
-        <v>4.8500000000000001E-2</v>
+        <v>6.7299999999999999E-2</v>
       </c>
       <c r="M19" s="4">
-        <v>5.67E-2</v>
+        <v>5.5500000000000001E-2</v>
       </c>
       <c r="N19" s="4">
         <v>0.63980000000000004</v>
       </c>
       <c r="O19" s="4">
         <v>-1.0486</v>
       </c>
       <c r="P19" s="3">
-        <v>16.489999999999998</v>
+        <v>17.84</v>
       </c>
       <c r="Q19" s="3">
         <v>0</v>
       </c>
-      <c r="R19" s="4">
-[...3 lines deleted...]
-    <row r="20" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
-        <v>438</v>
+        <v>389</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>439</v>
+        <v>390</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="3">
         <v>4</v>
       </c>
       <c r="G20" s="3">
         <v>3</v>
       </c>
       <c r="H20" s="3">
-        <v>164.22</v>
+        <v>158.58000000000001</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
       <c r="J20" s="4">
-        <v>3.5700000000000003E-2</v>
+        <v>3.8399999999999997E-2</v>
       </c>
       <c r="K20" s="4">
-        <v>0.1691</v>
+        <v>0.15570000000000001</v>
       </c>
       <c r="L20" s="4">
-        <v>0.19550000000000001</v>
+        <v>0.23599999999999999</v>
       </c>
       <c r="M20" s="4">
-        <v>0.1487</v>
+        <v>0.13020000000000001</v>
       </c>
       <c r="N20" s="4">
         <v>0.33760000000000001</v>
       </c>
       <c r="O20" s="4">
         <v>0.38190000000000002</v>
       </c>
       <c r="P20" s="3">
-        <v>9.9</v>
+        <v>9.2100000000000009</v>
       </c>
       <c r="Q20" s="3">
         <v>0</v>
       </c>
-      <c r="R20" s="4">
-[...3 lines deleted...]
-    <row r="21" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>34</v>
+        <v>463</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>35</v>
+        <v>464</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G21" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H21" s="3">
-        <v>11.87</v>
+        <v>63.86</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>19.64</v>
       </c>
       <c r="J21" s="4">
-        <v>4.8899999999999999E-2</v>
+        <v>1.38E-2</v>
       </c>
       <c r="K21" s="4">
-        <v>0.2031</v>
+        <v>0.1104</v>
       </c>
       <c r="L21" s="4">
-        <v>4.3700000000000003E-2</v>
+        <v>6.7299999999999999E-2</v>
       </c>
       <c r="M21" s="4">
-        <v>0.1242</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="N21" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.25440000000000002</v>
       </c>
       <c r="O21" s="4">
-        <v>-0.28689999999999999</v>
+        <v>-3.1199999999999999E-2</v>
       </c>
       <c r="P21" s="3">
-        <v>6.71</v>
+        <v>7.76</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
-      <c r="R21" s="4">
-[...3 lines deleted...]
-    <row r="22" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B22" s="3" t="s">
-        <v>36</v>
+        <v>465</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>35</v>
+        <v>466</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F22" s="3">
         <v>3</v>
       </c>
       <c r="G22" s="3">
         <v>3</v>
       </c>
       <c r="H22" s="3">
-        <v>16.55</v>
+        <v>41.17</v>
       </c>
       <c r="I22" s="3">
-        <v>16.8</v>
+        <v>18.54</v>
       </c>
       <c r="J22" s="4">
-        <v>4.7899999999999998E-2</v>
+        <v>3.0800000000000001E-2</v>
       </c>
       <c r="K22" s="4">
-        <v>0.2031</v>
+        <v>0.16850000000000001</v>
       </c>
       <c r="L22" s="4">
-        <v>4.3700000000000003E-2</v>
+        <v>0.18759999999999999</v>
       </c>
       <c r="M22" s="4">
-        <v>0.13139999999999999</v>
+        <v>0.31169999999999998</v>
       </c>
       <c r="N22" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.61070000000000002</v>
       </c>
       <c r="O22" s="4">
-        <v>-0.28839999999999999</v>
+        <v>-26.142900000000001</v>
       </c>
       <c r="P22" s="3">
-        <v>6.71</v>
+        <v>15.7</v>
       </c>
       <c r="Q22" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="23" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>232</v>
+        <v>34</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G23" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H23" s="3">
-        <v>85.93</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>16.8</v>
       </c>
       <c r="J23" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>4.58E-2</v>
       </c>
       <c r="K23" s="4">
-        <v>0.33400000000000002</v>
+        <v>0.42849999999999999</v>
       </c>
       <c r="L23" s="4">
-        <v>3.6299999999999999E-2</v>
+        <v>5.4899999999999997E-2</v>
       </c>
       <c r="M23" s="4">
-        <v>0.1076</v>
+        <v>9.5799999999999996E-2</v>
       </c>
       <c r="N23" s="4">
-        <v>0.11899999999999999</v>
+        <v>0.32700000000000001</v>
       </c>
       <c r="O23" s="4">
-        <v>0.1371</v>
+        <v>-0.28839999999999999</v>
       </c>
       <c r="P23" s="3">
-        <v>9.66</v>
+        <v>7.01</v>
       </c>
       <c r="Q23" s="3">
         <v>0</v>
       </c>
-      <c r="R23" s="4">
-[...3 lines deleted...]
-    <row r="24" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="24" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>37</v>
+        <v>467</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>38</v>
+        <v>468</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G24" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H24" s="3">
-        <v>217.66</v>
+        <v>191.53</v>
       </c>
       <c r="I24" s="3">
-        <v>45</v>
+        <v>69.33</v>
       </c>
       <c r="J24" s="4">
-        <v>8.9999999999999993E-3</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="K24" s="4">
-        <v>0.2172</v>
+        <v>9.8199999999999996E-2</v>
       </c>
       <c r="L24" s="4">
-        <v>0.13220000000000001</v>
+        <v>0.1103</v>
       </c>
       <c r="M24" s="4">
-        <v>0.12859999999999999</v>
+        <v>0.12659999999999999</v>
       </c>
       <c r="N24" s="4">
-        <v>0.1744</v>
+        <v>0.2114</v>
       </c>
       <c r="O24" s="4">
-        <v>0.23150000000000001</v>
+        <v>0.1181</v>
       </c>
       <c r="P24" s="3">
-        <v>24.43</v>
+        <v>9.0299999999999994</v>
       </c>
       <c r="Q24" s="3">
         <v>0</v>
       </c>
-      <c r="R24" s="4">
-[...3 lines deleted...]
-    <row r="25" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B25" s="3" t="s">
-        <v>39</v>
+        <v>210</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>40</v>
+        <v>211</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="3">
         <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>4</v>
       </c>
       <c r="H25" s="3">
-        <v>187.47</v>
+        <v>82.54</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
       <c r="J25" s="4">
-        <v>6.6E-3</v>
+        <v>1.29E-2</v>
       </c>
       <c r="K25" s="4">
-        <v>0.11940000000000001</v>
+        <v>0.2427</v>
       </c>
       <c r="L25" s="4">
-        <v>6.1199999999999997E-2</v>
+        <v>8.1500000000000003E-2</v>
       </c>
       <c r="M25" s="4">
-        <v>0.1487</v>
+        <v>9.2799999999999994E-2</v>
       </c>
       <c r="N25" s="4">
-        <v>0.18809999999999999</v>
+        <v>0.11899999999999999</v>
       </c>
       <c r="O25" s="4">
-        <v>0.1618</v>
+        <v>0.1371</v>
       </c>
       <c r="P25" s="3">
-        <v>30.32</v>
+        <v>9.51</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
-      <c r="R25" s="4">
-[...3 lines deleted...]
-    <row r="26" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F26" s="3">
         <v>3</v>
       </c>
       <c r="G26" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H26" s="3">
-        <v>486.62</v>
+        <v>233.09</v>
       </c>
       <c r="I26" s="3">
-        <v>208</v>
+        <v>45</v>
       </c>
       <c r="J26" s="4">
-        <v>1.2999999999999999E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="K26" s="4">
-        <v>0.2828</v>
+        <v>0.1641</v>
       </c>
       <c r="L26" s="4">
-        <v>0.1135</v>
+        <v>0.1071</v>
       </c>
       <c r="M26" s="4">
-        <v>8.7300000000000003E-2</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="N26" s="4">
         <v>0.1744</v>
       </c>
       <c r="O26" s="4">
+        <v>0.23150000000000001</v>
+      </c>
+      <c r="P26" s="3">
+        <v>27.75</v>
+      </c>
+      <c r="Q26" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B27" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" s="3">
+        <v>4</v>
+      </c>
+      <c r="G27" s="3">
+        <v>4</v>
+      </c>
+      <c r="H27" s="3">
+        <v>202.15</v>
+      </c>
+      <c r="I27" s="3">
+        <v>0</v>
+      </c>
+      <c r="J27" s="4">
+        <v>6.3E-3</v>
+      </c>
+      <c r="K27" s="4">
+        <v>0.104</v>
+      </c>
+      <c r="L27" s="4">
+        <v>8.48E-2</v>
+      </c>
+      <c r="M27" s="4">
+        <v>0.1094</v>
+      </c>
+      <c r="N27" s="4">
+        <v>0.18809999999999999</v>
+      </c>
+      <c r="O27" s="4">
+        <v>0.1618</v>
+      </c>
+      <c r="P27" s="3">
+        <v>31.98</v>
+      </c>
+      <c r="Q27" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B28" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F28" s="3">
+        <v>3</v>
+      </c>
+      <c r="G28" s="3">
+        <v>4</v>
+      </c>
+      <c r="H28" s="3">
+        <v>452.75</v>
+      </c>
+      <c r="I28" s="3">
+        <v>208</v>
+      </c>
+      <c r="J28" s="4">
+        <v>1.41E-2</v>
+      </c>
+      <c r="K28" s="4">
+        <v>0.18149999999999999</v>
+      </c>
+      <c r="L28" s="4">
+        <v>8.8900000000000007E-2</v>
+      </c>
+      <c r="M28" s="4">
+        <v>8.5400000000000004E-2</v>
+      </c>
+      <c r="N28" s="4">
+        <v>0.1744</v>
+      </c>
+      <c r="O28" s="4">
         <v>7.2400000000000006E-2</v>
       </c>
-      <c r="P26" s="3">
-[...10 lines deleted...]
-      <c r="B27" s="3" t="s">
+      <c r="P28" s="3">
+        <v>14.14</v>
+      </c>
+      <c r="Q28" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B29" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C27" s="3" t="s">
+      <c r="D29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" s="3">
+        <v>3</v>
+      </c>
+      <c r="G29" s="3">
+        <v>3</v>
+      </c>
+      <c r="H29" s="3">
+        <v>178.96</v>
+      </c>
+      <c r="I29" s="3">
+        <v>101.35</v>
+      </c>
+      <c r="J29" s="4">
+        <v>3.7900000000000003E-2</v>
+      </c>
+      <c r="K29" s="4">
+        <v>4.7600000000000003E-2</v>
+      </c>
+      <c r="L29" s="4">
+        <v>5.5199999999999999E-2</v>
+      </c>
+      <c r="M29" s="4">
+        <v>8.9300000000000004E-2</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0.94030000000000002</v>
+      </c>
+      <c r="O29" s="4">
+        <v>0.84509999999999996</v>
+      </c>
+      <c r="P29" s="3">
+        <v>28.62</v>
+      </c>
+      <c r="Q29" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B30" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D27" s="3" t="s">
-[...38 lines deleted...]
-      <c r="Q27" s="3">
+      <c r="F30" s="3">
+        <v>4</v>
+      </c>
+      <c r="G30" s="3">
+        <v>5</v>
+      </c>
+      <c r="H30" s="3">
+        <v>50.69</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0</v>
+      </c>
+      <c r="J30" s="4">
+        <v>1.12E-2</v>
+      </c>
+      <c r="K30" s="4">
+        <v>1.83E-2</v>
+      </c>
+      <c r="L30" s="4">
+        <v>9.3200000000000005E-2</v>
+      </c>
+      <c r="M30" s="4">
+        <v>0.20630000000000001</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0.1958</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0.17369999999999999</v>
+      </c>
+      <c r="P30" s="3">
+        <v>18.649999999999999</v>
+      </c>
+      <c r="Q30" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B31" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F31" s="3">
+        <v>3</v>
+      </c>
+      <c r="G31" s="3">
+        <v>4</v>
+      </c>
+      <c r="H31" s="3">
+        <v>340.81</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
+      <c r="J31" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="K31" s="4">
+        <v>9.0399999999999994E-2</v>
+      </c>
+      <c r="L31" s="4">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="M31" s="4">
+        <v>9.9500000000000005E-2</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0.21210000000000001</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0.2064</v>
+      </c>
+      <c r="P31" s="3">
+        <v>27.47</v>
+      </c>
+      <c r="Q31" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B32" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" s="3">
+        <v>4</v>
+      </c>
+      <c r="G32" s="3">
+        <v>4</v>
+      </c>
+      <c r="H32" s="3">
+        <v>66</v>
+      </c>
+      <c r="I32" s="3">
+        <v>48.05</v>
+      </c>
+      <c r="J32" s="4">
+        <v>2.1600000000000001E-2</v>
+      </c>
+      <c r="K32" s="4">
+        <v>0.13020000000000001</v>
+      </c>
+      <c r="L32" s="4">
+        <v>6.1499999999999999E-2</v>
+      </c>
+      <c r="M32" s="4">
+        <v>6.7699999999999996E-2</v>
+      </c>
+      <c r="N32" s="4">
+        <v>0.35680000000000001</v>
+      </c>
+      <c r="O32" s="4">
+        <v>0.34029999999999999</v>
+      </c>
+      <c r="P32" s="3">
+        <v>18.010000000000002</v>
+      </c>
+      <c r="Q32" s="3">
         <v>1</v>
       </c>
-      <c r="R27" s="4">
-[...119 lines deleted...]
-      <c r="E30" s="3" t="s">
+    </row>
+    <row r="33" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B33" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F30" s="3">
-[...157 lines deleted...]
-      </c>
       <c r="F33" s="3">
         <v>4</v>
       </c>
       <c r="G33" s="3">
         <v>4</v>
       </c>
       <c r="H33" s="3">
-        <v>1003.12</v>
+        <v>36.65</v>
       </c>
       <c r="I33" s="3">
-        <v>-147.84</v>
+        <v>29.86</v>
       </c>
       <c r="J33" s="4">
-        <v>7.7000000000000002E-3</v>
+        <v>2.8500000000000001E-2</v>
       </c>
       <c r="K33" s="4">
-        <v>0.2273</v>
+        <v>7.9299999999999995E-2</v>
       </c>
       <c r="L33" s="4">
-        <v>0.18229999999999999</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="M33" s="4">
-        <v>0.21460000000000001</v>
+        <v>6.2700000000000006E-2</v>
       </c>
       <c r="N33" s="4">
-        <v>0.32400000000000001</v>
+        <v>0.25559999999999999</v>
       </c>
       <c r="O33" s="4">
-        <v>0.2727</v>
+        <v>0.33</v>
       </c>
       <c r="P33" s="3">
-        <v>32.99</v>
+        <v>17.86</v>
       </c>
       <c r="Q33" s="3">
         <v>1</v>
       </c>
-      <c r="R33" s="4">
-[...3 lines deleted...]
-    <row r="34" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B34" s="3" t="s">
-        <v>444</v>
+        <v>180</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>441</v>
+        <v>181</v>
       </c>
       <c r="D34" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F34" s="3">
+        <v>3</v>
+      </c>
+      <c r="G34" s="3">
+        <v>3</v>
+      </c>
+      <c r="H34" s="3">
+        <v>148.71</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
+      <c r="J34" s="4">
+        <v>3.04E-2</v>
+      </c>
+      <c r="K34" s="4">
+        <v>0.29559999999999997</v>
+      </c>
+      <c r="L34" s="4">
+        <v>0.25569999999999998</v>
+      </c>
+      <c r="M34" s="4">
+        <v>0.21809999999999999</v>
+      </c>
+      <c r="N34" s="4">
+        <v>1.9093</v>
+      </c>
+      <c r="O34" s="4">
+        <v>0.67149999999999999</v>
+      </c>
+      <c r="P34" s="3">
+        <v>82.29</v>
+      </c>
+      <c r="Q34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B35" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D35" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E34" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G34" s="3">
+      <c r="E35" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F35" s="3">
+        <v>4</v>
+      </c>
+      <c r="G35" s="3">
         <v>5</v>
       </c>
-      <c r="H34" s="3">
-[...2 lines deleted...]
-      <c r="I34" s="3">
+      <c r="H35" s="3">
+        <v>71.28</v>
+      </c>
+      <c r="I35" s="3">
         <v>82.42</v>
       </c>
-      <c r="J34" s="4">
-[...11 lines deleted...]
-      <c r="N34" s="4">
+      <c r="J35" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K35" s="4">
+        <v>1.83E-2</v>
+      </c>
+      <c r="L35" s="4">
+        <v>9.3200000000000005E-2</v>
+      </c>
+      <c r="M35" s="4">
+        <v>0.20630000000000001</v>
+      </c>
+      <c r="N35" s="4">
         <v>0.1958</v>
       </c>
-      <c r="O34" s="4">
+      <c r="O35" s="4">
         <v>0.1741</v>
       </c>
-      <c r="P34" s="3">
-[...2 lines deleted...]
-      <c r="Q34" s="3">
+      <c r="P35" s="3">
+        <v>18.649999999999999</v>
+      </c>
+      <c r="Q35" s="3">
         <v>1</v>
       </c>
-      <c r="R34" s="4">
+    </row>
+    <row r="36" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B36" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" s="3">
+        <v>4</v>
+      </c>
+      <c r="G36" s="3">
+        <v>4</v>
+      </c>
+      <c r="H36" s="3">
+        <v>171.73</v>
+      </c>
+      <c r="I36" s="3">
+        <v>0</v>
+      </c>
+      <c r="J36" s="4">
+        <v>2.01E-2</v>
+      </c>
+      <c r="K36" s="4">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="L36" s="4">
+        <v>0.1038</v>
+      </c>
+      <c r="M36" s="4">
+        <v>7.9899999999999999E-2</v>
+      </c>
+      <c r="N36" s="4">
+        <v>0.47289999999999999</v>
+      </c>
+      <c r="O36" s="4">
+        <v>-0.39200000000000002</v>
+      </c>
+      <c r="P36" s="3">
+        <v>23.85</v>
+      </c>
+      <c r="Q36" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B37" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37" s="3">
+        <v>4</v>
+      </c>
+      <c r="G37" s="3">
+        <v>4</v>
+      </c>
+      <c r="H37" s="3">
+        <v>369.53</v>
+      </c>
+      <c r="I37" s="3">
+        <v>72.819999999999993</v>
+      </c>
+      <c r="J37" s="4">
+        <v>6.3E-3</v>
+      </c>
+      <c r="K37" s="4">
+        <v>0.3402</v>
+      </c>
+      <c r="L37" s="4">
+        <v>0.19020000000000001</v>
+      </c>
+      <c r="M37" s="4">
+        <v>0.12089999999999999</v>
+      </c>
+      <c r="N37" s="4">
+        <v>1.5911</v>
+      </c>
+      <c r="O37" s="4">
+        <v>0.43440000000000001</v>
+      </c>
+      <c r="P37" s="3">
+        <v>96.78</v>
+      </c>
+      <c r="Q37" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B38" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="3">
+        <v>4</v>
+      </c>
+      <c r="G38" s="3">
+        <v>4</v>
+      </c>
+      <c r="H38" s="3">
+        <v>86.48</v>
+      </c>
+      <c r="I38" s="3">
+        <v>0</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K38" s="4">
+        <v>0.3402</v>
+      </c>
+      <c r="L38" s="4">
+        <v>0.19020000000000001</v>
+      </c>
+      <c r="M38" s="4">
+        <v>0.37109999999999999</v>
+      </c>
+      <c r="N38" s="4">
+        <v>1.59</v>
+      </c>
+      <c r="O38" s="4">
+        <v>0.43440000000000001</v>
+      </c>
+      <c r="P38" s="3">
+        <v>96.78</v>
+      </c>
+      <c r="Q38" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B39" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F39" s="3">
+        <v>4</v>
+      </c>
+      <c r="G39" s="3">
+        <v>4</v>
+      </c>
+      <c r="H39" s="3">
+        <v>174.81</v>
+      </c>
+      <c r="I39" s="3">
+        <v>0</v>
+      </c>
+      <c r="J39" s="4">
+        <v>2.1399999999999999E-2</v>
+      </c>
+      <c r="K39" s="4">
+        <v>7.3700000000000002E-2</v>
+      </c>
+      <c r="L39" s="4">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="M39" s="4">
+        <v>9.0499999999999997E-2</v>
+      </c>
+      <c r="N39" s="4">
+        <v>0.39369999999999999</v>
+      </c>
+      <c r="O39" s="4">
+        <v>0.43890000000000001</v>
+      </c>
+      <c r="P39" s="3">
+        <v>19.96</v>
+      </c>
+      <c r="Q39" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B40" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="3">
+        <v>4</v>
+      </c>
+      <c r="G40" s="3">
+        <v>4</v>
+      </c>
+      <c r="H40" s="3">
+        <v>128.41</v>
+      </c>
+      <c r="I40" s="3">
+        <v>193.55</v>
+      </c>
+      <c r="J40" s="4">
+        <v>2.6100000000000002E-2</v>
+      </c>
+      <c r="K40" s="4">
+        <v>8.77E-2</v>
+      </c>
+      <c r="L40" s="4">
+        <v>5.6399999999999999E-2</v>
+      </c>
+      <c r="M40" s="4">
+        <v>8.2799999999999999E-2</v>
+      </c>
+      <c r="N40" s="4">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="O40" s="4">
+        <v>-0.64580000000000004</v>
+      </c>
+      <c r="P40" s="3">
+        <v>22.22</v>
+      </c>
+      <c r="Q40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B41" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="3">
+        <v>4</v>
+      </c>
+      <c r="G41" s="3">
+        <v>5</v>
+      </c>
+      <c r="H41" s="3">
+        <v>71.3</v>
+      </c>
+      <c r="I41" s="3">
+        <v>76.81</v>
+      </c>
+      <c r="J41" s="4">
+        <v>2.8199999999999999E-2</v>
+      </c>
+      <c r="K41" s="4">
+        <v>7.8700000000000006E-2</v>
+      </c>
+      <c r="L41" s="4">
+        <v>5.2400000000000002E-2</v>
+      </c>
+      <c r="M41" s="4">
+        <v>0.08</v>
+      </c>
+      <c r="N41" s="4">
+        <v>0.56389999999999996</v>
+      </c>
+      <c r="O41" s="4">
+        <v>-21.512499999999999</v>
+      </c>
+      <c r="P41" s="3">
+        <v>21.94</v>
+      </c>
+      <c r="Q41" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B42" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" s="3">
+        <v>4</v>
+      </c>
+      <c r="G42" s="3">
+        <v>3</v>
+      </c>
+      <c r="H42" s="3">
+        <v>360.73</v>
+      </c>
+      <c r="I42" s="3">
+        <v>68.88</v>
+      </c>
+      <c r="J42" s="4">
         <v>9.1000000000000004E-3</v>
       </c>
-    </row>
-[...160 lines deleted...]
-      <c r="B38" s="3" t="s">
+      <c r="K42" s="4">
+        <v>0.2858</v>
+      </c>
+      <c r="L42" s="4">
+        <v>0.13020000000000001</v>
+      </c>
+      <c r="M42" s="4">
+        <v>0.1206</v>
+      </c>
+      <c r="N42" s="4">
+        <v>0.2</v>
+      </c>
+      <c r="O42" s="4">
+        <v>0.11609999999999999</v>
+      </c>
+      <c r="P42" s="3">
+        <v>24.1</v>
+      </c>
+      <c r="Q42" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B43" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...49 lines deleted...]
-      <c r="B39" s="3" t="s">
+      <c r="C43" s="3" t="s">
         <v>57</v>
-      </c>
-[...213 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G43" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H43" s="3">
-        <v>30.52</v>
+        <v>53.47</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>29.4</v>
       </c>
       <c r="J43" s="4">
-        <v>4.2000000000000003E-2</v>
+        <v>2.1100000000000001E-2</v>
       </c>
       <c r="K43" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>0.11070000000000001</v>
       </c>
       <c r="L43" s="4">
-        <v>5.5899999999999998E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="M43" s="4">
-        <v>6.5299999999999997E-2</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="N43" s="4">
-        <v>0.40849999999999997</v>
+        <v>0.30669999999999997</v>
       </c>
       <c r="O43" s="4">
-        <v>0.38800000000000001</v>
+        <v>0.4254</v>
       </c>
       <c r="P43" s="3">
-        <v>11.85</v>
+        <v>14.49</v>
       </c>
       <c r="Q43" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="44" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B44" s="3" t="s">
-        <v>347</v>
+        <v>472</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>348</v>
+        <v>473</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E44" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" s="3">
+        <v>3</v>
+      </c>
+      <c r="G44" s="3">
+        <v>3</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J44" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K44" s="4">
+        <v>0.14230000000000001</v>
+      </c>
+      <c r="L44" s="4">
+        <v>0.1206</v>
+      </c>
+      <c r="M44" s="4">
+        <v>0.30259999999999998</v>
+      </c>
+      <c r="N44" s="4">
+        <v>0.3725</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P44" s="3">
+        <v>31.92</v>
+      </c>
+      <c r="Q44" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B45" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" s="3">
+        <v>4</v>
+      </c>
+      <c r="G45" s="3">
+        <v>4</v>
+      </c>
+      <c r="H45" s="3">
+        <v>87.18</v>
+      </c>
+      <c r="I45" s="3">
+        <v>99.73</v>
+      </c>
+      <c r="J45" s="4">
+        <v>2.6599999999999999E-2</v>
+      </c>
+      <c r="K45" s="4">
+        <v>0.14560000000000001</v>
+      </c>
+      <c r="L45" s="4">
+        <v>8.9800000000000005E-2</v>
+      </c>
+      <c r="M45" s="4">
+        <v>0.1174</v>
+      </c>
+      <c r="N45" s="4">
+        <v>0.28920000000000001</v>
+      </c>
+      <c r="O45" s="4">
+        <v>0.33339999999999997</v>
+      </c>
+      <c r="P45" s="3">
+        <v>12.65</v>
+      </c>
+      <c r="Q45" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B46" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F44" s="3">
-[...85 lines deleted...]
-      <c r="Q45" s="3">
+      <c r="F46" s="3">
+        <v>4</v>
+      </c>
+      <c r="G46" s="3">
+        <v>4</v>
+      </c>
+      <c r="H46" s="3">
+        <v>54.07</v>
+      </c>
+      <c r="I46" s="3">
+        <v>45.99</v>
+      </c>
+      <c r="J46" s="4">
+        <v>3.2599999999999997E-2</v>
+      </c>
+      <c r="K46" s="4">
+        <v>0.34820000000000001</v>
+      </c>
+      <c r="L46" s="4">
+        <v>0.77929999999999999</v>
+      </c>
+      <c r="M46" s="4">
+        <v>0.39660000000000001</v>
+      </c>
+      <c r="N46" s="4">
+        <v>0</v>
+      </c>
+      <c r="O46" s="4">
+        <v>1.7435</v>
+      </c>
+      <c r="P46" s="3">
+        <v>38.299999999999997</v>
+      </c>
+      <c r="Q46" s="3">
         <v>1</v>
       </c>
-      <c r="R45" s="4">
-[...56 lines deleted...]
-    <row r="47" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B47" s="3" t="s">
-        <v>336</v>
+        <v>476</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>337</v>
+        <v>473</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F47" s="3">
         <v>3</v>
       </c>
       <c r="G47" s="3">
         <v>3</v>
       </c>
       <c r="H47" s="3">
-        <v>130.41</v>
+        <v>73.59</v>
       </c>
       <c r="I47" s="3">
-        <v>102.69</v>
+        <v>0</v>
       </c>
       <c r="J47" s="4">
-        <v>3.5999999999999997E-2</v>
+        <v>1.03E-2</v>
       </c>
       <c r="K47" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>0.14230000000000001</v>
       </c>
       <c r="L47" s="4">
-        <v>8.0799999999999997E-2</v>
+        <v>0.1206</v>
       </c>
       <c r="M47" s="4">
-        <v>8.0299999999999996E-2</v>
+        <v>0.30259999999999998</v>
       </c>
       <c r="N47" s="4">
-        <v>0.6431</v>
+        <v>0.3725</v>
       </c>
       <c r="O47" s="4">
-        <v>-0.28489999999999999</v>
+        <v>0.43219999999999997</v>
       </c>
       <c r="P47" s="3">
-        <v>15.88</v>
+        <v>31.92</v>
       </c>
       <c r="Q47" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="48" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
-        <v>338</v>
+        <v>58</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>337</v>
+        <v>59</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
         <v>3</v>
       </c>
       <c r="G48" s="3">
         <v>3</v>
       </c>
       <c r="H48" s="3">
-        <v>181.82</v>
+        <v>29.32</v>
       </c>
       <c r="I48" s="3">
-        <v>136.91999999999999</v>
+        <v>0</v>
       </c>
       <c r="J48" s="4">
-        <v>3.5999999999999997E-2</v>
+        <v>4.2900000000000001E-2</v>
       </c>
       <c r="K48" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>6.5699999999999995E-2</v>
       </c>
       <c r="L48" s="4">
-        <v>8.0799999999999997E-2</v>
+        <v>2.2200000000000001E-2</v>
       </c>
       <c r="M48" s="4">
-        <v>8.5500000000000007E-2</v>
+        <v>7.0999999999999994E-2</v>
       </c>
       <c r="N48" s="4">
-        <v>0.6431</v>
+        <v>0.40849999999999997</v>
       </c>
       <c r="O48" s="4">
-        <v>-0.28410000000000002</v>
+        <v>0.38800000000000001</v>
       </c>
       <c r="P48" s="3">
-        <v>15.88</v>
+        <v>11.6</v>
       </c>
       <c r="Q48" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B49" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="3">
+        <v>4</v>
+      </c>
+      <c r="G49" s="3">
+        <v>4</v>
+      </c>
+      <c r="H49" s="3">
+        <v>45.3</v>
+      </c>
+      <c r="I49" s="3">
+        <v>36.119999999999997</v>
+      </c>
+      <c r="J49" s="4">
+        <v>3.9600000000000003E-2</v>
+      </c>
+      <c r="K49" s="4">
+        <v>0.10829999999999999</v>
+      </c>
+      <c r="L49" s="4">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="M49" s="4">
+        <v>0.1211</v>
+      </c>
+      <c r="N49" s="4">
+        <v>0</v>
+      </c>
+      <c r="O49" s="4">
+        <v>0</v>
+      </c>
+      <c r="P49" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="3">
         <v>1</v>
       </c>
-      <c r="R48" s="4">
-[...56 lines deleted...]
-    <row r="50" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
-        <v>67</v>
+        <v>479</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>68</v>
+        <v>478</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F50" s="3">
         <v>4</v>
       </c>
       <c r="G50" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H50" s="3">
-        <v>234.72</v>
+        <v>63.55</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>48.72</v>
       </c>
       <c r="J50" s="4">
-        <v>1.6400000000000001E-2</v>
+        <v>3.9E-2</v>
       </c>
       <c r="K50" s="4">
-        <v>0.1116</v>
+        <v>0.10829999999999999</v>
       </c>
       <c r="L50" s="4">
-        <v>8.7499999999999994E-2</v>
+        <v>0.20100000000000001</v>
       </c>
       <c r="M50" s="4">
-        <v>0.1026</v>
+        <v>0.1181</v>
       </c>
       <c r="N50" s="4">
-        <v>0.4909</v>
+        <v>0</v>
       </c>
       <c r="O50" s="4">
-        <v>0.38080000000000003</v>
+        <v>0</v>
       </c>
       <c r="P50" s="3">
-        <v>33.57</v>
+        <v>0</v>
       </c>
       <c r="Q50" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="51" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B51" s="3" t="s">
-        <v>445</v>
+        <v>318</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>446</v>
+        <v>319</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G51" s="3">
         <v>3</v>
       </c>
       <c r="H51" s="3">
-        <v>168.1</v>
+        <v>107.93</v>
       </c>
       <c r="I51" s="3">
-        <v>59.55</v>
+        <v>44.52</v>
       </c>
       <c r="J51" s="4">
-        <v>2.41E-2</v>
+        <v>1.9599999999999999E-2</v>
       </c>
       <c r="K51" s="4">
-        <v>0.2467</v>
+        <v>7.1300000000000002E-2</v>
       </c>
       <c r="L51" s="4">
-        <v>0.1181</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="M51" s="4">
-        <v>0.1244</v>
+        <v>9.3600000000000003E-2</v>
       </c>
       <c r="N51" s="4">
-        <v>0.94689999999999996</v>
+        <v>0.31090000000000001</v>
       </c>
       <c r="O51" s="4">
-        <v>2.5846</v>
+        <v>0.6381</v>
       </c>
       <c r="P51" s="3">
-        <v>46.12</v>
+        <v>15.58</v>
       </c>
       <c r="Q51" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="52" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B52" s="3" t="s">
-        <v>219</v>
+        <v>60</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>220</v>
+        <v>61</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
         <v>4</v>
       </c>
       <c r="G52" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H52" s="3">
-        <v>37.53</v>
+        <v>1082.6500000000001</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>400.74</v>
       </c>
       <c r="J52" s="4">
-        <v>2.93E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="K52" s="4">
-        <v>6.9699999999999998E-2</v>
+        <v>6.5500000000000003E-2</v>
       </c>
       <c r="L52" s="4">
-        <v>0.16700000000000001</v>
+        <v>6.5600000000000006E-2</v>
       </c>
       <c r="M52" s="4">
-        <v>7.0900000000000005E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="N52" s="4">
-        <v>0.35520000000000002</v>
+        <v>0.4869</v>
       </c>
       <c r="O52" s="4">
-        <v>0.35439999999999999</v>
+        <v>0.79469999999999996</v>
       </c>
       <c r="P52" s="3">
-        <v>13.38</v>
+        <v>28.23</v>
       </c>
       <c r="Q52" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="53" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B53" s="3" t="s">
-        <v>417</v>
+        <v>480</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>418</v>
+        <v>61</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="F53" s="3">
         <v>4</v>
       </c>
       <c r="G53" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H53" s="3">
-        <v>558.73</v>
+        <v>28.15</v>
       </c>
       <c r="I53" s="3">
-        <v>80.56</v>
-[...2 lines deleted...]
-        <v>4.0000000000000001E-3</v>
+        <v>0</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K53" s="4">
-        <v>0.1497</v>
+        <v>6.5500000000000003E-2</v>
       </c>
       <c r="L53" s="4">
-        <v>0.1447</v>
+        <v>6.5600000000000006E-2</v>
       </c>
       <c r="M53" s="4">
-        <v>9.3399999999999997E-2</v>
+        <v>0.32129999999999997</v>
       </c>
       <c r="N53" s="4">
-        <v>0.13789999999999999</v>
+        <v>0.4869</v>
       </c>
       <c r="O53" s="4">
-        <v>0.11409999999999999</v>
+        <v>0.79469999999999996</v>
       </c>
       <c r="P53" s="3">
-        <v>36.299999999999997</v>
+        <v>28.23</v>
       </c>
       <c r="Q53" s="3">
         <v>0</v>
       </c>
-      <c r="R53" s="4">
-[...3 lines deleted...]
-    <row r="54" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="54" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B54" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F54" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G54" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H54" s="3">
-        <v>480.97</v>
+        <v>180.41</v>
       </c>
       <c r="I54" s="3">
-        <v>104.69</v>
+        <v>0</v>
       </c>
       <c r="J54" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K54" s="4">
-        <v>0.4269</v>
+        <v>0.22559999999999999</v>
       </c>
       <c r="L54" s="4">
-        <v>3.7900000000000003E-2</v>
+        <v>0.15740000000000001</v>
       </c>
       <c r="M54" s="4">
-        <v>6.9599999999999995E-2</v>
+        <v>0.152</v>
       </c>
       <c r="N54" s="4">
-        <v>0.24560000000000001</v>
+        <v>0.28710000000000002</v>
       </c>
       <c r="O54" s="4">
-        <v>0.34870000000000001</v>
+        <v>0.25119999999999998</v>
       </c>
       <c r="P54" s="3">
-        <v>24.26</v>
+        <v>38.6</v>
       </c>
       <c r="Q54" s="3">
         <v>0</v>
       </c>
-      <c r="R54" s="4">
-[...3 lines deleted...]
-    <row r="55" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
-        <v>281</v>
+        <v>307</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G55" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H55" s="3">
-        <v>241.76</v>
+        <v>124.19</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>102.69</v>
       </c>
       <c r="J55" s="4">
-        <v>1.17E-2</v>
+        <v>3.7600000000000001E-2</v>
       </c>
       <c r="K55" s="4">
-        <v>0.1399</v>
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="L55" s="4">
-        <v>0.13500000000000001</v>
+        <v>6.8599999999999994E-2</v>
       </c>
       <c r="M55" s="4">
-        <v>0.11990000000000001</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N55" s="4">
+        <v>0.6431</v>
+      </c>
+      <c r="O55" s="4">
+        <v>-0.28489999999999999</v>
+      </c>
+      <c r="P55" s="3">
+        <v>15.16</v>
+      </c>
+      <c r="Q55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B56" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F56" s="3">
+        <v>3</v>
+      </c>
+      <c r="G56" s="3">
+        <v>3</v>
+      </c>
+      <c r="H56" s="3">
+        <v>174.23</v>
+      </c>
+      <c r="I56" s="3">
+        <v>136.91999999999999</v>
+      </c>
+      <c r="J56" s="4">
+        <v>3.7699999999999997E-2</v>
+      </c>
+      <c r="K56" s="4">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="L56" s="4">
+        <v>6.8599999999999994E-2</v>
+      </c>
+      <c r="M56" s="4">
+        <v>8.4500000000000006E-2</v>
+      </c>
+      <c r="N56" s="4">
+        <v>0.6431</v>
+      </c>
+      <c r="O56" s="4">
+        <v>-0.28410000000000002</v>
+      </c>
+      <c r="P56" s="3">
+        <v>15.16</v>
+      </c>
+      <c r="Q56" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B57" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F57" s="3">
+        <v>4</v>
+      </c>
+      <c r="G57" s="3">
+        <v>4</v>
+      </c>
+      <c r="H57" s="3">
+        <v>17.93</v>
+      </c>
+      <c r="I57" s="3">
+        <v>0</v>
+      </c>
+      <c r="J57" s="4">
+        <v>6.54E-2</v>
+      </c>
+      <c r="K57" s="4">
+        <v>4.5600000000000002E-2</v>
+      </c>
+      <c r="L57" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="M57" s="4">
+        <v>0.52639999999999998</v>
+      </c>
+      <c r="N57" s="4">
+        <v>1.3532999999999999</v>
+      </c>
+      <c r="O57" s="4">
+        <v>0.87370000000000003</v>
+      </c>
+      <c r="P57" s="3">
+        <v>34.18</v>
+      </c>
+      <c r="Q57" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B58" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F58" s="3">
+        <v>3</v>
+      </c>
+      <c r="G58" s="3">
+        <v>3</v>
+      </c>
+      <c r="H58" s="3">
+        <v>111.52</v>
+      </c>
+      <c r="I58" s="3">
+        <v>-330</v>
+      </c>
+      <c r="J58" s="4">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="K58" s="4">
+        <v>0.13020000000000001</v>
+      </c>
+      <c r="L58" s="4">
+        <v>5.1499999999999997E-2</v>
+      </c>
+      <c r="M58" s="4">
+        <v>0.112</v>
+      </c>
+      <c r="N58" s="4">
+        <v>0.3</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0.30719999999999997</v>
+      </c>
+      <c r="P58" s="3">
+        <v>9.77</v>
+      </c>
+      <c r="Q58" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B59" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" s="3">
+        <v>4</v>
+      </c>
+      <c r="G59" s="3">
+        <v>3</v>
+      </c>
+      <c r="H59" s="3">
+        <v>220.41</v>
+      </c>
+      <c r="I59" s="3">
+        <v>0</v>
+      </c>
+      <c r="J59" s="4">
+        <v>1.7600000000000001E-2</v>
+      </c>
+      <c r="K59" s="4">
+        <v>0.11890000000000001</v>
+      </c>
+      <c r="L59" s="4">
+        <v>8.4199999999999997E-2</v>
+      </c>
+      <c r="M59" s="4">
+        <v>0.1008</v>
+      </c>
+      <c r="N59" s="4">
+        <v>0.4909</v>
+      </c>
+      <c r="O59" s="4">
+        <v>0.38080000000000003</v>
+      </c>
+      <c r="P59" s="3">
+        <v>31.15</v>
+      </c>
+      <c r="Q59" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B60" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F60" s="3">
+        <v>3</v>
+      </c>
+      <c r="G60" s="3">
+        <v>3</v>
+      </c>
+      <c r="H60" s="3">
+        <v>26.13</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
+      <c r="J60" s="4">
+        <v>4.6899999999999997E-2</v>
+      </c>
+      <c r="K60" s="4">
+        <v>0.1537</v>
+      </c>
+      <c r="L60" s="4">
+        <v>4.2500000000000003E-2</v>
+      </c>
+      <c r="M60" s="4">
+        <v>5.9499999999999997E-2</v>
+      </c>
+      <c r="N60" s="4">
+        <v>0.99590000000000001</v>
+      </c>
+      <c r="O60" s="4">
+        <v>1.1958</v>
+      </c>
+      <c r="P60" s="3">
+        <v>24.26</v>
+      </c>
+      <c r="Q60" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B61" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F61" s="3">
+        <v>4</v>
+      </c>
+      <c r="G61" s="3">
+        <v>4</v>
+      </c>
+      <c r="H61" s="3">
+        <v>37.729999999999997</v>
+      </c>
+      <c r="I61" s="3">
+        <v>0</v>
+      </c>
+      <c r="J61" s="4">
+        <v>2.9399999999999999E-2</v>
+      </c>
+      <c r="K61" s="4">
+        <v>5.91E-2</v>
+      </c>
+      <c r="L61" s="4">
+        <v>0.12379999999999999</v>
+      </c>
+      <c r="M61" s="4">
+        <v>7.4800000000000005E-2</v>
+      </c>
+      <c r="N61" s="4">
+        <v>0.35520000000000002</v>
+      </c>
+      <c r="O61" s="4">
+        <v>0.34520000000000001</v>
+      </c>
+      <c r="P61" s="3">
+        <v>13.56</v>
+      </c>
+      <c r="Q61" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B62" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F62" s="3">
+        <v>3</v>
+      </c>
+      <c r="G62" s="3">
+        <v>3</v>
+      </c>
+      <c r="H62" s="3">
+        <v>87.79</v>
+      </c>
+      <c r="I62" s="3">
+        <v>0</v>
+      </c>
+      <c r="J62" s="4">
+        <v>6.3100000000000003E-2</v>
+      </c>
+      <c r="K62" s="4">
+        <v>0.78810000000000002</v>
+      </c>
+      <c r="L62" s="4">
+        <v>0.24249999999999999</v>
+      </c>
+      <c r="M62" s="4">
+        <v>0.3024</v>
+      </c>
+      <c r="N62" s="4">
+        <v>0.33329999999999999</v>
+      </c>
+      <c r="O62" s="4">
+        <v>0.33360000000000001</v>
+      </c>
+      <c r="P62" s="3">
+        <v>3.34</v>
+      </c>
+      <c r="Q62" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B63" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F63" s="3">
+        <v>4</v>
+      </c>
+      <c r="G63" s="3">
+        <v>4</v>
+      </c>
+      <c r="H63" s="3">
+        <v>513.28</v>
+      </c>
+      <c r="I63" s="3">
+        <v>80.56</v>
+      </c>
+      <c r="J63" s="4">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="K63" s="4">
+        <v>0.10680000000000001</v>
+      </c>
+      <c r="L63" s="4">
+        <v>0.13719999999999999</v>
+      </c>
+      <c r="M63" s="4">
+        <v>0.1009</v>
+      </c>
+      <c r="N63" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="O63" s="4">
+        <v>0.11409999999999999</v>
+      </c>
+      <c r="P63" s="3">
+        <v>33.29</v>
+      </c>
+      <c r="Q63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B64" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" s="3">
+        <v>4</v>
+      </c>
+      <c r="G64" s="3">
+        <v>3</v>
+      </c>
+      <c r="H64" s="3">
+        <v>41.98</v>
+      </c>
+      <c r="I64" s="3">
+        <v>0</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K64" s="4">
+        <v>0.26740000000000003</v>
+      </c>
+      <c r="L64" s="4">
+        <v>7.6600000000000001E-2</v>
+      </c>
+      <c r="M64" s="4">
+        <v>0.33989999999999998</v>
+      </c>
+      <c r="N64" s="4">
+        <v>0.24560000000000001</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P64" s="3">
+        <v>29.92</v>
+      </c>
+      <c r="Q64" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B65" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F65" s="3">
+        <v>4</v>
+      </c>
+      <c r="G65" s="3">
+        <v>4</v>
+      </c>
+      <c r="H65" s="3">
+        <v>246.1</v>
+      </c>
+      <c r="I65" s="3">
+        <v>0</v>
+      </c>
+      <c r="J65" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="K65" s="4">
+        <v>0.15049999999999999</v>
+      </c>
+      <c r="L65" s="4">
+        <v>7.3300000000000004E-2</v>
+      </c>
+      <c r="M65" s="4">
+        <v>0.1084</v>
+      </c>
+      <c r="N65" s="4">
         <v>0.32769999999999999</v>
       </c>
-      <c r="O55" s="4">
+      <c r="O65" s="4">
         <v>0.2253</v>
       </c>
-      <c r="P55" s="3">
-[...19 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="P65" s="3">
+        <v>27.77</v>
+      </c>
+      <c r="Q65" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B66" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F56" s="3">
-[...11 lines deleted...]
-      <c r="J56" s="4">
+      <c r="F66" s="3">
+        <v>4</v>
+      </c>
+      <c r="G66" s="3">
+        <v>4</v>
+      </c>
+      <c r="H66" s="3">
+        <v>55.88</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J66" s="4">
+        <v>1.67E-2</v>
+      </c>
+      <c r="K66" s="4">
+        <v>7.22E-2</v>
+      </c>
+      <c r="L66" s="4">
+        <v>7.6799999999999993E-2</v>
+      </c>
+      <c r="M66" s="4">
+        <v>0.1056</v>
+      </c>
+      <c r="N66" s="4">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="O66" s="4">
+        <v>0.28260000000000002</v>
+      </c>
+      <c r="P66" s="3">
+        <v>17.46</v>
+      </c>
+      <c r="Q66" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B67" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F67" s="3">
+        <v>4</v>
+      </c>
+      <c r="G67" s="3">
+        <v>4</v>
+      </c>
+      <c r="H67" s="3">
+        <v>76.3</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J67" s="4">
+        <v>1.66E-2</v>
+      </c>
+      <c r="K67" s="4">
+        <v>7.22E-2</v>
+      </c>
+      <c r="L67" s="4">
+        <v>7.6799999999999993E-2</v>
+      </c>
+      <c r="M67" s="4">
+        <v>0.1166</v>
+      </c>
+      <c r="N67" s="4">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="O67" s="4">
+        <v>0.28449999999999998</v>
+      </c>
+      <c r="P67" s="3">
+        <v>17.46</v>
+      </c>
+      <c r="Q67" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B68" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F68" s="3">
+        <v>4</v>
+      </c>
+      <c r="G68" s="3">
+        <v>4</v>
+      </c>
+      <c r="H68" s="3">
+        <v>78.239999999999995</v>
+      </c>
+      <c r="I68" s="3">
+        <v>39.5</v>
+      </c>
+      <c r="J68" s="4">
         <v>1.6500000000000001E-2</v>
       </c>
-      <c r="K56" s="4">
-[...8 lines deleted...]
-      <c r="N56" s="4">
+      <c r="K68" s="4">
+        <v>7.22E-2</v>
+      </c>
+      <c r="L68" s="4">
+        <v>7.6799999999999993E-2</v>
+      </c>
+      <c r="M68" s="4">
+        <v>0.1166</v>
+      </c>
+      <c r="N68" s="4">
         <v>0.24479999999999999</v>
       </c>
-      <c r="O56" s="4">
-[...19 lines deleted...]
-      <c r="D57" s="3" t="s">
+      <c r="O68" s="4">
+        <v>0.28449999999999998</v>
+      </c>
+      <c r="P68" s="3">
+        <v>17.46</v>
+      </c>
+      <c r="Q68" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B69" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F69" s="3">
+        <v>4</v>
+      </c>
+      <c r="G69" s="3">
+        <v>3</v>
+      </c>
+      <c r="H69" s="3">
+        <v>114.72</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
+      <c r="J69" s="4">
+        <v>4.3400000000000001E-2</v>
+      </c>
+      <c r="K69" s="4">
+        <v>8.3799999999999999E-2</v>
+      </c>
+      <c r="L69" s="4">
+        <v>2.7099999999999999E-2</v>
+      </c>
+      <c r="M69" s="4">
+        <v>9.3200000000000005E-2</v>
+      </c>
+      <c r="N69" s="4">
+        <v>0.44090000000000001</v>
+      </c>
+      <c r="O69" s="4">
+        <v>0.35449999999999998</v>
+      </c>
+      <c r="P69" s="3">
+        <v>11.29</v>
+      </c>
+      <c r="Q69" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B70" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70" s="3">
+        <v>3</v>
+      </c>
+      <c r="G70" s="3">
+        <v>3</v>
+      </c>
+      <c r="H70" s="3">
+        <v>159.38999999999999</v>
+      </c>
+      <c r="I70" s="3">
+        <v>97.63</v>
+      </c>
+      <c r="J70" s="4">
+        <v>1.5900000000000001E-2</v>
+      </c>
+      <c r="K70" s="4">
+        <v>9.6600000000000005E-2</v>
+      </c>
+      <c r="L70" s="4">
+        <v>3.9199999999999999E-2</v>
+      </c>
+      <c r="M70" s="4">
+        <v>0.10349999999999999</v>
+      </c>
+      <c r="N70" s="4">
+        <v>0.31009999999999999</v>
+      </c>
+      <c r="O70" s="4">
+        <v>0.32479999999999998</v>
+      </c>
+      <c r="P70" s="3">
+        <v>19.489999999999998</v>
+      </c>
+      <c r="Q70" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B71" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" s="3">
+        <v>4</v>
+      </c>
+      <c r="G71" s="3">
+        <v>3</v>
+      </c>
+      <c r="H71" s="3">
+        <v>376.98</v>
+      </c>
+      <c r="I71" s="3">
+        <v>0</v>
+      </c>
+      <c r="J71" s="4">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="K71" s="4">
+        <v>1.7741</v>
+      </c>
+      <c r="L71" s="4">
+        <v>0.41789999999999999</v>
+      </c>
+      <c r="M71" s="4">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="N71" s="4">
+        <v>0.11840000000000001</v>
+      </c>
+      <c r="O71" s="4">
+        <v>-0.1943</v>
+      </c>
+      <c r="P71" s="3">
+        <v>39.950000000000003</v>
+      </c>
+      <c r="Q71" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B72" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F72" s="3">
+        <v>3</v>
+      </c>
+      <c r="G72" s="3">
+        <v>3</v>
+      </c>
+      <c r="H72" s="3">
+        <v>83.32</v>
+      </c>
+      <c r="I72" s="3">
+        <v>0</v>
+      </c>
+      <c r="J72" s="4">
+        <v>2.4199999999999999E-2</v>
+      </c>
+      <c r="K72" s="4">
+        <v>0.42149999999999999</v>
+      </c>
+      <c r="L72" s="4">
+        <v>9.6299999999999997E-2</v>
+      </c>
+      <c r="M72" s="4">
+        <v>0.1076</v>
+      </c>
+      <c r="N72" s="4">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="O72" s="4">
+        <v>0.19189999999999999</v>
+      </c>
+      <c r="P72" s="3">
+        <v>10.82</v>
+      </c>
+      <c r="Q72" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B73" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F73" s="3">
+        <v>4</v>
+      </c>
+      <c r="G73" s="3">
+        <v>4</v>
+      </c>
+      <c r="H73" s="3">
+        <v>123.22</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
+      <c r="J73" s="4">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="K73" s="4">
+        <v>0.1187</v>
+      </c>
+      <c r="L73" s="4">
+        <v>8.0500000000000002E-2</v>
+      </c>
+      <c r="M73" s="4">
+        <v>6.4699999999999994E-2</v>
+      </c>
+      <c r="N73" s="4">
+        <v>0.42559999999999998</v>
+      </c>
+      <c r="O73" s="4">
+        <v>2.8639999999999999</v>
+      </c>
+      <c r="P73" s="3">
+        <v>13.29</v>
+      </c>
+      <c r="Q73" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B74" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="D74" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E57" s="3" t="s">
-[...264 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="E74" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F74" s="3">
+        <v>3</v>
+      </c>
+      <c r="G74" s="3">
+        <v>4</v>
+      </c>
+      <c r="H74" s="3">
+        <v>58.63</v>
+      </c>
+      <c r="I74" s="3">
+        <v>90.52</v>
+      </c>
+      <c r="J74" s="4">
+        <v>6.6100000000000006E-2</v>
+      </c>
+      <c r="K74" s="4">
+        <v>1.2E-2</v>
+      </c>
+      <c r="L74" s="4">
+        <v>3.9600000000000003E-2</v>
+      </c>
+      <c r="M74" s="4">
+        <v>0.1308</v>
+      </c>
+      <c r="N74" s="4">
+        <v>0</v>
+      </c>
+      <c r="O74" s="4">
+        <v>5.91E-2</v>
+      </c>
+      <c r="P74" s="3">
+        <v>6.13</v>
+      </c>
+      <c r="Q74" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B75" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F75" s="3">
+        <v>4</v>
+      </c>
+      <c r="G75" s="3">
+        <v>3</v>
+      </c>
+      <c r="H75" s="3">
+        <v>244.42</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
+      <c r="J75" s="4">
+        <v>2.4400000000000002E-2</v>
+      </c>
+      <c r="K75" s="4">
+        <v>5.1200000000000002E-2</v>
+      </c>
+      <c r="L75" s="4">
+        <v>0.1082</v>
+      </c>
+      <c r="M75" s="4">
+        <v>0.39560000000000001</v>
+      </c>
+      <c r="N75" s="4">
+        <v>0.45629999999999998</v>
+      </c>
+      <c r="O75" s="4">
+        <v>0.40239999999999998</v>
+      </c>
+      <c r="P75" s="3">
+        <v>13.49</v>
+      </c>
+      <c r="Q75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B76" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F62" s="3">
-[...102 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F76" s="3">
+        <v>4</v>
+      </c>
+      <c r="G76" s="3">
+        <v>4</v>
+      </c>
+      <c r="H76" s="3">
+        <v>154.68</v>
+      </c>
+      <c r="I76" s="3">
+        <v>84.24</v>
+      </c>
+      <c r="J76" s="4">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="K76" s="4">
+        <v>0.18920000000000001</v>
+      </c>
+      <c r="L76" s="4">
+        <v>0.1079</v>
+      </c>
+      <c r="M76" s="4">
+        <v>6.9599999999999995E-2</v>
+      </c>
+      <c r="N76" s="4">
+        <v>0.22120000000000001</v>
+      </c>
+      <c r="O76" s="4">
+        <v>0.1852</v>
+      </c>
+      <c r="P76" s="3">
+        <v>11.49</v>
+      </c>
+      <c r="Q76" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B77" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F64" s="3">
-[...687 lines deleted...]
-      </c>
       <c r="F77" s="3">
         <v>4</v>
       </c>
       <c r="G77" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H77" s="3">
-        <v>203.62</v>
+        <v>82.87</v>
       </c>
       <c r="I77" s="3">
-        <v>90.48</v>
+        <v>61.11</v>
       </c>
       <c r="J77" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>3.4200000000000001E-2</v>
       </c>
       <c r="K77" s="4">
-        <v>0.14499999999999999</v>
+        <v>0.1409</v>
       </c>
       <c r="L77" s="4">
-        <v>7.85E-2</v>
+        <v>7.9899999999999999E-2</v>
       </c>
       <c r="M77" s="4">
-        <v>0.19600000000000001</v>
+        <v>5.5399999999999998E-2</v>
       </c>
       <c r="N77" s="4">
-        <v>0.3498</v>
+        <v>0.49359999999999998</v>
       </c>
       <c r="O77" s="4">
-        <v>0.37219999999999998</v>
+        <v>1.3742000000000001</v>
       </c>
       <c r="P77" s="3">
-        <v>46.64</v>
+        <v>13.93</v>
       </c>
       <c r="Q77" s="3">
         <v>0</v>
       </c>
-      <c r="R77" s="4">
-[...3 lines deleted...]
-    <row r="78" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="78" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B78" s="3" t="s">
-        <v>461</v>
+        <v>494</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>450</v>
+        <v>493</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F78" s="3">
         <v>4</v>
       </c>
       <c r="G78" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H78" s="3">
-        <v>167.21</v>
+        <v>116.21</v>
       </c>
       <c r="I78" s="3">
-        <v>104.47</v>
+        <v>81.48</v>
       </c>
       <c r="J78" s="4">
-        <v>4.2900000000000001E-2</v>
+        <v>3.3700000000000001E-2</v>
       </c>
       <c r="K78" s="4">
-        <v>6.6400000000000001E-2</v>
+        <v>0.1409</v>
       </c>
       <c r="L78" s="4">
-        <v>1.9199999999999998E-2</v>
+        <v>7.9899999999999999E-2</v>
       </c>
       <c r="M78" s="4">
-        <v>0.1057</v>
+        <v>5.5399999999999998E-2</v>
       </c>
       <c r="N78" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.49359999999999998</v>
       </c>
       <c r="O78" s="4">
-        <v>0.35210000000000002</v>
+        <v>1.3728</v>
       </c>
       <c r="P78" s="3">
-        <v>11.4</v>
+        <v>13.93</v>
       </c>
       <c r="Q78" s="3">
         <v>1</v>
       </c>
-      <c r="R78" s="4">
-[...3 lines deleted...]
-    <row r="79" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="79" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B79" s="3" t="s">
-        <v>462</v>
+        <v>402</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>450</v>
+        <v>403</v>
       </c>
       <c r="D79" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F79" s="3">
+        <v>3</v>
+      </c>
+      <c r="G79" s="3">
+        <v>4</v>
+      </c>
+      <c r="H79" s="3">
+        <v>27.85</v>
+      </c>
+      <c r="I79" s="3">
+        <v>57.48</v>
+      </c>
+      <c r="J79" s="4">
+        <v>4.8300000000000003E-2</v>
+      </c>
+      <c r="K79" s="4">
+        <v>0.22109999999999999</v>
+      </c>
+      <c r="L79" s="4">
+        <v>3.56E-2</v>
+      </c>
+      <c r="M79" s="4">
+        <v>7.6300000000000007E-2</v>
+      </c>
+      <c r="N79" s="4">
+        <v>0.30030000000000001</v>
+      </c>
+      <c r="O79" s="4">
+        <v>0.29289999999999999</v>
+      </c>
+      <c r="P79" s="3">
+        <v>4.51</v>
+      </c>
+      <c r="Q79" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B80" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F80" s="3">
+        <v>4</v>
+      </c>
+      <c r="G80" s="3">
+        <v>4</v>
+      </c>
+      <c r="H80" s="3">
+        <v>265.51</v>
+      </c>
+      <c r="I80" s="3">
+        <v>267.5</v>
+      </c>
+      <c r="J80" s="4">
+        <v>1.9E-2</v>
+      </c>
+      <c r="K80" s="4">
+        <v>0.1148</v>
+      </c>
+      <c r="L80" s="4">
+        <v>0.15679999999999999</v>
+      </c>
+      <c r="M80" s="4">
+        <v>0.22939999999999999</v>
+      </c>
+      <c r="N80" s="4">
+        <v>1.0764</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0.95420000000000005</v>
+      </c>
+      <c r="P80" s="3">
+        <v>25.48</v>
+      </c>
+      <c r="Q80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B81" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" s="3">
+        <v>4</v>
+      </c>
+      <c r="G81" s="3">
+        <v>4</v>
+      </c>
+      <c r="H81" s="3">
+        <v>437.78</v>
+      </c>
+      <c r="I81" s="3">
+        <v>231.43</v>
+      </c>
+      <c r="J81" s="4">
+        <v>1.83E-2</v>
+      </c>
+      <c r="K81" s="4">
+        <v>0.14910000000000001</v>
+      </c>
+      <c r="L81" s="4">
+        <v>0.11509999999999999</v>
+      </c>
+      <c r="M81" s="4">
+        <v>7.1599999999999997E-2</v>
+      </c>
+      <c r="N81" s="4">
+        <v>0.24560000000000001</v>
+      </c>
+      <c r="O81" s="4">
+        <v>0.60650000000000004</v>
+      </c>
+      <c r="P81" s="3">
+        <v>20.6</v>
+      </c>
+      <c r="Q81" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B82" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="3">
+        <v>3</v>
+      </c>
+      <c r="G82" s="3">
+        <v>3</v>
+      </c>
+      <c r="H82" s="3">
+        <v>73.569999999999993</v>
+      </c>
+      <c r="I82" s="3">
+        <v>0</v>
+      </c>
+      <c r="J82" s="4">
+        <v>2.9600000000000001E-2</v>
+      </c>
+      <c r="K82" s="4">
+        <v>5.74E-2</v>
+      </c>
+      <c r="L82" s="4">
+        <v>4.3299999999999998E-2</v>
+      </c>
+      <c r="M82" s="4">
+        <v>5.62E-2</v>
+      </c>
+      <c r="N82" s="4">
+        <v>0.64839999999999998</v>
+      </c>
+      <c r="O82" s="4">
+        <v>-0.46760000000000002</v>
+      </c>
+      <c r="P82" s="3">
+        <v>22.56</v>
+      </c>
+      <c r="Q82" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B83" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" s="3">
+        <v>4</v>
+      </c>
+      <c r="G83" s="3">
+        <v>4</v>
+      </c>
+      <c r="H83" s="3">
+        <v>95.92</v>
+      </c>
+      <c r="I83" s="3">
+        <v>0</v>
+      </c>
+      <c r="J83" s="4">
+        <v>2.76E-2</v>
+      </c>
+      <c r="K83" s="4">
+        <v>9.6100000000000005E-2</v>
+      </c>
+      <c r="L83" s="4">
+        <v>4.5100000000000001E-2</v>
+      </c>
+      <c r="M83" s="4">
+        <v>8.8099999999999998E-2</v>
+      </c>
+      <c r="N83" s="4">
+        <v>0.48070000000000002</v>
+      </c>
+      <c r="O83" s="4">
+        <v>0.67249999999999999</v>
+      </c>
+      <c r="P83" s="3">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="Q83" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B84" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D84" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E79" s="3" t="s">
-[...263 lines deleted...]
-      </c>
       <c r="E84" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" s="3">
+        <v>4</v>
+      </c>
+      <c r="G84" s="3">
+        <v>4</v>
+      </c>
+      <c r="H84" s="3">
+        <v>134.49</v>
+      </c>
+      <c r="I84" s="3">
+        <v>133.12</v>
+      </c>
+      <c r="J84" s="4">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="K84" s="4">
+        <v>9.6100000000000005E-2</v>
+      </c>
+      <c r="L84" s="4">
+        <v>4.5100000000000001E-2</v>
+      </c>
+      <c r="M84" s="4">
+        <v>8.8099999999999998E-2</v>
+      </c>
+      <c r="N84" s="4">
+        <v>0.48070000000000002</v>
+      </c>
+      <c r="O84" s="4">
+        <v>0.67290000000000005</v>
+      </c>
+      <c r="P84" s="3">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="Q84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B85" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F85" s="3">
+        <v>4</v>
+      </c>
+      <c r="G85" s="3">
+        <v>4</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J85" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K85" s="4">
+        <v>7.9399999999999998E-2</v>
+      </c>
+      <c r="L85" s="4">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="M85" s="4">
+        <v>0.3357</v>
+      </c>
+      <c r="N85" s="4">
+        <v>0.7863</v>
+      </c>
+      <c r="O85" s="4">
+        <v>1.5217000000000001</v>
+      </c>
+      <c r="P85" s="3">
+        <v>22.84</v>
+      </c>
+      <c r="Q85" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B86" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F86" s="3">
+        <v>4</v>
+      </c>
+      <c r="G86" s="3">
+        <v>4</v>
+      </c>
+      <c r="H86" s="3">
+        <v>911.61</v>
+      </c>
+      <c r="I86" s="3">
+        <v>424.67</v>
+      </c>
+      <c r="J86" s="4">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="K86" s="4">
+        <v>0.12609999999999999</v>
+      </c>
+      <c r="L86" s="4">
+        <v>9.2200000000000004E-2</v>
+      </c>
+      <c r="M86" s="4">
+        <v>0.1234</v>
+      </c>
+      <c r="N86" s="4">
+        <v>0.26950000000000002</v>
+      </c>
+      <c r="O86" s="4">
+        <v>0.27860000000000001</v>
+      </c>
+      <c r="P86" s="3">
+        <v>50.54</v>
+      </c>
+      <c r="Q86" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B87" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F87" s="3">
+        <v>4</v>
+      </c>
+      <c r="G87" s="3">
+        <v>4</v>
+      </c>
+      <c r="H87" s="3">
+        <v>41.36</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K87" s="4">
+        <v>0.12609999999999999</v>
+      </c>
+      <c r="L87" s="4">
+        <v>9.2200000000000004E-2</v>
+      </c>
+      <c r="M87" s="4">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="N87" s="4">
+        <v>0.26950000000000002</v>
+      </c>
+      <c r="O87" s="4">
+        <v>0.27860000000000001</v>
+      </c>
+      <c r="P87" s="3">
+        <v>50.54</v>
+      </c>
+      <c r="Q87" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B88" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F84" s="3">
-[...210 lines deleted...]
-      </c>
       <c r="F88" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G88" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H88" s="3">
-        <v>25.89</v>
+        <v>71</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>43.77</v>
       </c>
       <c r="J88" s="4">
-        <v>9.5799999999999996E-2</v>
+        <v>3.9399999999999998E-2</v>
       </c>
       <c r="K88" s="4">
-        <v>0.3674</v>
+        <v>5.4199999999999998E-2</v>
       </c>
       <c r="L88" s="4">
-        <v>0.15440000000000001</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="M88" s="4">
-        <v>0.1162</v>
+        <v>6.2700000000000006E-2</v>
       </c>
       <c r="N88" s="4">
-        <v>1.7027000000000001</v>
+        <v>0.50380000000000003</v>
       </c>
       <c r="O88" s="4">
-        <v>1.0394000000000001</v>
+        <v>-3.7530999999999999</v>
       </c>
       <c r="P88" s="3">
-        <v>14.59</v>
+        <v>25.09</v>
       </c>
       <c r="Q88" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="89" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B89" s="3" t="s">
-        <v>84</v>
+        <v>286</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>85</v>
+        <v>285</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F89" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G89" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H89" s="3">
-        <v>181.79</v>
+        <v>50.53</v>
       </c>
       <c r="I89" s="3">
-        <v>34.369999999999997</v>
+        <v>0</v>
       </c>
       <c r="J89" s="4">
-        <v>2.3E-3</v>
+        <v>3.95E-2</v>
       </c>
       <c r="K89" s="4">
-        <v>0.23200000000000001</v>
+        <v>5.4199999999999998E-2</v>
       </c>
       <c r="L89" s="4">
-        <v>0.1111</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="M89" s="4">
-        <v>0.159</v>
+        <v>6.25E-2</v>
       </c>
       <c r="N89" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>0.50380000000000003</v>
       </c>
       <c r="O89" s="4">
-        <v>8.0299999999999996E-2</v>
+        <v>-3.7006999999999999</v>
       </c>
       <c r="P89" s="3">
-        <v>40.68</v>
+        <v>25.09</v>
       </c>
       <c r="Q89" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="90" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B90" s="3" t="s">
-        <v>258</v>
+        <v>498</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>259</v>
+        <v>499</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F90" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G90" s="3">
         <v>3</v>
       </c>
       <c r="H90" s="3">
-        <v>81.25</v>
+        <v>259.99</v>
       </c>
       <c r="I90" s="3">
-        <v>77.38</v>
+        <v>28.84</v>
       </c>
       <c r="J90" s="4">
-        <v>2.5700000000000001E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="K90" s="4">
-        <v>3.44E-2</v>
+        <v>0.1067</v>
       </c>
       <c r="L90" s="4">
-        <v>4.1399999999999999E-2</v>
+        <v>0.1331</v>
       </c>
       <c r="M90" s="4">
-        <v>0.11119999999999999</v>
+        <v>0.32469999999999999</v>
       </c>
       <c r="N90" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.25</v>
       </c>
       <c r="O90" s="4">
-        <v>0.3463</v>
+        <v>0.12529999999999999</v>
       </c>
       <c r="P90" s="3">
-        <v>16.66</v>
+        <v>37.24</v>
       </c>
       <c r="Q90" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="91" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B91" s="3" t="s">
-        <v>471</v>
+        <v>406</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>472</v>
+        <v>407</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F91" s="3">
         <v>4</v>
       </c>
       <c r="G91" s="3">
         <v>4</v>
       </c>
       <c r="H91" s="3">
-        <v>428.21</v>
+        <v>325.31</v>
       </c>
       <c r="I91" s="3">
-        <v>320.75</v>
+        <v>166.93</v>
       </c>
       <c r="J91" s="4">
-        <v>1.61E-2</v>
+        <v>1.35E-2</v>
       </c>
       <c r="K91" s="4">
-        <v>7.7299999999999994E-2</v>
+        <v>0.24510000000000001</v>
       </c>
       <c r="L91" s="4">
-        <v>5.3999999999999999E-2</v>
+        <v>5.6599999999999998E-2</v>
       </c>
       <c r="M91" s="4">
-        <v>0.18360000000000001</v>
+        <v>0.14760000000000001</v>
       </c>
       <c r="N91" s="4">
-        <v>0.35930000000000001</v>
+        <v>0.20019999999999999</v>
       </c>
       <c r="O91" s="4">
-        <v>0.35410000000000003</v>
+        <v>0.2107</v>
       </c>
       <c r="P91" s="3">
-        <v>25.04</v>
+        <v>18.55</v>
       </c>
       <c r="Q91" s="3">
         <v>0</v>
       </c>
-      <c r="R91" s="4">
-[...3 lines deleted...]
-    <row r="92" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="92" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B92" s="3" t="s">
-        <v>473</v>
+        <v>250</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>474</v>
+        <v>251</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F92" s="3">
         <v>4</v>
       </c>
       <c r="G92" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H92" s="3">
-        <v>192.42</v>
+        <v>36.03</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>25.52</v>
       </c>
       <c r="J92" s="4">
-        <v>3.15E-2</v>
+        <v>1.46E-2</v>
       </c>
       <c r="K92" s="4">
-        <v>0.1663</v>
+        <v>6.3E-2</v>
       </c>
       <c r="L92" s="4">
-        <v>9.1200000000000003E-2</v>
+        <v>5.8700000000000002E-2</v>
       </c>
       <c r="M92" s="4">
-        <v>0.1623</v>
+        <v>8.0199999999999994E-2</v>
       </c>
       <c r="N92" s="4">
-        <v>0.63090000000000002</v>
+        <v>0.26800000000000002</v>
       </c>
       <c r="O92" s="4">
-        <v>0.62029999999999996</v>
+        <v>0.61860000000000004</v>
       </c>
       <c r="P92" s="3">
-        <v>20.39</v>
+        <v>23.17</v>
       </c>
       <c r="Q92" s="3">
         <v>0</v>
       </c>
-      <c r="R92" s="4">
-[...3 lines deleted...]
-    <row r="93" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="93" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B93" s="3" t="s">
-        <v>475</v>
+        <v>408</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>476</v>
+        <v>399</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F93" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G93" s="3">
         <v>3</v>
       </c>
       <c r="H93" s="3">
-        <v>20.45</v>
+        <v>160.85</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>104.47</v>
       </c>
       <c r="J93" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>4.3299999999999998E-2</v>
       </c>
       <c r="K93" s="4">
-        <v>6.7100000000000007E-2</v>
+        <v>8.3799999999999999E-2</v>
       </c>
       <c r="L93" s="4">
-        <v>1.47E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="M93" s="4">
-        <v>0.2457</v>
+        <v>9.3100000000000002E-2</v>
       </c>
       <c r="N93" s="4">
-        <v>0.35830000000000001</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O93" s="4">
-        <v>-0.88319999999999999</v>
+        <v>0.35210000000000002</v>
       </c>
       <c r="P93" s="3">
-        <v>11.53</v>
+        <v>11.29</v>
       </c>
       <c r="Q93" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="94" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B94" s="3" t="s">
-        <v>374</v>
+        <v>409</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F94" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G94" s="3">
         <v>3</v>
       </c>
       <c r="H94" s="3">
-        <v>87.57</v>
+        <v>246</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>104.47</v>
       </c>
       <c r="J94" s="4">
-        <v>1.2800000000000001E-2</v>
+        <v>2.8799999999999999E-2</v>
       </c>
       <c r="K94" s="4">
-        <v>3.39E-2</v>
+        <v>8.3799999999999999E-2</v>
       </c>
       <c r="L94" s="4">
-        <v>3.5499999999999997E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="M94" s="4">
-        <v>0.1404</v>
+        <v>9.3200000000000005E-2</v>
       </c>
       <c r="N94" s="4">
-        <v>0.2802</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O94" s="4">
-        <v>0.32250000000000001</v>
+        <v>0.35210000000000002</v>
       </c>
       <c r="P94" s="3">
-        <v>20.02</v>
+        <v>11.29</v>
       </c>
       <c r="Q94" s="3">
         <v>0</v>
       </c>
-      <c r="R94" s="4">
-[...3 lines deleted...]
-    <row r="95" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="95" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B95" s="3" t="s">
-        <v>376</v>
+        <v>410</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>377</v>
+        <v>411</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E95" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F95" s="3">
+        <v>3</v>
+      </c>
+      <c r="G95" s="3">
+        <v>3</v>
+      </c>
+      <c r="H95" s="3">
+        <v>23.67</v>
+      </c>
+      <c r="I95" s="3">
+        <v>0</v>
+      </c>
+      <c r="J95" s="4">
+        <v>3.7600000000000001E-2</v>
+      </c>
+      <c r="K95" s="4">
+        <v>0.31359999999999999</v>
+      </c>
+      <c r="L95" s="4">
+        <v>0.35110000000000002</v>
+      </c>
+      <c r="M95" s="4">
+        <v>0.1681</v>
+      </c>
+      <c r="N95" s="4">
+        <v>0.5625</v>
+      </c>
+      <c r="O95" s="4">
+        <v>0.44390000000000002</v>
+      </c>
+      <c r="P95" s="3">
+        <v>11.22</v>
+      </c>
+      <c r="Q95" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B96" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F96" s="3">
+        <v>3</v>
+      </c>
+      <c r="G96" s="3">
+        <v>3</v>
+      </c>
+      <c r="H96" s="3">
+        <v>72.91</v>
+      </c>
+      <c r="I96" s="3">
+        <v>0</v>
+      </c>
+      <c r="J96" s="4">
+        <v>1.72E-2</v>
+      </c>
+      <c r="K96" s="4">
+        <v>0.12759999999999999</v>
+      </c>
+      <c r="L96" s="4">
+        <v>4.1099999999999998E-2</v>
+      </c>
+      <c r="M96" s="4">
+        <v>6.93E-2</v>
+      </c>
+      <c r="N96" s="4">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="O96" s="4">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="P96" s="3">
+        <v>16.739999999999998</v>
+      </c>
+      <c r="Q96" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B97" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F97" s="3">
+        <v>3</v>
+      </c>
+      <c r="G97" s="3">
+        <v>3</v>
+      </c>
+      <c r="H97" s="3">
+        <v>37.67</v>
+      </c>
+      <c r="I97" s="3">
+        <v>46.8</v>
+      </c>
+      <c r="J97" s="4">
+        <v>5.33E-2</v>
+      </c>
+      <c r="K97" s="4">
+        <v>0.13950000000000001</v>
+      </c>
+      <c r="L97" s="4">
+        <v>0.10440000000000001</v>
+      </c>
+      <c r="M97" s="4">
+        <v>9.5200000000000007E-2</v>
+      </c>
+      <c r="N97" s="4">
+        <v>1.1901999999999999</v>
+      </c>
+      <c r="O97" s="4">
+        <v>0.82150000000000001</v>
+      </c>
+      <c r="P97" s="3">
+        <v>23.8</v>
+      </c>
+      <c r="Q97" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B98" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F98" s="3">
+        <v>3</v>
+      </c>
+      <c r="G98" s="3">
+        <v>3</v>
+      </c>
+      <c r="H98" s="3">
+        <v>29.99</v>
+      </c>
+      <c r="I98" s="3">
+        <v>0</v>
+      </c>
+      <c r="J98" s="4">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="K98" s="4">
+        <v>0.11119999999999999</v>
+      </c>
+      <c r="L98" s="4">
+        <v>4.41E-2</v>
+      </c>
+      <c r="M98" s="4">
+        <v>0.10630000000000001</v>
+      </c>
+      <c r="N98" s="4">
+        <v>2.2044999999999999</v>
+      </c>
+      <c r="O98" s="4">
+        <v>0.61570000000000003</v>
+      </c>
+      <c r="P98" s="3">
+        <v>46.27</v>
+      </c>
+      <c r="Q98" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B99" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F95" s="3">
-[...210 lines deleted...]
-      </c>
       <c r="F99" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G99" s="3">
         <v>4</v>
       </c>
       <c r="H99" s="3">
-        <v>29.94</v>
+        <v>461.58</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
       <c r="J99" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>1.3899999999999999E-2</v>
       </c>
       <c r="K99" s="4">
-        <v>0.2722</v>
+        <v>0.17080000000000001</v>
       </c>
       <c r="L99" s="4">
-        <v>0.26400000000000001</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="M99" s="4">
-        <v>5.6800000000000003E-2</v>
+        <v>0.158</v>
       </c>
       <c r="N99" s="4">
-        <v>1.0243</v>
+        <v>0.22850000000000001</v>
       </c>
       <c r="O99" s="4">
-        <v>-0.34489999999999998</v>
+        <v>0.41089999999999999</v>
       </c>
       <c r="P99" s="3">
-        <v>25.06</v>
+        <v>24.34</v>
       </c>
       <c r="Q99" s="3">
         <v>0</v>
       </c>
-      <c r="R99" s="4">
-[...3 lines deleted...]
-    <row r="100" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="100" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B100" s="3" t="s">
-        <v>339</v>
+        <v>500</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>340</v>
+        <v>501</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G100" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H100" s="3">
-        <v>93.32</v>
+        <v>65.25</v>
       </c>
       <c r="I100" s="3">
+        <v>0</v>
+      </c>
+      <c r="J100" s="4">
+        <v>1.1599999999999999E-2</v>
+      </c>
+      <c r="K100" s="4">
+        <v>0.53349999999999997</v>
+      </c>
+      <c r="L100" s="4">
+        <v>0.4698</v>
+      </c>
+      <c r="M100" s="4">
+        <v>0.32790000000000002</v>
+      </c>
+      <c r="N100" s="4">
+        <v>0.17119999999999999</v>
+      </c>
+      <c r="O100" s="4">
+        <v>0.23730000000000001</v>
+      </c>
+      <c r="P100" s="3">
+        <v>19.45</v>
+      </c>
+      <c r="Q100" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B101" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F101" s="3">
+        <v>4</v>
+      </c>
+      <c r="G101" s="3">
+        <v>3</v>
+      </c>
+      <c r="H101" s="3">
+        <v>149.16999999999999</v>
+      </c>
+      <c r="I101" s="3">
+        <v>56.53</v>
+      </c>
+      <c r="J101" s="4">
+        <v>1.21E-2</v>
+      </c>
+      <c r="K101" s="4">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="L101" s="4">
+        <v>0.1123</v>
+      </c>
+      <c r="M101" s="4">
+        <v>0.17150000000000001</v>
+      </c>
+      <c r="N101" s="4">
+        <v>0.13139999999999999</v>
+      </c>
+      <c r="O101" s="4">
+        <v>0.1507</v>
+      </c>
+      <c r="P101" s="3">
+        <v>12.87</v>
+      </c>
+      <c r="Q101" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B102" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102" s="3">
+        <v>4</v>
+      </c>
+      <c r="G102" s="3">
+        <v>3</v>
+      </c>
+      <c r="H102" s="3">
+        <v>221.34</v>
+      </c>
+      <c r="I102" s="3">
+        <v>0</v>
+      </c>
+      <c r="J102" s="4">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="K102" s="4">
+        <v>0.28239999999999998</v>
+      </c>
+      <c r="L102" s="4">
+        <v>8.1900000000000001E-2</v>
+      </c>
+      <c r="M102" s="4">
+        <v>0.3009</v>
+      </c>
+      <c r="N102" s="4">
+        <v>0.31040000000000001</v>
+      </c>
+      <c r="O102" s="4">
+        <v>0.80610000000000004</v>
+      </c>
+      <c r="P102" s="3">
+        <v>15.41</v>
+      </c>
+      <c r="Q102" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B103" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F103" s="3">
+        <v>3</v>
+      </c>
+      <c r="G103" s="3">
+        <v>3</v>
+      </c>
+      <c r="H103" s="3">
+        <v>25.26</v>
+      </c>
+      <c r="I103" s="3">
+        <v>0</v>
+      </c>
+      <c r="J103" s="4">
+        <v>0.1099</v>
+      </c>
+      <c r="K103" s="4">
+        <v>0.1772</v>
+      </c>
+      <c r="L103" s="4">
+        <v>0.254</v>
+      </c>
+      <c r="M103" s="4">
+        <v>0.1724</v>
+      </c>
+      <c r="N103" s="4">
+        <v>1.7027000000000001</v>
+      </c>
+      <c r="O103" s="4">
+        <v>1.0394000000000001</v>
+      </c>
+      <c r="P103" s="3">
+        <v>14.15</v>
+      </c>
+      <c r="Q103" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B104" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F104" s="3">
+        <v>5</v>
+      </c>
+      <c r="G104" s="3">
+        <v>5</v>
+      </c>
+      <c r="H104" s="3">
+        <v>182.31</v>
+      </c>
+      <c r="I104" s="3">
+        <v>34.369999999999997</v>
+      </c>
+      <c r="J104" s="4">
+        <v>2.3E-3</v>
+      </c>
+      <c r="K104" s="4">
+        <v>0.1802</v>
+      </c>
+      <c r="L104" s="4">
+        <v>9.9699999999999997E-2</v>
+      </c>
+      <c r="M104" s="4">
+        <v>0.17580000000000001</v>
+      </c>
+      <c r="N104" s="4">
+        <v>8.8099999999999998E-2</v>
+      </c>
+      <c r="O104" s="4">
+        <v>8.0299999999999996E-2</v>
+      </c>
+      <c r="P104" s="3">
+        <v>40.130000000000003</v>
+      </c>
+      <c r="Q104" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B105" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F105" s="3">
+        <v>3</v>
+      </c>
+      <c r="G105" s="3">
+        <v>3</v>
+      </c>
+      <c r="H105" s="3">
+        <v>84.25</v>
+      </c>
+      <c r="I105" s="3">
+        <v>77.38</v>
+      </c>
+      <c r="J105" s="4">
+        <v>2.5100000000000001E-2</v>
+      </c>
+      <c r="K105" s="4">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="L105" s="4">
+        <v>2.1899999999999999E-2</v>
+      </c>
+      <c r="M105" s="4">
+        <v>0.1009</v>
+      </c>
+      <c r="N105" s="4">
+        <v>0.44429999999999997</v>
+      </c>
+      <c r="O105" s="4">
+        <v>0.3463</v>
+      </c>
+      <c r="P105" s="3">
+        <v>17.03</v>
+      </c>
+      <c r="Q105" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B106" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F106" s="3">
+        <v>4</v>
+      </c>
+      <c r="G106" s="3">
+        <v>4</v>
+      </c>
+      <c r="H106" s="3">
+        <v>398.63</v>
+      </c>
+      <c r="I106" s="3">
+        <v>320.75</v>
+      </c>
+      <c r="J106" s="4">
+        <v>1.72E-2</v>
+      </c>
+      <c r="K106" s="4">
+        <v>8.09E-2</v>
+      </c>
+      <c r="L106" s="4">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="M106" s="4">
+        <v>0.16619999999999999</v>
+      </c>
+      <c r="N106" s="4">
+        <v>0.35930000000000001</v>
+      </c>
+      <c r="O106" s="4">
+        <v>0.3538</v>
+      </c>
+      <c r="P106" s="3">
+        <v>23.58</v>
+      </c>
+      <c r="Q106" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B107" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F107" s="3">
+        <v>3</v>
+      </c>
+      <c r="G107" s="3">
+        <v>3</v>
+      </c>
+      <c r="H107" s="3">
+        <v>81.290000000000006</v>
+      </c>
+      <c r="I107" s="3">
+        <v>0</v>
+      </c>
+      <c r="J107" s="4">
+        <v>1.3899999999999999E-2</v>
+      </c>
+      <c r="K107" s="4">
+        <v>8.7599999999999997E-2</v>
+      </c>
+      <c r="L107" s="4">
+        <v>3.8899999999999997E-2</v>
+      </c>
+      <c r="M107" s="4">
+        <v>0.12239999999999999</v>
+      </c>
+      <c r="N107" s="4">
+        <v>0.2802</v>
+      </c>
+      <c r="O107" s="4">
+        <v>0.32250000000000001</v>
+      </c>
+      <c r="P107" s="3">
+        <v>18.47</v>
+      </c>
+      <c r="Q107" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B108" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" s="3">
+        <v>3</v>
+      </c>
+      <c r="G108" s="3">
+        <v>3</v>
+      </c>
+      <c r="H108" s="3">
+        <v>37.83</v>
+      </c>
+      <c r="I108" s="3">
+        <v>9.01</v>
+      </c>
+      <c r="J108" s="4">
+        <v>1.38E-2</v>
+      </c>
+      <c r="K108" s="4">
+        <v>0.67359999999999998</v>
+      </c>
+      <c r="L108" s="4">
+        <v>9.6500000000000002E-2</v>
+      </c>
+      <c r="M108" s="4">
+        <v>0.21060000000000001</v>
+      </c>
+      <c r="N108" s="4">
+        <v>0.375</v>
+      </c>
+      <c r="O108" s="4">
+        <v>-0.43099999999999999</v>
+      </c>
+      <c r="P108" s="3">
+        <v>27.12</v>
+      </c>
+      <c r="Q108" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B109" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="3">
+        <v>4</v>
+      </c>
+      <c r="G109" s="3">
+        <v>3</v>
+      </c>
+      <c r="H109" s="3">
+        <v>55.39</v>
+      </c>
+      <c r="I109" s="3">
+        <v>63.84</v>
+      </c>
+      <c r="J109" s="4">
+        <v>5.9499999999999997E-2</v>
+      </c>
+      <c r="K109" s="4">
+        <v>0.47160000000000002</v>
+      </c>
+      <c r="L109" s="4">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="M109" s="4">
+        <v>5.0200000000000002E-2</v>
+      </c>
+      <c r="N109" s="4">
+        <v>0.95089999999999997</v>
+      </c>
+      <c r="O109" s="4">
+        <v>-1.5538000000000001</v>
+      </c>
+      <c r="P109" s="3">
+        <v>7.28</v>
+      </c>
+      <c r="Q109" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B110" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F110" s="3">
+        <v>4</v>
+      </c>
+      <c r="G110" s="3">
+        <v>4</v>
+      </c>
+      <c r="H110" s="3">
+        <v>317.17</v>
+      </c>
+      <c r="I110" s="3">
+        <v>396.73</v>
+      </c>
+      <c r="J110" s="4">
+        <v>2.12E-2</v>
+      </c>
+      <c r="K110" s="4">
+        <v>3.9699999999999999E-2</v>
+      </c>
+      <c r="L110" s="4">
+        <v>0.1</v>
+      </c>
+      <c r="M110" s="4">
+        <v>0.1221</v>
+      </c>
+      <c r="N110" s="4">
+        <v>0.25380000000000003</v>
+      </c>
+      <c r="O110" s="4">
+        <v>0.40479999999999999</v>
+      </c>
+      <c r="P110" s="3">
+        <v>13.17</v>
+      </c>
+      <c r="Q110" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B111" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F111" s="3">
+        <v>3</v>
+      </c>
+      <c r="G111" s="3">
+        <v>4</v>
+      </c>
+      <c r="H111" s="3">
+        <v>47.65</v>
+      </c>
+      <c r="I111" s="3">
+        <v>47.08</v>
+      </c>
+      <c r="J111" s="4">
+        <v>1.8700000000000001E-2</v>
+      </c>
+      <c r="K111" s="4">
+        <v>3.9800000000000002E-2</v>
+      </c>
+      <c r="L111" s="4">
+        <v>2.4299999999999999E-2</v>
+      </c>
+      <c r="M111" s="4">
+        <v>0.104</v>
+      </c>
+      <c r="N111" s="4">
+        <v>0.27139999999999997</v>
+      </c>
+      <c r="O111" s="4">
+        <v>0.15759999999999999</v>
+      </c>
+      <c r="P111" s="3">
+        <v>15.74</v>
+      </c>
+      <c r="Q111" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B112" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F112" s="3">
+        <v>4</v>
+      </c>
+      <c r="G112" s="3">
+        <v>4</v>
+      </c>
+      <c r="H112" s="3">
+        <v>29.89</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
+      <c r="J112" s="4">
+        <v>4.0099999999999997E-2</v>
+      </c>
+      <c r="K112" s="4">
+        <v>0.15679999999999999</v>
+      </c>
+      <c r="L112" s="4">
+        <v>0.25430000000000003</v>
+      </c>
+      <c r="M112" s="4">
+        <v>5.6800000000000003E-2</v>
+      </c>
+      <c r="N112" s="4">
+        <v>1.0243</v>
+      </c>
+      <c r="O112" s="4">
+        <v>-0.31319999999999998</v>
+      </c>
+      <c r="P112" s="3">
+        <v>24.07</v>
+      </c>
+      <c r="Q112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B113" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F113" s="3">
+        <v>4</v>
+      </c>
+      <c r="G113" s="3">
+        <v>4</v>
+      </c>
+      <c r="H113" s="3">
+        <v>89.47</v>
+      </c>
+      <c r="I113" s="3">
         <v>96.81</v>
       </c>
-      <c r="J100" s="4">
-[...11 lines deleted...]
-      <c r="N100" s="4">
+      <c r="J113" s="4">
+        <v>2.5100000000000001E-2</v>
+      </c>
+      <c r="K113" s="4">
+        <v>0.1011</v>
+      </c>
+      <c r="L113" s="4">
+        <v>0.18909999999999999</v>
+      </c>
+      <c r="M113" s="4">
+        <v>0.2135</v>
+      </c>
+      <c r="N113" s="4">
         <v>0.17080000000000001</v>
       </c>
-      <c r="O100" s="4">
+      <c r="O113" s="4">
         <v>0.1239</v>
       </c>
-      <c r="P100" s="3">
-[...19 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="P113" s="3">
+        <v>9.9499999999999993</v>
+      </c>
+      <c r="Q113" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B114" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F101" s="3">
-[...8 lines deleted...]
-      <c r="I101" s="3">
+      <c r="F114" s="3">
+        <v>4</v>
+      </c>
+      <c r="G114" s="3">
+        <v>4</v>
+      </c>
+      <c r="H114" s="3">
+        <v>846.28</v>
+      </c>
+      <c r="I114" s="3">
         <v>782.88</v>
       </c>
-      <c r="J101" s="4">
-[...11 lines deleted...]
-      <c r="N101" s="4">
+      <c r="J114" s="4">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="K114" s="4">
+        <v>0.14949999999999999</v>
+      </c>
+      <c r="L114" s="4">
+        <v>8.8499999999999995E-2</v>
+      </c>
+      <c r="M114" s="4">
+        <v>0.1149</v>
+      </c>
+      <c r="N114" s="4">
         <v>1.9925999999999999</v>
       </c>
-      <c r="O101" s="4">
+      <c r="O114" s="4">
         <v>41.761899999999997</v>
       </c>
-      <c r="P101" s="3">
-[...2 lines deleted...]
-      <c r="Q101" s="3">
+      <c r="P114" s="3">
+        <v>76.28</v>
+      </c>
+      <c r="Q114" s="3">
         <v>1</v>
       </c>
-      <c r="R101" s="4">
-[...692 lines deleted...]
-    <row r="115" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="115" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B115" s="3" t="s">
-        <v>95</v>
+        <v>331</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>96</v>
+        <v>332</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F115" s="3">
         <v>3</v>
       </c>
       <c r="G115" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H115" s="3">
-        <v>37.770000000000003</v>
+        <v>294.51</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
       <c r="J115" s="4">
-        <v>3.8199999999999998E-2</v>
+        <v>1.15E-2</v>
       </c>
       <c r="K115" s="4">
-        <v>5.8200000000000002E-2</v>
+        <v>0.1457</v>
       </c>
       <c r="L115" s="4">
-        <v>6.4600000000000005E-2</v>
+        <v>0.1002</v>
       </c>
       <c r="M115" s="4">
-        <v>6.8099999999999994E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="N115" s="4">
-        <v>0.40910000000000002</v>
+        <v>0.36220000000000002</v>
       </c>
       <c r="O115" s="4">
-        <v>0.31919999999999998</v>
+        <v>0.19589999999999999</v>
       </c>
       <c r="P115" s="3">
-        <v>9.7899999999999991</v>
+        <v>23.26</v>
       </c>
       <c r="Q115" s="3">
         <v>0</v>
       </c>
-      <c r="R115" s="4">
-[...3 lines deleted...]
-    <row r="116" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="116" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B116" s="3" t="s">
-        <v>381</v>
+        <v>82</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>382</v>
+        <v>83</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F116" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
         <v>3</v>
       </c>
       <c r="H116" s="3">
-        <v>118.17</v>
+        <v>121.88</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
       <c r="J116" s="4">
-        <v>4.7000000000000002E-3</v>
+        <v>1.2800000000000001E-2</v>
       </c>
       <c r="K116" s="4">
-        <v>0.22489999999999999</v>
+        <v>0.1052</v>
       </c>
       <c r="L116" s="4">
-        <v>8.7900000000000006E-2</v>
+        <v>6.0199999999999997E-2</v>
       </c>
       <c r="M116" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="N116" s="4">
-        <v>0.13550000000000001</v>
+        <v>0.25190000000000001</v>
       </c>
       <c r="O116" s="4">
-        <v>0.14000000000000001</v>
+        <v>0.25380000000000003</v>
       </c>
       <c r="P116" s="3">
-        <v>33.07</v>
+        <v>19.61</v>
       </c>
       <c r="Q116" s="3">
         <v>0</v>
       </c>
-      <c r="R116" s="4">
-[...3 lines deleted...]
-    <row r="117" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="117" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B117" s="3" t="s">
-        <v>486</v>
+        <v>84</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>487</v>
+        <v>85</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F117" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G117" s="3">
         <v>4</v>
       </c>
       <c r="H117" s="3">
-        <v>262.3</v>
+        <v>133.5</v>
       </c>
       <c r="I117" s="3">
-        <v>45.9</v>
+        <v>0</v>
       </c>
       <c r="J117" s="4">
-        <v>5.7000000000000002E-3</v>
+        <v>4.8099999999999997E-2</v>
       </c>
       <c r="K117" s="4">
-        <v>0.10249999999999999</v>
+        <v>6.2899999999999998E-2</v>
       </c>
       <c r="L117" s="4">
-        <v>0.1673</v>
+        <v>0.19839999999999999</v>
       </c>
       <c r="M117" s="4">
-        <v>0.1171</v>
+        <v>6.1899999999999997E-2</v>
       </c>
       <c r="N117" s="4">
-        <v>0.34520000000000001</v>
+        <v>1.6115999999999999</v>
       </c>
       <c r="O117" s="4">
-        <v>0.189</v>
+        <v>0.78879999999999995</v>
       </c>
       <c r="P117" s="3">
-        <v>60.96</v>
+        <v>29.52</v>
       </c>
       <c r="Q117" s="3">
         <v>0</v>
       </c>
-      <c r="R117" s="4">
-[...3 lines deleted...]
-    <row r="118" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="118" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B118" s="3" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F118" s="3">
         <v>4</v>
       </c>
       <c r="G118" s="3">
         <v>4</v>
       </c>
       <c r="H118" s="3">
-        <v>70.290000000000006</v>
+        <v>41.16</v>
       </c>
       <c r="I118" s="3">
-        <v>68.290000000000006</v>
+        <v>28.6</v>
       </c>
       <c r="J118" s="4">
-        <v>3.4799999999999998E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="K118" s="4">
-        <v>5.7000000000000002E-2</v>
+        <v>7.0499999999999993E-2</v>
       </c>
       <c r="L118" s="4">
-        <v>5.5500000000000001E-2</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="M118" s="4">
-        <v>5.4699999999999999E-2</v>
+        <v>0.10589999999999999</v>
       </c>
       <c r="N118" s="4">
-        <v>0.74529999999999996</v>
+        <v>0.77639999999999998</v>
       </c>
       <c r="O118" s="4">
-        <v>-0.4148</v>
+        <v>1.0103</v>
       </c>
       <c r="P118" s="3">
-        <v>20.76</v>
+        <v>38.96</v>
       </c>
       <c r="Q118" s="3">
         <v>1</v>
       </c>
-      <c r="R118" s="4">
-[...3 lines deleted...]
-    <row r="119" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="119" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B119" s="3" t="s">
-        <v>97</v>
+        <v>184</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>98</v>
+        <v>185</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G119" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H119" s="3">
-        <v>18.22</v>
+        <v>158.52000000000001</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
       <c r="J119" s="4">
-        <v>3.8600000000000002E-2</v>
+        <v>1.06E-2</v>
       </c>
       <c r="K119" s="4">
-        <v>9.8699999999999996E-2</v>
+        <v>0.16439999999999999</v>
       </c>
       <c r="L119" s="4">
-        <v>6.5100000000000005E-2</v>
+        <v>0.1429</v>
       </c>
       <c r="M119" s="4">
-        <v>5.8200000000000002E-2</v>
+        <v>7.6300000000000007E-2</v>
       </c>
       <c r="N119" s="4">
-        <v>0.43869999999999998</v>
+        <v>0.25409999999999999</v>
       </c>
       <c r="O119" s="4">
-        <v>1.0224</v>
+        <v>0.1653</v>
       </c>
       <c r="P119" s="3">
-        <v>10.92</v>
+        <v>24.36</v>
       </c>
       <c r="Q119" s="3">
         <v>0</v>
       </c>
-      <c r="R119" s="4">
-[...3 lines deleted...]
-    <row r="120" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="120" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B120" s="3" t="s">
-        <v>289</v>
+        <v>504</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>290</v>
+        <v>505</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F120" s="3">
         <v>3</v>
       </c>
       <c r="G120" s="3">
         <v>3</v>
       </c>
       <c r="H120" s="3">
-        <v>36.409999999999997</v>
+        <v>253.96</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>121.8</v>
       </c>
       <c r="J120" s="4">
-        <v>2.8299999999999999E-2</v>
+        <v>2.3300000000000001E-2</v>
       </c>
       <c r="K120" s="4">
-        <v>0.1236</v>
+        <v>0.12870000000000001</v>
       </c>
       <c r="L120" s="4">
-        <v>5.3999999999999999E-2</v>
+        <v>3.3099999999999997E-2</v>
       </c>
       <c r="M120" s="4">
-        <v>0.1381</v>
+        <v>0.16830000000000001</v>
       </c>
       <c r="N120" s="4">
-        <v>0.26579999999999998</v>
+        <v>0.3276</v>
       </c>
       <c r="O120" s="4">
-        <v>0.32979999999999998</v>
+        <v>0.36809999999999998</v>
       </c>
       <c r="P120" s="3">
-        <v>10.050000000000001</v>
+        <v>14.56</v>
       </c>
       <c r="Q120" s="3">
         <v>0</v>
       </c>
-      <c r="R120" s="4">
-[...3 lines deleted...]
-    <row r="121" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="121" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B121" s="3" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
         <v>3</v>
       </c>
       <c r="G121" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H121" s="3">
-        <v>39.049999999999997</v>
+        <v>30.91</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
       <c r="J121" s="4">
-        <v>2.9499999999999998E-2</v>
+        <v>2.4799999999999999E-2</v>
       </c>
       <c r="K121" s="4">
-        <v>4.7899999999999998E-2</v>
+        <v>5.57E-2</v>
       </c>
       <c r="L121" s="4">
-        <v>2.1700000000000001E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="M121" s="4">
-        <v>9.69E-2</v>
+        <v>7.7299999999999994E-2</v>
       </c>
       <c r="N121" s="4">
-        <v>0.38</v>
+        <v>0.46060000000000001</v>
       </c>
       <c r="O121" s="4">
-        <v>0.34639999999999999</v>
+        <v>0.33889999999999998</v>
       </c>
       <c r="P121" s="3">
-        <v>14.92</v>
+        <v>18.149999999999999</v>
       </c>
       <c r="Q121" s="3">
         <v>0</v>
       </c>
-      <c r="R121" s="4">
-[...3 lines deleted...]
-    <row r="122" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="122" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B122" s="3" t="s">
-        <v>490</v>
+        <v>422</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>491</v>
+        <v>423</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="3">
         <v>3</v>
       </c>
       <c r="G122" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H122" s="3">
-        <v>66.75</v>
+        <v>41.61</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
       <c r="J122" s="4">
-        <v>2.3300000000000001E-2</v>
+        <v>3.8100000000000002E-2</v>
       </c>
       <c r="K122" s="4">
-        <v>0.27100000000000002</v>
+        <v>9.9099999999999994E-2</v>
       </c>
       <c r="L122" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>2.06E-2</v>
       </c>
       <c r="M122" s="4">
-        <v>0.20319999999999999</v>
+        <v>7.1099999999999997E-2</v>
       </c>
       <c r="N122" s="4">
-        <v>0.3553</v>
+        <v>0.46029999999999999</v>
       </c>
       <c r="O122" s="4">
-        <v>0.78820000000000001</v>
+        <v>0.31940000000000002</v>
       </c>
       <c r="P122" s="3">
-        <v>10.81</v>
+        <v>12.54</v>
       </c>
       <c r="Q122" s="3">
         <v>0</v>
       </c>
-      <c r="R122" s="4">
-[...3 lines deleted...]
-    <row r="123" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="123" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B123" s="3" t="s">
-        <v>101</v>
+        <v>506</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>102</v>
+        <v>507</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G123" s="3">
         <v>4</v>
       </c>
       <c r="H123" s="3">
-        <v>340.72</v>
+        <v>55.25</v>
       </c>
       <c r="I123" s="3">
-        <v>172.29</v>
+        <v>0</v>
       </c>
       <c r="J123" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>3.6299999999999999E-2</v>
       </c>
       <c r="K123" s="4">
-        <v>5.5100000000000003E-2</v>
+        <v>2.52E-2</v>
       </c>
       <c r="L123" s="4">
-        <v>3.9300000000000002E-2</v>
+        <v>7.7899999999999997E-2</v>
       </c>
       <c r="M123" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>8.1799999999999998E-2</v>
       </c>
       <c r="N123" s="4">
-        <v>0.4138</v>
+        <v>0.41889999999999999</v>
       </c>
       <c r="O123" s="4">
-        <v>0.37869999999999998</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="P123" s="3">
-        <v>22.91</v>
+        <v>13.97</v>
       </c>
       <c r="Q123" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B124" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F124" s="3">
+        <v>4</v>
+      </c>
+      <c r="G124" s="3">
+        <v>4</v>
+      </c>
+      <c r="H124" s="3">
+        <v>186.73</v>
+      </c>
+      <c r="I124" s="3">
+        <v>32.4</v>
+      </c>
+      <c r="J124" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="K124" s="4">
+        <v>0.2414</v>
+      </c>
+      <c r="L124" s="4">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="M124" s="4">
+        <v>7.8100000000000003E-2</v>
+      </c>
+      <c r="N124" s="4">
+        <v>0.50170000000000003</v>
+      </c>
+      <c r="O124" s="4">
+        <v>-0.26740000000000003</v>
+      </c>
+      <c r="P124" s="3">
+        <v>46.46</v>
+      </c>
+      <c r="Q124" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B125" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F125" s="3">
+        <v>4</v>
+      </c>
+      <c r="G125" s="3">
+        <v>4</v>
+      </c>
+      <c r="H125" s="3">
+        <v>261.99</v>
+      </c>
+      <c r="I125" s="3">
+        <v>46.13</v>
+      </c>
+      <c r="J125" s="4">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="K125" s="4">
+        <v>0.2414</v>
+      </c>
+      <c r="L125" s="4">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="M125" s="4">
+        <v>7.8100000000000003E-2</v>
+      </c>
+      <c r="N125" s="4">
+        <v>0.50170000000000003</v>
+      </c>
+      <c r="O125" s="4">
+        <v>-0.27389999999999998</v>
+      </c>
+      <c r="P125" s="3">
+        <v>46.46</v>
+      </c>
+      <c r="Q125" s="3">
         <v>1</v>
       </c>
-      <c r="R123" s="4">
-[...109 lines deleted...]
-    <row r="126" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="126" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B126" s="3" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F126" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G126" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H126" s="3">
-        <v>138.16999999999999</v>
+        <v>55.27</v>
       </c>
       <c r="I126" s="3">
-        <v>100.22</v>
+        <v>0</v>
       </c>
       <c r="J126" s="4">
-        <v>2.9700000000000001E-2</v>
+        <v>3.1899999999999998E-2</v>
       </c>
       <c r="K126" s="4">
-        <v>0.54669999999999996</v>
+        <v>4.5199999999999997E-2</v>
       </c>
       <c r="L126" s="4">
-        <v>6.0299999999999999E-2</v>
+        <v>9.4200000000000006E-2</v>
       </c>
       <c r="M126" s="4">
-        <v>5.57E-2</v>
+        <v>9.2899999999999996E-2</v>
       </c>
       <c r="N126" s="4">
-        <v>0.61570000000000003</v>
+        <v>0.68269999999999997</v>
       </c>
       <c r="O126" s="4">
-        <v>2.2271999999999998</v>
+        <v>1.4978</v>
       </c>
       <c r="P126" s="3">
-        <v>23.87</v>
+        <v>31.23</v>
       </c>
       <c r="Q126" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="127" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B127" s="3" t="s">
-        <v>349</v>
+        <v>88</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>350</v>
+        <v>89</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G127" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H127" s="3">
-        <v>786.08</v>
+        <v>35.5</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
       <c r="J127" s="4">
-        <v>2.01E-2</v>
+        <v>4.0300000000000002E-2</v>
       </c>
       <c r="K127" s="4">
-        <v>0.13139999999999999</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="L127" s="4">
-        <v>0.18390000000000001</v>
+        <v>6.3200000000000006E-2</v>
       </c>
       <c r="M127" s="4">
-        <v>0.2261</v>
+        <v>6.4299999999999996E-2</v>
       </c>
       <c r="N127" s="4">
-        <v>0.28100000000000003</v>
+        <v>0.40910000000000002</v>
       </c>
       <c r="O127" s="4">
-        <v>5.8599999999999999E-2</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="P127" s="3">
-        <v>17.55</v>
+        <v>8.9499999999999993</v>
       </c>
       <c r="Q127" s="3">
         <v>0</v>
       </c>
-      <c r="R127" s="4">
-[...3 lines deleted...]
-    <row r="128" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="128" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B128" s="3" t="s">
-        <v>103</v>
+        <v>350</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>104</v>
+        <v>351</v>
       </c>
       <c r="D128" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" s="3">
+        <v>3</v>
+      </c>
+      <c r="G128" s="3">
+        <v>3</v>
+      </c>
+      <c r="H128" s="3">
+        <v>117.98</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
+      <c r="J128" s="4">
+        <v>4.7999999999999996E-3</v>
+      </c>
+      <c r="K128" s="4">
+        <v>0.1729</v>
+      </c>
+      <c r="L128" s="4">
+        <v>0.11409999999999999</v>
+      </c>
+      <c r="M128" s="4">
+        <v>0.1103</v>
+      </c>
+      <c r="N128" s="4">
+        <v>0.13550000000000001</v>
+      </c>
+      <c r="O128" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="P128" s="3">
+        <v>32.18</v>
+      </c>
+      <c r="Q128" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B129" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="D129" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E128" s="3" t="s">
+      <c r="E129" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F129" s="3">
+        <v>3</v>
+      </c>
+      <c r="G129" s="3">
+        <v>4</v>
+      </c>
+      <c r="H129" s="3">
+        <v>223.26</v>
+      </c>
+      <c r="I129" s="3">
+        <v>45.9</v>
+      </c>
+      <c r="J129" s="4">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K129" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="L129" s="4">
+        <v>0.1522</v>
+      </c>
+      <c r="M129" s="4">
+        <v>9.9400000000000002E-2</v>
+      </c>
+      <c r="N129" s="4">
+        <v>0.34520000000000001</v>
+      </c>
+      <c r="O129" s="4">
+        <v>0.1661</v>
+      </c>
+      <c r="P129" s="3">
+        <v>51.51</v>
+      </c>
+      <c r="Q129" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B130" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" s="3">
+        <v>4</v>
+      </c>
+      <c r="G130" s="3">
+        <v>4</v>
+      </c>
+      <c r="H130" s="3">
+        <v>75.849999999999994</v>
+      </c>
+      <c r="I130" s="3">
+        <v>25.37</v>
+      </c>
+      <c r="J130" s="4">
+        <v>1.6400000000000001E-2</v>
+      </c>
+      <c r="K130" s="4">
+        <v>0.219</v>
+      </c>
+      <c r="L130" s="4">
+        <v>0.11559999999999999</v>
+      </c>
+      <c r="M130" s="4">
+        <v>6.6699999999999995E-2</v>
+      </c>
+      <c r="N130" s="4">
+        <v>0.29670000000000002</v>
+      </c>
+      <c r="O130" s="4">
+        <v>0.2167</v>
+      </c>
+      <c r="P130" s="3">
+        <v>21.12</v>
+      </c>
+      <c r="Q130" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B131" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F128" s="3">
-[...157 lines deleted...]
-      </c>
       <c r="F131" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G131" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H131" s="3">
-        <v>397.06</v>
+        <v>17.38</v>
       </c>
       <c r="I131" s="3">
-        <v>283.88</v>
+        <v>0</v>
       </c>
       <c r="J131" s="4">
-        <v>2.2700000000000001E-2</v>
+        <v>4.1200000000000001E-2</v>
       </c>
       <c r="K131" s="4">
-        <v>5.7200000000000001E-2</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="L131" s="4">
-        <v>7.6700000000000004E-2</v>
+        <v>8.14E-2</v>
       </c>
       <c r="M131" s="4">
-        <v>0.10589999999999999</v>
+        <v>0.1055</v>
       </c>
       <c r="N131" s="4">
-        <v>0.60309999999999997</v>
+        <v>0.43869999999999998</v>
       </c>
       <c r="O131" s="4">
-        <v>0.63549999999999995</v>
+        <v>1.0224</v>
       </c>
       <c r="P131" s="3">
-        <v>27.54</v>
+        <v>9.16</v>
       </c>
       <c r="Q131" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="132" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B132" s="3" t="s">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>364</v>
+        <v>265</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G132" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H132" s="3">
-        <v>132.91</v>
+        <v>34.520000000000003</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
       <c r="J132" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>2.98E-2</v>
       </c>
       <c r="K132" s="4">
-        <v>0.21540000000000001</v>
+        <v>0.16089999999999999</v>
       </c>
       <c r="L132" s="4">
-        <v>4.9799999999999997E-2</v>
+        <v>4.9299999999999997E-2</v>
       </c>
       <c r="M132" s="4">
-        <v>9.9699999999999997E-2</v>
+        <v>0.111</v>
       </c>
       <c r="N132" s="4">
-        <v>0.18160000000000001</v>
+        <v>0.26579999999999998</v>
       </c>
       <c r="O132" s="4">
-        <v>0.1008</v>
+        <v>0.32979999999999998</v>
       </c>
       <c r="P132" s="3">
-        <v>12.09</v>
+        <v>9.09</v>
       </c>
       <c r="Q132" s="3">
         <v>0</v>
       </c>
-      <c r="R132" s="4">
-[...3 lines deleted...]
-    <row r="133" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="133" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B133" s="3" t="s">
-        <v>492</v>
+        <v>92</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>493</v>
+        <v>93</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F133" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G133" s="3">
         <v>4</v>
       </c>
       <c r="H133" s="3">
-        <v>88.18</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>38.549999999999997</v>
+      </c>
+      <c r="I133" s="3">
+        <v>0</v>
       </c>
       <c r="J133" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>2.9899999999999999E-2</v>
       </c>
       <c r="K133" s="4">
-        <v>0.49680000000000002</v>
+        <v>4.1599999999999998E-2</v>
       </c>
       <c r="L133" s="4">
-        <v>0.17050000000000001</v>
+        <v>7.9799999999999996E-2</v>
       </c>
       <c r="M133" s="4">
-        <v>0.2752</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N133" s="4">
-        <v>0.1623</v>
+        <v>0.38</v>
       </c>
       <c r="O133" s="4">
-        <v>-1.7012</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P133" s="3">
-        <v>18.489999999999998</v>
+        <v>13.58</v>
       </c>
       <c r="Q133" s="3">
         <v>0</v>
       </c>
-      <c r="R133" s="4">
-[...3 lines deleted...]
-    <row r="134" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="134" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B134" s="3" t="s">
-        <v>494</v>
+        <v>94</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>493</v>
+        <v>95</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F134" s="3">
         <v>4</v>
       </c>
       <c r="G134" s="3">
         <v>4</v>
       </c>
       <c r="H134" s="3">
-        <v>125.8</v>
+        <v>344.76</v>
       </c>
       <c r="I134" s="3">
-        <v>31.77</v>
+        <v>172.29</v>
       </c>
       <c r="J134" s="4">
-        <v>8.8999999999999999E-3</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K134" s="4">
-        <v>0.49680000000000002</v>
+        <v>6.1100000000000002E-2</v>
       </c>
       <c r="L134" s="4">
-        <v>0.17050000000000001</v>
+        <v>5.6399999999999999E-2</v>
       </c>
       <c r="M134" s="4">
-        <v>0.28339999999999999</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="N134" s="4">
-        <v>0.1623</v>
+        <v>0.4138</v>
       </c>
       <c r="O134" s="4">
-        <v>-1.8118000000000001</v>
+        <v>0.32769999999999999</v>
       </c>
       <c r="P134" s="3">
-        <v>18.489999999999998</v>
+        <v>22.35</v>
       </c>
       <c r="Q134" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="135" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B135" s="3" t="s">
-        <v>107</v>
+        <v>312</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>108</v>
+        <v>313</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F135" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G135" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H135" s="3">
-        <v>188.75</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="I135" s="3">
-        <v>178.1</v>
+        <v>0</v>
       </c>
       <c r="J135" s="4">
-        <v>2.93E-2</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="K135" s="4">
-        <v>8.9599999999999999E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="L135" s="4">
-        <v>7.0000000000000007E-2</v>
+        <v>4.0300000000000002E-2</v>
       </c>
       <c r="M135" s="4">
-        <v>0.1288</v>
+        <v>0.18740000000000001</v>
       </c>
       <c r="N135" s="4">
-        <v>0.48849999999999999</v>
+        <v>0.14280000000000001</v>
       </c>
       <c r="O135" s="4">
-        <v>0.65569999999999995</v>
+        <v>0.13139999999999999</v>
       </c>
       <c r="P135" s="3">
-        <v>31.51</v>
+        <v>55.79</v>
       </c>
       <c r="Q135" s="3">
         <v>0</v>
       </c>
-      <c r="R135" s="4">
-[...3 lines deleted...]
-    <row r="136" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="136" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B136" s="3" t="s">
-        <v>421</v>
+        <v>296</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>422</v>
+        <v>297</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F136" s="3">
         <v>3</v>
       </c>
       <c r="G136" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H136" s="3">
-        <v>47.28</v>
+        <v>81.75</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
       <c r="J136" s="4">
-        <v>3.4500000000000003E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K136" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>0.1007</v>
       </c>
       <c r="L136" s="4">
-        <v>0.1222</v>
+        <v>6.3700000000000007E-2</v>
       </c>
       <c r="M136" s="4">
-        <v>5.9200000000000003E-2</v>
+        <v>9.06E-2</v>
       </c>
       <c r="N136" s="4">
-        <v>0.55479999999999996</v>
+        <v>0.36180000000000001</v>
       </c>
       <c r="O136" s="4">
-        <v>-0.24199999999999999</v>
+        <v>0.29020000000000001</v>
       </c>
       <c r="P136" s="3">
-        <v>15.96</v>
+        <v>27.56</v>
       </c>
       <c r="Q136" s="3">
         <v>0</v>
       </c>
-      <c r="R136" s="4">
-[...3 lines deleted...]
-    <row r="137" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="137" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B137" s="3" t="s">
-        <v>109</v>
+        <v>510</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>110</v>
+        <v>511</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F137" s="3">
         <v>4</v>
       </c>
       <c r="G137" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H137" s="3">
-        <v>430.44</v>
+        <v>122.06</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>11.81</v>
       </c>
       <c r="J137" s="4">
-        <v>1.23E-2</v>
+        <v>4.8999999999999998E-3</v>
       </c>
       <c r="K137" s="4">
-        <v>0.2424</v>
+        <v>0.12429999999999999</v>
       </c>
       <c r="L137" s="4">
-        <v>7.3599999999999999E-2</v>
+        <v>5.0500000000000003E-2</v>
       </c>
       <c r="M137" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>0.31950000000000001</v>
       </c>
       <c r="N137" s="4">
-        <v>0.34499999999999997</v>
+        <v>0</v>
       </c>
       <c r="O137" s="4">
-        <v>0.35299999999999998</v>
+        <v>5.5599999999999997E-2</v>
       </c>
       <c r="P137" s="3">
-        <v>27.94</v>
+        <v>16.170000000000002</v>
       </c>
       <c r="Q137" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="138" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="138" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B138" s="3" t="s">
-        <v>111</v>
+        <v>512</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>112</v>
+        <v>513</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F138" s="3">
         <v>3</v>
       </c>
       <c r="G138" s="3">
         <v>3</v>
       </c>
       <c r="H138" s="3">
-        <v>30.61</v>
+        <v>44.67</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
       <c r="J138" s="4">
-        <v>3.3599999999999998E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="K138" s="4">
-        <v>5.79E-2</v>
+        <v>5.2200000000000003E-2</v>
       </c>
       <c r="L138" s="4">
-        <v>5.33E-2</v>
+        <v>6.5100000000000005E-2</v>
       </c>
       <c r="M138" s="4">
-        <v>5.9200000000000003E-2</v>
+        <v>0.1734</v>
       </c>
       <c r="N138" s="4">
-        <v>0.30009999999999998</v>
+        <v>1.0593999999999999</v>
       </c>
       <c r="O138" s="4">
-        <v>0.27700000000000002</v>
+        <v>0.81299999999999994</v>
       </c>
       <c r="P138" s="3">
-        <v>10.09</v>
+        <v>16.420000000000002</v>
       </c>
       <c r="Q138" s="3">
         <v>0</v>
       </c>
-      <c r="R138" s="4">
-[...3 lines deleted...]
-    <row r="139" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="139" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B139" s="3" t="s">
-        <v>292</v>
+        <v>514</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>293</v>
+        <v>515</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F139" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G139" s="3">
         <v>3</v>
       </c>
       <c r="H139" s="3">
-        <v>162.57</v>
+        <v>281.91000000000003</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>68.739999999999995</v>
       </c>
       <c r="J139" s="4">
-        <v>1.14E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="K139" s="4">
-        <v>6.1600000000000002E-2</v>
+        <v>0.2949</v>
       </c>
       <c r="L139" s="4">
-        <v>0.1227</v>
+        <v>0.1668</v>
       </c>
       <c r="M139" s="4">
-        <v>0.10349999999999999</v>
+        <v>0.32600000000000001</v>
       </c>
       <c r="N139" s="4">
-        <v>0.37730000000000002</v>
+        <v>7.3700000000000002E-2</v>
       </c>
       <c r="O139" s="4">
-        <v>0.2636</v>
+        <v>0.14799999999999999</v>
       </c>
       <c r="P139" s="3">
-        <v>32.33</v>
+        <v>30.44</v>
       </c>
       <c r="Q139" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="140" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B140" s="3" t="s">
-        <v>113</v>
+        <v>516</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>114</v>
+        <v>515</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F140" s="3">
         <v>4</v>
       </c>
       <c r="G140" s="3">
         <v>3</v>
       </c>
       <c r="H140" s="3">
-        <v>131.54</v>
+        <v>45.83</v>
       </c>
       <c r="I140" s="3">
-        <v>168.82</v>
-[...2 lines deleted...]
-        <v>2.5999999999999999E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J140" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K140" s="4">
-        <v>4.02E-2</v>
+        <v>0.2949</v>
       </c>
       <c r="L140" s="4">
-        <v>6.2300000000000001E-2</v>
+        <v>0.1668</v>
       </c>
       <c r="M140" s="4">
-        <v>5.5300000000000002E-2</v>
+        <v>0.32129999999999997</v>
       </c>
       <c r="N140" s="4">
-        <v>0.60780000000000001</v>
+        <v>7.3700000000000002E-2</v>
       </c>
       <c r="O140" s="4">
-        <v>-0.61260000000000003</v>
+        <v>0.14799999999999999</v>
       </c>
       <c r="P140" s="3">
-        <v>23.23</v>
+        <v>30.44</v>
       </c>
       <c r="Q140" s="3">
         <v>0</v>
       </c>
-      <c r="R140" s="4">
-[...3 lines deleted...]
-    <row r="141" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="141" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B141" s="3" t="s">
-        <v>207</v>
+        <v>517</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>208</v>
+        <v>515</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F141" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G141" s="3">
         <v>3</v>
       </c>
       <c r="H141" s="3">
-        <v>164.06</v>
+        <v>280.7</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>68.739999999999995</v>
       </c>
       <c r="J141" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="K141" s="4">
-        <v>7.6999999999999999E-2</v>
+        <v>0.2949</v>
       </c>
       <c r="L141" s="4">
-        <v>5.5500000000000001E-2</v>
+        <v>0.1668</v>
       </c>
       <c r="M141" s="4">
-        <v>6.6500000000000004E-2</v>
+        <v>0.32600000000000001</v>
       </c>
       <c r="N141" s="4">
-        <v>0.41410000000000002</v>
+        <v>7.3700000000000002E-2</v>
       </c>
       <c r="O141" s="4">
-        <v>0.35859999999999997</v>
+        <v>0.14799999999999999</v>
       </c>
       <c r="P141" s="3">
-        <v>26.27</v>
+        <v>30.44</v>
       </c>
       <c r="Q141" s="3">
         <v>0</v>
       </c>
-      <c r="R141" s="4">
-[...3 lines deleted...]
-    <row r="142" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="142" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B142" s="3" t="s">
-        <v>115</v>
+        <v>215</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>116</v>
+        <v>216</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F142" s="3">
         <v>4</v>
       </c>
       <c r="G142" s="3">
         <v>4</v>
       </c>
       <c r="H142" s="3">
-        <v>266.91000000000003</v>
+        <v>127.37</v>
       </c>
       <c r="I142" s="3">
-        <v>174.65</v>
+        <v>100.22</v>
       </c>
       <c r="J142" s="4">
-        <v>1.9599999999999999E-2</v>
+        <v>3.2099999999999997E-2</v>
       </c>
       <c r="K142" s="4">
-        <v>0.1406</v>
+        <v>0.65590000000000004</v>
       </c>
       <c r="L142" s="4">
-        <v>0.184</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="M142" s="4">
-        <v>9.7500000000000003E-2</v>
+        <v>5.2900000000000003E-2</v>
       </c>
       <c r="N142" s="4">
-        <v>0.39100000000000001</v>
+        <v>0.61570000000000003</v>
       </c>
       <c r="O142" s="4">
-        <v>0.2646</v>
+        <v>4.2248000000000001</v>
       </c>
       <c r="P142" s="3">
-        <v>20.79</v>
+        <v>22.12</v>
       </c>
       <c r="Q142" s="3">
         <v>1</v>
       </c>
-      <c r="R142" s="4">
-[...3 lines deleted...]
-    <row r="143" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="143" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B143" s="3" t="s">
-        <v>323</v>
+        <v>518</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>324</v>
+        <v>519</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F143" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G143" s="3">
         <v>3</v>
       </c>
       <c r="H143" s="3">
-        <v>55.3</v>
+        <v>213.88</v>
       </c>
       <c r="I143" s="3">
-        <v>103.92</v>
+        <v>75.599999999999994</v>
       </c>
       <c r="J143" s="4">
-        <v>0.14180000000000001</v>
+        <v>1.67E-2</v>
       </c>
       <c r="K143" s="4">
-        <v>0.14050000000000001</v>
+        <v>8.7499999999999994E-2</v>
       </c>
       <c r="L143" s="4">
-        <v>0.4718</v>
+        <v>0.11409999999999999</v>
       </c>
       <c r="M143" s="4">
-        <v>0.21590000000000001</v>
+        <v>6.5799999999999997E-2</v>
       </c>
       <c r="N143" s="4">
-        <v>1.3624000000000001</v>
+        <v>0.40860000000000002</v>
       </c>
       <c r="O143" s="4">
-        <v>1.2019</v>
+        <v>0.53769999999999996</v>
       </c>
       <c r="P143" s="3">
-        <v>11.58</v>
+        <v>26.51</v>
       </c>
       <c r="Q143" s="3">
         <v>0</v>
       </c>
-      <c r="R143" s="4">
-[...3 lines deleted...]
-    <row r="144" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="144" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B144" s="3" t="s">
-        <v>117</v>
+        <v>320</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>118</v>
+        <v>321</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F144" s="3">
         <v>4</v>
       </c>
       <c r="G144" s="3">
         <v>4</v>
       </c>
       <c r="H144" s="3">
-        <v>679.36</v>
+        <v>789.69</v>
       </c>
       <c r="I144" s="3">
-        <v>392.81</v>
+        <v>0</v>
       </c>
       <c r="J144" s="4">
-        <v>7.0000000000000001E-3</v>
+        <v>2.0199999999999999E-2</v>
       </c>
       <c r="K144" s="4">
-        <v>0.15989999999999999</v>
+        <v>0.2122</v>
       </c>
       <c r="L144" s="4">
-        <v>0.19650000000000001</v>
+        <v>0.18429999999999999</v>
       </c>
       <c r="M144" s="4">
-        <v>0.14430000000000001</v>
+        <v>0.21060000000000001</v>
       </c>
       <c r="N144" s="4">
-        <v>0.30759999999999998</v>
+        <v>0.28100000000000003</v>
       </c>
       <c r="O144" s="4">
-        <v>0.19550000000000001</v>
+        <v>5.8599999999999999E-2</v>
       </c>
       <c r="P144" s="3">
-        <v>49.82</v>
+        <v>16.05</v>
       </c>
       <c r="Q144" s="3">
         <v>0</v>
       </c>
-      <c r="R144" s="4">
-[...3 lines deleted...]
-    <row r="145" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="145" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B145" s="3" t="s">
-        <v>383</v>
+        <v>96</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>384</v>
+        <v>97</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F145" s="3">
         <v>4</v>
       </c>
       <c r="G145" s="3">
         <v>4</v>
       </c>
       <c r="H145" s="3">
-        <v>29</v>
+        <v>168.65</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>142.44</v>
       </c>
       <c r="J145" s="4">
-        <v>3.9600000000000003E-2</v>
+        <v>3.49E-2</v>
       </c>
       <c r="K145" s="4">
-        <v>0.2031</v>
+        <v>0.2233</v>
       </c>
       <c r="L145" s="4">
-        <v>8.2199999999999995E-2</v>
+        <v>0.19889999999999999</v>
       </c>
       <c r="M145" s="4">
-        <v>0.16789999999999999</v>
+        <v>0.27300000000000002</v>
       </c>
       <c r="N145" s="4">
-        <v>1.9072</v>
+        <v>0.27689999999999998</v>
       </c>
       <c r="O145" s="4">
-        <v>0.78649999999999998</v>
+        <v>9.4E-2</v>
       </c>
       <c r="P145" s="3">
-        <v>33.06</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="Q145" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="146" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="146" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B146" s="3" t="s">
-        <v>119</v>
+        <v>374</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>120</v>
+        <v>375</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F146" s="3">
         <v>4</v>
       </c>
       <c r="G146" s="3">
         <v>4</v>
       </c>
       <c r="H146" s="3">
-        <v>259.97000000000003</v>
+        <v>979.72</v>
       </c>
       <c r="I146" s="3">
-        <v>247.32</v>
+        <v>257.3</v>
       </c>
       <c r="J146" s="4">
-        <v>2.47E-2</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="K146" s="4">
-        <v>0.15310000000000001</v>
+        <v>0.27639999999999998</v>
       </c>
       <c r="L146" s="4">
+        <v>8.3599999999999994E-2</v>
+      </c>
+      <c r="M146" s="4">
+        <v>7.7299999999999994E-2</v>
+      </c>
+      <c r="N146" s="4">
+        <v>0.2064</v>
+      </c>
+      <c r="O146" s="4">
+        <v>0.31069999999999998</v>
+      </c>
+      <c r="P146" s="3">
+        <v>24.12</v>
+      </c>
+      <c r="Q146" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B147" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F147" s="3">
+        <v>4</v>
+      </c>
+      <c r="G147" s="3">
+        <v>4</v>
+      </c>
+      <c r="H147" s="3">
+        <v>460.02</v>
+      </c>
+      <c r="I147" s="3">
+        <v>88.87</v>
+      </c>
+      <c r="J147" s="4">
+        <v>6.1999999999999998E-3</v>
+      </c>
+      <c r="K147" s="4">
+        <v>0.19220000000000001</v>
+      </c>
+      <c r="L147" s="4">
+        <v>7.4499999999999997E-2</v>
+      </c>
+      <c r="M147" s="4">
+        <v>0.1052</v>
+      </c>
+      <c r="N147" s="4">
+        <v>0.11940000000000001</v>
+      </c>
+      <c r="O147" s="4">
+        <v>8.4199999999999997E-2</v>
+      </c>
+      <c r="P147" s="3">
+        <v>18.04</v>
+      </c>
+      <c r="Q147" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B148" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F148" s="3">
+        <v>4</v>
+      </c>
+      <c r="G148" s="3">
+        <v>5</v>
+      </c>
+      <c r="H148" s="3">
+        <v>380.64</v>
+      </c>
+      <c r="I148" s="3">
+        <v>283.88</v>
+      </c>
+      <c r="J148" s="4">
         <v>2.4199999999999999E-2</v>
       </c>
-      <c r="M146" s="4">
-[...11 lines deleted...]
-      <c r="Q146" s="3">
+      <c r="K148" s="4">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="L148" s="4">
+        <v>4.8899999999999999E-2</v>
+      </c>
+      <c r="M148" s="4">
+        <v>8.6900000000000005E-2</v>
+      </c>
+      <c r="N148" s="4">
+        <v>0.60309999999999997</v>
+      </c>
+      <c r="O148" s="4">
+        <v>0.63549999999999995</v>
+      </c>
+      <c r="P148" s="3">
+        <v>25.79</v>
+      </c>
+      <c r="Q148" s="3">
         <v>1</v>
       </c>
-      <c r="R146" s="4">
-[...109 lines deleted...]
-    <row r="149" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="149" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B149" s="3" t="s">
-        <v>499</v>
+        <v>520</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>500</v>
+        <v>99</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F149" s="3">
         <v>4</v>
       </c>
       <c r="G149" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H149" s="3">
-        <v>186.07</v>
+        <v>23.99</v>
       </c>
       <c r="I149" s="3">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>2.8000000000000001E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K149" s="4">
-        <v>1.77E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="L149" s="4">
-        <v>1.6E-2</v>
+        <v>4.8899999999999999E-2</v>
       </c>
       <c r="M149" s="4">
-        <v>5.5399999999999998E-2</v>
+        <v>0.36220000000000002</v>
       </c>
       <c r="N149" s="4">
-        <v>0.84050000000000002</v>
+        <v>0.60309999999999997</v>
       </c>
       <c r="O149" s="4">
-        <v>0.66490000000000005</v>
+        <v>0.63549999999999995</v>
       </c>
       <c r="P149" s="3">
-        <v>19.829999999999998</v>
+        <v>25.79</v>
       </c>
       <c r="Q149" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="150" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B150" s="3" t="s">
-        <v>121</v>
+        <v>266</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>122</v>
+        <v>333</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F150" s="3">
         <v>4</v>
       </c>
       <c r="G150" s="3">
         <v>4</v>
       </c>
       <c r="H150" s="3">
-        <v>310.70999999999998</v>
+        <v>124.21</v>
       </c>
       <c r="I150" s="3">
-        <v>195</v>
+        <v>0</v>
       </c>
       <c r="J150" s="4">
-        <v>1.9E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="K150" s="4">
-        <v>0.2213</v>
+        <v>0.18210000000000001</v>
       </c>
       <c r="L150" s="4">
-        <v>7.9299999999999995E-2</v>
+        <v>5.91E-2</v>
       </c>
       <c r="M150" s="4">
-        <v>7.1400000000000005E-2</v>
+        <v>9.5200000000000007E-2</v>
       </c>
       <c r="N150" s="4">
-        <v>0.2424</v>
+        <v>0.18160000000000001</v>
       </c>
       <c r="O150" s="4">
-        <v>0.38790000000000002</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="P150" s="3">
-        <v>16.18</v>
+        <v>10.09</v>
       </c>
       <c r="Q150" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="151" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B151" s="3" t="s">
-        <v>316</v>
+        <v>521</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>317</v>
+        <v>522</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F151" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G151" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H151" s="3">
-        <v>35.840000000000003</v>
+        <v>16.96</v>
       </c>
       <c r="I151" s="3">
-        <v>45.29</v>
+        <v>0</v>
       </c>
       <c r="J151" s="4">
-        <v>2.5399999999999999E-2</v>
+        <v>4.02E-2</v>
       </c>
       <c r="K151" s="4">
-        <v>4.6399999999999997E-2</v>
+        <v>0.2412</v>
       </c>
       <c r="L151" s="4">
-        <v>0.16289999999999999</v>
+        <v>2.7E-2</v>
       </c>
       <c r="M151" s="4">
-        <v>0.1605</v>
+        <v>0.25319999999999998</v>
       </c>
       <c r="N151" s="4">
-        <v>0.64449999999999996</v>
+        <v>0.2253</v>
       </c>
       <c r="O151" s="4">
-        <v>0.3785</v>
+        <v>0.80600000000000005</v>
       </c>
       <c r="P151" s="3">
-        <v>26.93</v>
+        <v>7.66</v>
       </c>
       <c r="Q151" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="152" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B152" s="3" t="s">
-        <v>123</v>
+        <v>427</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>124</v>
+        <v>426</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" s="3">
+        <v>4</v>
+      </c>
+      <c r="G152" s="3">
+        <v>4</v>
+      </c>
+      <c r="H152" s="3">
+        <v>214</v>
+      </c>
+      <c r="I152" s="3">
+        <v>31.77</v>
+      </c>
+      <c r="J152" s="4">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="K152" s="4">
+        <v>0.41449999999999998</v>
+      </c>
+      <c r="L152" s="4">
+        <v>0.1996</v>
+      </c>
+      <c r="M152" s="4">
+        <v>0.25480000000000003</v>
+      </c>
+      <c r="N152" s="4">
+        <v>0.1623</v>
+      </c>
+      <c r="O152" s="4">
+        <v>-0.61829999999999996</v>
+      </c>
+      <c r="P152" s="3">
+        <v>30.36</v>
+      </c>
+      <c r="Q152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B153" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F152" s="3">
-[...51 lines deleted...]
-      </c>
       <c r="F153" s="3">
         <v>3</v>
       </c>
       <c r="G153" s="3">
         <v>3</v>
       </c>
       <c r="H153" s="3">
-        <v>25.6</v>
+        <v>49.7</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
       <c r="J153" s="4">
-        <v>3.61E-2</v>
+        <v>3.3099999999999997E-2</v>
       </c>
       <c r="K153" s="4">
-        <v>2.52E-2</v>
+        <v>0.3367</v>
       </c>
       <c r="L153" s="4">
-        <v>6.6600000000000006E-2</v>
+        <v>3.9E-2</v>
       </c>
       <c r="M153" s="4">
-        <v>8.2100000000000006E-2</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N153" s="4">
-        <v>0.83760000000000001</v>
+        <v>0.33439999999999998</v>
       </c>
       <c r="O153" s="4">
-        <v>0.77969999999999995</v>
+        <v>0.32950000000000002</v>
       </c>
       <c r="P153" s="3">
-        <v>22.63</v>
+        <v>11.21</v>
       </c>
       <c r="Q153" s="3">
         <v>0</v>
       </c>
-      <c r="R153" s="4">
-[...3 lines deleted...]
-    <row r="154" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="154" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B154" s="3" t="s">
-        <v>125</v>
+        <v>376</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>126</v>
+        <v>377</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E154" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F154" s="3">
+        <v>3</v>
+      </c>
+      <c r="G154" s="3">
+        <v>3</v>
+      </c>
+      <c r="H154" s="3">
+        <v>46.23</v>
+      </c>
+      <c r="I154" s="3">
+        <v>0</v>
+      </c>
+      <c r="J154" s="4">
+        <v>3.6400000000000002E-2</v>
+      </c>
+      <c r="K154" s="4">
+        <v>0.15559999999999999</v>
+      </c>
+      <c r="L154" s="4">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="M154" s="4">
+        <v>5.9200000000000003E-2</v>
+      </c>
+      <c r="N154" s="4">
+        <v>0.55479999999999996</v>
+      </c>
+      <c r="O154" s="4">
+        <v>-0.2215</v>
+      </c>
+      <c r="P154" s="3">
+        <v>14.66</v>
+      </c>
+      <c r="Q154" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B155" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" s="3">
+        <v>4</v>
+      </c>
+      <c r="G155" s="3">
+        <v>4</v>
+      </c>
+      <c r="H155" s="3">
+        <v>470.09</v>
+      </c>
+      <c r="I155" s="3">
+        <v>0</v>
+      </c>
+      <c r="J155" s="4">
+        <v>1.21E-2</v>
+      </c>
+      <c r="K155" s="4">
+        <v>0.2041</v>
+      </c>
+      <c r="L155" s="4">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="M155" s="4">
+        <v>7.3099999999999998E-2</v>
+      </c>
+      <c r="N155" s="4">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="O155" s="4">
+        <v>0.33150000000000002</v>
+      </c>
+      <c r="P155" s="3">
+        <v>29.15</v>
+      </c>
+      <c r="Q155" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B156" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F156" s="3">
+        <v>3</v>
+      </c>
+      <c r="G156" s="3">
+        <v>3</v>
+      </c>
+      <c r="H156" s="3">
+        <v>146.26</v>
+      </c>
+      <c r="I156" s="3">
+        <v>0</v>
+      </c>
+      <c r="J156" s="4">
+        <v>1.29E-2</v>
+      </c>
+      <c r="K156" s="4">
+        <v>7.4899999999999994E-2</v>
+      </c>
+      <c r="L156" s="4">
+        <v>0.1033</v>
+      </c>
+      <c r="M156" s="4">
+        <v>9.5100000000000004E-2</v>
+      </c>
+      <c r="N156" s="4">
+        <v>0.37730000000000002</v>
+      </c>
+      <c r="O156" s="4">
+        <v>0.2636</v>
+      </c>
+      <c r="P156" s="3">
+        <v>28.5</v>
+      </c>
+      <c r="Q156" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B157" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F154" s="3">
-[...157 lines deleted...]
-      </c>
       <c r="F157" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G157" s="3">
         <v>3</v>
       </c>
       <c r="H157" s="3">
-        <v>213</v>
+        <v>361.83</v>
       </c>
       <c r="I157" s="3">
-        <v>75.53</v>
+        <v>0</v>
       </c>
       <c r="J157" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>7.1000000000000004E-3</v>
       </c>
       <c r="K157" s="4">
-        <v>4.3499999999999997E-2</v>
+        <v>0.48780000000000001</v>
       </c>
       <c r="L157" s="4">
-        <v>9.1600000000000001E-2</v>
+        <v>0.19239999999999999</v>
       </c>
       <c r="M157" s="4">
-        <v>9.0399999999999994E-2</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N157" s="4">
-        <v>0.23910000000000001</v>
+        <v>0.12509999999999999</v>
       </c>
       <c r="O157" s="4">
-        <v>-0.43380000000000002</v>
+        <v>0.17710000000000001</v>
       </c>
       <c r="P157" s="3">
-        <v>12.5</v>
+        <v>28.25</v>
       </c>
       <c r="Q157" s="3">
         <v>0</v>
       </c>
-      <c r="R157" s="4">
-[...3 lines deleted...]
-    <row r="158" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="158" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B158" s="3" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F158" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G158" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H158" s="3">
-        <v>231.93</v>
+        <v>171.49</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
       <c r="J158" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>1.67E-2</v>
       </c>
       <c r="K158" s="4">
-        <v>0.24229999999999999</v>
+        <v>4.8300000000000003E-2</v>
       </c>
       <c r="L158" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>7.3499999999999996E-2</v>
       </c>
       <c r="M158" s="4">
-        <v>8.6699999999999999E-2</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N158" s="4">
-        <v>0.35160000000000002</v>
+        <v>0.41410000000000002</v>
       </c>
       <c r="O158" s="4">
-        <v>0.32750000000000001</v>
+        <v>0.35859999999999997</v>
       </c>
       <c r="P158" s="3">
-        <v>26.51</v>
+        <v>26.92</v>
       </c>
       <c r="Q158" s="3">
         <v>0</v>
       </c>
-      <c r="R158" s="4">
-[...3 lines deleted...]
-    <row r="159" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="159" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B159" s="3" t="s">
-        <v>423</v>
+        <v>294</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>424</v>
+        <v>295</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E159" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F159" s="3">
+        <v>3</v>
+      </c>
+      <c r="G159" s="3">
+        <v>3</v>
+      </c>
+      <c r="H159" s="3">
+        <v>50.08</v>
+      </c>
+      <c r="I159" s="3">
+        <v>103.92</v>
+      </c>
+      <c r="J159" s="4">
+        <v>0.1517</v>
+      </c>
+      <c r="K159" s="4">
+        <v>8.4099999999999994E-2</v>
+      </c>
+      <c r="L159" s="4">
+        <v>0.24179999999999999</v>
+      </c>
+      <c r="M159" s="4">
+        <v>0.12429999999999999</v>
+      </c>
+      <c r="N159" s="4">
+        <v>1.3624000000000001</v>
+      </c>
+      <c r="O159" s="4">
+        <v>1.2019</v>
+      </c>
+      <c r="P159" s="3">
+        <v>10.83</v>
+      </c>
+      <c r="Q159" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B160" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F160" s="3">
+        <v>3</v>
+      </c>
+      <c r="G160" s="3">
+        <v>3</v>
+      </c>
+      <c r="H160" s="3">
+        <v>51.24</v>
+      </c>
+      <c r="I160" s="3">
+        <v>0</v>
+      </c>
+      <c r="J160" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K160" s="4">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="L160" s="4">
+        <v>0.1032</v>
+      </c>
+      <c r="M160" s="4">
+        <v>0.4168</v>
+      </c>
+      <c r="N160" s="4">
+        <v>0.68279999999999996</v>
+      </c>
+      <c r="O160" s="4">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="P160" s="3">
+        <v>10.46</v>
+      </c>
+      <c r="Q160" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B161" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F161" s="3">
+        <v>4</v>
+      </c>
+      <c r="G161" s="3">
+        <v>4</v>
+      </c>
+      <c r="H161" s="3">
+        <v>667.56</v>
+      </c>
+      <c r="I161" s="3">
+        <v>392.81</v>
+      </c>
+      <c r="J161" s="4">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="K161" s="4">
+        <v>0.1053</v>
+      </c>
+      <c r="L161" s="4">
+        <v>0.18329999999999999</v>
+      </c>
+      <c r="M161" s="4">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="N161" s="4">
+        <v>0.30759999999999998</v>
+      </c>
+      <c r="O161" s="4">
+        <v>0.19550000000000001</v>
+      </c>
+      <c r="P161" s="3">
+        <v>47.87</v>
+      </c>
+      <c r="Q161" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B162" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F162" s="3">
+        <v>4</v>
+      </c>
+      <c r="G162" s="3">
+        <v>4</v>
+      </c>
+      <c r="H162" s="3">
+        <v>28.17</v>
+      </c>
+      <c r="I162" s="3">
+        <v>0</v>
+      </c>
+      <c r="J162" s="4">
+        <v>4.0800000000000003E-2</v>
+      </c>
+      <c r="K162" s="4">
+        <v>0.22070000000000001</v>
+      </c>
+      <c r="L162" s="4">
+        <v>8.2100000000000006E-2</v>
+      </c>
+      <c r="M162" s="4">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="N162" s="4">
+        <v>1.9072</v>
+      </c>
+      <c r="O162" s="4">
+        <v>0.78649999999999998</v>
+      </c>
+      <c r="P162" s="3">
+        <v>29.75</v>
+      </c>
+      <c r="Q162" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B163" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F159" s="3">
-[...210 lines deleted...]
-      </c>
       <c r="F163" s="3">
         <v>4</v>
       </c>
       <c r="G163" s="3">
         <v>4</v>
       </c>
       <c r="H163" s="3">
-        <v>86.91</v>
+        <v>244.1</v>
       </c>
       <c r="I163" s="3">
-        <v>43.01</v>
+        <v>247.32</v>
       </c>
       <c r="J163" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>2.64E-2</v>
       </c>
       <c r="K163" s="4">
-        <v>0.16869999999999999</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L163" s="4">
-        <v>0.13400000000000001</v>
+        <v>4.6699999999999998E-2</v>
       </c>
       <c r="M163" s="4">
-        <v>0.13489999999999999</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="N163" s="4">
-        <v>0.32650000000000001</v>
+        <v>0.49230000000000002</v>
       </c>
       <c r="O163" s="4">
-        <v>0.31030000000000002</v>
+        <v>0.61899999999999999</v>
       </c>
       <c r="P163" s="3">
-        <v>42.52</v>
+        <v>23.64</v>
       </c>
       <c r="Q163" s="3">
         <v>1</v>
       </c>
-      <c r="R163" s="4">
-[...3 lines deleted...]
-    <row r="164" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="164" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B164" s="3" t="s">
-        <v>391</v>
+        <v>428</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>392</v>
+        <v>429</v>
       </c>
       <c r="D164" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F164" s="3">
+        <v>3</v>
+      </c>
+      <c r="G164" s="3">
+        <v>3</v>
+      </c>
+      <c r="H164" s="3">
+        <v>84.63</v>
+      </c>
+      <c r="I164" s="3">
+        <v>0</v>
+      </c>
+      <c r="J164" s="4">
+        <v>3.6799999999999999E-2</v>
+      </c>
+      <c r="K164" s="4">
+        <v>0.3518</v>
+      </c>
+      <c r="L164" s="4">
+        <v>9.3700000000000006E-2</v>
+      </c>
+      <c r="M164" s="4">
+        <v>6.4199999999999993E-2</v>
+      </c>
+      <c r="N164" s="4">
+        <v>0.66930000000000001</v>
+      </c>
+      <c r="O164" s="4">
+        <v>0.89910000000000001</v>
+      </c>
+      <c r="P164" s="3">
+        <v>20.27</v>
+      </c>
+      <c r="Q164" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B165" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="D165" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E164" s="3" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="E165" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F165" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G165" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H165" s="3">
-        <v>67.12</v>
+        <v>24.62</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
-      <c r="J165" s="4">
-        <v>3.0099999999999998E-2</v>
+      <c r="J165" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K165" s="4">
-        <v>2.1399999999999999E-2</v>
+        <v>8.3900000000000002E-2</v>
       </c>
       <c r="L165" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>2.3099999999999999E-2</v>
       </c>
       <c r="M165" s="4">
-        <v>6.2199999999999998E-2</v>
+        <v>0.33610000000000001</v>
       </c>
       <c r="N165" s="4">
-        <v>0.71299999999999997</v>
+        <v>0.84050000000000002</v>
       </c>
       <c r="O165" s="4">
-        <v>-0.40329999999999999</v>
+        <v>0.59789999999999999</v>
       </c>
       <c r="P165" s="3">
-        <v>20.83</v>
+        <v>18.25</v>
       </c>
       <c r="Q165" s="3">
         <v>0</v>
       </c>
-      <c r="R165" s="4">
-[...3 lines deleted...]
-    <row r="166" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="166" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B166" s="3" t="s">
-        <v>133</v>
+        <v>106</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F166" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G166" s="3">
         <v>4</v>
       </c>
       <c r="H166" s="3">
-        <v>247.97</v>
+        <v>311</v>
       </c>
       <c r="I166" s="3">
-        <v>169.6</v>
+        <v>195</v>
       </c>
       <c r="J166" s="4">
-        <v>1.9099999999999999E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="K166" s="4">
-        <v>0.1206</v>
+        <v>0.20530000000000001</v>
       </c>
       <c r="L166" s="4">
-        <v>3.0099999999999998E-2</v>
+        <v>8.1199999999999994E-2</v>
       </c>
       <c r="M166" s="4">
-        <v>0.16389999999999999</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="N166" s="4">
-        <v>0.3715</v>
+        <v>0.2424</v>
       </c>
       <c r="O166" s="4">
-        <v>0.33739999999999998</v>
+        <v>0.38790000000000002</v>
       </c>
       <c r="P166" s="3">
-        <v>20.66</v>
+        <v>15.33</v>
       </c>
       <c r="Q166" s="3">
         <v>1</v>
       </c>
-      <c r="R166" s="4">
-[...3 lines deleted...]
-    <row r="167" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="167" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B167" s="3" t="s">
-        <v>505</v>
+        <v>530</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>506</v>
+        <v>107</v>
       </c>
       <c r="D167" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F167" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G167" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H167" s="3">
-        <v>90.15</v>
+        <v>40.590000000000003</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
-      <c r="J167" s="4">
-        <v>1.26E-2</v>
+      <c r="J167" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K167" s="4">
-        <v>0.08</v>
+        <v>0.20530000000000001</v>
       </c>
       <c r="L167" s="4">
-        <v>4.9500000000000002E-2</v>
+        <v>8.1199999999999994E-2</v>
       </c>
       <c r="M167" s="4">
-        <v>0.1401</v>
+        <v>0.38100000000000001</v>
       </c>
       <c r="N167" s="4">
-        <v>0.1762</v>
+        <v>0.2424</v>
       </c>
       <c r="O167" s="4">
-        <v>0.27539999999999998</v>
+        <v>0.38790000000000002</v>
       </c>
       <c r="P167" s="3">
-        <v>21.09</v>
+        <v>15.33</v>
       </c>
       <c r="Q167" s="3">
         <v>0</v>
       </c>
-      <c r="R167" s="4">
-[...3 lines deleted...]
-    <row r="168" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="168" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B168" s="3" t="s">
-        <v>135</v>
+        <v>287</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>136</v>
+        <v>288</v>
       </c>
       <c r="D168" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F168" s="3">
         <v>4</v>
       </c>
       <c r="G168" s="3">
         <v>4</v>
       </c>
       <c r="H168" s="3">
-        <v>142.80000000000001</v>
+        <v>34.82</v>
       </c>
       <c r="I168" s="3">
-        <v>38.39</v>
+        <v>45.29</v>
       </c>
       <c r="J168" s="4">
-        <v>7.7999999999999996E-3</v>
+        <v>2.7300000000000001E-2</v>
       </c>
       <c r="K168" s="4">
-        <v>0.1147</v>
+        <v>6.7799999999999999E-2</v>
       </c>
       <c r="L168" s="4">
-        <v>0.12909999999999999</v>
+        <v>0.14660000000000001</v>
       </c>
       <c r="M168" s="4">
-        <v>0.1487</v>
+        <v>0.1237</v>
       </c>
       <c r="N168" s="4">
-        <v>0.2203</v>
+        <v>0.64449999999999996</v>
       </c>
       <c r="O168" s="4">
-        <v>0.21229999999999999</v>
+        <v>0.3785</v>
       </c>
       <c r="P168" s="3">
-        <v>32.200000000000003</v>
+        <v>25.02</v>
       </c>
       <c r="Q168" s="3">
         <v>1</v>
       </c>
-      <c r="R168" s="4">
-[...3 lines deleted...]
-    <row r="169" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="169" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B169" s="3" t="s">
-        <v>507</v>
+        <v>108</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>508</v>
+        <v>109</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="F169" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G169" s="3">
         <v>3</v>
       </c>
       <c r="H169" s="3">
-        <v>62.01</v>
+        <v>62.43</v>
       </c>
       <c r="I169" s="3">
-        <v>22.76</v>
+        <v>0</v>
       </c>
       <c r="J169" s="4">
-        <v>2.5499999999999998E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="K169" s="4">
-        <v>3.7499999999999999E-2</v>
+        <v>0.19309999999999999</v>
       </c>
       <c r="L169" s="4">
-        <v>0.11210000000000001</v>
+        <v>9.7900000000000001E-2</v>
       </c>
       <c r="M169" s="4">
-        <v>0.11169999999999999</v>
+        <v>0.1895</v>
       </c>
       <c r="N169" s="4">
-        <v>0.57920000000000005</v>
+        <v>0.1101</v>
       </c>
       <c r="O169" s="4">
-        <v>1.0528999999999999</v>
+        <v>0.20250000000000001</v>
       </c>
       <c r="P169" s="3">
-        <v>23.18</v>
+        <v>8.75</v>
       </c>
       <c r="Q169" s="3">
         <v>0</v>
       </c>
-      <c r="R169" s="4">
-[...3 lines deleted...]
-    <row r="170" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="170" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B170" s="3" t="s">
-        <v>509</v>
+        <v>354</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>510</v>
+        <v>355</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="F170" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G170" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H170" s="3">
-        <v>573.78</v>
+        <v>27.15</v>
       </c>
       <c r="I170" s="3">
-        <v>407.83</v>
+        <v>0</v>
       </c>
       <c r="J170" s="4">
-        <v>5.3E-3</v>
+        <v>3.32E-2</v>
       </c>
       <c r="K170" s="4">
-        <v>0.215</v>
+        <v>3.6700000000000003E-2</v>
       </c>
       <c r="L170" s="4">
-        <v>0.10780000000000001</v>
+        <v>6.6299999999999998E-2</v>
       </c>
       <c r="M170" s="4">
-        <v>0.1454</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="N170" s="4">
-        <v>0.19620000000000001</v>
+        <v>0.83760000000000001</v>
       </c>
       <c r="O170" s="4">
-        <v>0.16639999999999999</v>
+        <v>0.78049999999999997</v>
       </c>
       <c r="P170" s="3">
-        <v>38.36</v>
+        <v>23.85</v>
       </c>
       <c r="Q170" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="171" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B171" s="3" t="s">
-        <v>238</v>
+        <v>531</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>239</v>
+        <v>532</v>
       </c>
       <c r="D171" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F171" s="3">
         <v>3</v>
       </c>
       <c r="G171" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H171" s="3">
-        <v>138.02000000000001</v>
+        <v>41.41</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>24.48</v>
       </c>
       <c r="J171" s="4">
-        <v>4.3400000000000001E-2</v>
+        <v>5.2299999999999999E-2</v>
       </c>
       <c r="K171" s="4">
-        <v>0.19570000000000001</v>
+        <v>0.2621</v>
       </c>
       <c r="L171" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>0.1719</v>
       </c>
       <c r="M171" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>0.26829999999999998</v>
       </c>
       <c r="N171" s="4">
-        <v>1.3220000000000001</v>
+        <v>0.96060000000000001</v>
       </c>
       <c r="O171" s="4">
-        <v>0.92679999999999996</v>
+        <v>0.73070000000000002</v>
       </c>
       <c r="P171" s="3">
-        <v>28.78</v>
+        <v>17.829999999999998</v>
       </c>
       <c r="Q171" s="3">
         <v>0</v>
       </c>
-      <c r="R171" s="4">
-[...3 lines deleted...]
-    <row r="172" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="172" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B172" s="3" t="s">
-        <v>511</v>
+        <v>110</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>512</v>
+        <v>111</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F172" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G172" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H172" s="3">
-        <v>70.2</v>
+        <v>1211.99</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>277.39999999999998</v>
       </c>
       <c r="J172" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>6.3E-3</v>
       </c>
       <c r="K172" s="4">
-        <v>5.3600000000000002E-2</v>
+        <v>0.2989</v>
       </c>
       <c r="L172" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>0.15429999999999999</v>
       </c>
       <c r="M172" s="4">
-        <v>0.1827</v>
+        <v>0.1552</v>
       </c>
       <c r="N172" s="4">
-        <v>0.30780000000000002</v>
+        <v>0.22309999999999999</v>
       </c>
       <c r="O172" s="4">
-        <v>0.31929999999999997</v>
+        <v>0.24179999999999999</v>
       </c>
       <c r="P172" s="3">
-        <v>18.71</v>
+        <v>38.130000000000003</v>
       </c>
       <c r="Q172" s="3">
         <v>0</v>
       </c>
-      <c r="R172" s="4">
-[...3 lines deleted...]
-    <row r="173" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="173" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B173" s="3" t="s">
-        <v>513</v>
+        <v>533</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F173" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G173" s="3">
         <v>3</v>
       </c>
       <c r="H173" s="3">
-        <v>98.86</v>
+        <v>14.38</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
       <c r="J173" s="4">
-        <v>1.46E-2</v>
+        <v>5.8299999999999998E-2</v>
       </c>
       <c r="K173" s="4">
-        <v>0.33100000000000002</v>
+        <v>0.1399</v>
       </c>
       <c r="L173" s="4">
-        <v>9.2100000000000001E-2</v>
+        <v>0.32319999999999999</v>
       </c>
       <c r="M173" s="4">
-        <v>8.9499999999999996E-2</v>
+        <v>0.32679999999999998</v>
       </c>
       <c r="N173" s="4">
-        <v>9.4E-2</v>
+        <v>1.5067999999999999</v>
       </c>
       <c r="O173" s="4">
-        <v>0.1754</v>
+        <v>0.96560000000000001</v>
       </c>
       <c r="P173" s="3">
-        <v>6.66</v>
+        <v>19.350000000000001</v>
       </c>
       <c r="Q173" s="3">
         <v>0</v>
       </c>
-      <c r="R173" s="4">
-[...3 lines deleted...]
-    <row r="174" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="174" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B174" s="3" t="s">
-        <v>296</v>
+        <v>535</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>297</v>
+        <v>536</v>
       </c>
       <c r="D174" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F174" s="3">
         <v>4</v>
       </c>
       <c r="G174" s="3">
         <v>4</v>
       </c>
       <c r="H174" s="3">
-        <v>300.55</v>
+        <v>55.74</v>
       </c>
       <c r="I174" s="3">
-        <v>171.39</v>
+        <v>19.93</v>
       </c>
       <c r="J174" s="4">
-        <v>2.3300000000000001E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="K174" s="4">
-        <v>0.1593</v>
+        <v>0.23680000000000001</v>
       </c>
       <c r="L174" s="4">
-        <v>3.9399999999999998E-2</v>
+        <v>4.07E-2</v>
       </c>
       <c r="M174" s="4">
-        <v>7.4700000000000003E-2</v>
+        <v>0.1103</v>
       </c>
       <c r="N174" s="4">
-        <v>0.59219999999999995</v>
+        <v>0.28029999999999999</v>
       </c>
       <c r="O174" s="4">
-        <v>0.72419999999999995</v>
+        <v>0.1832</v>
       </c>
       <c r="P174" s="3">
-        <v>26.03</v>
+        <v>27.34</v>
       </c>
       <c r="Q174" s="3">
         <v>1</v>
       </c>
-      <c r="R174" s="4">
-[...3 lines deleted...]
-    <row r="175" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="175" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B175" s="3" t="s">
-        <v>137</v>
+        <v>431</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>138</v>
+        <v>432</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F175" s="3">
         <v>4</v>
       </c>
       <c r="G175" s="3">
         <v>4</v>
       </c>
       <c r="H175" s="3">
-        <v>479.96</v>
+        <v>118.68</v>
       </c>
       <c r="I175" s="3">
-        <v>259.95</v>
+        <v>0</v>
       </c>
       <c r="J175" s="4">
-        <v>7.9000000000000008E-3</v>
+        <v>5.3400000000000003E-2</v>
       </c>
       <c r="K175" s="4">
-        <v>4.8000000000000001E-2</v>
+        <v>0.12770000000000001</v>
       </c>
       <c r="L175" s="4">
-        <v>7.9799999999999996E-2</v>
+        <v>6.8099999999999994E-2</v>
       </c>
       <c r="M175" s="4">
-        <v>0.112</v>
+        <v>0.13700000000000001</v>
       </c>
       <c r="N175" s="4">
-        <v>0.31209999999999999</v>
+        <v>1.6012</v>
       </c>
       <c r="O175" s="4">
-        <v>0.28549999999999998</v>
+        <v>0.87060000000000004</v>
       </c>
       <c r="P175" s="3">
-        <v>40.270000000000003</v>
+        <v>27.06</v>
       </c>
       <c r="Q175" s="3">
         <v>0</v>
       </c>
-      <c r="R175" s="4">
-[...3 lines deleted...]
-    <row r="176" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="176" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B176" s="3" t="s">
-        <v>262</v>
+        <v>537</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>263</v>
+        <v>538</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="F176" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G176" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H176" s="3">
-        <v>63.16</v>
+        <v>103.55</v>
       </c>
       <c r="I176" s="3">
-        <v>70.67</v>
+        <v>0</v>
       </c>
       <c r="J176" s="4">
-        <v>3.2000000000000001E-2</v>
+        <v>4.8099999999999997E-2</v>
       </c>
       <c r="K176" s="4">
-        <v>8.5300000000000001E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="L176" s="4">
-        <v>7.0900000000000005E-2</v>
+        <v>8.48E-2</v>
       </c>
       <c r="M176" s="4">
-        <v>0.1043</v>
+        <v>0.10440000000000001</v>
       </c>
       <c r="N176" s="4">
-        <v>0.51980000000000004</v>
+        <v>0.76619999999999999</v>
       </c>
       <c r="O176" s="4">
-        <v>0.84970000000000001</v>
+        <v>0.38500000000000001</v>
       </c>
       <c r="P176" s="3">
-        <v>22.82</v>
+        <v>15.94</v>
       </c>
       <c r="Q176" s="3">
         <v>0</v>
       </c>
-      <c r="R176" s="4">
-[...3 lines deleted...]
-    <row r="177" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="177" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B177" s="3" t="s">
-        <v>515</v>
+        <v>112</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>516</v>
+        <v>113</v>
       </c>
       <c r="D177" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" s="3">
+        <v>4</v>
+      </c>
+      <c r="G177" s="3">
+        <v>4</v>
+      </c>
+      <c r="H177" s="3">
+        <v>234.48</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
+      <c r="J177" s="4">
+        <v>1.34E-2</v>
+      </c>
+      <c r="K177" s="4">
+        <v>0.21429999999999999</v>
+      </c>
+      <c r="L177" s="4">
+        <v>8.72E-2</v>
+      </c>
+      <c r="M177" s="4">
+        <v>8.8900000000000007E-2</v>
+      </c>
+      <c r="N177" s="4">
+        <v>0.35160000000000002</v>
+      </c>
+      <c r="O177" s="4">
+        <v>0.32750000000000001</v>
+      </c>
+      <c r="P177" s="3">
+        <v>26.54</v>
+      </c>
+      <c r="Q177" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B178" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="D178" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" s="3">
+        <v>4</v>
+      </c>
+      <c r="G178" s="3">
+        <v>4</v>
+      </c>
+      <c r="H178" s="3">
+        <v>289.01</v>
+      </c>
+      <c r="I178" s="3">
+        <v>149.33000000000001</v>
+      </c>
+      <c r="J178" s="4">
+        <v>1.6199999999999999E-2</v>
+      </c>
+      <c r="K178" s="4">
+        <v>8.2400000000000001E-2</v>
+      </c>
+      <c r="L178" s="4">
+        <v>3.0800000000000001E-2</v>
+      </c>
+      <c r="M178" s="4">
+        <v>6.9599999999999995E-2</v>
+      </c>
+      <c r="N178" s="4">
+        <v>0.58989999999999998</v>
+      </c>
+      <c r="O178" s="4">
+        <v>0.41310000000000002</v>
+      </c>
+      <c r="P178" s="3">
+        <v>33.04</v>
+      </c>
+      <c r="Q178" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B179" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D179" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" s="3">
+        <v>4</v>
+      </c>
+      <c r="G179" s="3">
+        <v>4</v>
+      </c>
+      <c r="H179" s="3">
+        <v>505.01</v>
+      </c>
+      <c r="I179" s="3">
+        <v>183.73</v>
+      </c>
+      <c r="J179" s="4">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="K179" s="4">
+        <v>0.20349999999999999</v>
+      </c>
+      <c r="L179" s="4">
+        <v>8.48E-2</v>
+      </c>
+      <c r="M179" s="4">
+        <v>9.0499999999999997E-2</v>
+      </c>
+      <c r="N179" s="4">
+        <v>0.2011</v>
+      </c>
+      <c r="O179" s="4">
+        <v>0.31519999999999998</v>
+      </c>
+      <c r="P179" s="3">
+        <v>20.92</v>
+      </c>
+      <c r="Q179" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B180" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F180" s="3">
+        <v>4</v>
+      </c>
+      <c r="G180" s="3">
+        <v>4</v>
+      </c>
+      <c r="H180" s="3">
+        <v>418.29</v>
+      </c>
+      <c r="I180" s="3">
+        <v>96.26</v>
+      </c>
+      <c r="J180" s="4">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K180" s="4">
+        <v>0.27400000000000002</v>
+      </c>
+      <c r="L180" s="4">
+        <v>4.2099999999999999E-2</v>
+      </c>
+      <c r="M180" s="4">
+        <v>8.9300000000000004E-2</v>
+      </c>
+      <c r="N180" s="4">
+        <v>0.40439999999999998</v>
+      </c>
+      <c r="O180" s="4">
+        <v>0.53920000000000001</v>
+      </c>
+      <c r="P180" s="3">
+        <v>30.56</v>
+      </c>
+      <c r="Q180" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B181" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="D181" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F181" s="3">
+        <v>4</v>
+      </c>
+      <c r="G181" s="3">
+        <v>4</v>
+      </c>
+      <c r="H181" s="3">
+        <v>862.85</v>
+      </c>
+      <c r="I181" s="3">
+        <v>147.26</v>
+      </c>
+      <c r="J181" s="4">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="K181" s="4">
+        <v>0.2019</v>
+      </c>
+      <c r="L181" s="4">
+        <v>0.1807</v>
+      </c>
+      <c r="M181" s="4">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="N181" s="4">
+        <v>0.4587</v>
+      </c>
+      <c r="O181" s="4">
+        <v>-100.241</v>
+      </c>
+      <c r="P181" s="3">
+        <v>55.16</v>
+      </c>
+      <c r="Q181" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B182" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F182" s="3">
+        <v>4</v>
+      </c>
+      <c r="G182" s="3">
+        <v>4</v>
+      </c>
+      <c r="H182" s="3">
+        <v>86.54</v>
+      </c>
+      <c r="I182" s="3">
+        <v>43.01</v>
+      </c>
+      <c r="J182" s="4">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="K182" s="4">
+        <v>0.17369999999999999</v>
+      </c>
+      <c r="L182" s="4">
+        <v>0.13980000000000001</v>
+      </c>
+      <c r="M182" s="4">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="N182" s="4">
+        <v>0.32650000000000001</v>
+      </c>
+      <c r="O182" s="4">
+        <v>0.31030000000000002</v>
+      </c>
+      <c r="P182" s="3">
+        <v>43.03</v>
+      </c>
+      <c r="Q182" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="183" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B183" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D183" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E177" s="3" t="s">
+      <c r="E183" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F177" s="3">
-[...49 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F183" s="3">
+        <v>3</v>
+      </c>
+      <c r="G183" s="3">
+        <v>3</v>
+      </c>
+      <c r="H183" s="3">
+        <v>29.21</v>
+      </c>
+      <c r="I183" s="3">
+        <v>14.13</v>
+      </c>
+      <c r="J183" s="4">
+        <v>3.32E-2</v>
+      </c>
+      <c r="K183" s="4">
+        <v>5.0299999999999997E-2</v>
+      </c>
+      <c r="L183" s="4">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="M183" s="4">
+        <v>7.6899999999999996E-2</v>
+      </c>
+      <c r="N183" s="4">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="O183" s="4">
+        <v>0.22120000000000001</v>
+      </c>
+      <c r="P183" s="3">
+        <v>12.39</v>
+      </c>
+      <c r="Q183" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B184" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F184" s="3">
+        <v>3</v>
+      </c>
+      <c r="G184" s="3">
+        <v>3</v>
+      </c>
+      <c r="H184" s="3">
+        <v>211.98</v>
+      </c>
+      <c r="I184" s="3">
+        <v>0</v>
+      </c>
+      <c r="J184" s="4">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="K184" s="4">
+        <v>0.35349999999999998</v>
+      </c>
+      <c r="L184" s="4">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="M184" s="4">
+        <v>0.43380000000000002</v>
+      </c>
+      <c r="N184" s="4">
+        <v>0.12759999999999999</v>
+      </c>
+      <c r="O184" s="4">
+        <v>0.18360000000000001</v>
+      </c>
+      <c r="P184" s="3">
+        <v>12.33</v>
+      </c>
+      <c r="Q184" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B185" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="D185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F178" s="3">
-[...353 lines deleted...]
-      <c r="R184" s="4">
+      <c r="F185" s="3">
+        <v>3</v>
+      </c>
+      <c r="G185" s="3">
+        <v>4</v>
+      </c>
+      <c r="H185" s="3">
+        <v>75.95</v>
+      </c>
+      <c r="I185" s="3">
+        <v>24.36</v>
+      </c>
+      <c r="J185" s="4">
         <v>1.55E-2</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      </c>
       <c r="K185" s="4">
-        <v>5.2900000000000003E-2</v>
+        <v>1.2800000000000001E-2</v>
       </c>
       <c r="L185" s="4">
-        <v>0.1492</v>
+        <v>0.1221</v>
       </c>
       <c r="M185" s="4">
-        <v>0.2225</v>
+        <v>0.2457</v>
       </c>
       <c r="N185" s="4">
-        <v>0.44879999999999998</v>
+        <v>0.23830000000000001</v>
       </c>
       <c r="O185" s="4">
-        <v>0.31830000000000003</v>
+        <v>7.8399999999999997E-2</v>
       </c>
       <c r="P185" s="3">
-        <v>18.010000000000002</v>
+        <v>21.34</v>
       </c>
       <c r="Q185" s="3">
         <v>0</v>
       </c>
-      <c r="R185" s="4">
-[...3 lines deleted...]
-    <row r="186" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="186" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B186" s="3" t="s">
-        <v>264</v>
+        <v>116</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>265</v>
+        <v>117</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F186" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G186" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H186" s="3">
-        <v>552.64</v>
+        <v>66.83</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
       <c r="J186" s="4">
+        <v>2.9899999999999999E-2</v>
+      </c>
+      <c r="K186" s="4">
+        <v>3.8699999999999998E-2</v>
+      </c>
+      <c r="L186" s="4">
+        <v>3.5700000000000003E-2</v>
+      </c>
+      <c r="M186" s="4">
+        <v>5.7500000000000002E-2</v>
+      </c>
+      <c r="N186" s="4">
+        <v>0.71299999999999997</v>
+      </c>
+      <c r="O186" s="4">
+        <v>-0.40329999999999999</v>
+      </c>
+      <c r="P186" s="3">
+        <v>20.99</v>
+      </c>
+      <c r="Q186" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B187" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F187" s="3">
+        <v>3</v>
+      </c>
+      <c r="G187" s="3">
+        <v>3</v>
+      </c>
+      <c r="H187" s="3">
+        <v>87.13</v>
+      </c>
+      <c r="I187" s="3">
+        <v>0</v>
+      </c>
+      <c r="J187" s="4">
         <v>1.2699999999999999E-2</v>
       </c>
-      <c r="K186" s="4">
-[...51 lines deleted...]
-      </c>
       <c r="K187" s="4">
-        <v>3.1099999999999999E-2</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="L187" s="4">
-        <v>7.3499999999999996E-2</v>
+        <v>3.1699999999999999E-2</v>
       </c>
       <c r="M187" s="4">
-        <v>6.1400000000000003E-2</v>
+        <v>0.1366</v>
       </c>
       <c r="N187" s="4">
-        <v>0.52910000000000001</v>
+        <v>0.1762</v>
       </c>
       <c r="O187" s="4">
-        <v>-1.0163</v>
+        <v>0.27539999999999998</v>
       </c>
       <c r="P187" s="3">
-        <v>22.44</v>
+        <v>20.94</v>
       </c>
       <c r="Q187" s="3">
         <v>0</v>
       </c>
-      <c r="R187" s="4">
-[...3 lines deleted...]
-    <row r="188" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="188" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B188" s="3" t="s">
-        <v>141</v>
+        <v>118</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F188" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G188" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H188" s="3">
-        <v>519.63</v>
+        <v>157.41</v>
       </c>
       <c r="I188" s="3">
-        <v>229.53</v>
+        <v>38.39</v>
       </c>
       <c r="J188" s="4">
-        <v>7.0000000000000001E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="K188" s="4">
-        <v>0.14080000000000001</v>
+        <v>0.18770000000000001</v>
       </c>
       <c r="L188" s="4">
-        <v>0.1452</v>
+        <v>0.1077</v>
       </c>
       <c r="M188" s="4">
-        <v>0.1023</v>
+        <v>0.12970000000000001</v>
       </c>
       <c r="N188" s="4">
-        <v>0.24229999999999999</v>
+        <v>0.2203</v>
       </c>
       <c r="O188" s="4">
-        <v>0.33629999999999999</v>
+        <v>0.2127</v>
       </c>
       <c r="P188" s="3">
-        <v>37.97</v>
+        <v>35.479999999999997</v>
       </c>
       <c r="Q188" s="3">
         <v>1</v>
       </c>
-      <c r="R188" s="4">
-[...3 lines deleted...]
-    <row r="189" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="189" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B189" s="3" t="s">
-        <v>298</v>
+        <v>435</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>299</v>
+        <v>436</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F189" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G189" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H189" s="3">
-        <v>456.79</v>
+        <v>61.71</v>
       </c>
       <c r="I189" s="3">
-        <v>214.65</v>
+        <v>22.76</v>
       </c>
       <c r="J189" s="4">
-        <v>9.4999999999999998E-3</v>
+        <v>2.3800000000000002E-2</v>
       </c>
       <c r="K189" s="4">
-        <v>0.14080000000000001</v>
+        <v>4.4900000000000002E-2</v>
       </c>
       <c r="L189" s="4">
-        <v>6.5199999999999994E-2</v>
+        <v>0.1268</v>
       </c>
       <c r="M189" s="4">
-        <v>0.1139</v>
+        <v>9.8299999999999998E-2</v>
       </c>
       <c r="N189" s="4">
-        <v>0.42680000000000001</v>
+        <v>0.57920000000000005</v>
       </c>
       <c r="O189" s="4">
-        <v>0.2903</v>
+        <v>0.42109999999999997</v>
       </c>
       <c r="P189" s="3">
-        <v>36.799999999999997</v>
+        <v>29.88</v>
       </c>
       <c r="Q189" s="3">
         <v>0</v>
       </c>
-      <c r="R189" s="4">
-[...3 lines deleted...]
-    <row r="190" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="190" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B190" s="3" t="s">
-        <v>520</v>
+        <v>543</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>521</v>
+        <v>544</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E190" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F190" s="3">
+        <v>3</v>
+      </c>
+      <c r="G190" s="3">
+        <v>3</v>
+      </c>
+      <c r="H190" s="3">
+        <v>31.71</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
+      <c r="J190" s="4">
+        <v>2.7300000000000001E-2</v>
+      </c>
+      <c r="K190" s="4">
+        <v>7.4200000000000002E-2</v>
+      </c>
+      <c r="L190" s="4">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="M190" s="4">
+        <v>0.1191</v>
+      </c>
+      <c r="N190" s="4">
+        <v>0.35110000000000002</v>
+      </c>
+      <c r="O190" s="4">
+        <v>0.38140000000000002</v>
+      </c>
+      <c r="P190" s="3">
+        <v>14.77</v>
+      </c>
+      <c r="Q190" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B191" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="D191" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F190" s="3">
-[...46 lines deleted...]
-      <c r="D191" s="3" t="s">
+      <c r="F191" s="3">
+        <v>5</v>
+      </c>
+      <c r="G191" s="3">
+        <v>5</v>
+      </c>
+      <c r="H191" s="3">
+        <v>552.24</v>
+      </c>
+      <c r="I191" s="3">
+        <v>407.83</v>
+      </c>
+      <c r="J191" s="4">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="K191" s="4">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="L191" s="4">
+        <v>0.1416</v>
+      </c>
+      <c r="M191" s="4">
+        <v>0.12939999999999999</v>
+      </c>
+      <c r="N191" s="4">
+        <v>0.19620000000000001</v>
+      </c>
+      <c r="O191" s="4">
+        <v>0.16639999999999999</v>
+      </c>
+      <c r="P191" s="3">
+        <v>37.340000000000003</v>
+      </c>
+      <c r="Q191" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="192" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B192" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="D192" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E191" s="3" t="s">
+      <c r="E192" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F192" s="3">
+        <v>5</v>
+      </c>
+      <c r="G192" s="3">
+        <v>5</v>
+      </c>
+      <c r="H192" s="3">
+        <v>34.020000000000003</v>
+      </c>
+      <c r="I192" s="3">
+        <v>0</v>
+      </c>
+      <c r="J192" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K192" s="4">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="L192" s="4">
+        <v>0.1416</v>
+      </c>
+      <c r="M192" s="4">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="N192" s="4">
+        <v>0.19620000000000001</v>
+      </c>
+      <c r="O192" s="4">
+        <v>0.16639999999999999</v>
+      </c>
+      <c r="P192" s="3">
+        <v>37.340000000000003</v>
+      </c>
+      <c r="Q192" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B193" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D193" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F191" s="3">
-[...104 lines deleted...]
-      </c>
       <c r="F193" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G193" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H193" s="3">
-        <v>149.44</v>
+        <v>64.77</v>
       </c>
       <c r="I193" s="3">
-        <v>111.51</v>
+        <v>0</v>
       </c>
       <c r="J193" s="4">
-        <v>3.1899999999999998E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="K193" s="4">
-        <v>0.17030000000000001</v>
+        <v>7.2400000000000006E-2</v>
       </c>
       <c r="L193" s="4">
-        <v>9.4200000000000006E-2</v>
+        <v>4.1700000000000001E-2</v>
       </c>
       <c r="M193" s="4">
-        <v>0.1018</v>
+        <v>0.16850000000000001</v>
       </c>
       <c r="N193" s="4">
-        <v>0.40079999999999999</v>
+        <v>0.30780000000000002</v>
       </c>
       <c r="O193" s="4">
-        <v>-8.5800000000000001E-2</v>
+        <v>0.31929999999999997</v>
       </c>
       <c r="P193" s="3">
-        <v>14.52</v>
+        <v>16.670000000000002</v>
       </c>
       <c r="Q193" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="194" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B194" s="3" t="s">
-        <v>145</v>
+        <v>441</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>146</v>
+        <v>442</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F194" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G194" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H194" s="3">
-        <v>228.54</v>
+        <v>100.97</v>
       </c>
       <c r="I194" s="3">
-        <v>268.42</v>
+        <v>0</v>
       </c>
       <c r="J194" s="4">
-        <v>1.4500000000000001E-2</v>
+        <v>1.4800000000000001E-2</v>
       </c>
       <c r="K194" s="4">
-        <v>0.1741</v>
+        <v>0.39169999999999999</v>
       </c>
       <c r="L194" s="4">
-        <v>4.1599999999999998E-2</v>
+        <v>9.2700000000000005E-2</v>
       </c>
       <c r="M194" s="4">
-        <v>0.14549999999999999</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="N194" s="4">
-        <v>0.34549999999999997</v>
+        <v>9.4E-2</v>
       </c>
       <c r="O194" s="4">
-        <v>0.32719999999999999</v>
+        <v>0.1754</v>
       </c>
       <c r="P194" s="3">
-        <v>28.53</v>
+        <v>6.58</v>
       </c>
       <c r="Q194" s="3">
         <v>0</v>
       </c>
-      <c r="R194" s="4">
-[...3 lines deleted...]
-    <row r="195" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="195" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B195" s="3" t="s">
-        <v>351</v>
+        <v>271</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>352</v>
+        <v>272</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F195" s="3">
         <v>4</v>
       </c>
       <c r="G195" s="3">
         <v>4</v>
       </c>
       <c r="H195" s="3">
-        <v>78.67</v>
+        <v>298.41000000000003</v>
       </c>
       <c r="I195" s="3">
-        <v>87.1</v>
+        <v>171.39</v>
       </c>
       <c r="J195" s="4">
-        <v>0.03</v>
+        <v>2.46E-2</v>
       </c>
       <c r="K195" s="4">
-        <v>0.21920000000000001</v>
+        <v>0.1208</v>
       </c>
       <c r="L195" s="4">
-        <v>6.0600000000000001E-2</v>
+        <v>6.1699999999999998E-2</v>
       </c>
       <c r="M195" s="4">
-        <v>0.1051</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="N195" s="4">
-        <v>0.60970000000000002</v>
+        <v>0.59219999999999995</v>
       </c>
       <c r="O195" s="4">
-        <v>1.1919999999999999</v>
+        <v>0.72419999999999995</v>
       </c>
       <c r="P195" s="3">
-        <v>26.3</v>
+        <v>25.91</v>
       </c>
       <c r="Q195" s="3">
         <v>1</v>
       </c>
-      <c r="R195" s="4">
-[...3 lines deleted...]
-    <row r="196" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="196" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B196" s="3" t="s">
-        <v>353</v>
+        <v>546</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>354</v>
+        <v>272</v>
       </c>
       <c r="D196" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F196" s="3">
         <v>4</v>
       </c>
       <c r="G196" s="3">
         <v>4</v>
       </c>
       <c r="H196" s="3">
-        <v>605.74</v>
+        <v>25.59</v>
       </c>
       <c r="I196" s="3">
-        <v>498.96</v>
-[...2 lines deleted...]
-        <v>1.52E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J196" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K196" s="4">
-        <v>0.1047</v>
+        <v>0.1208</v>
       </c>
       <c r="L196" s="4">
-        <v>3.9300000000000002E-2</v>
+        <v>6.1699999999999998E-2</v>
       </c>
       <c r="M196" s="4">
-        <v>9.2999999999999999E-2</v>
+        <v>0.3755</v>
       </c>
       <c r="N196" s="4">
-        <v>0.28389999999999999</v>
-[...2 lines deleted...]
-        <v>0.94340000000000002</v>
+        <v>0.59219999999999995</v>
+      </c>
+      <c r="O196" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="P196" s="3">
-        <v>22.45</v>
+        <v>25.91</v>
       </c>
       <c r="Q196" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="197" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B197" s="3" t="s">
-        <v>524</v>
+        <v>547</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F197" s="3">
         <v>3</v>
       </c>
       <c r="G197" s="3">
         <v>3</v>
       </c>
       <c r="H197" s="3">
-        <v>161.91999999999999</v>
+        <v>811.34</v>
       </c>
       <c r="I197" s="3">
-        <v>30.51</v>
+        <v>74.459999999999994</v>
       </c>
       <c r="J197" s="4">
-        <v>1.09E-2</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="K197" s="4">
-        <v>0.24560000000000001</v>
+        <v>0.14699999999999999</v>
       </c>
       <c r="L197" s="4">
-        <v>0.23430000000000001</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="M197" s="4">
-        <v>0.68500000000000005</v>
+        <v>0.12189999999999999</v>
       </c>
       <c r="N197" s="4">
-        <v>0.32419999999999999</v>
+        <v>0.10680000000000001</v>
       </c>
       <c r="O197" s="4">
-        <v>0.29570000000000002</v>
+        <v>6.2300000000000001E-2</v>
       </c>
       <c r="P197" s="3">
-        <v>73.41</v>
+        <v>32.950000000000003</v>
       </c>
       <c r="Q197" s="3">
         <v>0</v>
       </c>
-      <c r="R197" s="4">
-[...3 lines deleted...]
-    <row r="198" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="198" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B198" s="3" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>144</v>
+        <v>121</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F198" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G198" s="3">
         <v>4</v>
       </c>
       <c r="H198" s="3">
-        <v>107.02</v>
+        <v>480.29</v>
       </c>
       <c r="I198" s="3">
-        <v>0</v>
+        <v>259.95</v>
       </c>
       <c r="J198" s="4">
-        <v>3.2099999999999997E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="K198" s="4">
-        <v>0.17030000000000001</v>
+        <v>4.24E-2</v>
       </c>
       <c r="L198" s="4">
-        <v>9.4200000000000006E-2</v>
+        <v>6.5799999999999997E-2</v>
       </c>
       <c r="M198" s="4">
-        <v>9.6500000000000002E-2</v>
+        <v>0.1038</v>
       </c>
       <c r="N198" s="4">
-        <v>0.40079999999999999</v>
+        <v>0.31209999999999999</v>
       </c>
       <c r="O198" s="4">
-        <v>-8.5900000000000004E-2</v>
+        <v>0.2873</v>
       </c>
       <c r="P198" s="3">
-        <v>14.52</v>
+        <v>38.31</v>
       </c>
       <c r="Q198" s="3">
         <v>0</v>
       </c>
-      <c r="R198" s="4">
-[...3 lines deleted...]
-    <row r="199" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="199" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B199" s="3" t="s">
-        <v>526</v>
+        <v>237</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>527</v>
+        <v>238</v>
       </c>
       <c r="D199" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F199" s="3">
+        <v>4</v>
+      </c>
+      <c r="G199" s="3">
+        <v>4</v>
+      </c>
+      <c r="H199" s="3">
+        <v>57.46</v>
+      </c>
+      <c r="I199" s="3">
+        <v>70.67</v>
+      </c>
+      <c r="J199" s="4">
+        <v>3.4599999999999999E-2</v>
+      </c>
+      <c r="K199" s="4">
+        <v>4.7100000000000003E-2</v>
+      </c>
+      <c r="L199" s="4">
+        <v>7.2099999999999997E-2</v>
+      </c>
+      <c r="M199" s="4">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="N199" s="4">
+        <v>0.51980000000000004</v>
+      </c>
+      <c r="O199" s="4">
+        <v>1.0782</v>
+      </c>
+      <c r="P199" s="3">
+        <v>21.59</v>
+      </c>
+      <c r="Q199" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B200" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="D200" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F200" s="3">
+        <v>4</v>
+      </c>
+      <c r="G200" s="3">
+        <v>4</v>
+      </c>
+      <c r="H200" s="3">
+        <v>649.01</v>
+      </c>
+      <c r="I200" s="3">
+        <v>113.4</v>
+      </c>
+      <c r="J200" s="4">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="K200" s="4">
+        <v>0.27</v>
+      </c>
+      <c r="L200" s="4">
+        <v>0.17749999999999999</v>
+      </c>
+      <c r="M200" s="4">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="N200" s="4">
+        <v>8.1199999999999994E-2</v>
+      </c>
+      <c r="O200" s="4">
+        <v>0.10349999999999999</v>
+      </c>
+      <c r="P200" s="3">
+        <v>23.93</v>
+      </c>
+      <c r="Q200" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B201" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="D201" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E199" s="3" t="s">
-[...104 lines deleted...]
-      </c>
       <c r="E201" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F201" s="3">
         <v>4</v>
       </c>
       <c r="G201" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H201" s="3">
-        <v>59.2</v>
+        <v>35.24</v>
       </c>
       <c r="I201" s="3">
-        <v>91.52</v>
-[...2 lines deleted...]
-        <v>2.1100000000000001E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K201" s="4">
-        <v>0.2591</v>
+        <v>0.27</v>
       </c>
       <c r="L201" s="4">
-        <v>0.18149999999999999</v>
+        <v>0.17749999999999999</v>
       </c>
       <c r="M201" s="4">
-        <v>0.21940000000000001</v>
+        <v>0.32029999999999997</v>
       </c>
       <c r="N201" s="4">
-        <v>0.50190000000000001</v>
+        <v>8.1199999999999994E-2</v>
       </c>
       <c r="O201" s="4">
-        <v>0.82320000000000004</v>
+        <v>0.10349999999999999</v>
       </c>
       <c r="P201" s="3">
-        <v>14.15</v>
+        <v>23.93</v>
       </c>
       <c r="Q201" s="3">
         <v>0</v>
       </c>
-      <c r="R201" s="4">
-[...3 lines deleted...]
-    <row r="202" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="202" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B202" s="3" t="s">
-        <v>148</v>
+        <v>552</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>149</v>
+        <v>553</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F202" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G202" s="3">
         <v>3</v>
       </c>
       <c r="H202" s="3">
-        <v>196.17</v>
+        <v>26.96</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>25.2</v>
       </c>
       <c r="J202" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>3.1600000000000003E-2</v>
       </c>
       <c r="K202" s="4">
-        <v>6.1100000000000002E-2</v>
+        <v>0.11020000000000001</v>
       </c>
       <c r="L202" s="4">
-        <v>0.1221</v>
+        <v>3.9399999999999998E-2</v>
       </c>
       <c r="M202" s="4">
-        <v>0.30299999999999999</v>
+        <v>7.9899999999999999E-2</v>
       </c>
       <c r="N202" s="4">
-        <v>0.30330000000000001</v>
+        <v>1.1235999999999999</v>
       </c>
       <c r="O202" s="4">
-        <v>0.1754</v>
+        <v>0.20449999999999999</v>
       </c>
       <c r="P202" s="3">
-        <v>9.94</v>
+        <v>18.93</v>
       </c>
       <c r="Q202" s="3">
         <v>0</v>
       </c>
-      <c r="R202" s="4">
-[...3 lines deleted...]
-    <row r="203" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="203" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B203" s="3" t="s">
-        <v>150</v>
+        <v>298</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>151</v>
+        <v>299</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F203" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G203" s="3">
         <v>3</v>
       </c>
       <c r="H203" s="3">
-        <v>79.92</v>
+        <v>105.9</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
       <c r="J203" s="4">
-        <v>3.3099999999999997E-2</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="K203" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>0.40160000000000001</v>
       </c>
       <c r="L203" s="4">
-        <v>4.7399999999999998E-2</v>
+        <v>0.1237</v>
       </c>
       <c r="M203" s="4">
-        <v>5.7099999999999998E-2</v>
+        <v>0.36559999999999998</v>
       </c>
       <c r="N203" s="4">
-        <v>0.67749999999999999</v>
+        <v>0.151</v>
       </c>
       <c r="O203" s="4">
-        <v>-1.0954999999999999</v>
+        <v>0.15379999999999999</v>
       </c>
       <c r="P203" s="3">
-        <v>19.32</v>
+        <v>15.75</v>
       </c>
       <c r="Q203" s="3">
         <v>0</v>
       </c>
-      <c r="R203" s="4">
-[...3 lines deleted...]
-    <row r="204" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="204" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B204" s="3" t="s">
-        <v>530</v>
+        <v>202</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>531</v>
+        <v>203</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F204" s="3">
         <v>4</v>
       </c>
       <c r="G204" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H204" s="3">
-        <v>42.77</v>
+        <v>178.16</v>
       </c>
       <c r="I204" s="3">
-        <v>15.86</v>
+        <v>0</v>
       </c>
       <c r="J204" s="4">
-        <v>2.7300000000000001E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K204" s="4">
-        <v>0.14779999999999999</v>
+        <v>0.15890000000000001</v>
       </c>
       <c r="L204" s="4">
+        <v>8.6099999999999996E-2</v>
+      </c>
+      <c r="M204" s="4">
+        <v>0.12559999999999999</v>
+      </c>
+      <c r="N204" s="4">
+        <v>0.36919999999999997</v>
+      </c>
+      <c r="O204" s="4">
+        <v>0.34360000000000002</v>
+      </c>
+      <c r="P204" s="3">
+        <v>21.43</v>
+      </c>
+      <c r="Q204" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B205" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="D205" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F205" s="3">
+        <v>4</v>
+      </c>
+      <c r="G205" s="3">
+        <v>4</v>
+      </c>
+      <c r="H205" s="3">
+        <v>1004.71</v>
+      </c>
+      <c r="I205" s="3">
+        <v>0</v>
+      </c>
+      <c r="J205" s="4">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="K205" s="4">
+        <v>0.63039999999999996</v>
+      </c>
+      <c r="L205" s="4">
+        <v>0.26729999999999998</v>
+      </c>
+      <c r="M205" s="4">
+        <v>0.2422</v>
+      </c>
+      <c r="N205" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="O205" s="4">
+        <v>0.3664</v>
+      </c>
+      <c r="P205" s="3">
+        <v>28.32</v>
+      </c>
+      <c r="Q205" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B206" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="D206" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F206" s="3">
+        <v>4</v>
+      </c>
+      <c r="G206" s="3">
+        <v>4</v>
+      </c>
+      <c r="H206" s="3">
+        <v>85.99</v>
+      </c>
+      <c r="I206" s="3">
+        <v>85.05</v>
+      </c>
+      <c r="J206" s="4">
         <v>3.7600000000000001E-2</v>
       </c>
-      <c r="M204" s="4">
-[...98 lines deleted...]
-      </c>
       <c r="K206" s="4">
-        <v>9.8299999999999998E-2</v>
+        <v>0.1157</v>
       </c>
       <c r="L206" s="4">
-        <v>0.1069</v>
+        <v>8.43E-2</v>
       </c>
       <c r="M206" s="4">
-        <v>8.3900000000000002E-2</v>
+        <v>5.4899999999999997E-2</v>
       </c>
       <c r="N206" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.46400000000000002</v>
       </c>
       <c r="O206" s="4">
-        <v>0.39789999999999998</v>
+        <v>0.54549999999999998</v>
       </c>
       <c r="P206" s="3">
-        <v>22.71</v>
+        <v>13.3</v>
       </c>
       <c r="Q206" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="207" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B207" s="3" t="s">
-        <v>331</v>
+        <v>314</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F207" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G207" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H207" s="3">
-        <v>51.77</v>
+        <v>93.49</v>
       </c>
       <c r="I207" s="3">
-        <v>25.74</v>
+        <v>79.180000000000007</v>
       </c>
       <c r="J207" s="4">
-        <v>2.92E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="K207" s="4">
-        <v>9.8299999999999998E-2</v>
+        <v>7.9399999999999998E-2</v>
       </c>
       <c r="L207" s="4">
-        <v>0.1069</v>
+        <v>3.9399999999999998E-2</v>
       </c>
       <c r="M207" s="4">
-        <v>9.2200000000000004E-2</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="N207" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.31719999999999998</v>
       </c>
       <c r="O207" s="4">
-        <v>0.39560000000000001</v>
+        <v>0.28760000000000002</v>
       </c>
       <c r="P207" s="3">
-        <v>22.71</v>
+        <v>20.2</v>
       </c>
       <c r="Q207" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="208" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="208" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B208" s="3" t="s">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F208" s="3">
         <v>4</v>
       </c>
       <c r="G208" s="3">
         <v>4</v>
       </c>
       <c r="H208" s="3">
-        <v>50.73</v>
+        <v>163.99</v>
       </c>
       <c r="I208" s="3">
-        <v>43.04</v>
+        <v>83.28</v>
       </c>
       <c r="J208" s="4">
-        <v>3.4500000000000003E-2</v>
+        <v>2.4199999999999999E-2</v>
       </c>
       <c r="K208" s="4">
-        <v>0.28460000000000002</v>
+        <v>8.2900000000000001E-2</v>
       </c>
       <c r="L208" s="4">
-        <v>0.1115</v>
+        <v>0.16789999999999999</v>
       </c>
       <c r="M208" s="4">
-        <v>0.1094</v>
+        <v>0.21940000000000001</v>
       </c>
       <c r="N208" s="4">
-        <v>0.25800000000000001</v>
+        <v>0.44879999999999998</v>
       </c>
       <c r="O208" s="4">
-        <v>0.25679999999999997</v>
+        <v>0.31830000000000003</v>
       </c>
       <c r="P208" s="3">
-        <v>8.27</v>
+        <v>16.96</v>
       </c>
       <c r="Q208" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B209" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D209" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F209" s="3">
+        <v>4</v>
+      </c>
+      <c r="G209" s="3">
+        <v>4</v>
+      </c>
+      <c r="H209" s="3">
+        <v>588.33000000000004</v>
+      </c>
+      <c r="I209" s="3">
+        <v>0</v>
+      </c>
+      <c r="J209" s="4">
+        <v>1.23E-2</v>
+      </c>
+      <c r="K209" s="4">
+        <v>0.1792</v>
+      </c>
+      <c r="L209" s="4">
+        <v>0.1249</v>
+      </c>
+      <c r="M209" s="4">
+        <v>0.19109999999999999</v>
+      </c>
+      <c r="N209" s="4">
+        <v>0.45850000000000002</v>
+      </c>
+      <c r="O209" s="4">
+        <v>0.39360000000000001</v>
+      </c>
+      <c r="P209" s="3">
+        <v>36.97</v>
+      </c>
+      <c r="Q209" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B210" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F210" s="3">
+        <v>5</v>
+      </c>
+      <c r="G210" s="3">
+        <v>5</v>
+      </c>
+      <c r="H210" s="3">
+        <v>517.62</v>
+      </c>
+      <c r="I210" s="3">
+        <v>229.53</v>
+      </c>
+      <c r="J210" s="4">
+        <v>6.8999999999999999E-3</v>
+      </c>
+      <c r="K210" s="4">
+        <v>0.1711</v>
+      </c>
+      <c r="L210" s="4">
+        <v>0.13880000000000001</v>
+      </c>
+      <c r="M210" s="4">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="N210" s="4">
+        <v>0.24229999999999999</v>
+      </c>
+      <c r="O210" s="4">
+        <v>0.33629999999999999</v>
+      </c>
+      <c r="P210" s="3">
+        <v>37.409999999999997</v>
+      </c>
+      <c r="Q210" s="3">
         <v>1</v>
       </c>
-      <c r="R208" s="4">
-[...109 lines deleted...]
-    <row r="211" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="211" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B211" s="3" t="s">
-        <v>399</v>
+        <v>554</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>400</v>
+        <v>125</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F211" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G211" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H211" s="3">
-        <v>93.61</v>
+        <v>37.18</v>
       </c>
       <c r="I211" s="3">
-        <v>104.91</v>
-[...2 lines deleted...]
-        <v>3.6400000000000002E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J211" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K211" s="4">
-        <v>6.1400000000000003E-2</v>
+        <v>0.1711</v>
       </c>
       <c r="L211" s="4">
-        <v>0.12139999999999999</v>
+        <v>0.13880000000000001</v>
       </c>
       <c r="M211" s="4">
-        <v>0.1012</v>
+        <v>0.38240000000000002</v>
       </c>
       <c r="N211" s="4">
-        <v>1.2494000000000001</v>
+        <v>0.24229999999999999</v>
       </c>
       <c r="O211" s="4">
-        <v>-1.1077999999999999</v>
+        <v>0.33629999999999999</v>
       </c>
       <c r="P211" s="3">
-        <v>44.81</v>
+        <v>37.409999999999997</v>
       </c>
       <c r="Q211" s="3">
         <v>0</v>
       </c>
-      <c r="R211" s="4">
-[...3 lines deleted...]
-    <row r="212" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="212" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B212" s="3" t="s">
-        <v>427</v>
+        <v>273</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>428</v>
+        <v>274</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E212" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F212" s="3">
+        <v>4</v>
+      </c>
+      <c r="G212" s="3">
+        <v>4</v>
+      </c>
+      <c r="H212" s="3">
+        <v>406.61</v>
+      </c>
+      <c r="I212" s="3">
+        <v>214.65</v>
+      </c>
+      <c r="J212" s="4">
+        <v>1.01E-2</v>
+      </c>
+      <c r="K212" s="4">
+        <v>0.22689999999999999</v>
+      </c>
+      <c r="L212" s="4">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="M212" s="4">
+        <v>0.1007</v>
+      </c>
+      <c r="N212" s="4">
+        <v>0.42680000000000001</v>
+      </c>
+      <c r="O212" s="4">
+        <v>0.2903</v>
+      </c>
+      <c r="P212" s="3">
+        <v>34.770000000000003</v>
+      </c>
+      <c r="Q212" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B213" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="D213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F212" s="3">
-[...51 lines deleted...]
-      </c>
       <c r="F213" s="3">
+        <v>3</v>
+      </c>
+      <c r="G213" s="3">
+        <v>3</v>
+      </c>
+      <c r="H213" s="3">
+        <v>14.1</v>
+      </c>
+      <c r="I213" s="3">
+        <v>0</v>
+      </c>
+      <c r="J213" s="4">
+        <v>5.96E-2</v>
+      </c>
+      <c r="K213" s="4">
+        <v>0.1336</v>
+      </c>
+      <c r="L213" s="4">
+        <v>0.1186</v>
+      </c>
+      <c r="M213" s="4">
+        <v>0.1847</v>
+      </c>
+      <c r="N213" s="4">
+        <v>0.60229999999999995</v>
+      </c>
+      <c r="O213" s="4">
+        <v>0.37930000000000003</v>
+      </c>
+      <c r="P213" s="3">
+        <v>13.31</v>
+      </c>
+      <c r="Q213" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B214" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F214" s="3">
         <v>5</v>
       </c>
-      <c r="G213" s="3">
-[...51 lines deleted...]
-      </c>
       <c r="G214" s="3">
         <v>4</v>
       </c>
       <c r="H214" s="3">
-        <v>153.11000000000001</v>
+        <v>156.69999999999999</v>
       </c>
       <c r="I214" s="3">
-        <v>137.41</v>
+        <v>111.51</v>
       </c>
       <c r="J214" s="4">
-        <v>2.75E-2</v>
+        <v>3.0300000000000001E-2</v>
       </c>
       <c r="K214" s="4">
-        <v>4.2999999999999997E-2</v>
+        <v>0.12989999999999999</v>
       </c>
       <c r="L214" s="4">
-        <v>3.5000000000000003E-2</v>
+        <v>0.10009999999999999</v>
       </c>
       <c r="M214" s="4">
-        <v>6.1199999999999997E-2</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="N214" s="4">
-        <v>0.61250000000000004</v>
+        <v>0.40079999999999999</v>
       </c>
       <c r="O214" s="4">
-        <v>0.70289999999999997</v>
+        <v>-8.5800000000000001E-2</v>
       </c>
       <c r="P214" s="3">
-        <v>23.61</v>
+        <v>15.3</v>
       </c>
       <c r="Q214" s="3">
         <v>1</v>
       </c>
-      <c r="R214" s="4">
-[...3 lines deleted...]
-    <row r="215" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="215" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B215" s="3" t="s">
-        <v>247</v>
+        <v>555</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>248</v>
+        <v>556</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E215" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F215" s="3">
+        <v>4</v>
+      </c>
+      <c r="G215" s="3">
+        <v>4</v>
+      </c>
+      <c r="H215" s="3">
+        <v>85.48</v>
+      </c>
+      <c r="I215" s="3">
+        <v>0</v>
+      </c>
+      <c r="J215" s="4">
+        <v>1.26E-2</v>
+      </c>
+      <c r="K215" s="4">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="L215" s="4">
+        <v>9.1800000000000007E-2</v>
+      </c>
+      <c r="M215" s="4">
+        <v>9.7699999999999995E-2</v>
+      </c>
+      <c r="N215" s="4">
+        <v>0.48430000000000001</v>
+      </c>
+      <c r="O215" s="4">
+        <v>0.27929999999999999</v>
+      </c>
+      <c r="P215" s="3">
+        <v>30.54</v>
+      </c>
+      <c r="Q215" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B216" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="D216" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F215" s="3">
-[...49 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="F216" s="3">
+        <v>3</v>
+      </c>
+      <c r="G216" s="3">
+        <v>4</v>
+      </c>
+      <c r="H216" s="3">
+        <v>231.92</v>
+      </c>
+      <c r="I216" s="3">
+        <v>268.42</v>
+      </c>
+      <c r="J216" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+      <c r="K216" s="4">
+        <v>0.12720000000000001</v>
+      </c>
+      <c r="L216" s="4">
+        <v>4.9799999999999997E-2</v>
+      </c>
+      <c r="M216" s="4">
+        <v>0.1517</v>
+      </c>
+      <c r="N216" s="4">
+        <v>0.34549999999999997</v>
+      </c>
+      <c r="O216" s="4">
+        <v>0.32719999999999999</v>
+      </c>
+      <c r="P216" s="3">
+        <v>29.14</v>
+      </c>
+      <c r="Q216" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B217" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D217" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F217" s="3">
+        <v>4</v>
+      </c>
+      <c r="G217" s="3">
+        <v>4</v>
+      </c>
+      <c r="H217" s="3">
+        <v>81.41</v>
+      </c>
+      <c r="I217" s="3">
+        <v>87.1</v>
+      </c>
+      <c r="J217" s="4">
+        <v>2.7799999999999998E-2</v>
+      </c>
+      <c r="K217" s="4">
+        <v>7.5300000000000006E-2</v>
+      </c>
+      <c r="L217" s="4">
+        <v>7.3200000000000001E-2</v>
+      </c>
+      <c r="M217" s="4">
+        <v>9.7600000000000006E-2</v>
+      </c>
+      <c r="N217" s="4">
+        <v>0.60970000000000002</v>
+      </c>
+      <c r="O217" s="4">
+        <v>1.4832000000000001</v>
+      </c>
+      <c r="P217" s="3">
+        <v>25.93</v>
+      </c>
+      <c r="Q217" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="218" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B218" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="D218" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F218" s="3">
+        <v>3</v>
+      </c>
+      <c r="G218" s="3">
+        <v>3</v>
+      </c>
+      <c r="H218" s="3">
+        <v>5.44</v>
+      </c>
+      <c r="I218" s="3">
+        <v>3.87</v>
+      </c>
+      <c r="J218" s="4">
+        <v>6.4500000000000002E-2</v>
+      </c>
+      <c r="K218" s="4">
+        <v>5.7599999999999998E-2</v>
+      </c>
+      <c r="L218" s="4">
+        <v>0.1704</v>
+      </c>
+      <c r="M218" s="4">
+        <v>6.4899999999999999E-2</v>
+      </c>
+      <c r="N218" s="4">
+        <v>0.99829999999999997</v>
+      </c>
+      <c r="O218" s="4">
+        <v>0.55559999999999998</v>
+      </c>
+      <c r="P218" s="3">
+        <v>4.7300000000000004</v>
+      </c>
+      <c r="Q218" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B219" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="D219" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F219" s="3">
+        <v>5</v>
+      </c>
+      <c r="G219" s="3">
+        <v>4</v>
+      </c>
+      <c r="H219" s="3">
+        <v>765.72</v>
+      </c>
+      <c r="I219" s="3">
+        <v>0</v>
+      </c>
+      <c r="J219" s="4">
+        <v>1.47E-2</v>
+      </c>
+      <c r="K219" s="4">
+        <v>0.17050000000000001</v>
+      </c>
+      <c r="L219" s="4">
+        <v>6.6100000000000006E-2</v>
+      </c>
+      <c r="M219" s="4">
+        <v>7.1800000000000003E-2</v>
+      </c>
+      <c r="N219" s="4">
+        <v>0.20810000000000001</v>
+      </c>
+      <c r="O219" s="4">
+        <v>0.19009999999999999</v>
+      </c>
+      <c r="P219" s="3">
+        <v>14.82</v>
+      </c>
+      <c r="Q219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B220" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D220" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" s="3">
+        <v>3</v>
+      </c>
+      <c r="G220" s="3">
+        <v>3</v>
+      </c>
+      <c r="H220" s="3">
+        <v>44.31</v>
+      </c>
+      <c r="I220" s="3">
+        <v>0</v>
+      </c>
+      <c r="J220" s="4">
+        <v>4.24E-2</v>
+      </c>
+      <c r="K220" s="4">
+        <v>0.18840000000000001</v>
+      </c>
+      <c r="L220" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+      <c r="M220" s="4">
+        <v>7.0599999999999996E-2</v>
+      </c>
+      <c r="N220" s="4">
+        <v>0.58260000000000001</v>
+      </c>
+      <c r="O220" s="4">
+        <v>-0.88919999999999999</v>
+      </c>
+      <c r="P220" s="3">
+        <v>10.93</v>
+      </c>
+      <c r="Q220" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B221" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="D221" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F216" s="3">
-[...205 lines deleted...]
-      <c r="D220" s="3" t="s">
+      <c r="F221" s="3">
+        <v>4</v>
+      </c>
+      <c r="G221" s="3">
+        <v>4</v>
+      </c>
+      <c r="H221" s="3">
+        <v>64.569999999999993</v>
+      </c>
+      <c r="I221" s="3">
+        <v>85.6</v>
+      </c>
+      <c r="J221" s="4">
+        <v>2.47E-2</v>
+      </c>
+      <c r="K221" s="4">
+        <v>4.24E-2</v>
+      </c>
+      <c r="L221" s="4">
+        <v>3.9E-2</v>
+      </c>
+      <c r="M221" s="4">
+        <v>9.2100000000000001E-2</v>
+      </c>
+      <c r="N221" s="4">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="O221" s="4">
+        <v>0.77529999999999999</v>
+      </c>
+      <c r="P221" s="3">
+        <v>33.26</v>
+      </c>
+      <c r="Q221" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B222" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="D222" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E220" s="3" t="s">
-[...104 lines deleted...]
-      </c>
       <c r="E222" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F222" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G222" s="3">
         <v>4</v>
       </c>
       <c r="H222" s="3">
-        <v>166.47</v>
+        <v>11.78</v>
       </c>
       <c r="I222" s="3">
-        <v>87.06</v>
-[...2 lines deleted...]
-        <v>2.1399999999999999E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J222" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K222" s="4">
-        <v>0.18590000000000001</v>
+        <v>4.24E-2</v>
       </c>
       <c r="L222" s="4">
-        <v>0.14760000000000001</v>
+        <v>3.9E-2</v>
       </c>
       <c r="M222" s="4">
-        <v>5.8799999999999998E-2</v>
+        <v>0.37169999999999997</v>
       </c>
       <c r="N222" s="4">
-        <v>0.37530000000000002</v>
+        <v>0.72599999999999998</v>
       </c>
       <c r="O222" s="4">
-        <v>0.3266</v>
+        <v>0.77529999999999999</v>
       </c>
       <c r="P222" s="3">
-        <v>16.059999999999999</v>
+        <v>33.26</v>
       </c>
       <c r="Q222" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="223" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B223" s="3" t="s">
-        <v>411</v>
+        <v>566</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>412</v>
+        <v>567</v>
       </c>
       <c r="D223" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F223" s="3">
         <v>3</v>
       </c>
       <c r="G223" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H223" s="3">
-        <v>149.9</v>
+        <v>6.05</v>
       </c>
       <c r="I223" s="3">
-        <v>35.15</v>
+        <v>0</v>
       </c>
       <c r="J223" s="4">
-        <v>1.1299999999999999E-2</v>
+        <v>6.2300000000000001E-2</v>
       </c>
       <c r="K223" s="4">
-        <v>5.6899999999999999E-2</v>
+        <v>0.26200000000000001</v>
       </c>
       <c r="L223" s="4">
-        <v>0.26579999999999998</v>
+        <v>5.9900000000000002E-2</v>
       </c>
       <c r="M223" s="4">
-        <v>8.5999999999999993E-2</v>
+        <v>0.2457</v>
       </c>
       <c r="N223" s="4">
-        <v>0.55269999999999997</v>
+        <v>0.54490000000000005</v>
       </c>
       <c r="O223" s="4">
-        <v>0.37519999999999998</v>
+        <v>-0.94610000000000005</v>
       </c>
       <c r="P223" s="3">
-        <v>53.44</v>
+        <v>5.27</v>
       </c>
       <c r="Q223" s="3">
         <v>0</v>
       </c>
-      <c r="R223" s="4">
+    </row>
+    <row r="224" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B224" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="D224" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" s="3">
+        <v>4</v>
+      </c>
+      <c r="G224" s="3">
+        <v>4</v>
+      </c>
+      <c r="H224" s="3">
+        <v>583.46</v>
+      </c>
+      <c r="I224" s="3">
+        <v>498.96</v>
+      </c>
+      <c r="J224" s="4">
         <v>1.6E-2</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      </c>
       <c r="K224" s="4">
-        <v>0.24160000000000001</v>
+        <v>0.13170000000000001</v>
       </c>
       <c r="L224" s="4">
-        <v>0.28510000000000002</v>
+        <v>2.7799999999999998E-2</v>
       </c>
       <c r="M224" s="4">
-        <v>0.17680000000000001</v>
+        <v>9.0399999999999994E-2</v>
       </c>
       <c r="N224" s="4">
-        <v>1.3984000000000001</v>
+        <v>0.28389999999999999</v>
       </c>
       <c r="O224" s="4">
-        <v>2.6221999999999999</v>
+        <v>0.68869999999999998</v>
       </c>
       <c r="P224" s="3">
-        <v>30.58</v>
+        <v>20.81</v>
       </c>
       <c r="Q224" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="225" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="225" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B225" s="3" t="s">
-        <v>302</v>
+        <v>130</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>303</v>
+        <v>127</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F225" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G225" s="3">
         <v>4</v>
       </c>
       <c r="H225" s="3">
-        <v>200.07</v>
+        <v>111.85</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
       <c r="J225" s="4">
-        <v>8.9999999999999993E-3</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="K225" s="4">
-        <v>0.33779999999999999</v>
+        <v>0.12989999999999999</v>
       </c>
       <c r="L225" s="4">
-        <v>7.5999999999999998E-2</v>
+        <v>0.10009999999999999</v>
       </c>
       <c r="M225" s="4">
-        <v>9.5699999999999993E-2</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="N225" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.40079999999999999</v>
       </c>
       <c r="O225" s="4">
-        <v>0.32369999999999999</v>
+        <v>-8.5900000000000004E-2</v>
       </c>
       <c r="P225" s="3">
-        <v>29.36</v>
+        <v>15.3</v>
       </c>
       <c r="Q225" s="3">
         <v>0</v>
       </c>
-      <c r="R225" s="4">
-[...3 lines deleted...]
-    <row r="226" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="226" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B226" s="3" t="s">
-        <v>160</v>
+        <v>443</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>161</v>
+        <v>444</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F226" s="3">
         <v>4</v>
       </c>
       <c r="G226" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H226" s="3">
-        <v>58.15</v>
+        <v>49.47</v>
       </c>
       <c r="I226" s="3">
-        <v>47.01</v>
+        <v>91.52</v>
       </c>
       <c r="J226" s="4">
-        <v>1.12E-2</v>
+        <v>2.3400000000000001E-2</v>
       </c>
       <c r="K226" s="4">
-        <v>0.1542</v>
+        <v>0.2303</v>
       </c>
       <c r="L226" s="4">
-        <v>0.1095</v>
+        <v>0.19650000000000001</v>
       </c>
       <c r="M226" s="4">
-        <v>0.1704</v>
+        <v>0.2026</v>
       </c>
       <c r="N226" s="4">
-        <v>0.63919999999999999</v>
+        <v>0.50190000000000001</v>
       </c>
       <c r="O226" s="4">
-        <v>0.49430000000000002</v>
+        <v>0.82320000000000004</v>
       </c>
       <c r="P226" s="3">
-        <v>58.16</v>
+        <v>12.95</v>
       </c>
       <c r="Q226" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="227" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B227" s="3" t="s">
-        <v>536</v>
+        <v>131</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>537</v>
+        <v>132</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E227" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F227" s="3">
+        <v>4</v>
+      </c>
+      <c r="G227" s="3">
+        <v>3</v>
+      </c>
+      <c r="H227" s="3">
+        <v>195.8</v>
+      </c>
+      <c r="I227" s="3">
+        <v>0</v>
+      </c>
+      <c r="J227" s="4">
+        <v>3.8100000000000002E-2</v>
+      </c>
+      <c r="K227" s="4">
+        <v>0.1089</v>
+      </c>
+      <c r="L227" s="4">
+        <v>4.7E-2</v>
+      </c>
+      <c r="M227" s="4">
+        <v>0.26550000000000001</v>
+      </c>
+      <c r="N227" s="4">
+        <v>0.30330000000000001</v>
+      </c>
+      <c r="O227" s="4">
+        <v>0.1754</v>
+      </c>
+      <c r="P227" s="3">
+        <v>9.81</v>
+      </c>
+      <c r="Q227" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B228" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="D228" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F228" s="3">
+        <v>3</v>
+      </c>
+      <c r="G228" s="3">
+        <v>3</v>
+      </c>
+      <c r="H228" s="3">
+        <v>59.16</v>
+      </c>
+      <c r="I228" s="3">
+        <v>0</v>
+      </c>
+      <c r="J228" s="4">
+        <v>7.46E-2</v>
+      </c>
+      <c r="K228" s="4">
+        <v>3.4599999999999999E-2</v>
+      </c>
+      <c r="L228" s="4">
+        <v>3.8399999999999997E-2</v>
+      </c>
+      <c r="M228" s="4">
+        <v>5.9900000000000002E-2</v>
+      </c>
+      <c r="N228" s="4">
+        <v>0.97840000000000005</v>
+      </c>
+      <c r="O228" s="4">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="P228" s="3">
+        <v>10.08</v>
+      </c>
+      <c r="Q228" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B229" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="D229" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F227" s="3">
-[...104 lines deleted...]
-      </c>
       <c r="F229" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G229" s="3">
         <v>4</v>
       </c>
       <c r="H229" s="3">
-        <v>117.19</v>
+        <v>262.58999999999997</v>
       </c>
       <c r="I229" s="3">
-        <v>36.659999999999997</v>
+        <v>83.46</v>
       </c>
       <c r="J229" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>7.7999999999999996E-3</v>
       </c>
       <c r="K229" s="4">
-        <v>8.4599999999999995E-2</v>
+        <v>5.6599999999999998E-2</v>
       </c>
       <c r="L229" s="4">
-        <v>6.0100000000000001E-2</v>
+        <v>7.8100000000000003E-2</v>
       </c>
       <c r="M229" s="4">
-        <v>6.83E-2</v>
+        <v>0.13400000000000001</v>
       </c>
       <c r="N229" s="4">
-        <v>0.3725</v>
+        <v>0.38119999999999998</v>
       </c>
       <c r="O229" s="4">
-        <v>0.4748</v>
+        <v>-0.85940000000000005</v>
       </c>
       <c r="P229" s="3">
-        <v>22.03</v>
+        <v>59.46</v>
       </c>
       <c r="Q229" s="3">
         <v>0</v>
       </c>
-      <c r="R229" s="4">
-[...3 lines deleted...]
-    <row r="230" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="230" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B230" s="3" t="s">
-        <v>162</v>
+        <v>445</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>304</v>
+        <v>446</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F230" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G230" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H230" s="3">
-        <v>283.08999999999997</v>
+        <v>39.46</v>
       </c>
       <c r="I230" s="3">
-        <v>149.33000000000001</v>
+        <v>15.86</v>
       </c>
       <c r="J230" s="4">
-        <v>1.7100000000000001E-2</v>
+        <v>2.9499999999999998E-2</v>
       </c>
       <c r="K230" s="4">
-        <v>0.28789999999999999</v>
+        <v>0.27600000000000002</v>
       </c>
       <c r="L230" s="4">
-        <v>4.7399999999999998E-2</v>
+        <v>3.2899999999999999E-2</v>
       </c>
       <c r="M230" s="4">
-        <v>0.1487</v>
+        <v>0.27860000000000001</v>
       </c>
       <c r="N230" s="4">
-        <v>0.2853</v>
+        <v>0.89870000000000005</v>
       </c>
       <c r="O230" s="4">
-        <v>0.3004</v>
+        <v>0.64249999999999996</v>
       </c>
       <c r="P230" s="3">
-        <v>20.5</v>
+        <v>11.84</v>
       </c>
       <c r="Q230" s="3">
         <v>0</v>
       </c>
-      <c r="R230" s="4">
-[...3 lines deleted...]
-    <row r="231" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="231" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B231" s="3" t="s">
-        <v>163</v>
+        <v>275</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>164</v>
+        <v>276</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F231" s="3">
         <v>4</v>
       </c>
       <c r="G231" s="3">
         <v>4</v>
       </c>
       <c r="H231" s="3">
-        <v>227.31</v>
+        <v>123.33</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
       <c r="J231" s="4">
-        <v>1.09E-2</v>
+        <v>1.66E-2</v>
       </c>
       <c r="K231" s="4">
-        <v>0.21029999999999999</v>
+        <v>0.1613</v>
       </c>
       <c r="L231" s="4">
-        <v>9.2499999999999999E-2</v>
+        <v>8.6599999999999996E-2</v>
       </c>
       <c r="M231" s="4">
-        <v>7.4099999999999999E-2</v>
+        <v>0.10100000000000001</v>
       </c>
       <c r="N231" s="4">
-        <v>0.34210000000000002</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="O231" s="4">
-        <v>0.30230000000000001</v>
+        <v>0.21310000000000001</v>
       </c>
       <c r="P231" s="3">
-        <v>33.92</v>
+        <v>12.02</v>
       </c>
       <c r="Q231" s="3">
         <v>0</v>
       </c>
-      <c r="R231" s="4">
-[...3 lines deleted...]
-    <row r="232" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="232" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B232" s="3" t="s">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>166</v>
+        <v>301</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F232" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G232" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H232" s="3">
-        <v>147.22999999999999</v>
+        <v>38.35</v>
       </c>
       <c r="I232" s="3">
-        <v>163.24</v>
+        <v>19.07</v>
       </c>
       <c r="J232" s="4">
-        <v>3.0200000000000001E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="K232" s="4">
-        <v>9.5100000000000004E-2</v>
+        <v>0.2036</v>
       </c>
       <c r="L232" s="4">
-        <v>6.5299999999999997E-2</v>
+        <v>0.1017</v>
       </c>
       <c r="M232" s="4">
-        <v>6.08E-2</v>
+        <v>8.3500000000000005E-2</v>
       </c>
       <c r="N232" s="4">
-        <v>0.49759999999999999</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O232" s="4">
-        <v>-0.18110000000000001</v>
+        <v>0.39789999999999998</v>
       </c>
       <c r="P232" s="3">
-        <v>15.51</v>
+        <v>23.02</v>
       </c>
       <c r="Q232" s="3">
         <v>1</v>
       </c>
-      <c r="R232" s="4">
-[...3 lines deleted...]
-    <row r="233" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="233" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B233" s="3" t="s">
-        <v>167</v>
+        <v>302</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>166</v>
+        <v>301</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F233" s="3">
+        <v>3</v>
+      </c>
+      <c r="G233" s="3">
+        <v>3</v>
+      </c>
+      <c r="H233" s="3">
+        <v>53.81</v>
+      </c>
+      <c r="I233" s="3">
+        <v>25.74</v>
+      </c>
+      <c r="J233" s="4">
+        <v>2.87E-2</v>
+      </c>
+      <c r="K233" s="4">
+        <v>0.2036</v>
+      </c>
+      <c r="L233" s="4">
+        <v>0.1017</v>
+      </c>
+      <c r="M233" s="4">
+        <v>7.9600000000000004E-2</v>
+      </c>
+      <c r="N233" s="4">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="O233" s="4">
+        <v>0.39560000000000001</v>
+      </c>
+      <c r="P233" s="3">
+        <v>23.02</v>
+      </c>
+      <c r="Q233" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B234" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="D234" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" s="3">
+        <v>3</v>
+      </c>
+      <c r="G234" s="3">
+        <v>3</v>
+      </c>
+      <c r="H234" s="3">
+        <v>92.77</v>
+      </c>
+      <c r="I234" s="3">
+        <v>0</v>
+      </c>
+      <c r="J234" s="4">
+        <v>1.8200000000000001E-2</v>
+      </c>
+      <c r="K234" s="4">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="L234" s="4">
+        <v>2.35E-2</v>
+      </c>
+      <c r="M234" s="4">
+        <v>0.2198</v>
+      </c>
+      <c r="N234" s="4">
+        <v>0.36840000000000001</v>
+      </c>
+      <c r="O234" s="4">
+        <v>0.46739999999999998</v>
+      </c>
+      <c r="P234" s="3">
+        <v>27.26</v>
+      </c>
+      <c r="Q234" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B235" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D235" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F233" s="3">
-[...104 lines deleted...]
-      </c>
       <c r="F235" s="3">
         <v>4</v>
       </c>
       <c r="G235" s="3">
         <v>4</v>
       </c>
       <c r="H235" s="3">
-        <v>84.37</v>
+        <v>45</v>
       </c>
       <c r="I235" s="3">
-        <v>0</v>
+        <v>44.02</v>
       </c>
       <c r="J235" s="4">
-        <v>2.8799999999999999E-2</v>
+        <v>4.0399999999999998E-2</v>
       </c>
       <c r="K235" s="4">
-        <v>0.43240000000000001</v>
+        <v>0.23980000000000001</v>
       </c>
       <c r="L235" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.11459999999999999</v>
       </c>
       <c r="M235" s="4">
-        <v>9.6299999999999997E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="N235" s="4">
-        <v>0.69799999999999995</v>
+        <v>0.25800000000000001</v>
       </c>
       <c r="O235" s="4">
-        <v>1.2088000000000001</v>
+        <v>0.25679999999999997</v>
       </c>
       <c r="P235" s="3">
-        <v>36.590000000000003</v>
+        <v>7.23</v>
       </c>
       <c r="Q235" s="3">
         <v>1</v>
       </c>
-      <c r="R235" s="4">
-[...3 lines deleted...]
-    <row r="236" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="236" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B236" s="3" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>169</v>
+        <v>136</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F236" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G236" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H236" s="3">
-        <v>82.77</v>
+        <v>160.13999999999999</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
       <c r="J236" s="4">
-        <v>1.54E-2</v>
+        <v>3.4299999999999997E-2</v>
       </c>
       <c r="K236" s="4">
-        <v>5.2200000000000003E-2</v>
+        <v>0.21110000000000001</v>
       </c>
       <c r="L236" s="4">
-        <v>5.3199999999999997E-2</v>
+        <v>8.3000000000000004E-2</v>
       </c>
       <c r="M236" s="4">
-        <v>0.1076</v>
+        <v>0.2477</v>
       </c>
       <c r="N236" s="4">
-        <v>0.33600000000000002</v>
+        <v>0.29859999999999998</v>
       </c>
       <c r="O236" s="4">
-        <v>0.29470000000000002</v>
+        <v>0.48049999999999998</v>
       </c>
       <c r="P236" s="3">
-        <v>22.59</v>
+        <v>11.34</v>
       </c>
       <c r="Q236" s="3">
         <v>0</v>
       </c>
-      <c r="R236" s="4">
-[...3 lines deleted...]
-    <row r="237" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="237" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B237" s="3" t="s">
-        <v>431</v>
+        <v>137</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>432</v>
+        <v>138</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E237" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" s="3">
+        <v>4</v>
+      </c>
+      <c r="G237" s="3">
+        <v>4</v>
+      </c>
+      <c r="H237" s="3">
+        <v>117.03</v>
+      </c>
+      <c r="I237" s="3">
+        <v>89.86</v>
+      </c>
+      <c r="J237" s="4">
+        <v>3.6900000000000002E-2</v>
+      </c>
+      <c r="K237" s="4">
+        <v>9.3200000000000005E-2</v>
+      </c>
+      <c r="L237" s="4">
+        <v>6.9900000000000004E-2</v>
+      </c>
+      <c r="M237" s="4">
+        <v>0.1069</v>
+      </c>
+      <c r="N237" s="4">
+        <v>0.87409999999999999</v>
+      </c>
+      <c r="O237" s="4">
+        <v>0.83330000000000004</v>
+      </c>
+      <c r="P237" s="3">
+        <v>26.29</v>
+      </c>
+      <c r="Q237" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B238" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="C238" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="D238" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F238" s="3">
+        <v>3</v>
+      </c>
+      <c r="G238" s="3">
+        <v>3</v>
+      </c>
+      <c r="H238" s="3">
+        <v>37.83</v>
+      </c>
+      <c r="I238" s="3">
+        <v>29.12</v>
+      </c>
+      <c r="J238" s="4">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="K238" s="4">
+        <v>0.1236</v>
+      </c>
+      <c r="L238" s="4">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="M238" s="4">
+        <v>0.27229999999999999</v>
+      </c>
+      <c r="N238" s="4">
+        <v>0.91169999999999995</v>
+      </c>
+      <c r="O238" s="4">
+        <v>0.66569999999999996</v>
+      </c>
+      <c r="P238" s="3">
+        <v>17.8</v>
+      </c>
+      <c r="Q238" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B239" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C239" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="D239" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" s="3">
+        <v>3</v>
+      </c>
+      <c r="G239" s="3">
+        <v>3</v>
+      </c>
+      <c r="H239" s="3">
+        <v>98.41</v>
+      </c>
+      <c r="I239" s="3">
+        <v>34.65</v>
+      </c>
+      <c r="J239" s="4">
+        <v>1.34E-2</v>
+      </c>
+      <c r="K239" s="4">
+        <v>0.1638</v>
+      </c>
+      <c r="L239" s="4">
+        <v>0.1004</v>
+      </c>
+      <c r="M239" s="4">
+        <v>0.3614</v>
+      </c>
+      <c r="N239" s="4">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="O239" s="4">
+        <v>0.70479999999999998</v>
+      </c>
+      <c r="P239" s="3">
+        <v>19.350000000000001</v>
+      </c>
+      <c r="Q239" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B240" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="D240" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F240" s="3">
+        <v>5</v>
+      </c>
+      <c r="G240" s="3">
+        <v>4</v>
+      </c>
+      <c r="H240" s="3">
+        <v>146.07</v>
+      </c>
+      <c r="I240" s="3">
+        <v>171.57</v>
+      </c>
+      <c r="J240" s="4">
+        <v>3.8600000000000002E-2</v>
+      </c>
+      <c r="K240" s="4">
+        <v>1.41E-2</v>
+      </c>
+      <c r="L240" s="4">
+        <v>5.45E-2</v>
+      </c>
+      <c r="M240" s="4">
+        <v>6.6699999999999995E-2</v>
+      </c>
+      <c r="N240" s="4">
+        <v>0.7671</v>
+      </c>
+      <c r="O240" s="4">
+        <v>1.1126</v>
+      </c>
+      <c r="P240" s="3">
+        <v>28.06</v>
+      </c>
+      <c r="Q240" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="241" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B241" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="D241" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F241" s="3">
+        <v>4</v>
+      </c>
+      <c r="G241" s="3">
+        <v>3</v>
+      </c>
+      <c r="H241" s="3">
+        <v>11.23</v>
+      </c>
+      <c r="I241" s="3">
+        <v>0</v>
+      </c>
+      <c r="J241" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K241" s="4">
+        <v>0.1822</v>
+      </c>
+      <c r="L241" s="4">
+        <v>9.4299999999999995E-2</v>
+      </c>
+      <c r="M241" s="4">
+        <v>0.3246</v>
+      </c>
+      <c r="N241" s="4">
+        <v>1.1940999999999999</v>
+      </c>
+      <c r="O241" s="4">
+        <v>0.7752</v>
+      </c>
+      <c r="P241" s="3">
+        <v>12.92</v>
+      </c>
+      <c r="Q241" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B242" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D242" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F242" s="3">
+        <v>4</v>
+      </c>
+      <c r="G242" s="3">
+        <v>4</v>
+      </c>
+      <c r="H242" s="3">
+        <v>150.35</v>
+      </c>
+      <c r="I242" s="3">
+        <v>137.41</v>
+      </c>
+      <c r="J242" s="4">
+        <v>2.8299999999999999E-2</v>
+      </c>
+      <c r="K242" s="4">
+        <v>4.48E-2</v>
+      </c>
+      <c r="L242" s="4">
+        <v>3.0700000000000002E-2</v>
+      </c>
+      <c r="M242" s="4">
+        <v>5.7700000000000001E-2</v>
+      </c>
+      <c r="N242" s="4">
+        <v>0.61250000000000004</v>
+      </c>
+      <c r="O242" s="4">
+        <v>0.66759999999999997</v>
+      </c>
+      <c r="P242" s="3">
+        <v>21.84</v>
+      </c>
+      <c r="Q242" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="243" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B243" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D243" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F243" s="3">
+        <v>4</v>
+      </c>
+      <c r="G243" s="3">
+        <v>4</v>
+      </c>
+      <c r="H243" s="3">
+        <v>25.25</v>
+      </c>
+      <c r="I243" s="3">
+        <v>0</v>
+      </c>
+      <c r="J243" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K243" s="4">
+        <v>4.48E-2</v>
+      </c>
+      <c r="L243" s="4">
+        <v>3.0700000000000002E-2</v>
+      </c>
+      <c r="M243" s="4">
+        <v>0.3468</v>
+      </c>
+      <c r="N243" s="4">
+        <v>0.61250000000000004</v>
+      </c>
+      <c r="O243" s="4">
+        <v>0.66759999999999997</v>
+      </c>
+      <c r="P243" s="3">
+        <v>21.84</v>
+      </c>
+      <c r="Q243" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B244" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="D244" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F237" s="3">
-[...155 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="F244" s="3">
+        <v>3</v>
+      </c>
+      <c r="G244" s="3">
+        <v>3</v>
+      </c>
+      <c r="H244" s="3">
+        <v>205.96</v>
+      </c>
+      <c r="I244" s="3">
+        <v>0</v>
+      </c>
+      <c r="J244" s="4">
+        <v>1.9E-3</v>
+      </c>
+      <c r="K244" s="4">
+        <v>0.15540000000000001</v>
+      </c>
+      <c r="L244" s="4">
+        <v>0.1444</v>
+      </c>
+      <c r="M244" s="4">
+        <v>0.13489999999999999</v>
+      </c>
+      <c r="N244" s="4">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="O244" s="4">
+        <v>0.17430000000000001</v>
+      </c>
+      <c r="P244" s="3">
+        <v>11.36</v>
+      </c>
+      <c r="Q244" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B245" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D245" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F240" s="3">
-[...263 lines deleted...]
-      </c>
       <c r="F245" s="3">
         <v>4</v>
       </c>
       <c r="G245" s="3">
         <v>4</v>
       </c>
       <c r="H245" s="3">
-        <v>364.2</v>
+        <v>772.87</v>
       </c>
       <c r="I245" s="3">
-        <v>95.63</v>
+        <v>354.46</v>
       </c>
       <c r="J245" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>9.2999999999999992E-3</v>
       </c>
       <c r="K245" s="4">
-        <v>0.1656</v>
+        <v>0.24410000000000001</v>
       </c>
       <c r="L245" s="4">
-        <v>8.7099999999999997E-2</v>
+        <v>7.8700000000000006E-2</v>
       </c>
       <c r="M245" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.13700000000000001</v>
       </c>
       <c r="N245" s="4">
-        <v>0.41299999999999998</v>
+        <v>0.24379999999999999</v>
       </c>
       <c r="O245" s="4">
-        <v>0.31090000000000001</v>
+        <v>0.25769999999999998</v>
       </c>
       <c r="P245" s="3">
-        <v>48.92</v>
+        <v>28.55</v>
       </c>
       <c r="Q245" s="3">
         <v>0</v>
       </c>
-      <c r="R245" s="4">
-[...3 lines deleted...]
-    <row r="246" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="246" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B246" s="3" t="s">
-        <v>180</v>
+        <v>303</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>181</v>
+        <v>304</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F246" s="3">
         <v>4</v>
       </c>
       <c r="G246" s="3">
         <v>4</v>
       </c>
       <c r="H246" s="3">
-        <v>88.81</v>
+        <v>119.89</v>
       </c>
       <c r="I246" s="3">
-        <v>47.7</v>
+        <v>0</v>
       </c>
       <c r="J246" s="4">
-        <v>2.0400000000000001E-2</v>
+        <v>7.4000000000000003E-3</v>
       </c>
       <c r="K246" s="4">
-        <v>0.12620000000000001</v>
+        <v>0.2281</v>
       </c>
       <c r="L246" s="4">
-        <v>0.1656</v>
+        <v>0.10249999999999999</v>
       </c>
       <c r="M246" s="4">
-        <v>0.1762</v>
+        <v>0.11459999999999999</v>
       </c>
       <c r="N246" s="4">
-        <v>0.33019999999999999</v>
+        <v>5.5599999999999997E-2</v>
       </c>
       <c r="O246" s="4">
-        <v>0.1978</v>
+        <v>0.1094</v>
       </c>
       <c r="P246" s="3">
-        <v>20.350000000000001</v>
+        <v>9.17</v>
       </c>
       <c r="Q246" s="3">
         <v>0</v>
       </c>
-      <c r="R246" s="4">
-[...3 lines deleted...]
-    <row r="247" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="247" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B247" s="3" t="s">
-        <v>182</v>
+        <v>581</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>181</v>
+        <v>582</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F247" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G247" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H247" s="3">
-        <v>123.87</v>
+        <v>39.96</v>
       </c>
       <c r="I247" s="3">
-        <v>64.39</v>
+        <v>18.36</v>
       </c>
       <c r="J247" s="4">
-        <v>2.0500000000000001E-2</v>
+        <v>3.61E-2</v>
       </c>
       <c r="K247" s="4">
-        <v>0.12620000000000001</v>
+        <v>5.4800000000000001E-2</v>
       </c>
       <c r="L247" s="4">
-        <v>0.1656</v>
+        <v>0.125</v>
       </c>
       <c r="M247" s="4">
-        <v>0.1837</v>
+        <v>0.2853</v>
       </c>
       <c r="N247" s="4">
-        <v>0.33019999999999999</v>
+        <v>1.9213</v>
       </c>
       <c r="O247" s="4">
-        <v>0.19819999999999999</v>
+        <v>0.3478</v>
       </c>
       <c r="P247" s="3">
-        <v>20.350000000000001</v>
+        <v>20.99</v>
       </c>
       <c r="Q247" s="3">
         <v>1</v>
       </c>
-      <c r="R247" s="4">
-[...3 lines deleted...]
-    <row r="248" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="248" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B248" s="3" t="s">
-        <v>183</v>
+        <v>447</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>184</v>
+        <v>448</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F248" s="3">
         <v>4</v>
       </c>
       <c r="G248" s="3">
         <v>4</v>
       </c>
       <c r="H248" s="3">
-        <v>154.32</v>
+        <v>124.06</v>
       </c>
       <c r="I248" s="3">
-        <v>79.88</v>
+        <v>99.15</v>
       </c>
       <c r="J248" s="4">
-        <v>1.35E-2</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="K248" s="4">
-        <v>0.18740000000000001</v>
+        <v>0.10440000000000001</v>
       </c>
       <c r="L248" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.15559999999999999</v>
       </c>
       <c r="M248" s="4">
-        <v>0.122</v>
+        <v>0.11169999999999999</v>
       </c>
       <c r="N248" s="4">
-        <v>0.31059999999999999</v>
+        <v>0.95669999999999999</v>
       </c>
       <c r="O248" s="4">
-        <v>0.58889999999999998</v>
+        <v>0.87029999999999996</v>
       </c>
       <c r="P248" s="3">
-        <v>26.12</v>
+        <v>36.159999999999997</v>
       </c>
       <c r="Q248" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="249" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="249" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B249" s="3" t="s">
-        <v>211</v>
+        <v>139</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>212</v>
+        <v>140</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F249" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G249" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H249" s="3">
-        <v>144.33000000000001</v>
+        <v>182.53</v>
       </c>
       <c r="I249" s="3">
-        <v>60.77</v>
+        <v>0</v>
       </c>
       <c r="J249" s="4">
-        <v>1.18E-2</v>
+        <v>3.73E-2</v>
       </c>
       <c r="K249" s="4">
-        <v>1.7499</v>
+        <v>0.21490000000000001</v>
       </c>
       <c r="L249" s="4">
-        <v>6.2E-2</v>
+        <v>5.3800000000000001E-2</v>
       </c>
       <c r="M249" s="4">
-        <v>0.1027</v>
+        <v>7.1599999999999997E-2</v>
       </c>
       <c r="N249" s="4">
-        <v>0.34770000000000001</v>
+        <v>0.46160000000000001</v>
       </c>
       <c r="O249" s="4">
-        <v>0.43130000000000002</v>
+        <v>0.2984</v>
       </c>
       <c r="P249" s="3">
-        <v>32.97</v>
+        <v>11.77</v>
       </c>
       <c r="Q249" s="3">
         <v>0</v>
       </c>
-      <c r="R249" s="4">
-[...3 lines deleted...]
-    <row r="250" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="250" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B250" s="3" t="s">
-        <v>217</v>
+        <v>583</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>218</v>
+        <v>584</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F250" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G250" s="3">
         <v>4</v>
       </c>
       <c r="H250" s="3">
-        <v>139.88</v>
+        <v>97.72</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>55.17</v>
       </c>
       <c r="J250" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>2.9100000000000001E-2</v>
       </c>
       <c r="K250" s="4">
-        <v>0.44919999999999999</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="L250" s="4">
-        <v>8.4699999999999998E-2</v>
+        <v>1.23E-2</v>
       </c>
       <c r="M250" s="4">
-        <v>0.15390000000000001</v>
+        <v>5.5399999999999998E-2</v>
       </c>
       <c r="N250" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>0.46279999999999999</v>
       </c>
       <c r="O250" s="4">
-        <v>0.10489999999999999</v>
+        <v>0.77449999999999997</v>
       </c>
       <c r="P250" s="3">
-        <v>10.15</v>
+        <v>18.21</v>
       </c>
       <c r="Q250" s="3">
         <v>0</v>
       </c>
-      <c r="R250" s="4">
-[...3 lines deleted...]
-    <row r="251" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="251" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B251" s="3" t="s">
-        <v>318</v>
+        <v>585</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>358</v>
+        <v>575</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F251" s="3">
         <v>3</v>
       </c>
       <c r="G251" s="3">
         <v>3</v>
       </c>
       <c r="H251" s="3">
-        <v>61.29</v>
+        <v>53.06</v>
       </c>
       <c r="I251" s="3">
-        <v>42</v>
+        <v>38.83</v>
       </c>
       <c r="J251" s="4">
-        <v>3.3300000000000003E-2</v>
+        <v>5.3800000000000001E-2</v>
       </c>
       <c r="K251" s="4">
-        <v>0.1147</v>
+        <v>0.1236</v>
       </c>
       <c r="L251" s="4">
-        <v>0.1885</v>
+        <v>5.4300000000000001E-2</v>
       </c>
       <c r="M251" s="4">
-        <v>0.23469999999999999</v>
+        <v>0.27229999999999999</v>
       </c>
       <c r="N251" s="4">
-        <v>0.93810000000000004</v>
+        <v>0.91169999999999995</v>
       </c>
       <c r="O251" s="4">
-        <v>3.3759000000000001</v>
+        <v>0.66759999999999997</v>
       </c>
       <c r="P251" s="3">
-        <v>15</v>
+        <v>17.8</v>
       </c>
       <c r="Q251" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="252" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B252" s="3" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>214</v>
+        <v>189</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F252" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G252" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H252" s="3">
-        <v>34.21</v>
+        <v>259.63</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
       <c r="J252" s="4">
-        <v>3.1199999999999999E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="K252" s="4">
-        <v>1.7000000000000001E-2</v>
+        <v>0.17849999999999999</v>
       </c>
       <c r="L252" s="4">
-        <v>2.6499999999999999E-2</v>
+        <v>7.9500000000000001E-2</v>
       </c>
       <c r="M252" s="4">
-        <v>7.3899999999999993E-2</v>
+        <v>0.20230000000000001</v>
       </c>
       <c r="N252" s="4">
-        <v>0.46429999999999999</v>
+        <v>0.157</v>
       </c>
       <c r="O252" s="4">
-        <v>0.74399999999999999</v>
+        <v>0.1603</v>
       </c>
       <c r="P252" s="3">
-        <v>15.02</v>
+        <v>12.36</v>
       </c>
       <c r="Q252" s="3">
         <v>0</v>
       </c>
-      <c r="R252" s="4">
-[...3 lines deleted...]
-    <row r="253" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="253" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B253" s="3" t="s">
-        <v>242</v>
+        <v>586</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>243</v>
+        <v>587</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F253" s="3">
+        <v>4</v>
+      </c>
+      <c r="G253" s="3">
+        <v>4</v>
+      </c>
+      <c r="H253" s="3">
+        <v>25.52</v>
+      </c>
+      <c r="I253" s="3">
+        <v>0</v>
+      </c>
+      <c r="J253" s="4">
+        <v>3.1300000000000001E-2</v>
+      </c>
+      <c r="K253" s="4">
+        <v>0.43190000000000001</v>
+      </c>
+      <c r="L253" s="4">
+        <v>0.59599999999999997</v>
+      </c>
+      <c r="M253" s="4">
+        <v>0.48670000000000002</v>
+      </c>
+      <c r="N253" s="4">
+        <v>0.30159999999999998</v>
+      </c>
+      <c r="O253" s="4">
+        <v>-0.92700000000000005</v>
+      </c>
+      <c r="P253" s="3">
+        <v>12.03</v>
+      </c>
+      <c r="Q253" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="254" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B254" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F253" s="3">
-[...51 lines deleted...]
-      </c>
       <c r="F254" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G254" s="3">
         <v>4</v>
       </c>
       <c r="H254" s="3">
-        <v>152.61000000000001</v>
+        <v>25.18</v>
       </c>
       <c r="I254" s="3">
-        <v>84.09</v>
+        <v>0</v>
       </c>
       <c r="J254" s="4">
-        <v>1.5299999999999999E-2</v>
+        <v>4.1300000000000003E-2</v>
       </c>
       <c r="K254" s="4">
-        <v>0.1938</v>
+        <v>0.39629999999999999</v>
       </c>
       <c r="L254" s="4">
-        <v>4.2099999999999999E-2</v>
+        <v>0.21379999999999999</v>
       </c>
       <c r="M254" s="4">
-        <v>8.3000000000000004E-2</v>
+        <v>0.31440000000000001</v>
       </c>
       <c r="N254" s="4">
-        <v>0.44429999999999997</v>
+        <v>1.1101000000000001</v>
       </c>
       <c r="O254" s="4">
-        <v>0.5272</v>
+        <v>0.9304</v>
       </c>
       <c r="P254" s="3">
-        <v>43.68</v>
+        <v>27</v>
       </c>
       <c r="Q254" s="3">
         <v>0</v>
       </c>
-      <c r="R254" s="4">
-[...3 lines deleted...]
-    <row r="255" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="255" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B255" s="3" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>405</v>
+        <v>450</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F255" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G255" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H255" s="3">
-        <v>212.78</v>
+        <v>44.74</v>
       </c>
       <c r="I255" s="3">
-        <v>113.42</v>
+        <v>24.27</v>
       </c>
       <c r="J255" s="4">
-        <v>1.52E-2</v>
+        <v>3.1300000000000001E-2</v>
       </c>
       <c r="K255" s="4">
-        <v>0.1938</v>
+        <v>9.9400000000000002E-2</v>
       </c>
       <c r="L255" s="4">
-        <v>4.2099999999999999E-2</v>
+        <v>5.4399999999999997E-2</v>
       </c>
       <c r="M255" s="4">
-        <v>0.09</v>
+        <v>0.1152</v>
       </c>
       <c r="N255" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.40360000000000001</v>
       </c>
       <c r="O255" s="4">
-        <v>0.52729999999999999</v>
+        <v>0.24310000000000001</v>
       </c>
       <c r="P255" s="3">
-        <v>43.68</v>
+        <v>13.42</v>
       </c>
       <c r="Q255" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="256" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B256" s="3" t="s">
-        <v>434</v>
+        <v>362</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>435</v>
+        <v>363</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F256" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G256" s="3">
         <v>4</v>
       </c>
       <c r="H256" s="3">
-        <v>288.56</v>
+        <v>180.89</v>
       </c>
       <c r="I256" s="3">
-        <v>91.65</v>
+        <v>87.06</v>
       </c>
       <c r="J256" s="4">
-        <v>1.2E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K256" s="4">
-        <v>0.22689999999999999</v>
+        <v>0.1799</v>
       </c>
       <c r="L256" s="4">
-        <v>0.2109</v>
+        <v>0.14760000000000001</v>
       </c>
       <c r="M256" s="4">
-        <v>0.1123</v>
+        <v>6.25E-2</v>
       </c>
       <c r="N256" s="4">
-        <v>9.9500000000000005E-2</v>
+        <v>0.37530000000000002</v>
       </c>
       <c r="O256" s="4">
-        <v>0.41689999999999999</v>
+        <v>0.3266</v>
       </c>
       <c r="P256" s="3">
-        <v>30.21</v>
+        <v>17.11</v>
       </c>
       <c r="Q256" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="257" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="257" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B257" s="3" t="s">
-        <v>225</v>
+        <v>368</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>226</v>
+        <v>369</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F257" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G257" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H257" s="3">
-        <v>425.56</v>
+        <v>139.16</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>35.15</v>
       </c>
       <c r="J257" s="4">
-        <v>8.8999999999999999E-3</v>
+        <v>1.21E-2</v>
       </c>
       <c r="K257" s="4">
-        <v>0.29630000000000001</v>
+        <v>4.4499999999999998E-2</v>
       </c>
       <c r="L257" s="4">
-        <v>8.6900000000000005E-2</v>
+        <v>0.27210000000000001</v>
       </c>
       <c r="M257" s="4">
-        <v>9.6500000000000002E-2</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="N257" s="4">
-        <v>0.2394</v>
+        <v>0.55269999999999997</v>
       </c>
       <c r="O257" s="4">
-        <v>0.28699999999999998</v>
+        <v>0.37519999999999998</v>
       </c>
       <c r="P257" s="3">
-        <v>33.270000000000003</v>
+        <v>49.59</v>
       </c>
       <c r="Q257" s="3">
         <v>0</v>
       </c>
-      <c r="R257" s="4">
-[...3 lines deleted...]
-    <row r="258" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="258" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B258" s="3" t="s">
-        <v>345</v>
+        <v>241</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>346</v>
+        <v>242</v>
       </c>
       <c r="D258" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F258" s="3">
         <v>4</v>
       </c>
       <c r="G258" s="3">
         <v>4</v>
       </c>
       <c r="H258" s="3">
-        <v>142.35</v>
+        <v>41.3</v>
       </c>
       <c r="I258" s="3">
-        <v>21.7</v>
+        <v>0</v>
       </c>
       <c r="J258" s="4">
-        <v>5.0000000000000001E-3</v>
+        <v>4.1599999999999998E-2</v>
       </c>
       <c r="K258" s="4">
-        <v>0.23580000000000001</v>
+        <v>0.1837</v>
       </c>
       <c r="L258" s="4">
-        <v>0.24379999999999999</v>
+        <v>0.25580000000000003</v>
       </c>
       <c r="M258" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>0.1552</v>
       </c>
       <c r="N258" s="4">
-        <v>0.17760000000000001</v>
+        <v>1.3984000000000001</v>
       </c>
       <c r="O258" s="4">
-        <v>0.20250000000000001</v>
+        <v>1.9701</v>
       </c>
       <c r="P258" s="3">
-        <v>35.450000000000003</v>
+        <v>29.11</v>
       </c>
       <c r="Q258" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="259" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B259" s="3" t="s">
-        <v>415</v>
+        <v>588</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>416</v>
+        <v>589</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F259" s="3">
         <v>3</v>
       </c>
       <c r="G259" s="3">
         <v>3</v>
       </c>
       <c r="H259" s="3">
-        <v>24</v>
+        <v>24.21</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
       <c r="J259" s="4">
-        <v>1.47E-2</v>
+        <v>4.3799999999999999E-2</v>
       </c>
       <c r="K259" s="4">
-        <v>1.5860000000000001</v>
+        <v>0.2185</v>
       </c>
       <c r="L259" s="4">
-        <v>7.8299999999999995E-2</v>
+        <v>3.6700000000000003E-2</v>
       </c>
       <c r="M259" s="4">
-        <v>0.30259999999999998</v>
+        <v>0.1036</v>
       </c>
       <c r="N259" s="4">
-        <v>0.16839999999999999</v>
+        <v>0.50449999999999995</v>
       </c>
       <c r="O259" s="4">
-        <v>0.18410000000000001</v>
+        <v>0.40920000000000001</v>
       </c>
       <c r="P259" s="3">
-        <v>9.93</v>
+        <v>10.65</v>
       </c>
       <c r="Q259" s="3">
         <v>0</v>
       </c>
-      <c r="R259" s="4">
-[...3 lines deleted...]
-    <row r="260" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="260" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B260" s="3" t="s">
-        <v>227</v>
+        <v>277</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>228</v>
+        <v>278</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F260" s="3">
         <v>3</v>
       </c>
       <c r="G260" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H260" s="3">
-        <v>78.25</v>
+        <v>174.74</v>
       </c>
       <c r="I260" s="3">
-        <v>25.04</v>
+        <v>0</v>
       </c>
       <c r="J260" s="4">
-        <v>2.3699999999999999E-2</v>
+        <v>1.01E-2</v>
       </c>
       <c r="K260" s="4">
-        <v>0.24859999999999999</v>
+        <v>0.224</v>
       </c>
       <c r="L260" s="4">
-        <v>1.4E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="M260" s="4">
-        <v>7.5700000000000003E-2</v>
+        <v>9.9500000000000005E-2</v>
       </c>
       <c r="N260" s="4">
-        <v>0.16669999999999999</v>
+        <v>0.32700000000000001</v>
       </c>
       <c r="O260" s="4">
-        <v>0.21160000000000001</v>
+        <v>0.32369999999999999</v>
       </c>
       <c r="P260" s="3">
-        <v>9.31</v>
+        <v>26.03</v>
       </c>
       <c r="Q260" s="3">
         <v>0</v>
       </c>
-      <c r="R260" s="4">
+    </row>
+    <row r="261" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B261" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="D261" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F261" s="3">
+        <v>3</v>
+      </c>
+      <c r="G261" s="3">
+        <v>3</v>
+      </c>
+      <c r="H261" s="3">
+        <v>71.75</v>
+      </c>
+      <c r="I261" s="3">
+        <v>0</v>
+      </c>
+      <c r="J261" s="4">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="K261" s="4">
         <v>3.4099999999999998E-2</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      </c>
       <c r="L261" s="4">
-        <v>2.24E-2</v>
+        <v>4.2200000000000001E-2</v>
       </c>
       <c r="M261" s="4">
-        <v>7.3700000000000002E-2</v>
+        <v>6.2E-2</v>
       </c>
       <c r="N261" s="4">
-        <v>0.47610000000000002</v>
+        <v>0.56269999999999998</v>
       </c>
       <c r="O261" s="4">
-        <v>0.51490000000000002</v>
+        <v>1.1986000000000001</v>
       </c>
       <c r="P261" s="3">
-        <v>20.53</v>
+        <v>11.5</v>
       </c>
       <c r="Q261" s="3">
         <v>0</v>
       </c>
-      <c r="R261" s="4">
-[...3 lines deleted...]
-    <row r="262" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="262" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B262" s="3" t="s">
-        <v>541</v>
+        <v>141</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>542</v>
+        <v>142</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F262" s="3">
         <v>4</v>
       </c>
       <c r="G262" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H262" s="3">
-        <v>84.39</v>
+        <v>57.58</v>
       </c>
       <c r="I262" s="3">
-        <v>136.59</v>
+        <v>47.01</v>
       </c>
       <c r="J262" s="4">
-        <v>7.85E-2</v>
+        <v>1.26E-2</v>
       </c>
       <c r="K262" s="4">
-        <v>0.44669999999999999</v>
+        <v>0.14949999999999999</v>
       </c>
       <c r="L262" s="4">
-        <v>4.2099999999999999E-2</v>
+        <v>0.1087</v>
       </c>
       <c r="M262" s="4">
-        <v>0.11169999999999999</v>
+        <v>0.2029</v>
       </c>
       <c r="N262" s="4">
-        <v>0.96750000000000003</v>
+        <v>0.63919999999999999</v>
       </c>
       <c r="O262" s="4">
-        <v>1.5244</v>
+        <v>0.49430000000000002</v>
       </c>
       <c r="P262" s="3">
-        <v>12.43</v>
+        <v>54.28</v>
       </c>
       <c r="Q262" s="3">
         <v>1</v>
       </c>
-      <c r="R262" s="4">
-[...3 lines deleted...]
-    <row r="263" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="263" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B263" s="3" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F263" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G263" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H263" s="3">
-        <v>347.85</v>
+        <v>158.93</v>
       </c>
       <c r="I263" s="3">
-        <v>209.97</v>
+        <v>0</v>
       </c>
       <c r="J263" s="4">
-        <v>6.8999999999999999E-3</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="K263" s="4">
-        <v>0.18779999999999999</v>
+        <v>0.497</v>
       </c>
       <c r="L263" s="4">
-        <v>9.35E-2</v>
+        <v>0.10730000000000001</v>
       </c>
       <c r="M263" s="4">
-        <v>0.15770000000000001</v>
+        <v>7.7799999999999994E-2</v>
       </c>
       <c r="N263" s="4">
-        <v>0.2167</v>
+        <v>0.23380000000000001</v>
       </c>
       <c r="O263" s="4">
-        <v>0.2051</v>
+        <v>0.30299999999999999</v>
       </c>
       <c r="P263" s="3">
-        <v>33.32</v>
+        <v>25.11</v>
       </c>
       <c r="Q263" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="264" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B264" s="3" t="s">
-        <v>305</v>
+        <v>384</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>306</v>
+        <v>385</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F264" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G264" s="3">
         <v>4</v>
       </c>
       <c r="H264" s="3">
-        <v>32.92</v>
+        <v>109.29</v>
       </c>
       <c r="I264" s="3">
-        <v>34.86</v>
+        <v>36.659999999999997</v>
       </c>
       <c r="J264" s="4">
-        <v>5.5199999999999999E-2</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="K264" s="4">
-        <v>0.1002</v>
+        <v>0.1018</v>
       </c>
       <c r="L264" s="4">
-        <v>0.33879999999999999</v>
+        <v>5.1900000000000002E-2</v>
       </c>
       <c r="M264" s="4">
-        <v>7.6999999999999999E-2</v>
+        <v>6.9199999999999998E-2</v>
       </c>
       <c r="N264" s="4">
-        <v>0.66339999999999999</v>
+        <v>0.3725</v>
       </c>
       <c r="O264" s="4">
-        <v>0.73470000000000002</v>
+        <v>0.50619999999999998</v>
       </c>
       <c r="P264" s="3">
-        <v>12.48</v>
+        <v>20.29</v>
       </c>
       <c r="Q264" s="3">
         <v>0</v>
       </c>
-      <c r="R264" s="4">
-[...3 lines deleted...]
-    <row r="265" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="265" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B265" s="3" t="s">
-        <v>244</v>
+        <v>143</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>185</v>
+        <v>279</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F265" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G265" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H265" s="3">
-        <v>175.14</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>282.33999999999997</v>
+      </c>
+      <c r="I265" s="3">
+        <v>149.33000000000001</v>
       </c>
       <c r="J265" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>1.72E-2</v>
       </c>
       <c r="K265" s="4">
-        <v>0.32429999999999998</v>
+        <v>0.17530000000000001</v>
       </c>
       <c r="L265" s="4">
-        <v>0.106</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="M265" s="4">
-        <v>0.1196</v>
+        <v>0.1328</v>
       </c>
       <c r="N265" s="4">
-        <v>0.4894</v>
+        <v>0.2853</v>
       </c>
       <c r="O265" s="4">
-        <v>0.27860000000000001</v>
+        <v>0.38129999999999997</v>
       </c>
       <c r="P265" s="3">
-        <v>70.739999999999995</v>
+        <v>20.47</v>
       </c>
       <c r="Q265" s="3">
         <v>0</v>
       </c>
-      <c r="R265" s="4">
-[...3 lines deleted...]
-    <row r="266" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="266" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B266" s="3" t="s">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>185</v>
+        <v>145</v>
       </c>
       <c r="D266" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F266" s="3">
         <v>4</v>
       </c>
       <c r="G266" s="3">
+        <v>4</v>
+      </c>
+      <c r="H266" s="3">
+        <v>208.32</v>
+      </c>
+      <c r="I266" s="3">
+        <v>0</v>
+      </c>
+      <c r="J266" s="4">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="K266" s="4">
+        <v>0.16239999999999999</v>
+      </c>
+      <c r="L266" s="4">
+        <v>0.10009999999999999</v>
+      </c>
+      <c r="M266" s="4">
+        <v>7.3800000000000004E-2</v>
+      </c>
+      <c r="N266" s="4">
+        <v>0.34210000000000002</v>
+      </c>
+      <c r="O266" s="4">
+        <v>0.30230000000000001</v>
+      </c>
+      <c r="P266" s="3">
+        <v>31.03</v>
+      </c>
+      <c r="Q266" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B267" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C267" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D267" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F267" s="3">
         <v>5</v>
       </c>
-      <c r="H266" s="3">
-[...26 lines deleted...]
-      <c r="Q266" s="3">
+      <c r="G267" s="3">
+        <v>4</v>
+      </c>
+      <c r="H267" s="3">
+        <v>146.44999999999999</v>
+      </c>
+      <c r="I267" s="3">
+        <v>163.24</v>
+      </c>
+      <c r="J267" s="4">
+        <v>3.0200000000000001E-2</v>
+      </c>
+      <c r="K267" s="4">
+        <v>9.9500000000000005E-2</v>
+      </c>
+      <c r="L267" s="4">
+        <v>5.6500000000000002E-2</v>
+      </c>
+      <c r="M267" s="4">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="N267" s="4">
+        <v>0.49759999999999999</v>
+      </c>
+      <c r="O267" s="4">
+        <v>-0.18110000000000001</v>
+      </c>
+      <c r="P267" s="3">
+        <v>15.43</v>
+      </c>
+      <c r="Q267" s="3">
         <v>1</v>
       </c>
-      <c r="R266" s="4">
-[...56 lines deleted...]
-    <row r="268" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="268" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B268" s="3" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>188</v>
+        <v>147</v>
       </c>
       <c r="D268" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F268" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G268" s="3">
         <v>4</v>
       </c>
       <c r="H268" s="3">
-        <v>112.97</v>
+        <v>205.47</v>
       </c>
       <c r="I268" s="3">
-        <v>93.45</v>
+        <v>217.65</v>
       </c>
       <c r="J268" s="4">
-        <v>3.1199999999999999E-2</v>
+        <v>3.0200000000000001E-2</v>
       </c>
       <c r="K268" s="4">
-        <v>6.2199999999999998E-2</v>
+        <v>9.9099999999999994E-2</v>
       </c>
       <c r="L268" s="4">
-        <v>2.7099999999999999E-2</v>
+        <v>5.6500000000000002E-2</v>
       </c>
       <c r="M268" s="4">
-        <v>7.1900000000000006E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
       <c r="N268" s="4">
-        <v>0.69159999999999999</v>
+        <v>0.49759999999999999</v>
       </c>
       <c r="O268" s="4">
-        <v>9.4141999999999992</v>
+        <v>-0.18240000000000001</v>
       </c>
       <c r="P268" s="3">
-        <v>21.96</v>
+        <v>15.43</v>
       </c>
       <c r="Q268" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="269" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="269" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B269" s="3" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F269" s="3">
         <v>4</v>
       </c>
       <c r="G269" s="3">
         <v>4</v>
       </c>
       <c r="H269" s="3">
-        <v>219.85</v>
+        <v>80.87</v>
       </c>
       <c r="I269" s="3">
-        <v>116.6</v>
+        <v>0</v>
       </c>
       <c r="J269" s="4">
-        <v>1.49E-2</v>
+        <v>2.98E-2</v>
       </c>
       <c r="K269" s="4">
-        <v>0.17929999999999999</v>
+        <v>0.24579999999999999</v>
       </c>
       <c r="L269" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="M269" s="4">
-        <v>7.9100000000000004E-2</v>
+        <v>7.7499999999999999E-2</v>
       </c>
       <c r="N269" s="4">
-        <v>0.44059999999999999</v>
+        <v>1.5004</v>
       </c>
       <c r="O269" s="4">
-        <v>0.58760000000000001</v>
+        <v>1.2088000000000001</v>
       </c>
       <c r="P269" s="3">
-        <v>32.770000000000003</v>
+        <v>51.03</v>
       </c>
       <c r="Q269" s="3">
         <v>1</v>
       </c>
-      <c r="R269" s="4">
-[...3 lines deleted...]
-    <row r="270" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="270" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B270" s="3" t="s">
-        <v>189</v>
+        <v>592</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>190</v>
+        <v>229</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F270" s="3">
         <v>4</v>
       </c>
       <c r="G270" s="3">
         <v>4</v>
       </c>
       <c r="H270" s="3">
-        <v>195.25</v>
+        <v>22.61</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
-      <c r="J270" s="4">
-        <v>1.35E-2</v>
+      <c r="J270" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="K270" s="4">
-        <v>0.1953</v>
+        <v>0.24579999999999999</v>
       </c>
       <c r="L270" s="4">
-        <v>5.5100000000000003E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="M270" s="4">
-        <v>0.1883</v>
+        <v>0.36370000000000002</v>
       </c>
       <c r="N270" s="4">
-        <v>0.2606</v>
+        <v>1.5004</v>
       </c>
       <c r="O270" s="4">
-        <v>0.29249999999999998</v>
+        <v>1.2088000000000001</v>
       </c>
       <c r="P270" s="3">
-        <v>21.97</v>
+        <v>51.03</v>
       </c>
       <c r="Q270" s="3">
         <v>0</v>
       </c>
-      <c r="R270" s="4">
-[...3 lines deleted...]
-    <row r="271" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="271" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B271" s="3" t="s">
-        <v>543</v>
+        <v>593</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>544</v>
+        <v>594</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F271" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G271" s="3">
         <v>3</v>
       </c>
       <c r="H271" s="3">
-        <v>403.4</v>
+        <v>138.81</v>
       </c>
       <c r="I271" s="3">
-        <v>341.54</v>
+        <v>0</v>
       </c>
       <c r="J271" s="4">
-        <v>2.9700000000000001E-2</v>
+        <v>2.5700000000000001E-2</v>
       </c>
       <c r="K271" s="4">
-        <v>0.1736</v>
+        <v>0.23130000000000001</v>
       </c>
       <c r="L271" s="4">
-        <v>9.8100000000000007E-2</v>
+        <v>9.6799999999999997E-2</v>
       </c>
       <c r="M271" s="4">
-        <v>0.1103</v>
+        <v>0.14710000000000001</v>
       </c>
       <c r="N271" s="4">
-        <v>0.84889999999999999</v>
+        <v>0.48480000000000001</v>
       </c>
       <c r="O271" s="4">
-        <v>1.1371</v>
+        <v>0.6149</v>
       </c>
       <c r="P271" s="3">
-        <v>30.95</v>
+        <v>31.26</v>
       </c>
       <c r="Q271" s="3">
         <v>0</v>
       </c>
-      <c r="R271" s="4">
-[...3 lines deleted...]
-    <row r="272" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="272" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B272" s="3" t="s">
-        <v>191</v>
+        <v>149</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F272" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G272" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H272" s="3">
-        <v>131.63999999999999</v>
+        <v>83.5</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
       <c r="J272" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="K272" s="4">
-        <v>0.21820000000000001</v>
+        <v>7.7299999999999994E-2</v>
       </c>
       <c r="L272" s="4">
-        <v>0.11020000000000001</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="M272" s="4">
-        <v>0.12470000000000001</v>
+        <v>0.1007</v>
       </c>
       <c r="N272" s="4">
-        <v>0.1729</v>
+        <v>0.33600000000000002</v>
       </c>
       <c r="O272" s="4">
-        <v>0.21360000000000001</v>
+        <v>0.29470000000000002</v>
       </c>
       <c r="P272" s="3">
-        <v>12.52</v>
+        <v>22.59</v>
       </c>
       <c r="Q272" s="3">
         <v>0</v>
       </c>
-      <c r="R272" s="4">
-[...3 lines deleted...]
-    <row r="273" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="273" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B273" s="3" t="s">
-        <v>193</v>
+        <v>595</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>194</v>
+        <v>596</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F273" s="3">
         <v>3</v>
       </c>
       <c r="G273" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H273" s="3">
-        <v>38.82</v>
+        <v>11.54</v>
       </c>
       <c r="I273" s="3">
-        <v>39.049999999999997</v>
+        <v>0</v>
       </c>
       <c r="J273" s="4">
-        <v>3.4299999999999997E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="K273" s="4">
-        <v>0.19650000000000001</v>
+        <v>9.1499999999999998E-2</v>
       </c>
       <c r="L273" s="4">
-        <v>0.18579999999999999</v>
+        <v>3.9E-2</v>
       </c>
       <c r="M273" s="4">
-        <v>6.8900000000000003E-2</v>
+        <v>6.7199999999999996E-2</v>
       </c>
       <c r="N273" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.74329999999999996</v>
       </c>
       <c r="O273" s="4">
-        <v>-0.71989999999999998</v>
+        <v>0.31590000000000001</v>
       </c>
       <c r="P273" s="3">
-        <v>17.07</v>
+        <v>7.5</v>
       </c>
       <c r="Q273" s="3">
         <v>0</v>
       </c>
-      <c r="R273" s="4">
-[...3 lines deleted...]
-    <row r="274" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="274" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B274" s="3" t="s">
-        <v>545</v>
+        <v>151</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>546</v>
+        <v>152</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F274" s="3">
         <v>4</v>
       </c>
       <c r="G274" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H274" s="3">
-        <v>278.27</v>
+        <v>344.88</v>
       </c>
       <c r="I274" s="3">
-        <v>73.489999999999995</v>
+        <v>102.7</v>
       </c>
       <c r="J274" s="4">
-        <v>7.4000000000000003E-3</v>
+        <v>9.1000000000000004E-3</v>
       </c>
       <c r="K274" s="4">
-        <v>0.2681</v>
+        <v>8.3099999999999993E-2</v>
       </c>
       <c r="L274" s="4">
-        <v>7.0699999999999999E-2</v>
+        <v>5.11E-2</v>
       </c>
       <c r="M274" s="4">
-        <v>0.12889999999999999</v>
+        <v>0.11409999999999999</v>
       </c>
       <c r="N274" s="4">
-        <v>0.19059999999999999</v>
+        <v>0.26979999999999998</v>
       </c>
       <c r="O274" s="4">
-        <v>0.1933</v>
+        <v>0.31890000000000002</v>
       </c>
       <c r="P274" s="3">
-        <v>30.03</v>
+        <v>33.96</v>
       </c>
       <c r="Q274" s="3">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="275" spans="2:18" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="275" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B275" s="3" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F275" s="3">
         <v>4</v>
       </c>
       <c r="G275" s="3">
         <v>4</v>
       </c>
       <c r="H275" s="3">
-        <v>53.07</v>
+        <v>79.61</v>
       </c>
       <c r="I275" s="3">
-        <v>25.05</v>
+        <v>28.15</v>
       </c>
       <c r="J275" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>1.5800000000000002E-2</v>
       </c>
       <c r="K275" s="4">
-        <v>0.15160000000000001</v>
+        <v>0.14449999999999999</v>
       </c>
       <c r="L275" s="4">
-        <v>0.2079</v>
+        <v>6.9800000000000001E-2</v>
       </c>
       <c r="M275" s="4">
-        <v>8.2699999999999996E-2</v>
+        <v>0.15060000000000001</v>
       </c>
       <c r="N275" s="4">
-        <v>0.43219999999999997</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="O275" s="4">
-        <v>0.38179999999999997</v>
+        <v>0.18060000000000001</v>
       </c>
       <c r="P275" s="3">
-        <v>35.159999999999997</v>
+        <v>13.28</v>
       </c>
       <c r="Q275" s="3">
         <v>1</v>
       </c>
-      <c r="R275" s="4">
-[...3 lines deleted...]
-    <row r="276" spans="2:18" x14ac:dyDescent="0.25">
+    </row>
+    <row r="276" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B276" s="3" t="s">
-        <v>197</v>
+        <v>597</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>198</v>
+        <v>598</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F276" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G276" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H276" s="3">
-        <v>80.31</v>
+        <v>38.61</v>
       </c>
       <c r="I276" s="3">
-        <v>47.88</v>
+        <v>0</v>
       </c>
       <c r="J276" s="4">
-        <v>2.8299999999999999E-2</v>
+        <v>2.0899999999999998E-2</v>
       </c>
       <c r="K276" s="4">
+        <v>2.0899999999999998E-2</v>
+      </c>
+      <c r="L276" s="4">
         <v>5.3699999999999998E-2</v>
       </c>
-      <c r="L276" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="M276" s="4">
-        <v>6.2199999999999998E-2</v>
+        <v>0.1048</v>
       </c>
       <c r="N276" s="4">
-        <v>0.63839999999999997</v>
+        <v>0.29649999999999999</v>
       </c>
       <c r="O276" s="4">
-        <v>-0.314</v>
+        <v>1.4757</v>
       </c>
       <c r="P276" s="3">
-        <v>22.36</v>
+        <v>13</v>
       </c>
       <c r="Q276" s="3">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="277" spans="2:18" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="277" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B277" s="3" t="s">
-        <v>372</v>
+        <v>155</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>373</v>
+        <v>156</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F277" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G277" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H277" s="3">
-        <v>147.91999999999999</v>
+        <v>335.62</v>
       </c>
       <c r="I277" s="3">
-        <v>0</v>
+        <v>302.45</v>
       </c>
       <c r="J277" s="4">
-        <v>1.0800000000000001E-2</v>
+        <v>2.53E-2</v>
       </c>
       <c r="K277" s="4">
-        <v>0.27060000000000001</v>
+        <v>0.1191</v>
       </c>
       <c r="L277" s="4">
-        <v>0.1028</v>
+        <v>5.8599999999999999E-2</v>
       </c>
       <c r="M277" s="4">
+        <v>0.13880000000000001</v>
+      </c>
+      <c r="N277" s="4">
+        <v>0.38929999999999998</v>
+      </c>
+      <c r="O277" s="4">
+        <v>0.43619999999999998</v>
+      </c>
+      <c r="P277" s="3">
+        <v>17.75</v>
+      </c>
+      <c r="Q277" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B278" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C278" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="D278" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F278" s="3">
+        <v>3</v>
+      </c>
+      <c r="G278" s="3">
+        <v>3</v>
+      </c>
+      <c r="H278" s="3">
+        <v>25.95</v>
+      </c>
+      <c r="I278" s="3">
+        <v>19.12</v>
+      </c>
+      <c r="J278" s="4">
+        <v>7.7399999999999997E-2</v>
+      </c>
+      <c r="K278" s="4">
+        <v>0.25480000000000003</v>
+      </c>
+      <c r="L278" s="4">
+        <v>0.3785</v>
+      </c>
+      <c r="M278" s="4">
+        <v>0.31950000000000001</v>
+      </c>
+      <c r="N278" s="4">
+        <v>0.3291</v>
+      </c>
+      <c r="O278" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P278" s="3">
+        <v>17.940000000000001</v>
+      </c>
+      <c r="Q278" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B279" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C279" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="D279" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F279" s="3">
+        <v>3</v>
+      </c>
+      <c r="G279" s="3">
+        <v>3</v>
+      </c>
+      <c r="H279" s="3">
+        <v>36.380000000000003</v>
+      </c>
+      <c r="I279" s="3">
+        <v>25.5</v>
+      </c>
+      <c r="J279" s="4">
+        <v>7.7100000000000002E-2</v>
+      </c>
+      <c r="K279" s="4">
+        <v>0.25480000000000003</v>
+      </c>
+      <c r="L279" s="4">
+        <v>0.3785</v>
+      </c>
+      <c r="M279" s="4">
+        <v>0.31950000000000001</v>
+      </c>
+      <c r="N279" s="4">
+        <v>0.3291</v>
+      </c>
+      <c r="O279" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P279" s="3">
+        <v>17.940000000000001</v>
+      </c>
+      <c r="Q279" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="280" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B280" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="D280" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F280" s="3">
+        <v>3</v>
+      </c>
+      <c r="G280" s="3">
+        <v>3</v>
+      </c>
+      <c r="H280" s="3">
+        <v>59.49</v>
+      </c>
+      <c r="I280" s="3">
+        <v>0</v>
+      </c>
+      <c r="J280" s="4">
+        <v>2.69E-2</v>
+      </c>
+      <c r="K280" s="4">
+        <v>0.13719999999999999</v>
+      </c>
+      <c r="L280" s="4">
+        <v>4.82E-2</v>
+      </c>
+      <c r="M280" s="4">
+        <v>5.5399999999999998E-2</v>
+      </c>
+      <c r="N280" s="4">
+        <v>0.26169999999999999</v>
+      </c>
+      <c r="O280" s="4">
+        <v>0.20039999999999999</v>
+      </c>
+      <c r="P280" s="3">
+        <v>9.91</v>
+      </c>
+      <c r="Q280" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B281" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D281" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F281" s="3">
+        <v>3</v>
+      </c>
+      <c r="G281" s="3">
+        <v>3</v>
+      </c>
+      <c r="H281" s="3">
+        <v>156.80000000000001</v>
+      </c>
+      <c r="I281" s="3">
+        <v>0</v>
+      </c>
+      <c r="J281" s="4">
+        <v>1.26E-2</v>
+      </c>
+      <c r="K281" s="4">
+        <v>0.24809999999999999</v>
+      </c>
+      <c r="L281" s="4">
+        <v>0.129</v>
+      </c>
+      <c r="M281" s="4">
+        <v>0.1464</v>
+      </c>
+      <c r="N281" s="4">
+        <v>0.18479999999999999</v>
+      </c>
+      <c r="O281" s="4">
+        <v>0.92769999999999997</v>
+      </c>
+      <c r="P281" s="3">
+        <v>20.99</v>
+      </c>
+      <c r="Q281" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B282" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D282" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F282" s="3">
+        <v>4</v>
+      </c>
+      <c r="G282" s="3">
+        <v>4</v>
+      </c>
+      <c r="H282" s="3">
+        <v>56.21</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J282" s="4">
+        <v>1.61E-2</v>
+      </c>
+      <c r="K282" s="4">
+        <v>0.14449999999999999</v>
+      </c>
+      <c r="L282" s="4">
+        <v>6.9800000000000001E-2</v>
+      </c>
+      <c r="M282" s="4">
+        <v>0.1434</v>
+      </c>
+      <c r="N282" s="4">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="O282" s="4">
+        <v>0.1792</v>
+      </c>
+      <c r="P282" s="3">
+        <v>13.28</v>
+      </c>
+      <c r="Q282" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B283" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C283" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="D283" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F283" s="3">
+        <v>4</v>
+      </c>
+      <c r="G283" s="3">
+        <v>4</v>
+      </c>
+      <c r="H283" s="3">
+        <v>356.21</v>
+      </c>
+      <c r="I283" s="3">
+        <v>95.63</v>
+      </c>
+      <c r="J283" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="K283" s="4">
+        <v>0.10340000000000001</v>
+      </c>
+      <c r="L283" s="4">
+        <v>0.1087</v>
+      </c>
+      <c r="M283" s="4">
+        <v>7.6899999999999996E-2</v>
+      </c>
+      <c r="N283" s="4">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="O283" s="4">
+        <v>0.31090000000000001</v>
+      </c>
+      <c r="P283" s="3">
+        <v>48.83</v>
+      </c>
+      <c r="Q283" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B284" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C284" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D284" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F284" s="3">
+        <v>4</v>
+      </c>
+      <c r="G284" s="3">
+        <v>3</v>
+      </c>
+      <c r="H284" s="3">
+        <v>82.11</v>
+      </c>
+      <c r="I284" s="3">
+        <v>70.319999999999993</v>
+      </c>
+      <c r="J284" s="4">
+        <v>3.6700000000000003E-2</v>
+      </c>
+      <c r="K284" s="4">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="L284" s="4">
+        <v>8.8400000000000006E-2</v>
+      </c>
+      <c r="M284" s="4">
+        <v>6.0400000000000002E-2</v>
+      </c>
+      <c r="N284" s="4">
+        <v>0.86140000000000005</v>
+      </c>
+      <c r="O284" s="4">
+        <v>1.2609999999999999</v>
+      </c>
+      <c r="P284" s="3">
+        <v>9.82</v>
+      </c>
+      <c r="Q284" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="285" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B285" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="C285" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="D285" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F285" s="3">
+        <v>4</v>
+      </c>
+      <c r="G285" s="3">
+        <v>3</v>
+      </c>
+      <c r="H285" s="3">
+        <v>115.16</v>
+      </c>
+      <c r="I285" s="3">
+        <v>93.76</v>
+      </c>
+      <c r="J285" s="4">
+        <v>3.6600000000000001E-2</v>
+      </c>
+      <c r="K285" s="4">
+        <v>8.5300000000000001E-2</v>
+      </c>
+      <c r="L285" s="4">
+        <v>8.8400000000000006E-2</v>
+      </c>
+      <c r="M285" s="4">
+        <v>6.0400000000000002E-2</v>
+      </c>
+      <c r="N285" s="4">
+        <v>0.86140000000000005</v>
+      </c>
+      <c r="O285" s="4">
+        <v>1.2907999999999999</v>
+      </c>
+      <c r="P285" s="3">
+        <v>9.82</v>
+      </c>
+      <c r="Q285" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B286" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" s="3">
+        <v>4</v>
+      </c>
+      <c r="G286" s="3">
+        <v>4</v>
+      </c>
+      <c r="H286" s="3">
+        <v>89.85</v>
+      </c>
+      <c r="I286" s="3">
+        <v>47.7</v>
+      </c>
+      <c r="J286" s="4">
+        <v>2.06E-2</v>
+      </c>
+      <c r="K286" s="4">
+        <v>8.3599999999999994E-2</v>
+      </c>
+      <c r="L286" s="4">
+        <v>0.1777</v>
+      </c>
+      <c r="M286" s="4">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="N286" s="4">
+        <v>0.33019999999999999</v>
+      </c>
+      <c r="O286" s="4">
+        <v>0.1978</v>
+      </c>
+      <c r="P286" s="3">
+        <v>20.32</v>
+      </c>
+      <c r="Q286" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B287" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" s="3">
+        <v>4</v>
+      </c>
+      <c r="G287" s="3">
+        <v>4</v>
+      </c>
+      <c r="H287" s="3">
+        <v>126.04</v>
+      </c>
+      <c r="I287" s="3">
+        <v>64.39</v>
+      </c>
+      <c r="J287" s="4">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="K287" s="4">
+        <v>8.3599999999999994E-2</v>
+      </c>
+      <c r="L287" s="4">
+        <v>0.1777</v>
+      </c>
+      <c r="M287" s="4">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="N287" s="4">
+        <v>0.33019999999999999</v>
+      </c>
+      <c r="O287" s="4">
+        <v>0.19819999999999999</v>
+      </c>
+      <c r="P287" s="3">
+        <v>20.32</v>
+      </c>
+      <c r="Q287" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="288" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B288" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C288" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="D288" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" s="3">
+        <v>3</v>
+      </c>
+      <c r="G288" s="3">
+        <v>3</v>
+      </c>
+      <c r="H288" s="3">
+        <v>59.65</v>
+      </c>
+      <c r="I288" s="3">
+        <v>0</v>
+      </c>
+      <c r="J288" s="4">
+        <v>1.0200000000000001E-2</v>
+      </c>
+      <c r="K288" s="4">
+        <v>0.61439999999999995</v>
+      </c>
+      <c r="L288" s="4">
+        <v>0.2064</v>
+      </c>
+      <c r="M288" s="4">
+        <v>0.20269999999999999</v>
+      </c>
+      <c r="N288" s="4">
+        <v>0.13980000000000001</v>
+      </c>
+      <c r="O288" s="4">
+        <v>0.3821</v>
+      </c>
+      <c r="P288" s="3">
+        <v>15.11</v>
+      </c>
+      <c r="Q288" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B289" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="D289" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F289" s="3">
+        <v>3</v>
+      </c>
+      <c r="G289" s="3">
+        <v>3</v>
+      </c>
+      <c r="H289" s="3">
+        <v>92.76</v>
+      </c>
+      <c r="I289" s="3">
+        <v>58.14</v>
+      </c>
+      <c r="J289" s="4">
+        <v>4.9099999999999998E-2</v>
+      </c>
+      <c r="K289" s="4">
+        <v>3.2599999999999997E-2</v>
+      </c>
+      <c r="L289" s="4">
+        <v>3.7600000000000001E-2</v>
+      </c>
+      <c r="M289" s="4">
+        <v>0.10920000000000001</v>
+      </c>
+      <c r="N289" s="4">
+        <v>0.50839999999999996</v>
+      </c>
+      <c r="O289" s="4">
+        <v>0.69569999999999999</v>
+      </c>
+      <c r="P289" s="3">
+        <v>10.83</v>
+      </c>
+      <c r="Q289" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B290" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C290" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D290" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" s="3">
+        <v>4</v>
+      </c>
+      <c r="G290" s="3">
+        <v>4</v>
+      </c>
+      <c r="H290" s="3">
+        <v>168.51</v>
+      </c>
+      <c r="I290" s="3">
+        <v>79.88</v>
+      </c>
+      <c r="J290" s="4">
+        <v>1.32E-2</v>
+      </c>
+      <c r="K290" s="4">
+        <v>0.13730000000000001</v>
+      </c>
+      <c r="L290" s="4">
+        <v>7.7899999999999997E-2</v>
+      </c>
+      <c r="M290" s="4">
+        <v>0.1047</v>
+      </c>
+      <c r="N290" s="4">
+        <v>0.31059999999999999</v>
+      </c>
+      <c r="O290" s="4">
+        <v>0.58889999999999998</v>
+      </c>
+      <c r="P290" s="3">
+        <v>26.61</v>
+      </c>
+      <c r="Q290" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="291" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B291" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D291" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F291" s="3">
+        <v>4</v>
+      </c>
+      <c r="G291" s="3">
+        <v>4</v>
+      </c>
+      <c r="H291" s="3">
+        <v>140.12</v>
+      </c>
+      <c r="I291" s="3">
+        <v>60.77</v>
+      </c>
+      <c r="J291" s="4">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="K291" s="4">
+        <v>0.47920000000000001</v>
+      </c>
+      <c r="L291" s="4">
+        <v>0.1103</v>
+      </c>
+      <c r="M291" s="4">
+        <v>0.11260000000000001</v>
+      </c>
+      <c r="N291" s="4">
+        <v>0.34770000000000001</v>
+      </c>
+      <c r="O291" s="4">
+        <v>0.43130000000000002</v>
+      </c>
+      <c r="P291" s="3">
+        <v>32.450000000000003</v>
+      </c>
+      <c r="Q291" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="292" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B292" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F292" s="3">
+        <v>3</v>
+      </c>
+      <c r="G292" s="3">
+        <v>4</v>
+      </c>
+      <c r="H292" s="3">
+        <v>134.96</v>
+      </c>
+      <c r="I292" s="3">
+        <v>0</v>
+      </c>
+      <c r="J292" s="4">
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="K292" s="4">
+        <v>0.314</v>
+      </c>
+      <c r="L292" s="4">
+        <v>8.5400000000000004E-2</v>
+      </c>
+      <c r="M292" s="4">
+        <v>0.16889999999999999</v>
+      </c>
+      <c r="N292" s="4">
+        <v>5.9499999999999997E-2</v>
+      </c>
+      <c r="O292" s="4">
+        <v>0.10489999999999999</v>
+      </c>
+      <c r="P292" s="3">
+        <v>9.82</v>
+      </c>
+      <c r="Q292" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B293" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C293" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="D293" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F293" s="3">
+        <v>3</v>
+      </c>
+      <c r="G293" s="3">
+        <v>3</v>
+      </c>
+      <c r="H293" s="3">
+        <v>61.69</v>
+      </c>
+      <c r="I293" s="3">
+        <v>42</v>
+      </c>
+      <c r="J293" s="4">
+        <v>3.3099999999999997E-2</v>
+      </c>
+      <c r="K293" s="4">
+        <v>0.83979999999999999</v>
+      </c>
+      <c r="L293" s="4">
+        <v>0.24229999999999999</v>
+      </c>
+      <c r="M293" s="4">
+        <v>0.27729999999999999</v>
+      </c>
+      <c r="N293" s="4">
+        <v>0.93810000000000004</v>
+      </c>
+      <c r="O293" s="4">
+        <v>3.3759000000000001</v>
+      </c>
+      <c r="P293" s="3">
+        <v>15.09</v>
+      </c>
+      <c r="Q293" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B294" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F294" s="3">
+        <v>3</v>
+      </c>
+      <c r="G294" s="3">
+        <v>3</v>
+      </c>
+      <c r="H294" s="3">
+        <v>32.520000000000003</v>
+      </c>
+      <c r="I294" s="3">
+        <v>0</v>
+      </c>
+      <c r="J294" s="4">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="K294" s="4">
+        <v>4.9299999999999997E-2</v>
+      </c>
+      <c r="L294" s="4">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="M294" s="4">
+        <v>7.2099999999999997E-2</v>
+      </c>
+      <c r="N294" s="4">
+        <v>0.46429999999999999</v>
+      </c>
+      <c r="O294" s="4">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="P294" s="3">
+        <v>14.61</v>
+      </c>
+      <c r="Q294" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="295" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B295" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" s="3">
+        <v>4</v>
+      </c>
+      <c r="G295" s="3">
+        <v>4</v>
+      </c>
+      <c r="H295" s="3">
+        <v>153.06</v>
+      </c>
+      <c r="I295" s="3">
+        <v>84.09</v>
+      </c>
+      <c r="J295" s="4">
+        <v>1.54E-2</v>
+      </c>
+      <c r="K295" s="4">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="L295" s="4">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="M295" s="4">
+        <v>9.01E-2</v>
+      </c>
+      <c r="N295" s="4">
+        <v>0.44429999999999997</v>
+      </c>
+      <c r="O295" s="4">
+        <v>0.5272</v>
+      </c>
+      <c r="P295" s="3">
+        <v>43.63</v>
+      </c>
+      <c r="Q295" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B296" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C296" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="D296" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F296" s="3">
+        <v>4</v>
+      </c>
+      <c r="G296" s="3">
+        <v>4</v>
+      </c>
+      <c r="H296" s="3">
+        <v>214.84</v>
+      </c>
+      <c r="I296" s="3">
+        <v>113.42</v>
+      </c>
+      <c r="J296" s="4">
+        <v>1.52E-2</v>
+      </c>
+      <c r="K296" s="4">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="L296" s="4">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="M296" s="4">
+        <v>9.01E-2</v>
+      </c>
+      <c r="N296" s="4">
+        <v>0.44429999999999997</v>
+      </c>
+      <c r="O296" s="4">
+        <v>0.52729999999999999</v>
+      </c>
+      <c r="P296" s="3">
+        <v>43.63</v>
+      </c>
+      <c r="Q296" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="297" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B297" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C297" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D297" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F297" s="3">
+        <v>4</v>
+      </c>
+      <c r="G297" s="3">
+        <v>4</v>
+      </c>
+      <c r="H297" s="3">
+        <v>54.11</v>
+      </c>
+      <c r="I297" s="3">
+        <v>34.5</v>
+      </c>
+      <c r="J297" s="4">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="K297" s="4">
+        <v>9.5899999999999999E-2</v>
+      </c>
+      <c r="L297" s="4">
+        <v>8.8099999999999998E-2</v>
+      </c>
+      <c r="M297" s="4">
+        <v>0.2485</v>
+      </c>
+      <c r="N297" s="4">
+        <v>0.42909999999999998</v>
+      </c>
+      <c r="O297" s="4">
+        <v>0.50770000000000004</v>
+      </c>
+      <c r="P297" s="3">
+        <v>26.12</v>
+      </c>
+      <c r="Q297" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B298" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D298" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F298" s="3">
+        <v>4</v>
+      </c>
+      <c r="G298" s="3">
+        <v>4</v>
+      </c>
+      <c r="H298" s="3">
+        <v>300.41000000000003</v>
+      </c>
+      <c r="I298" s="3">
+        <v>91.65</v>
+      </c>
+      <c r="J298" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K298" s="4">
+        <v>0.24349999999999999</v>
+      </c>
+      <c r="L298" s="4">
+        <v>0.21299999999999999</v>
+      </c>
+      <c r="M298" s="4">
+        <v>0.126</v>
+      </c>
+      <c r="N298" s="4">
+        <v>9.9500000000000005E-2</v>
+      </c>
+      <c r="O298" s="4">
+        <v>0.46810000000000002</v>
+      </c>
+      <c r="P298" s="3">
+        <v>30.41</v>
+      </c>
+      <c r="Q298" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B299" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C299" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D299" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F299" s="3">
+        <v>4</v>
+      </c>
+      <c r="G299" s="3">
+        <v>3</v>
+      </c>
+      <c r="H299" s="3">
+        <v>448.7</v>
+      </c>
+      <c r="I299" s="3">
+        <v>0</v>
+      </c>
+      <c r="J299" s="4">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="K299" s="4">
+        <v>0.26719999999999999</v>
+      </c>
+      <c r="L299" s="4">
+        <v>0.1074</v>
+      </c>
+      <c r="M299" s="4">
+        <v>0.1154</v>
+      </c>
+      <c r="N299" s="4">
+        <v>0.2394</v>
+      </c>
+      <c r="O299" s="4">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="P299" s="3">
+        <v>35.19</v>
+      </c>
+      <c r="Q299" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="300" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B300" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F300" s="3">
+        <v>4</v>
+      </c>
+      <c r="G300" s="3">
+        <v>4</v>
+      </c>
+      <c r="H300" s="3">
+        <v>135.78</v>
+      </c>
+      <c r="I300" s="3">
+        <v>21.7</v>
+      </c>
+      <c r="J300" s="4">
+        <v>5.3E-3</v>
+      </c>
+      <c r="K300" s="4">
+        <v>0.22670000000000001</v>
+      </c>
+      <c r="L300" s="4">
+        <v>0.31190000000000001</v>
+      </c>
+      <c r="M300" s="4">
+        <v>0.12470000000000001</v>
+      </c>
+      <c r="N300" s="4">
+        <v>0.17760000000000001</v>
+      </c>
+      <c r="O300" s="4">
+        <v>0.20250000000000001</v>
+      </c>
+      <c r="P300" s="3">
+        <v>33.590000000000003</v>
+      </c>
+      <c r="Q300" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B301" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="D301" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F301" s="3">
+        <v>4</v>
+      </c>
+      <c r="G301" s="3">
+        <v>4</v>
+      </c>
+      <c r="H301" s="3">
+        <v>341.53</v>
+      </c>
+      <c r="I301" s="3">
+        <v>234.26</v>
+      </c>
+      <c r="J301" s="4">
+        <v>2.5600000000000001E-2</v>
+      </c>
+      <c r="K301" s="4">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="L301" s="4">
+        <v>0.1085</v>
+      </c>
+      <c r="M301" s="4">
+        <v>0.12280000000000001</v>
+      </c>
+      <c r="N301" s="4">
+        <v>0.52290000000000003</v>
+      </c>
+      <c r="O301" s="4">
+        <v>0.4516</v>
+      </c>
+      <c r="P301" s="3">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="Q301" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="302" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B302" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C302" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="D302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F302" s="3">
+        <v>4</v>
+      </c>
+      <c r="G302" s="3">
+        <v>4</v>
+      </c>
+      <c r="H302" s="3">
+        <v>15.91</v>
+      </c>
+      <c r="I302" s="3">
+        <v>0</v>
+      </c>
+      <c r="J302" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K302" s="4">
+        <v>5.8200000000000002E-2</v>
+      </c>
+      <c r="L302" s="4">
+        <v>0.1085</v>
+      </c>
+      <c r="M302" s="4">
+        <v>0.37990000000000002</v>
+      </c>
+      <c r="N302" s="4">
+        <v>0.52290000000000003</v>
+      </c>
+      <c r="O302" s="4">
+        <v>0.4516</v>
+      </c>
+      <c r="P302" s="3">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="Q302" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="303" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B303" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C303" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D303" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F303" s="3">
+        <v>3</v>
+      </c>
+      <c r="G303" s="3">
+        <v>3</v>
+      </c>
+      <c r="H303" s="3">
+        <v>73.459999999999994</v>
+      </c>
+      <c r="I303" s="3">
+        <v>25.04</v>
+      </c>
+      <c r="J303" s="4">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="K303" s="4">
+        <v>0.1235</v>
+      </c>
+      <c r="L303" s="4">
+        <v>1.5900000000000001E-2</v>
+      </c>
+      <c r="M303" s="4">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="N303" s="4">
+        <v>0.16669999999999999</v>
+      </c>
+      <c r="O303" s="4">
+        <v>0.21160000000000001</v>
+      </c>
+      <c r="P303" s="3">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="Q303" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B304" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D304" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F304" s="3">
+        <v>3</v>
+      </c>
+      <c r="G304" s="3">
+        <v>3</v>
+      </c>
+      <c r="H304" s="3">
+        <v>220.39</v>
+      </c>
+      <c r="I304" s="3">
+        <v>123.22</v>
+      </c>
+      <c r="J304" s="4">
+        <v>2.52E-2</v>
+      </c>
+      <c r="K304" s="4">
+        <v>7.9600000000000004E-2</v>
+      </c>
+      <c r="L304" s="4">
+        <v>4.4699999999999997E-2</v>
+      </c>
+      <c r="M304" s="4">
+        <v>6.83E-2</v>
+      </c>
+      <c r="N304" s="4">
+        <v>0.47610000000000002</v>
+      </c>
+      <c r="O304" s="4">
+        <v>0.53680000000000005</v>
+      </c>
+      <c r="P304" s="3">
+        <v>18.579999999999998</v>
+      </c>
+      <c r="Q304" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B305" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C305" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="D305" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F305" s="3">
+        <v>4</v>
+      </c>
+      <c r="G305" s="3">
+        <v>3</v>
+      </c>
+      <c r="H305" s="3">
+        <v>96.44</v>
+      </c>
+      <c r="I305" s="3">
+        <v>136.59</v>
+      </c>
+      <c r="J305" s="4">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="K305" s="4">
+        <v>4.99E-2</v>
+      </c>
+      <c r="L305" s="4">
+        <v>2.3800000000000002E-2</v>
+      </c>
+      <c r="M305" s="4">
+        <v>0.10150000000000001</v>
+      </c>
+      <c r="N305" s="4">
+        <v>0.96750000000000003</v>
+      </c>
+      <c r="O305" s="4">
+        <v>1.2273000000000001</v>
+      </c>
+      <c r="P305" s="3">
+        <v>14.7</v>
+      </c>
+      <c r="Q305" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B306" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C306" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="D306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" s="3">
+        <v>4</v>
+      </c>
+      <c r="G306" s="3">
+        <v>3</v>
+      </c>
+      <c r="H306" s="3">
+        <v>12.34</v>
+      </c>
+      <c r="I306" s="3">
+        <v>0</v>
+      </c>
+      <c r="J306" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K306" s="4">
+        <v>4.99E-2</v>
+      </c>
+      <c r="L306" s="4">
+        <v>2.3800000000000002E-2</v>
+      </c>
+      <c r="M306" s="4">
+        <v>0.30590000000000001</v>
+      </c>
+      <c r="N306" s="4">
+        <v>0.96750000000000003</v>
+      </c>
+      <c r="O306" s="4">
+        <v>1.2273000000000001</v>
+      </c>
+      <c r="P306" s="3">
+        <v>14.7</v>
+      </c>
+      <c r="Q306" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="307" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B307" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C307" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="D307" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" s="3">
+        <v>5</v>
+      </c>
+      <c r="G307" s="3">
+        <v>4</v>
+      </c>
+      <c r="H307" s="3">
+        <v>871.16</v>
+      </c>
+      <c r="I307" s="3">
+        <v>0</v>
+      </c>
+      <c r="J307" s="4">
+        <v>8.3000000000000001E-3</v>
+      </c>
+      <c r="K307" s="4">
+        <v>0.25090000000000001</v>
+      </c>
+      <c r="L307" s="4">
+        <v>0.1258</v>
+      </c>
+      <c r="M307" s="4">
+        <v>0.36449999999999999</v>
+      </c>
+      <c r="N307" s="4">
+        <v>0.16850000000000001</v>
+      </c>
+      <c r="O307" s="4">
+        <v>1.0178</v>
+      </c>
+      <c r="P307" s="3">
+        <v>22.11</v>
+      </c>
+      <c r="Q307" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="308" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B308" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C308" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D308" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F308" s="3">
+        <v>5</v>
+      </c>
+      <c r="G308" s="3">
+        <v>5</v>
+      </c>
+      <c r="H308" s="3">
+        <v>340.86</v>
+      </c>
+      <c r="I308" s="3">
+        <v>209.97</v>
+      </c>
+      <c r="J308" s="4">
+        <v>7.7999999999999996E-3</v>
+      </c>
+      <c r="K308" s="4">
+        <v>0.1676</v>
+      </c>
+      <c r="L308" s="4">
+        <v>0.12230000000000001</v>
+      </c>
+      <c r="M308" s="4">
+        <v>0.1411</v>
+      </c>
+      <c r="N308" s="4">
+        <v>0</v>
+      </c>
+      <c r="O308" s="4">
+        <v>0.21479999999999999</v>
+      </c>
+      <c r="P308" s="3">
+        <v>33.68</v>
+      </c>
+      <c r="Q308" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="309" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B309" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C309" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F309" s="3">
+        <v>4</v>
+      </c>
+      <c r="G309" s="3">
+        <v>4</v>
+      </c>
+      <c r="H309" s="3">
+        <v>30.01</v>
+      </c>
+      <c r="I309" s="3">
+        <v>34.86</v>
+      </c>
+      <c r="J309" s="4">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="K309" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="L309" s="4">
+        <v>0.29210000000000003</v>
+      </c>
+      <c r="M309" s="4">
+        <v>6.4299999999999996E-2</v>
+      </c>
+      <c r="N309" s="4">
+        <v>0.66339999999999999</v>
+      </c>
+      <c r="O309" s="4">
+        <v>0.73470000000000002</v>
+      </c>
+      <c r="P309" s="3">
+        <v>11.29</v>
+      </c>
+      <c r="Q309" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B310" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F310" s="3">
+        <v>5</v>
+      </c>
+      <c r="G310" s="3">
+        <v>5</v>
+      </c>
+      <c r="H310" s="3">
+        <v>31.71</v>
+      </c>
+      <c r="I310" s="3">
+        <v>0</v>
+      </c>
+      <c r="J310" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="K310" s="4">
+        <v>0.1676</v>
+      </c>
+      <c r="L310" s="4">
+        <v>0.12230000000000001</v>
+      </c>
+      <c r="M310" s="4">
+        <v>0.42230000000000001</v>
+      </c>
+      <c r="N310" s="4">
+        <v>0</v>
+      </c>
+      <c r="O310" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="P310" s="3">
+        <v>33.68</v>
+      </c>
+      <c r="Q310" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="311" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B311" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D311" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" s="3">
+        <v>4</v>
+      </c>
+      <c r="G311" s="3">
+        <v>5</v>
+      </c>
+      <c r="H311" s="3">
+        <v>167.67</v>
+      </c>
+      <c r="I311" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="J311" s="4">
+        <v>8.2000000000000007E-3</v>
+      </c>
+      <c r="K311" s="4">
+        <v>0.2616</v>
+      </c>
+      <c r="L311" s="4">
+        <v>0.1129</v>
+      </c>
+      <c r="M311" s="4">
+        <v>0.1099</v>
+      </c>
+      <c r="N311" s="4">
+        <v>0.4894</v>
+      </c>
+      <c r="O311" s="4">
+        <v>0.26279999999999998</v>
+      </c>
+      <c r="P311" s="3">
+        <v>71.28</v>
+      </c>
+      <c r="Q311" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B312" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C312" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F312" s="3">
+        <v>4</v>
+      </c>
+      <c r="G312" s="3">
+        <v>5</v>
+      </c>
+      <c r="H312" s="3">
+        <v>235.22</v>
+      </c>
+      <c r="I312" s="3">
+        <v>110.2</v>
+      </c>
+      <c r="J312" s="4">
+        <v>8.2000000000000007E-3</v>
+      </c>
+      <c r="K312" s="4">
+        <v>0.2616</v>
+      </c>
+      <c r="L312" s="4">
+        <v>0.1129</v>
+      </c>
+      <c r="M312" s="4">
+        <v>0.1041</v>
+      </c>
+      <c r="N312" s="4">
+        <v>0.4894</v>
+      </c>
+      <c r="O312" s="4">
+        <v>0.26240000000000002</v>
+      </c>
+      <c r="P312" s="3">
+        <v>71.28</v>
+      </c>
+      <c r="Q312" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="313" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B313" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C313" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D313" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F313" s="3">
+        <v>3</v>
+      </c>
+      <c r="G313" s="3">
+        <v>3</v>
+      </c>
+      <c r="H313" s="3">
+        <v>194.43</v>
+      </c>
+      <c r="I313" s="3">
+        <v>185.11</v>
+      </c>
+      <c r="J313" s="4">
+        <v>1.9400000000000001E-2</v>
+      </c>
+      <c r="K313" s="4">
+        <v>3.95E-2</v>
+      </c>
+      <c r="L313" s="4">
+        <v>7.1099999999999997E-2</v>
+      </c>
+      <c r="M313" s="4">
+        <v>6.6600000000000006E-2</v>
+      </c>
+      <c r="N313" s="4">
+        <v>0.55389999999999995</v>
+      </c>
+      <c r="O313" s="4">
+        <v>0.60270000000000001</v>
+      </c>
+      <c r="P313" s="3">
+        <v>28.96</v>
+      </c>
+      <c r="Q313" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B314" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C314" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D314" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F314" s="3">
+        <v>4</v>
+      </c>
+      <c r="G314" s="3">
+        <v>4</v>
+      </c>
+      <c r="H314" s="3">
+        <v>111.71</v>
+      </c>
+      <c r="I314" s="3">
+        <v>93.45</v>
+      </c>
+      <c r="J314" s="4">
+        <v>3.1699999999999999E-2</v>
+      </c>
+      <c r="K314" s="4">
+        <v>6.5199999999999994E-2</v>
+      </c>
+      <c r="L314" s="4">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="M314" s="4">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="N314" s="4">
+        <v>0.69159999999999999</v>
+      </c>
+      <c r="O314" s="4">
+        <v>9.4141999999999992</v>
+      </c>
+      <c r="P314" s="3">
+        <v>21.58</v>
+      </c>
+      <c r="Q314" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="315" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B315" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C315" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="D315" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F315" s="3">
+        <v>4</v>
+      </c>
+      <c r="G315" s="3">
+        <v>3</v>
+      </c>
+      <c r="H315" s="3">
+        <v>87.04</v>
+      </c>
+      <c r="I315" s="3">
+        <v>0</v>
+      </c>
+      <c r="J315" s="4">
+        <v>2.0899999999999998E-2</v>
+      </c>
+      <c r="K315" s="4">
+        <v>0.74270000000000003</v>
+      </c>
+      <c r="L315" s="4">
+        <v>1.5599999999999999E-2</v>
+      </c>
+      <c r="M315" s="4">
+        <v>6.2199999999999998E-2</v>
+      </c>
+      <c r="N315" s="4">
+        <v>0.28179999999999999</v>
+      </c>
+      <c r="O315" s="4">
+        <v>1.0429999999999999</v>
+      </c>
+      <c r="P315" s="3">
+        <v>14.16</v>
+      </c>
+      <c r="Q315" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B316" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C316" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D316" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F316" s="3">
+        <v>4</v>
+      </c>
+      <c r="G316" s="3">
+        <v>4</v>
+      </c>
+      <c r="H316" s="3">
+        <v>199.71</v>
+      </c>
+      <c r="I316" s="3">
+        <v>116.6</v>
+      </c>
+      <c r="J316" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="K316" s="4">
+        <v>0.13780000000000001</v>
+      </c>
+      <c r="L316" s="4">
+        <v>9.8100000000000007E-2</v>
+      </c>
+      <c r="M316" s="4">
+        <v>7.51E-2</v>
+      </c>
+      <c r="N316" s="4">
+        <v>0.44059999999999999</v>
+      </c>
+      <c r="O316" s="4">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="P316" s="3">
+        <v>31.61</v>
+      </c>
+      <c r="Q316" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B317" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C317" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="D317" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F317" s="3">
+        <v>3</v>
+      </c>
+      <c r="G317" s="3">
+        <v>4</v>
+      </c>
+      <c r="H317" s="3">
+        <v>85.28</v>
+      </c>
+      <c r="I317" s="3">
+        <v>101.76</v>
+      </c>
+      <c r="J317" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+      <c r="K317" s="4">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="L317" s="4">
+        <v>3.6400000000000002E-2</v>
+      </c>
+      <c r="M317" s="4">
+        <v>0.1056</v>
+      </c>
+      <c r="N317" s="4">
+        <v>0.31790000000000002</v>
+      </c>
+      <c r="O317" s="4">
+        <v>0.16669999999999999</v>
+      </c>
+      <c r="P317" s="3">
+        <v>32.549999999999997</v>
+      </c>
+      <c r="Q317" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B318" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="D318" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F318" s="3">
+        <v>3</v>
+      </c>
+      <c r="G318" s="3">
+        <v>3</v>
+      </c>
+      <c r="H318" s="3">
+        <v>96.51</v>
+      </c>
+      <c r="I318" s="3">
+        <v>0</v>
+      </c>
+      <c r="J318" s="4">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="K318" s="4">
+        <v>0.12859999999999999</v>
+      </c>
+      <c r="L318" s="4">
+        <v>9.98E-2</v>
+      </c>
+      <c r="M318" s="4">
+        <v>9.7900000000000001E-2</v>
+      </c>
+      <c r="N318" s="4">
+        <v>0.53139999999999998</v>
+      </c>
+      <c r="O318" s="4">
+        <v>0.378</v>
+      </c>
+      <c r="P318" s="3">
+        <v>56.52</v>
+      </c>
+      <c r="Q318" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B319" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C319" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="D319" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F319" s="3">
+        <v>3</v>
+      </c>
+      <c r="G319" s="3">
+        <v>3</v>
+      </c>
+      <c r="H319" s="3">
+        <v>135.44999999999999</v>
+      </c>
+      <c r="I319" s="3">
+        <v>0</v>
+      </c>
+      <c r="J319" s="4">
+        <v>6.6E-3</v>
+      </c>
+      <c r="K319" s="4">
+        <v>0.12859999999999999</v>
+      </c>
+      <c r="L319" s="4">
+        <v>9.98E-2</v>
+      </c>
+      <c r="M319" s="4">
+        <v>9.7900000000000001E-2</v>
+      </c>
+      <c r="N319" s="4">
+        <v>0.53139999999999998</v>
+      </c>
+      <c r="O319" s="4">
+        <v>0.38300000000000001</v>
+      </c>
+      <c r="P319" s="3">
+        <v>56.52</v>
+      </c>
+      <c r="Q319" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="320" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B320" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D320" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F320" s="3">
+        <v>4</v>
+      </c>
+      <c r="G320" s="3">
+        <v>4</v>
+      </c>
+      <c r="H320" s="3">
+        <v>194.28</v>
+      </c>
+      <c r="I320" s="3">
+        <v>0</v>
+      </c>
+      <c r="J320" s="4">
+        <v>1.3299999999999999E-2</v>
+      </c>
+      <c r="K320" s="4">
+        <v>0.2084</v>
+      </c>
+      <c r="L320" s="4">
+        <v>4.0099999999999997E-2</v>
+      </c>
+      <c r="M320" s="4">
+        <v>0.19969999999999999</v>
+      </c>
+      <c r="N320" s="4">
+        <v>0.2606</v>
+      </c>
+      <c r="O320" s="4">
+        <v>0.29249999999999998</v>
+      </c>
+      <c r="P320" s="3">
+        <v>22.29</v>
+      </c>
+      <c r="Q320" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="321" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B321" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C321" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="D321" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F321" s="3">
+        <v>4</v>
+      </c>
+      <c r="G321" s="3">
+        <v>3</v>
+      </c>
+      <c r="H321" s="3">
+        <v>368.07</v>
+      </c>
+      <c r="I321" s="3">
+        <v>341.54</v>
+      </c>
+      <c r="J321" s="4">
+        <v>3.3500000000000002E-2</v>
+      </c>
+      <c r="K321" s="4">
+        <v>0.1406</v>
+      </c>
+      <c r="L321" s="4">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="M321" s="4">
+        <v>0.10440000000000001</v>
+      </c>
+      <c r="N321" s="4">
+        <v>0.84889999999999999</v>
+      </c>
+      <c r="O321" s="4">
+        <v>1.1371</v>
+      </c>
+      <c r="P321" s="3">
+        <v>27.96</v>
+      </c>
+      <c r="Q321" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="322" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B322" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D322" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F322" s="3">
+        <v>4</v>
+      </c>
+      <c r="G322" s="3">
+        <v>4</v>
+      </c>
+      <c r="H322" s="3">
+        <v>130.01</v>
+      </c>
+      <c r="I322" s="3">
+        <v>0</v>
+      </c>
+      <c r="J322" s="4">
+        <v>1.5699999999999999E-2</v>
+      </c>
+      <c r="K322" s="4">
+        <v>0.17630000000000001</v>
+      </c>
+      <c r="L322" s="4">
+        <v>9.2399999999999996E-2</v>
+      </c>
+      <c r="M322" s="4">
+        <v>0.1173</v>
+      </c>
+      <c r="N322" s="4">
+        <v>0.1729</v>
+      </c>
+      <c r="O322" s="4">
+        <v>0.21360000000000001</v>
+      </c>
+      <c r="P322" s="3">
+        <v>11.73</v>
+      </c>
+      <c r="Q322" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="323" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B323" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C323" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="D323" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F323" s="3">
+        <v>3</v>
+      </c>
+      <c r="G323" s="3">
+        <v>4</v>
+      </c>
+      <c r="H323" s="3">
+        <v>39.06</v>
+      </c>
+      <c r="I323" s="3">
+        <v>39.049999999999997</v>
+      </c>
+      <c r="J323" s="4">
+        <v>3.5299999999999998E-2</v>
+      </c>
+      <c r="K323" s="4">
+        <v>0.19359999999999999</v>
+      </c>
+      <c r="L323" s="4">
+        <v>0.1399</v>
+      </c>
+      <c r="M323" s="4">
+        <v>6.7400000000000002E-2</v>
+      </c>
+      <c r="N323" s="4">
+        <v>0.44090000000000001</v>
+      </c>
+      <c r="O323" s="4">
+        <v>-0.71989999999999998</v>
+      </c>
+      <c r="P323" s="3">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="Q323" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B324" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C324" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="D324" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F324" s="3">
+        <v>4</v>
+      </c>
+      <c r="G324" s="3">
+        <v>3</v>
+      </c>
+      <c r="H324" s="3">
+        <v>272.72000000000003</v>
+      </c>
+      <c r="I324" s="3">
+        <v>73.489999999999995</v>
+      </c>
+      <c r="J324" s="4">
+        <v>7.6E-3</v>
+      </c>
+      <c r="K324" s="4">
+        <v>0.22059999999999999</v>
+      </c>
+      <c r="L324" s="4">
+        <v>8.7099999999999997E-2</v>
+      </c>
+      <c r="M324" s="4">
+        <v>0.15609999999999999</v>
+      </c>
+      <c r="N324" s="4">
+        <v>0.19059999999999999</v>
+      </c>
+      <c r="O324" s="4">
+        <v>0.1933</v>
+      </c>
+      <c r="P324" s="3">
+        <v>29.36</v>
+      </c>
+      <c r="Q324" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B325" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C325" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D325" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F325" s="3">
+        <v>4</v>
+      </c>
+      <c r="G325" s="3">
+        <v>4</v>
+      </c>
+      <c r="H325" s="3">
+        <v>51.73</v>
+      </c>
+      <c r="I325" s="3">
+        <v>25.05</v>
+      </c>
+      <c r="J325" s="4">
+        <v>1.7600000000000001E-2</v>
+      </c>
+      <c r="K325" s="4">
+        <v>0.1094</v>
+      </c>
+      <c r="L325" s="4">
+        <v>0.21310000000000001</v>
+      </c>
+      <c r="M325" s="4">
         <v>8.4500000000000006E-2</v>
       </c>
-      <c r="N277" s="4">
+      <c r="N325" s="4">
+        <v>0.43219999999999997</v>
+      </c>
+      <c r="O325" s="4">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="P325" s="3">
+        <v>30.29</v>
+      </c>
+      <c r="Q325" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B326" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D326" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F326" s="3">
+        <v>4</v>
+      </c>
+      <c r="G326" s="3">
+        <v>4</v>
+      </c>
+      <c r="H326" s="3">
+        <v>81.180000000000007</v>
+      </c>
+      <c r="I326" s="3">
+        <v>47.88</v>
+      </c>
+      <c r="J326" s="4">
+        <v>2.7900000000000001E-2</v>
+      </c>
+      <c r="K326" s="4">
+        <v>5.1400000000000001E-2</v>
+      </c>
+      <c r="L326" s="4">
+        <v>4.1700000000000001E-2</v>
+      </c>
+      <c r="M326" s="4">
+        <v>5.6099999999999997E-2</v>
+      </c>
+      <c r="N326" s="4">
+        <v>0.63839999999999997</v>
+      </c>
+      <c r="O326" s="4">
+        <v>-0.314</v>
+      </c>
+      <c r="P326" s="3">
+        <v>22.62</v>
+      </c>
+      <c r="Q326" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="327" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B327" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C327" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="D327" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F327" s="3">
+        <v>3</v>
+      </c>
+      <c r="G327" s="3">
+        <v>3</v>
+      </c>
+      <c r="H327" s="3">
+        <v>150.87</v>
+      </c>
+      <c r="I327" s="3">
+        <v>0</v>
+      </c>
+      <c r="J327" s="4">
+        <v>1.06E-2</v>
+      </c>
+      <c r="K327" s="4">
+        <v>0.255</v>
+      </c>
+      <c r="L327" s="4">
+        <v>0.1236</v>
+      </c>
+      <c r="M327" s="4">
+        <v>8.4500000000000006E-2</v>
+      </c>
+      <c r="N327" s="4">
         <v>0.39439999999999997</v>
       </c>
-      <c r="O277" s="4">
-[...22 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="O327" s="4">
+        <v>0.4108</v>
+      </c>
+      <c r="P327" s="3">
+        <v>38.979999999999997</v>
+      </c>
+      <c r="Q327" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B328" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C328" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D328" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F278" s="3">
-[...8 lines deleted...]
-      <c r="I278" s="3">
+      <c r="F328" s="3">
+        <v>3</v>
+      </c>
+      <c r="G328" s="3">
+        <v>3</v>
+      </c>
+      <c r="H328" s="3">
+        <v>138.22999999999999</v>
+      </c>
+      <c r="I328" s="3">
         <v>59.64</v>
       </c>
-      <c r="J278" s="4">
-[...11 lines deleted...]
-      <c r="N278" s="4">
+      <c r="J328" s="4">
+        <v>2.0400000000000001E-2</v>
+      </c>
+      <c r="K328" s="4">
+        <v>8.0399999999999999E-2</v>
+      </c>
+      <c r="L328" s="4">
+        <v>7.1300000000000002E-2</v>
+      </c>
+      <c r="M328" s="4">
+        <v>7.9799999999999996E-2</v>
+      </c>
+      <c r="N328" s="4">
         <v>0.50870000000000004</v>
       </c>
-      <c r="O278" s="4">
+      <c r="O328" s="4">
         <v>0.502</v>
       </c>
-      <c r="P278" s="3">
-[...6 lines deleted...]
-        <v>1.77E-2</v>
+      <c r="P328" s="3">
+        <v>27.52</v>
+      </c>
+      <c r="Q328" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B11:R11" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="B11:Q11" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>