--- v1 (2025-11-18)
+++ v2 (2025-12-29)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/aaa1a6dcf32e4bf0/Documents/M72/DSR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="146" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A0001947-9906-4699-9EB9-5BBF167FCD4E}"/>
+  <xr:revisionPtr revIDLastSave="169" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7068AA51-77F1-41AA-A245-0ECAC63E9C23}"/>
   <bookViews>
-    <workbookView xWindow="13860" yWindow="345" windowWidth="24540" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1305" yWindow="390" windowWidth="14565" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend Rock Star List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$Q$11</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$R$11</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1325" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1173" uniqueCount="585">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Mkt</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Pro Rating</t>
   </si>
   <si>
     <t>Dvd Safety</t>
   </si>
   <si>
     <t>Current Price</t>
   </si>
   <si>
     <t>DDM</t>
   </si>
   <si>
@@ -127,56 +127,50 @@
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t xml:space="preserve">ABT </t>
   </si>
   <si>
     <t xml:space="preserve">Abbott Laboratories </t>
   </si>
   <si>
     <t xml:space="preserve">ACN </t>
   </si>
   <si>
     <t xml:space="preserve">Accenture PLC </t>
   </si>
   <si>
     <t xml:space="preserve">ADP </t>
   </si>
   <si>
     <t xml:space="preserve">Automatic Data Processing Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">Algoma Central Corp </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">AMAT </t>
   </si>
   <si>
     <t xml:space="preserve">Applied Materials Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AME </t>
   </si>
   <si>
     <t xml:space="preserve">AMETEK Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AMP </t>
   </si>
   <si>
     <t xml:space="preserve">Ameriprise Financial Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AMT </t>
   </si>
   <si>
     <t xml:space="preserve">American Tower Corp </t>
   </si>
   <si>
     <t>Consumer Staples</t>
@@ -244,56 +238,50 @@
   <si>
     <t xml:space="preserve">Broadridge Financial Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Caterpillar Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL.B.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CDW </t>
   </si>
   <si>
     <t xml:space="preserve">CDW Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CMS </t>
   </si>
   <si>
     <t xml:space="preserve">CMS Energy Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">COST </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">DE </t>
   </si>
   <si>
     <t xml:space="preserve">Deere &amp; Co </t>
   </si>
   <si>
     <t xml:space="preserve">DHI </t>
   </si>
   <si>
     <t xml:space="preserve">DOL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Dollarama Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EQIX </t>
   </si>
   <si>
     <t xml:space="preserve">Equinix Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EXPD </t>
   </si>
   <si>
     <t xml:space="preserve">Expeditors International of Washington Inc </t>
@@ -307,1647 +295,1533 @@
   <si>
     <t xml:space="preserve">FFIN </t>
   </si>
   <si>
     <t xml:space="preserve">First Financial Bankshares Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FRME </t>
   </si>
   <si>
     <t xml:space="preserve">First Merchants Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FULT </t>
   </si>
   <si>
     <t xml:space="preserve">Fulton Financial Corp </t>
   </si>
   <si>
     <t xml:space="preserve">GABC </t>
   </si>
   <si>
     <t xml:space="preserve">German American Bancorp Inc </t>
   </si>
   <si>
+    <t xml:space="preserve">GSY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">goeasy Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Home Depot Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUBB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hubbell Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INTU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITW </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illinois Tool Works Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPMorgan Chase &amp; Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KBH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KB Home </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLAC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LECO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Electric Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LII </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lennox International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LNT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alliant Energy Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LRCX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moody's Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgan Stanley </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSFT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Microsoft Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Bank of Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NDSN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordson Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NTIOF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OZK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Ozk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Penske Automotive Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAYX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paychex Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RSG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Republic Services Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Service Corporation International </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHW </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sherwin-Williams Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SJ.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stella-Jones Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SNA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap-On Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STLD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steel Dynamics Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFII </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFI International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFII.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIH.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toromont Industries Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Connections Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WCN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEC Energy Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Williams-Sonoma Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WTFC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wintrust Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WTRG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essential Utilities Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">X.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XEL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xcel Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELV </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevance Health Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARES </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ares Management Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Express Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FCFS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Firstcash Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IEX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEX Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primerica Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX Companies Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TowneBank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADEN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADENTRA Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toll Brothers Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CADE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Bank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTSH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cognizant Technology Solutions Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MMC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marsh &amp; McLennan Companies Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trane Technologies PLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Electric Power Company Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALSN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allison Transmission Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CFR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cullen/Frost Bankers Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GPC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genuine Parts Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Management Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WCN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Procter &amp; Gamble Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parker-Hannifin Corp </t>
+  </si>
+  <si>
+    <t>Powered by the Dividend Stocks Rock Stock Screener. Click to learn more.</t>
+  </si>
+  <si>
+    <t>DSR Popular</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBUX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starbucks Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">V </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Visa Inc </t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LMAT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LeMaitre Vascular Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDLZ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mondelez International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REXR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rexford Industrial Realty Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROST </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ross Stores Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YUM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yum! Brands Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian National Railway Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNR.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSX Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union Pacific Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BPOP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Popular Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBOE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CINF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cincinnati Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EPRT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essential Properties Realty Trust Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Industrial Realty Trust Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUNC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First United Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intercontinental Exchange Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LLY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eli Lilly and Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McDonald's Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motorola Solutions Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OSK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oshkosh Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RGLD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Gold Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reliance Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VICI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VICI Properties Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CPX.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital Power Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CPXWF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JWEL.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jamieson Wellness Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOU.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CUBE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CubeSmart </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booz Allen Hamilton Holding Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IIPR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Innovative Industrial Properties Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GGG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graco Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MLI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mueller Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTEX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Open Text Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTEX.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PHM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pultegroup Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WDFC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WD-40 Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Montreal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMO.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQB.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQB Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GFF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Griffon Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRU.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metro Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TVK.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TerraVest Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of New York Mellon Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goldman Sachs Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nextera Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northrop Grumman Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SYK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stryker Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tourmaline Oil Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cummins Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EVR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evercore Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hartford Insurance Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRK </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PSK.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prairiesky Royalty Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XYL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xylem Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EBAY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eBay Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EFN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FNV </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franco-Nevada Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FNV.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FSS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Federal Signal Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INVH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invitation Homes Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KDP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keurig Dr Pepper Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linde PLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LNF.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leon's Furniture Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MPWR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monolithic Power Systems Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Water Works Co Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA Healthcare Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RBA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RB Global Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ameren Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CASY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caseys General Stores Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GWW </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WW Grainger Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HTO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H2O America </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LHX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L3Harris Technologies Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTL.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mullen Group Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PCAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paccar Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RPM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RPM International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRI.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Federal Agricultural Mortgage Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANCTF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alimentation Couche-Tard Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AOS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A O Smith Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATD.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCDBF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCL.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDNAF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Tire Corporation Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CMCSA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comcast Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlisle Companies Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTC.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTRA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coterra Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CWEN.A </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clearway Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DICK'S Sporting Goods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DPZ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Domino's Pizza Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EIX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edison International </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMP.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empire Company Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FITB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fifth Third Bancorp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FSV.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstService Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hammond Power Solutions Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HPS.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JJSF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">J&amp;J Snack Foods Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lamar Advertising Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mastercard Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Masco Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MATX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matson Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NVO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk A/S </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Republic International Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QBR.B.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quebecor Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STLJF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Parcel Service Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watsco Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WTS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watts Water Technologies Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Lease Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AltaGas Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Badger Infrastructure Solutions Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDGI.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brixmor Property Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cal-Maine Foods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CM.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAST </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FedEx Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FTT.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finning International Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GLPI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaming and Leisure Properties Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HLF.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">High Liner Foods Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HRB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H &amp; R Block Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDCC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InterDigital Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KEY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keyera Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loblaw Companies Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LCII </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LCI Industries </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LZB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">La-Z-Boy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NDAQ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NET.UN.V </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Net Real Estate Investment Trust </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NewMarket Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NJR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Jersey Resources Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NKE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nike Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OneMain Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORCL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regions Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto PLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCCO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southern Copper Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Star Group LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SLGN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Silgan Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SRCE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1st Source Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TD.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TGLS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tecnoglass Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSCO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tractor Supply Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WFC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">George Weston Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WPM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WPM.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMGN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amgen Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTBI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Trust Bancorp Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eaton Corporation PLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FTS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortis Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FTS.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GCG.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guardian Capital Group Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IBCP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Independent Bank Corp (Michigan) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IFC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intact Financial Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JEF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jefferies Financial Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroger Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mid-America Apartment Communities Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Main Street Capital Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSEX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Middlesex Water Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NRG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NRG Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ODFL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Dominion Freight Line Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RMD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resmed Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Property Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPGI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;P Global Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TWC Enterprises Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TXRH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Roadhouse Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZTS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc </t>
+  </si>
+  <si>
+    <t>* Prices and datas as of 12/23/2025. Chowder rule minimum of 8 has been applied.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABM Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEM.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDGIF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DCI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Donaldson Company Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">D.R. Horton Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ECL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entergy Corp </t>
+  </si>
+  <si>
     <t xml:space="preserve">GD </t>
   </si>
   <si>
     <t xml:space="preserve">General Dynamics Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">GSY.TO </t>
-[...1264 lines deleted...]
-  <si>
     <t xml:space="preserve">GRMN </t>
   </si>
   <si>
     <t xml:space="preserve">Garmin Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">HD.NEO </t>
-[...317 lines deleted...]
-    <t xml:space="preserve">WPM.TO </t>
+    <t xml:space="preserve">HESM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hess Midstream LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAS.A.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lassonde Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Public Service Enterprise Group Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEIC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEI Investments Co </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STN.TO </t>
+  </si>
+  <si>
+    <t>AVG 5-year Duv Yield</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -2900,15991 +2774,15356 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dividendstocksrock.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B8:Q328"/>
+  <dimension ref="B8:R298"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+    <sheetView tabSelected="1" topLeftCell="M1" workbookViewId="0">
+      <selection activeCell="R12" sqref="R12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="53" customWidth="1"/>
     <col min="5" max="5" width="25.140625" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" customWidth="1"/>
     <col min="11" max="11" width="21.7109375" customWidth="1"/>
     <col min="12" max="12" width="21.42578125" customWidth="1"/>
     <col min="13" max="13" width="20.5703125" customWidth="1"/>
     <col min="14" max="14" width="18.7109375" customWidth="1"/>
     <col min="15" max="15" width="23.5703125" customWidth="1"/>
-    <col min="17" max="17" width="18" customWidth="1"/>
+    <col min="17" max="17" width="19.7109375" customWidth="1"/>
+    <col min="18" max="18" width="28.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="8" spans="2:17" ht="30.75" x14ac:dyDescent="0.45">
+    <row r="8" spans="2:18" ht="30.75" x14ac:dyDescent="0.45">
       <c r="B8" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9" spans="2:17" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:18" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:17" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="10" spans="2:18" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:17" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="11" spans="2:18" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B11" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:17" x14ac:dyDescent="0.25">
+        <v>214</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="12" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
-        <v>459</v>
+        <v>554</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>460</v>
+        <v>555</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H12" s="3">
-        <v>38.81</v>
+        <v>42.24</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
-      <c r="J12" s="3" t="s">
-        <v>232</v>
+      <c r="J12" s="4">
+        <v>2.75E-2</v>
       </c>
       <c r="K12" s="4">
-        <v>0.17269999999999999</v>
+        <v>0.22500000000000001</v>
       </c>
       <c r="L12" s="4">
-        <v>8.2799999999999999E-2</v>
+        <v>8.0199999999999994E-2</v>
       </c>
       <c r="M12" s="4">
-        <v>0.34260000000000002</v>
+        <v>7.6799999999999993E-2</v>
       </c>
       <c r="N12" s="4">
-        <v>0.1358</v>
+        <v>0.3846</v>
       </c>
       <c r="O12" s="4">
-        <v>0.15970000000000001</v>
+        <v>0.42299999999999999</v>
       </c>
       <c r="P12" s="3">
-        <v>37.43</v>
+        <v>22.91</v>
       </c>
       <c r="Q12" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R12" s="4">
+        <v>1.9900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3">
         <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>4</v>
       </c>
       <c r="H13" s="3">
-        <v>123.63</v>
+        <v>125.21</v>
       </c>
       <c r="I13" s="3">
         <v>77.73</v>
       </c>
       <c r="J13" s="4">
-        <v>1.89E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K13" s="4">
-        <v>0.33689999999999998</v>
+        <v>0.2601</v>
       </c>
       <c r="L13" s="4">
-        <v>0.06</v>
+        <v>4.8399999999999999E-2</v>
       </c>
       <c r="M13" s="4">
-        <v>0.10009999999999999</v>
+        <v>9.4200000000000006E-2</v>
       </c>
       <c r="N13" s="4">
         <v>0.2913</v>
       </c>
       <c r="O13" s="4">
-        <v>0.58640000000000003</v>
+        <v>0.58460000000000001</v>
       </c>
       <c r="P13" s="3">
-        <v>15.57</v>
+        <v>15.67</v>
       </c>
       <c r="Q13" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="14" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R13" s="4">
+        <v>1.8200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>4</v>
       </c>
       <c r="H14" s="3">
-        <v>250.09</v>
+        <v>270.55</v>
       </c>
       <c r="I14" s="3">
         <v>230.37</v>
       </c>
       <c r="J14" s="4">
-        <v>2.6200000000000001E-2</v>
+        <v>2.3900000000000001E-2</v>
       </c>
       <c r="K14" s="4">
-        <v>9.0200000000000002E-2</v>
+        <v>8.2900000000000001E-2</v>
       </c>
       <c r="L14" s="4">
-        <v>8.8900000000000007E-2</v>
+        <v>9.2700000000000005E-2</v>
       </c>
       <c r="M14" s="4">
-        <v>0.12540000000000001</v>
+        <v>0.13109999999999999</v>
       </c>
       <c r="N14" s="4">
         <v>0.4819</v>
       </c>
       <c r="O14" s="4">
-        <v>0.33989999999999998</v>
+        <v>0.32840000000000003</v>
       </c>
       <c r="P14" s="3">
-        <v>20.51</v>
+        <v>22.52</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="15" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R14" s="4">
+        <v>1.44E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>3</v>
       </c>
       <c r="G15" s="3">
         <v>4</v>
       </c>
       <c r="H15" s="3">
-        <v>35.17</v>
+        <v>34.020000000000003</v>
       </c>
       <c r="I15" s="3">
-        <v>17.23</v>
+        <v>18.38</v>
       </c>
       <c r="J15" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="K15" s="4">
-        <v>7.0999999999999994E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="L15" s="4">
-        <v>0.1973</v>
+        <v>0.1925</v>
       </c>
       <c r="M15" s="4">
-        <v>0.1076</v>
+        <v>0.1052</v>
       </c>
       <c r="N15" s="4">
         <v>0.21790000000000001</v>
       </c>
       <c r="O15" s="4">
-        <v>0.1062</v>
+        <v>0.111</v>
       </c>
       <c r="P15" s="3">
-        <v>13.71</v>
+        <v>13.63</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R15" s="4">
+        <v>1.5699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
-        <v>461</v>
+        <v>32</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>462</v>
+        <v>33</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
         <v>4</v>
       </c>
       <c r="G16" s="3">
         <v>4</v>
       </c>
       <c r="H16" s="3">
-        <v>234.15</v>
+        <v>259.69</v>
       </c>
       <c r="I16" s="3">
-        <v>141.24</v>
+        <v>240.27</v>
       </c>
       <c r="J16" s="4">
-        <v>1.7000000000000001E-2</v>
+        <v>2.64E-2</v>
       </c>
       <c r="K16" s="4">
-        <v>2.24E-2</v>
+        <v>0.1201</v>
       </c>
       <c r="L16" s="4">
-        <v>0.1187</v>
+        <v>7.4499999999999997E-2</v>
       </c>
       <c r="M16" s="4">
-        <v>0.11509999999999999</v>
+        <v>0.1154</v>
       </c>
       <c r="N16" s="4">
-        <v>1.1006</v>
+        <v>0.60329999999999995</v>
       </c>
       <c r="O16" s="4">
-        <v>0.51500000000000001</v>
+        <v>0.5827</v>
       </c>
       <c r="P16" s="3">
-        <v>59.37</v>
+        <v>25.44</v>
       </c>
       <c r="Q16" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R16" s="4">
+        <v>2.07E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
-        <v>32</v>
+        <v>349</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>33</v>
+        <v>350</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="3">
+        <v>3</v>
+      </c>
+      <c r="G17" s="3">
+        <v>3</v>
+      </c>
+      <c r="H17" s="3">
+        <v>99.48</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
+      <c r="J17" s="4">
+        <v>2.8799999999999999E-2</v>
+      </c>
+      <c r="K17" s="4">
+        <v>8.2100000000000006E-2</v>
+      </c>
+      <c r="L17" s="4">
+        <v>9.11E-2</v>
+      </c>
+      <c r="M17" s="4">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="N17" s="4">
+        <v>0.60409999999999997</v>
+      </c>
+      <c r="O17" s="4">
+        <v>-0.60499999999999998</v>
+      </c>
+      <c r="P17" s="3">
+        <v>18.940000000000001</v>
+      </c>
+      <c r="Q17" s="3">
+        <v>0</v>
+      </c>
+      <c r="R17" s="4">
+        <v>2.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B18" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="3">
+        <v>3</v>
+      </c>
+      <c r="G18" s="3">
+        <v>3</v>
+      </c>
+      <c r="H18" s="3">
+        <v>180.16</v>
+      </c>
+      <c r="I18" s="3">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="J18" s="4">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="K18" s="4">
+        <v>0.26650000000000001</v>
+      </c>
+      <c r="L18" s="4">
+        <v>0.27489999999999998</v>
+      </c>
+      <c r="M18" s="4">
+        <v>0.14580000000000001</v>
+      </c>
+      <c r="N18" s="4">
+        <v>0.42080000000000001</v>
+      </c>
+      <c r="O18" s="4">
+        <v>0.1953</v>
+      </c>
+      <c r="P18" s="3">
+        <v>25.57</v>
+      </c>
+      <c r="Q18" s="3">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>2.6700000000000002E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B19" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" s="3">
+        <v>3</v>
+      </c>
+      <c r="G19" s="3">
+        <v>3</v>
+      </c>
+      <c r="H19" s="3">
+        <v>247.69</v>
+      </c>
+      <c r="I19" s="3">
+        <v>28.05</v>
+      </c>
+      <c r="J19" s="4">
+        <v>9.2999999999999992E-3</v>
+      </c>
+      <c r="K19" s="4">
+        <v>0.26650000000000001</v>
+      </c>
+      <c r="L19" s="4">
+        <v>0.27489999999999998</v>
+      </c>
+      <c r="M19" s="4">
+        <v>0.1099</v>
+      </c>
+      <c r="N19" s="4">
+        <v>0.42080000000000001</v>
+      </c>
+      <c r="O19" s="4">
+        <v>0.1968</v>
+      </c>
+      <c r="P19" s="3">
+        <v>25.57</v>
+      </c>
+      <c r="Q19" s="3">
+        <v>0</v>
+      </c>
+      <c r="R19" s="4">
+        <v>2.6700000000000002E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B20" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="3">
+        <v>3</v>
+      </c>
+      <c r="G20" s="3">
+        <v>3</v>
+      </c>
+      <c r="H20" s="3">
+        <v>114.63</v>
+      </c>
+      <c r="I20" s="3">
+        <v>86.27</v>
+      </c>
+      <c r="J20" s="4">
+        <v>3.32E-2</v>
+      </c>
+      <c r="K20" s="4">
+        <v>9.5500000000000002E-2</v>
+      </c>
+      <c r="L20" s="4">
+        <v>7.3400000000000007E-2</v>
+      </c>
+      <c r="M20" s="4">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="N20" s="4">
+        <v>0.63980000000000004</v>
+      </c>
+      <c r="O20" s="4">
+        <v>-1.1492</v>
+      </c>
+      <c r="P20" s="3">
+        <v>16.760000000000002</v>
+      </c>
+      <c r="Q20" s="3">
+        <v>0</v>
+      </c>
+      <c r="R20" s="4">
+        <v>3.8399999999999997E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B21" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F21" s="3">
+        <v>4</v>
+      </c>
+      <c r="G21" s="3">
+        <v>3</v>
+      </c>
+      <c r="H21" s="3">
+        <v>178.44</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
+      <c r="J21" s="4">
+        <v>3.39E-2</v>
+      </c>
+      <c r="K21" s="4">
+        <v>0.1482</v>
+      </c>
+      <c r="L21" s="4">
+        <v>0.25619999999999998</v>
+      </c>
+      <c r="M21" s="4">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="N21" s="4">
+        <v>0.33760000000000001</v>
+      </c>
+      <c r="O21" s="4">
+        <v>0.25030000000000002</v>
+      </c>
+      <c r="P21" s="3">
+        <v>10.09</v>
+      </c>
+      <c r="Q21" s="3">
+        <v>0</v>
+      </c>
+      <c r="R21" s="4">
+        <v>2.8400000000000002E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B22" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F17" s="3">
-[...208 lines deleted...]
-      <c r="I21" s="3">
+      <c r="F22" s="3">
+        <v>4</v>
+      </c>
+      <c r="G22" s="3">
+        <v>3</v>
+      </c>
+      <c r="H22" s="3">
+        <v>64.19</v>
+      </c>
+      <c r="I22" s="3">
         <v>19.64</v>
       </c>
-      <c r="J21" s="4">
-[...8 lines deleted...]
-      <c r="M21" s="4">
+      <c r="J22" s="4">
+        <v>1.37E-2</v>
+      </c>
+      <c r="K22" s="4">
+        <v>0.14419999999999999</v>
+      </c>
+      <c r="L22" s="4">
+        <v>7.6100000000000001E-2</v>
+      </c>
+      <c r="M22" s="4">
         <v>7.5999999999999998E-2</v>
       </c>
-      <c r="N21" s="4">
+      <c r="N22" s="4">
         <v>0.25440000000000002</v>
       </c>
-      <c r="O21" s="4">
-[...48 lines deleted...]
-      </c>
       <c r="O22" s="4">
-        <v>-26.142900000000001</v>
+        <v>-4.7800000000000002E-2</v>
       </c>
       <c r="P22" s="3">
-        <v>15.7</v>
+        <v>7.44</v>
       </c>
       <c r="Q22" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R22" s="4">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>35</v>
+        <v>430</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>34</v>
+        <v>431</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F23" s="3">
         <v>3</v>
       </c>
       <c r="G23" s="3">
         <v>3</v>
       </c>
       <c r="H23" s="3">
-        <v>17.399999999999999</v>
+        <v>41.34</v>
       </c>
       <c r="I23" s="3">
-        <v>16.8</v>
+        <v>18.54</v>
       </c>
       <c r="J23" s="4">
-        <v>4.58E-2</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="K23" s="4">
-        <v>0.42849999999999999</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="L23" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>0.1779</v>
       </c>
       <c r="M23" s="4">
-        <v>9.5799999999999996E-2</v>
+        <v>0.31269999999999998</v>
       </c>
       <c r="N23" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.61070000000000002</v>
       </c>
       <c r="O23" s="4">
-        <v>-0.28839999999999999</v>
+        <v>-24.8</v>
       </c>
       <c r="P23" s="3">
-        <v>7.01</v>
+        <v>16.510000000000002</v>
       </c>
       <c r="Q23" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R23" s="4">
+        <v>4.1200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>467</v>
+        <v>432</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>468</v>
+        <v>433</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
         <v>4</v>
       </c>
       <c r="G24" s="3">
         <v>4</v>
       </c>
       <c r="H24" s="3">
-        <v>191.53</v>
+        <v>208.26</v>
       </c>
       <c r="I24" s="3">
         <v>69.33</v>
       </c>
       <c r="J24" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="K24" s="4">
-        <v>9.8199999999999996E-2</v>
+        <v>0.12889999999999999</v>
       </c>
       <c r="L24" s="4">
-        <v>0.1103</v>
+        <v>9.7900000000000001E-2</v>
       </c>
       <c r="M24" s="4">
-        <v>0.12659999999999999</v>
+        <v>0.13120000000000001</v>
       </c>
       <c r="N24" s="4">
         <v>0.2114</v>
       </c>
       <c r="O24" s="4">
-        <v>0.1181</v>
+        <v>0.1192</v>
       </c>
       <c r="P24" s="3">
-        <v>9.0299999999999994</v>
+        <v>6.64</v>
       </c>
       <c r="Q24" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R24" s="4">
+        <v>2.4299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B25" s="3" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="3">
         <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>4</v>
       </c>
       <c r="H25" s="3">
-        <v>82.54</v>
+        <v>100.71</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
       <c r="J25" s="4">
-        <v>1.29E-2</v>
+        <v>1.09E-2</v>
       </c>
       <c r="K25" s="4">
-        <v>0.2427</v>
+        <v>0.25629999999999997</v>
       </c>
       <c r="L25" s="4">
-        <v>8.1500000000000003E-2</v>
+        <v>8.0799999999999997E-2</v>
       </c>
       <c r="M25" s="4">
-        <v>9.2799999999999994E-2</v>
+        <v>9.69E-2</v>
       </c>
       <c r="N25" s="4">
         <v>0.11899999999999999</v>
       </c>
       <c r="O25" s="4">
-        <v>0.1371</v>
+        <v>0.1447</v>
       </c>
       <c r="P25" s="3">
-        <v>9.51</v>
+        <v>12.12</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="26" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R25" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="3">
         <v>3</v>
       </c>
       <c r="G26" s="3">
         <v>3</v>
       </c>
       <c r="H26" s="3">
-        <v>233.09</v>
+        <v>259.10000000000002</v>
       </c>
       <c r="I26" s="3">
         <v>45</v>
       </c>
       <c r="J26" s="4">
-        <v>7.9000000000000008E-3</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="K26" s="4">
-        <v>0.1641</v>
+        <v>0.1492</v>
       </c>
       <c r="L26" s="4">
-        <v>0.1071</v>
+        <v>9.4700000000000006E-2</v>
       </c>
       <c r="M26" s="4">
-        <v>0.14599999999999999</v>
+        <v>0.15390000000000001</v>
       </c>
       <c r="N26" s="4">
-        <v>0.1744</v>
+        <v>0.20319999999999999</v>
       </c>
       <c r="O26" s="4">
-        <v>0.23150000000000001</v>
+        <v>0.2429</v>
       </c>
       <c r="P26" s="3">
-        <v>27.75</v>
+        <v>29.57</v>
       </c>
       <c r="Q26" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="27" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R26" s="4">
+        <v>8.6E-3</v>
+      </c>
+    </row>
+    <row r="27" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B27" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F27" s="3">
         <v>4</v>
       </c>
       <c r="G27" s="3">
         <v>4</v>
       </c>
       <c r="H27" s="3">
-        <v>202.15</v>
+        <v>206.25</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27" s="4">
-        <v>6.3E-3</v>
+        <v>6.1000000000000004E-3</v>
       </c>
       <c r="K27" s="4">
-        <v>0.104</v>
+        <v>0.109</v>
       </c>
       <c r="L27" s="4">
-        <v>8.48E-2</v>
+        <v>9.5500000000000002E-2</v>
       </c>
       <c r="M27" s="4">
-        <v>0.1094</v>
+        <v>0.1149</v>
       </c>
       <c r="N27" s="4">
         <v>0.18809999999999999</v>
       </c>
       <c r="O27" s="4">
-        <v>0.1618</v>
+        <v>0.1699</v>
       </c>
       <c r="P27" s="3">
-        <v>31.98</v>
+        <v>32.07</v>
       </c>
       <c r="Q27" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R27" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" s="3">
+        <v>3</v>
+      </c>
+      <c r="G28" s="3">
+        <v>4</v>
+      </c>
+      <c r="H28" s="3">
+        <v>331.37</v>
+      </c>
+      <c r="I28" s="3">
+        <v>273.36</v>
+      </c>
+      <c r="J28" s="4">
+        <v>3.0800000000000001E-2</v>
+      </c>
+      <c r="K28" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="L28" s="4">
+        <v>7.1900000000000006E-2</v>
+      </c>
+      <c r="M28" s="4">
+        <v>8.2699999999999996E-2</v>
+      </c>
+      <c r="N28" s="4">
+        <v>1.2056</v>
+      </c>
+      <c r="O28" s="4">
+        <v>0.43730000000000002</v>
+      </c>
+      <c r="P28" s="3">
+        <v>25.31</v>
+      </c>
+      <c r="Q28" s="3">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>3.3700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B29" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F29" s="3">
+        <v>3</v>
+      </c>
+      <c r="G29" s="3">
+        <v>4</v>
+      </c>
+      <c r="H29" s="3">
+        <v>495.77</v>
+      </c>
+      <c r="I29" s="3">
+        <v>208</v>
+      </c>
+      <c r="J29" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="K29" s="4">
+        <v>0.25159999999999999</v>
+      </c>
+      <c r="L29" s="4">
+        <v>9.1300000000000006E-2</v>
+      </c>
+      <c r="M29" s="4">
+        <v>8.9599999999999999E-2</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0.1744</v>
+      </c>
+      <c r="O29" s="4">
+        <v>7.8899999999999998E-2</v>
+      </c>
+      <c r="P29" s="3">
+        <v>13.42</v>
+      </c>
+      <c r="Q29" s="3">
+        <v>0</v>
+      </c>
+      <c r="R29" s="4">
+        <v>1.41E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B30" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C28" s="3" t="s">
+      <c r="C30" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="D30" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" s="3">
+        <v>3</v>
+      </c>
+      <c r="G30" s="3">
+        <v>3</v>
+      </c>
+      <c r="H30" s="3">
+        <v>172.53</v>
+      </c>
+      <c r="I30" s="3">
+        <v>101.35</v>
+      </c>
+      <c r="J30" s="4">
+        <v>3.9399999999999998E-2</v>
+      </c>
+      <c r="K30" s="4">
+        <v>0.10589999999999999</v>
+      </c>
+      <c r="L30" s="4">
+        <v>5.3900000000000003E-2</v>
+      </c>
+      <c r="M30" s="4">
+        <v>8.4599999999999995E-2</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0.94030000000000002</v>
+      </c>
+      <c r="O30" s="4">
+        <v>0.84509999999999996</v>
+      </c>
+      <c r="P30" s="3">
+        <v>27.5</v>
+      </c>
+      <c r="Q30" s="3">
+        <v>1</v>
+      </c>
+      <c r="R30" s="4">
+        <v>2.8799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B31" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" s="3">
+        <v>4</v>
+      </c>
+      <c r="G31" s="3">
+        <v>5</v>
+      </c>
+      <c r="H31" s="3">
+        <v>54.22</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
+      <c r="J31" s="4">
+        <v>1.1299999999999999E-2</v>
+      </c>
+      <c r="K31" s="4">
+        <v>2.1499999999999998E-2</v>
+      </c>
+      <c r="L31" s="4">
+        <v>0.10730000000000001</v>
+      </c>
+      <c r="M31" s="4">
+        <v>0.21879999999999999</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0.1958</v>
+      </c>
+      <c r="O31" s="4">
+        <v>0.18140000000000001</v>
+      </c>
+      <c r="P31" s="3">
+        <v>19.53</v>
+      </c>
+      <c r="Q31" s="3">
+        <v>0</v>
+      </c>
+      <c r="R31" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B32" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F28" s="3">
-[...173 lines deleted...]
-      <c r="N31" s="4">
+      <c r="F32" s="3">
+        <v>3</v>
+      </c>
+      <c r="G32" s="3">
+        <v>4</v>
+      </c>
+      <c r="H32" s="3">
+        <v>355.39</v>
+      </c>
+      <c r="I32" s="3">
+        <v>0</v>
+      </c>
+      <c r="J32" s="4">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="K32" s="4">
+        <v>8.14E-2</v>
+      </c>
+      <c r="L32" s="4">
+        <v>0.09</v>
+      </c>
+      <c r="M32" s="4">
+        <v>0.1023</v>
+      </c>
+      <c r="N32" s="4">
         <v>0.21210000000000001</v>
       </c>
-      <c r="O31" s="4">
-[...48 lines deleted...]
-      </c>
       <c r="O32" s="4">
-        <v>0.34029999999999999</v>
+        <v>0.20200000000000001</v>
       </c>
       <c r="P32" s="3">
-        <v>18.010000000000002</v>
+        <v>28.03</v>
       </c>
       <c r="Q32" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R32" s="4">
+        <v>7.6E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B33" s="3" t="s">
-        <v>469</v>
+        <v>372</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>470</v>
+        <v>373</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="3">
         <v>4</v>
       </c>
       <c r="G33" s="3">
         <v>4</v>
       </c>
       <c r="H33" s="3">
-        <v>36.65</v>
+        <v>68.12</v>
       </c>
       <c r="I33" s="3">
-        <v>29.86</v>
+        <v>50.88</v>
       </c>
       <c r="J33" s="4">
-        <v>2.8500000000000001E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="K33" s="4">
-        <v>7.9299999999999995E-2</v>
+        <v>0.1177</v>
       </c>
       <c r="L33" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>5.7599999999999998E-2</v>
       </c>
       <c r="M33" s="4">
-        <v>6.2700000000000006E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
       <c r="N33" s="4">
-        <v>0.25559999999999999</v>
+        <v>0.35680000000000001</v>
       </c>
       <c r="O33" s="4">
-        <v>0.33</v>
+        <v>0.34029999999999999</v>
       </c>
       <c r="P33" s="3">
-        <v>17.86</v>
+        <v>18.36</v>
       </c>
       <c r="Q33" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="34" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R33" s="4">
+        <v>1.7399999999999999E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B34" s="3" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="3">
         <v>3</v>
       </c>
       <c r="G34" s="3">
         <v>3</v>
       </c>
       <c r="H34" s="3">
-        <v>148.71</v>
+        <v>170.27</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
       <c r="J34" s="4">
-        <v>3.04E-2</v>
+        <v>2.7E-2</v>
       </c>
       <c r="K34" s="4">
-        <v>0.29559999999999997</v>
+        <v>0.31879999999999997</v>
       </c>
       <c r="L34" s="4">
-        <v>0.25569999999999998</v>
+        <v>0.2482</v>
       </c>
       <c r="M34" s="4">
-        <v>0.21809999999999999</v>
+        <v>0.22869999999999999</v>
       </c>
       <c r="N34" s="4">
         <v>1.9093</v>
       </c>
       <c r="O34" s="4">
-        <v>0.67149999999999999</v>
+        <v>0.57979999999999998</v>
       </c>
       <c r="P34" s="3">
-        <v>82.29</v>
+        <v>69.349999999999994</v>
       </c>
       <c r="Q34" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R34" s="4">
+        <v>2.64E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F35" s="3">
         <v>4</v>
       </c>
       <c r="G35" s="3">
         <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>71.28</v>
+        <v>74.430000000000007</v>
       </c>
       <c r="I35" s="3">
-        <v>82.42</v>
+        <v>90.87</v>
       </c>
       <c r="J35" s="4">
-        <v>1.0999999999999999E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K35" s="4">
-        <v>1.83E-2</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="L35" s="4">
-        <v>9.3200000000000005E-2</v>
+        <v>0.10730000000000001</v>
       </c>
       <c r="M35" s="4">
-        <v>0.20630000000000001</v>
+        <v>0.21879999999999999</v>
       </c>
       <c r="N35" s="4">
         <v>0.1958</v>
       </c>
       <c r="O35" s="4">
-        <v>0.1741</v>
+        <v>0.18149999999999999</v>
       </c>
       <c r="P35" s="3">
-        <v>18.649999999999999</v>
+        <v>19.53</v>
       </c>
       <c r="Q35" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="36" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R35" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B36" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="3">
         <v>4</v>
       </c>
       <c r="G36" s="3">
         <v>4</v>
       </c>
       <c r="H36" s="3">
-        <v>171.73</v>
+        <v>167.34</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
       <c r="J36" s="4">
-        <v>2.01E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="K36" s="4">
-        <v>8.2000000000000003E-2</v>
+        <v>7.1599999999999997E-2</v>
       </c>
       <c r="L36" s="4">
-        <v>0.1038</v>
+        <v>0.1008</v>
       </c>
       <c r="M36" s="4">
-        <v>7.9899999999999999E-2</v>
+        <v>8.7800000000000003E-2</v>
       </c>
       <c r="N36" s="4">
-        <v>0.47289999999999999</v>
+        <v>0.46210000000000001</v>
       </c>
       <c r="O36" s="4">
-        <v>-0.39200000000000002</v>
+        <v>-0.36630000000000001</v>
       </c>
       <c r="P36" s="3">
-        <v>23.85</v>
+        <v>22.28</v>
       </c>
       <c r="Q36" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R36" s="4">
+        <v>2.63E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B37" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="3">
         <v>4</v>
       </c>
       <c r="G37" s="3">
         <v>4</v>
       </c>
       <c r="H37" s="3">
-        <v>369.53</v>
+        <v>341.39</v>
       </c>
       <c r="I37" s="3">
-        <v>72.819999999999993</v>
+        <v>108.5</v>
       </c>
       <c r="J37" s="4">
-        <v>6.3E-3</v>
+        <v>7.6E-3</v>
       </c>
       <c r="K37" s="4">
-        <v>0.3402</v>
+        <v>0.3513</v>
       </c>
       <c r="L37" s="4">
-        <v>0.19020000000000001</v>
+        <v>0.19409999999999999</v>
       </c>
       <c r="M37" s="4">
-        <v>0.12089999999999999</v>
+        <v>0.1263</v>
       </c>
       <c r="N37" s="4">
-        <v>1.5911</v>
+        <v>0.48180000000000001</v>
       </c>
       <c r="O37" s="4">
-        <v>0.43440000000000001</v>
+        <v>0.41399999999999998</v>
       </c>
       <c r="P37" s="3">
-        <v>96.78</v>
+        <v>71.489999999999995</v>
       </c>
       <c r="Q37" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="38" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R37" s="4">
+        <v>2.1600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B38" s="3" t="s">
-        <v>471</v>
+        <v>49</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F38" s="3">
         <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>4</v>
       </c>
       <c r="H38" s="3">
-        <v>86.48</v>
+        <v>180.97</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
-      <c r="J38" s="3" t="s">
-        <v>232</v>
+      <c r="J38" s="4">
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="K38" s="4">
-        <v>0.3402</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="L38" s="4">
-        <v>0.19020000000000001</v>
+        <v>4.7E-2</v>
       </c>
       <c r="M38" s="4">
-        <v>0.37109999999999999</v>
+        <v>9.4100000000000003E-2</v>
       </c>
       <c r="N38" s="4">
-        <v>1.59</v>
+        <v>0.39369999999999999</v>
       </c>
       <c r="O38" s="4">
-        <v>0.43440000000000001</v>
+        <v>0.43890000000000001</v>
       </c>
       <c r="P38" s="3">
-        <v>96.78</v>
+        <v>20.56</v>
       </c>
       <c r="Q38" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R38" s="4">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="39" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B39" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="3">
+        <v>4</v>
+      </c>
+      <c r="G39" s="3">
+        <v>4</v>
+      </c>
+      <c r="H39" s="3">
+        <v>131.66999999999999</v>
+      </c>
+      <c r="I39" s="3">
+        <v>193.55</v>
+      </c>
+      <c r="J39" s="4">
+        <v>2.5399999999999999E-2</v>
+      </c>
+      <c r="K39" s="4">
+        <v>7.9100000000000004E-2</v>
+      </c>
+      <c r="L39" s="4">
+        <v>6.0699999999999997E-2</v>
+      </c>
+      <c r="M39" s="4">
+        <v>8.1799999999999998E-2</v>
+      </c>
+      <c r="N39" s="4">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="O39" s="4">
+        <v>-0.71630000000000005</v>
+      </c>
+      <c r="P39" s="3">
+        <v>22.84</v>
+      </c>
+      <c r="Q39" s="3">
+        <v>1</v>
+      </c>
+      <c r="R39" s="4">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B40" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="D39" s="3" t="s">
-[...43 lines deleted...]
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="3">
         <v>4</v>
       </c>
       <c r="G40" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H40" s="3">
-        <v>128.41</v>
+        <v>73.63</v>
       </c>
       <c r="I40" s="3">
-        <v>193.55</v>
+        <v>76.81</v>
       </c>
       <c r="J40" s="4">
-        <v>2.6100000000000002E-2</v>
+        <v>2.76E-2</v>
       </c>
       <c r="K40" s="4">
-        <v>8.77E-2</v>
+        <v>6.9699999999999998E-2</v>
       </c>
       <c r="L40" s="4">
-        <v>5.6399999999999999E-2</v>
+        <v>5.4600000000000003E-2</v>
       </c>
       <c r="M40" s="4">
-        <v>8.2799999999999999E-2</v>
+        <v>8.3400000000000002E-2</v>
       </c>
       <c r="N40" s="4">
-        <v>0.56899999999999995</v>
+        <v>0.56389999999999996</v>
       </c>
       <c r="O40" s="4">
-        <v>-0.64580000000000004</v>
+        <v>2.0827</v>
       </c>
       <c r="P40" s="3">
-        <v>22.22</v>
+        <v>21.66</v>
       </c>
       <c r="Q40" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>1.9199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F41" s="3">
+        <v>4</v>
+      </c>
+      <c r="G41" s="3">
+        <v>3</v>
+      </c>
+      <c r="H41" s="3">
+        <v>380.78</v>
+      </c>
+      <c r="I41" s="3">
+        <v>68.88</v>
+      </c>
+      <c r="J41" s="4">
+        <v>8.6999999999999994E-3</v>
+      </c>
+      <c r="K41" s="4">
+        <v>0.31659999999999999</v>
+      </c>
+      <c r="L41" s="4">
+        <v>0.14729999999999999</v>
+      </c>
+      <c r="M41" s="4">
+        <v>0.13780000000000001</v>
+      </c>
+      <c r="N41" s="4">
+        <v>0.2</v>
+      </c>
+      <c r="O41" s="4">
+        <v>0.11609999999999999</v>
+      </c>
+      <c r="P41" s="3">
+        <v>25.28</v>
+      </c>
+      <c r="Q41" s="3">
+        <v>0</v>
+      </c>
+      <c r="R41" s="4">
+        <v>1.17E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B42" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C41" s="3" t="s">
+      <c r="C42" s="3" t="s">
         <v>55</v>
-      </c>
-[...48 lines deleted...]
-        <v>183</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="3">
         <v>4</v>
       </c>
       <c r="G42" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H42" s="3">
-        <v>360.73</v>
+        <v>55.85</v>
       </c>
       <c r="I42" s="3">
-        <v>68.88</v>
+        <v>29.4</v>
       </c>
       <c r="J42" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>2.0299999999999999E-2</v>
       </c>
       <c r="K42" s="4">
-        <v>0.2858</v>
+        <v>0.1434</v>
       </c>
       <c r="L42" s="4">
-        <v>0.13020000000000001</v>
+        <v>4.6300000000000001E-2</v>
       </c>
       <c r="M42" s="4">
-        <v>0.1206</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N42" s="4">
-        <v>0.2</v>
+        <v>0.30669999999999997</v>
       </c>
       <c r="O42" s="4">
-        <v>0.11609999999999999</v>
+        <v>0.22239999999999999</v>
       </c>
       <c r="P42" s="3">
-        <v>24.1</v>
+        <v>15.1</v>
       </c>
       <c r="Q42" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R42" s="4">
+        <v>2.4400000000000002E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
-        <v>56</v>
+        <v>275</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>57</v>
+        <v>276</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F43" s="3">
         <v>4</v>
       </c>
       <c r="G43" s="3">
         <v>4</v>
       </c>
       <c r="H43" s="3">
-        <v>53.47</v>
+        <v>86.5</v>
       </c>
       <c r="I43" s="3">
-        <v>29.4</v>
+        <v>99.73</v>
       </c>
       <c r="J43" s="4">
-        <v>2.1100000000000001E-2</v>
+        <v>2.58E-2</v>
       </c>
       <c r="K43" s="4">
-        <v>0.11070000000000001</v>
+        <v>0.10780000000000001</v>
       </c>
       <c r="L43" s="4">
-        <v>3.5499999999999997E-2</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="M43" s="4">
-        <v>8.0399999999999999E-2</v>
+        <v>0.1215</v>
       </c>
       <c r="N43" s="4">
-        <v>0.30669999999999997</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O43" s="4">
-        <v>0.4254</v>
+        <v>0.33339999999999997</v>
       </c>
       <c r="P43" s="3">
-        <v>14.49</v>
+        <v>13.02</v>
       </c>
       <c r="Q43" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R43" s="4">
+        <v>1.61E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B44" s="3" t="s">
-        <v>472</v>
+        <v>435</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>473</v>
+        <v>434</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F44" s="3">
         <v>3</v>
       </c>
       <c r="G44" s="3">
         <v>3</v>
       </c>
-      <c r="H44" s="3" t="s">
-[...6 lines deleted...]
-        <v>232</v>
+      <c r="H44" s="3">
+        <v>75.05</v>
+      </c>
+      <c r="I44" s="3">
+        <v>0</v>
+      </c>
+      <c r="J44" s="4">
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="K44" s="4">
-        <v>0.14230000000000001</v>
+        <v>0.27829999999999999</v>
       </c>
       <c r="L44" s="4">
-        <v>0.1206</v>
+        <v>0.14080000000000001</v>
       </c>
       <c r="M44" s="4">
-        <v>0.30259999999999998</v>
+        <v>0.30599999999999999</v>
       </c>
       <c r="N44" s="4">
         <v>0.3725</v>
       </c>
-      <c r="O44" s="3" t="s">
-        <v>232</v>
+      <c r="O44" s="4">
+        <v>0.4178</v>
       </c>
       <c r="P44" s="3">
-        <v>31.92</v>
+        <v>29.38</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="45" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R44" s="4">
+        <v>1.7100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="45" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B45" s="3" t="s">
-        <v>292</v>
+        <v>559</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>293</v>
+        <v>434</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F45" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G45" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H45" s="3">
-        <v>87.18</v>
-[...2 lines deleted...]
-        <v>99.73</v>
+        <v>54.45</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J45" s="4">
-        <v>2.6599999999999999E-2</v>
+        <v>0.12039999999999999</v>
       </c>
       <c r="K45" s="4">
-        <v>0.14560000000000001</v>
+        <v>0.27829999999999999</v>
       </c>
       <c r="L45" s="4">
-        <v>8.9800000000000005E-2</v>
+        <v>0.14080000000000001</v>
       </c>
       <c r="M45" s="4">
-        <v>0.1174</v>
+        <v>0.30259999999999998</v>
       </c>
       <c r="N45" s="4">
-        <v>0.28920000000000001</v>
+        <v>0.3725</v>
       </c>
       <c r="O45" s="4">
-        <v>0.33339999999999997</v>
+        <v>0.37980000000000003</v>
       </c>
       <c r="P45" s="3">
-        <v>12.65</v>
+        <v>29.38</v>
       </c>
       <c r="Q45" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="46" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R45" s="4">
+        <v>1.7100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="46" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B46" s="3" t="s">
-        <v>474</v>
+        <v>56</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>475</v>
+        <v>57</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G46" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H46" s="3">
-        <v>54.07</v>
+        <v>32.270000000000003</v>
       </c>
       <c r="I46" s="3">
-        <v>45.99</v>
+        <v>0</v>
       </c>
       <c r="J46" s="4">
-        <v>3.2599999999999997E-2</v>
+        <v>3.95E-2</v>
       </c>
       <c r="K46" s="4">
-        <v>0.34820000000000001</v>
+        <v>3.32E-2</v>
       </c>
       <c r="L46" s="4">
-        <v>0.77929999999999999</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="M46" s="4">
-        <v>0.39660000000000001</v>
+        <v>7.4399999999999994E-2</v>
       </c>
       <c r="N46" s="4">
-        <v>0</v>
+        <v>0.40849999999999997</v>
       </c>
       <c r="O46" s="4">
-        <v>1.7435</v>
+        <v>0.4733</v>
       </c>
       <c r="P46" s="3">
-        <v>38.299999999999997</v>
+        <v>13.98</v>
       </c>
       <c r="Q46" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="47" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R46" s="4">
+        <v>3.5799999999999998E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B47" s="3" t="s">
-        <v>476</v>
+        <v>301</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>473</v>
+        <v>302</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F47" s="3">
         <v>3</v>
       </c>
       <c r="G47" s="3">
         <v>3</v>
       </c>
       <c r="H47" s="3">
-        <v>73.59</v>
+        <v>117.21</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>44.52</v>
       </c>
       <c r="J47" s="4">
-        <v>1.03E-2</v>
+        <v>1.83E-2</v>
       </c>
       <c r="K47" s="4">
-        <v>0.14230000000000001</v>
+        <v>0.12089999999999999</v>
       </c>
       <c r="L47" s="4">
-        <v>0.1206</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="M47" s="4">
-        <v>0.30259999999999998</v>
+        <v>0.1003</v>
       </c>
       <c r="N47" s="4">
-        <v>0.3725</v>
+        <v>0.31090000000000001</v>
       </c>
       <c r="O47" s="4">
-        <v>0.43219999999999997</v>
+        <v>1.0582</v>
       </c>
       <c r="P47" s="3">
-        <v>31.92</v>
+        <v>16.72</v>
       </c>
       <c r="Q47" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="48" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R47" s="4">
+        <v>2.8199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="48" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G48" s="3">
         <v>3</v>
       </c>
       <c r="H48" s="3">
-        <v>29.32</v>
+        <v>1087.95</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>400.74</v>
       </c>
       <c r="J48" s="4">
-        <v>4.2900000000000001E-2</v>
+        <v>1.9699999999999999E-2</v>
       </c>
       <c r="K48" s="4">
-        <v>6.5699999999999995E-2</v>
+        <v>3.8300000000000001E-2</v>
       </c>
       <c r="L48" s="4">
-        <v>2.2200000000000001E-2</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="M48" s="4">
-        <v>7.0999999999999994E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N48" s="4">
-        <v>0.40849999999999997</v>
+        <v>0.4869</v>
       </c>
       <c r="O48" s="4">
-        <v>0.38800000000000001</v>
+        <v>0.81769999999999998</v>
       </c>
       <c r="P48" s="3">
-        <v>11.6</v>
+        <v>27.55</v>
       </c>
       <c r="Q48" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="49" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R48" s="4">
+        <v>2.2499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B49" s="3" t="s">
-        <v>477</v>
+        <v>60</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>478</v>
+        <v>61</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F49" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G49" s="3">
         <v>4</v>
       </c>
       <c r="H49" s="3">
-        <v>45.3</v>
+        <v>182.8</v>
       </c>
       <c r="I49" s="3">
-        <v>36.119999999999997</v>
+        <v>0</v>
       </c>
       <c r="J49" s="4">
-        <v>3.9600000000000003E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K49" s="4">
-        <v>0.10829999999999999</v>
+        <v>0.2263</v>
       </c>
       <c r="L49" s="4">
-        <v>0.20100000000000001</v>
+        <v>0.16189999999999999</v>
       </c>
       <c r="M49" s="4">
-        <v>0.1211</v>
+        <v>0.1615</v>
       </c>
       <c r="N49" s="4">
-        <v>0</v>
+        <v>0.28710000000000002</v>
       </c>
       <c r="O49" s="4">
-        <v>0</v>
+        <v>0.25119999999999998</v>
       </c>
       <c r="P49" s="3">
-        <v>0</v>
+        <v>38.71</v>
       </c>
       <c r="Q49" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="50" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R49" s="4">
+        <v>7.3000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="50" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
-        <v>479</v>
+        <v>290</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>478</v>
+        <v>291</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F50" s="3">
         <v>4</v>
       </c>
       <c r="G50" s="3">
         <v>4</v>
       </c>
       <c r="H50" s="3">
-        <v>63.55</v>
+        <v>129.77000000000001</v>
       </c>
       <c r="I50" s="3">
-        <v>48.72</v>
+        <v>105.21</v>
       </c>
       <c r="J50" s="4">
-        <v>3.9E-2</v>
+        <v>3.73E-2</v>
       </c>
       <c r="K50" s="4">
-        <v>0.10829999999999999</v>
+        <v>6.8400000000000002E-2</v>
       </c>
       <c r="L50" s="4">
-        <v>0.20100000000000001</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="M50" s="4">
-        <v>0.1181</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N50" s="4">
-        <v>0</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O50" s="4">
-        <v>0</v>
+        <v>0.1336</v>
       </c>
       <c r="P50" s="3">
-        <v>0</v>
+        <v>15.64</v>
       </c>
       <c r="Q50" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="51" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R50" s="4">
+        <v>4.4299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B51" s="3" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>319</v>
+        <v>291</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G51" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H51" s="3">
-        <v>107.93</v>
+        <v>178.46</v>
       </c>
       <c r="I51" s="3">
-        <v>44.52</v>
+        <v>140.28</v>
       </c>
       <c r="J51" s="4">
-        <v>1.9599999999999999E-2</v>
+        <v>3.73E-2</v>
       </c>
       <c r="K51" s="4">
-        <v>7.1300000000000002E-2</v>
+        <v>6.8400000000000002E-2</v>
       </c>
       <c r="L51" s="4">
-        <v>2.9000000000000001E-2</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="M51" s="4">
-        <v>9.3600000000000003E-2</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N51" s="4">
-        <v>0.31090000000000001</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O51" s="4">
-        <v>0.6381</v>
+        <v>0.1336</v>
       </c>
       <c r="P51" s="3">
-        <v>15.58</v>
+        <v>15.64</v>
       </c>
       <c r="Q51" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="52" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R51" s="4">
+        <v>4.4299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="52" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B52" s="3" t="s">
-        <v>60</v>
+        <v>239</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>61</v>
+        <v>240</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G52" s="3">
         <v>3</v>
       </c>
       <c r="H52" s="3">
-        <v>1082.6500000000001</v>
+        <v>126.31</v>
       </c>
       <c r="I52" s="3">
-        <v>400.74</v>
+        <v>-330</v>
       </c>
       <c r="J52" s="4">
-        <v>1.9E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="K52" s="4">
-        <v>6.5500000000000003E-2</v>
+        <v>0.13619999999999999</v>
       </c>
       <c r="L52" s="4">
-        <v>6.5600000000000006E-2</v>
+        <v>5.74E-2</v>
       </c>
       <c r="M52" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>0.1263</v>
       </c>
       <c r="N52" s="4">
-        <v>0.4869</v>
+        <v>0.3</v>
       </c>
       <c r="O52" s="4">
-        <v>0.79469999999999996</v>
+        <v>0.32319999999999999</v>
       </c>
       <c r="P52" s="3">
-        <v>28.23</v>
+        <v>11.06</v>
       </c>
       <c r="Q52" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="53" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R52" s="4">
+        <v>2.8799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="53" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B53" s="3" t="s">
-        <v>480</v>
+        <v>62</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F53" s="3">
         <v>4</v>
       </c>
       <c r="G53" s="3">
         <v>3</v>
       </c>
       <c r="H53" s="3">
-        <v>28.15</v>
+        <v>228.24</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
-      <c r="J53" s="3" t="s">
-        <v>232</v>
+      <c r="J53" s="4">
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K53" s="4">
-        <v>6.5500000000000003E-2</v>
+        <v>0.13139999999999999</v>
       </c>
       <c r="L53" s="4">
-        <v>6.5600000000000006E-2</v>
+        <v>8.5400000000000004E-2</v>
       </c>
       <c r="M53" s="4">
-        <v>0.32129999999999997</v>
+        <v>0.10680000000000001</v>
       </c>
       <c r="N53" s="4">
-        <v>0.4869</v>
+        <v>0.4909</v>
       </c>
       <c r="O53" s="4">
-        <v>0.79469999999999996</v>
+        <v>0.33589999999999998</v>
       </c>
       <c r="P53" s="3">
-        <v>28.23</v>
+        <v>27.47</v>
       </c>
       <c r="Q53" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="54" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R53" s="4">
+        <v>1.67E-2</v>
+      </c>
+    </row>
+    <row r="54" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B54" s="3" t="s">
-        <v>62</v>
+        <v>436</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>63</v>
+        <v>437</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F54" s="3">
         <v>3</v>
       </c>
       <c r="G54" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H54" s="3">
-        <v>180.41</v>
+        <v>26.09</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
       <c r="J54" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>4.7699999999999999E-2</v>
       </c>
       <c r="K54" s="4">
-        <v>0.22559999999999999</v>
+        <v>0.21659999999999999</v>
       </c>
       <c r="L54" s="4">
-        <v>0.15740000000000001</v>
+        <v>5.0299999999999997E-2</v>
       </c>
       <c r="M54" s="4">
-        <v>0.152</v>
+        <v>6.2300000000000001E-2</v>
       </c>
       <c r="N54" s="4">
-        <v>0.28710000000000002</v>
+        <v>0.99590000000000001</v>
       </c>
       <c r="O54" s="4">
-        <v>0.25119999999999998</v>
+        <v>1.1958</v>
       </c>
       <c r="P54" s="3">
-        <v>38.6</v>
+        <v>23.86</v>
       </c>
       <c r="Q54" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="55" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R54" s="4">
+        <v>4.2999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
-        <v>307</v>
+        <v>190</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>308</v>
+        <v>191</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G55" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H55" s="3">
-        <v>124.19</v>
+        <v>44.19</v>
       </c>
       <c r="I55" s="3">
-        <v>102.69</v>
+        <v>0</v>
       </c>
       <c r="J55" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>2.52E-2</v>
       </c>
       <c r="K55" s="4">
-        <v>7.3599999999999999E-2</v>
+        <v>5.3699999999999998E-2</v>
       </c>
       <c r="L55" s="4">
-        <v>6.8599999999999994E-2</v>
+        <v>0.13</v>
       </c>
       <c r="M55" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>8.0600000000000005E-2</v>
       </c>
       <c r="N55" s="4">
-        <v>0.6431</v>
+        <v>0.35520000000000002</v>
       </c>
       <c r="O55" s="4">
-        <v>-0.28489999999999999</v>
+        <v>0.40100000000000002</v>
       </c>
       <c r="P55" s="3">
-        <v>15.16</v>
+        <v>15.84</v>
       </c>
       <c r="Q55" s="3">
+        <v>0</v>
+      </c>
+      <c r="R55" s="4">
+        <v>3.0800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="56" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B56" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" s="3">
+        <v>3</v>
+      </c>
+      <c r="G56" s="3">
+        <v>3</v>
+      </c>
+      <c r="H56" s="3">
+        <v>83.36</v>
+      </c>
+      <c r="I56" s="3">
+        <v>0</v>
+      </c>
+      <c r="J56" s="4">
+        <v>6.3899999999999998E-2</v>
+      </c>
+      <c r="K56" s="4">
+        <v>0.80359999999999998</v>
+      </c>
+      <c r="L56" s="4">
+        <v>0.25040000000000001</v>
+      </c>
+      <c r="M56" s="4">
+        <v>0.30449999999999999</v>
+      </c>
+      <c r="N56" s="4">
+        <v>0.33329999999999999</v>
+      </c>
+      <c r="O56" s="4">
+        <v>0.33360000000000001</v>
+      </c>
+      <c r="P56" s="3">
+        <v>3.29</v>
+      </c>
+      <c r="Q56" s="3">
+        <v>0</v>
+      </c>
+      <c r="R56" s="4">
+        <v>4.02E-2</v>
+      </c>
+    </row>
+    <row r="57" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B57" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" s="3">
+        <v>4</v>
+      </c>
+      <c r="G57" s="3">
+        <v>4</v>
+      </c>
+      <c r="H57" s="3">
+        <v>573.42999999999995</v>
+      </c>
+      <c r="I57" s="3">
+        <v>80.56</v>
+      </c>
+      <c r="J57" s="4">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="K57" s="4">
+        <v>0.1174</v>
+      </c>
+      <c r="L57" s="4">
+        <v>0.15049999999999999</v>
+      </c>
+      <c r="M57" s="4">
+        <v>0.1048</v>
+      </c>
+      <c r="N57" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="O57" s="4">
+        <v>0.1153</v>
+      </c>
+      <c r="P57" s="3">
+        <v>34.35</v>
+      </c>
+      <c r="Q57" s="3">
+        <v>0</v>
+      </c>
+      <c r="R57" s="4">
+        <v>6.3E-3</v>
+      </c>
+    </row>
+    <row r="58" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B58" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" s="3">
+        <v>4</v>
+      </c>
+      <c r="G58" s="3">
+        <v>3</v>
+      </c>
+      <c r="H58" s="3">
+        <v>583.07000000000005</v>
+      </c>
+      <c r="I58" s="3">
+        <v>104.69</v>
+      </c>
+      <c r="J58" s="4">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="K58" s="4">
+        <v>0.29680000000000001</v>
+      </c>
+      <c r="L58" s="4">
+        <v>9.1499999999999998E-2</v>
+      </c>
+      <c r="M58" s="4">
+        <v>7.5899999999999995E-2</v>
+      </c>
+      <c r="N58" s="4">
+        <v>0.24560000000000001</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0.36020000000000002</v>
+      </c>
+      <c r="P58" s="3">
+        <v>29.57</v>
+      </c>
+      <c r="Q58" s="3">
+        <v>0</v>
+      </c>
+      <c r="R58" s="4">
+        <v>1.8700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B59" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F59" s="3">
+        <v>4</v>
+      </c>
+      <c r="G59" s="3">
+        <v>4</v>
+      </c>
+      <c r="H59" s="3">
+        <v>251.57</v>
+      </c>
+      <c r="I59" s="3">
+        <v>0</v>
+      </c>
+      <c r="J59" s="4">
+        <v>1.1599999999999999E-2</v>
+      </c>
+      <c r="K59" s="4">
+        <v>0.16889999999999999</v>
+      </c>
+      <c r="L59" s="4">
+        <v>6.1499999999999999E-2</v>
+      </c>
+      <c r="M59" s="4">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="N59" s="4">
+        <v>0.32769999999999999</v>
+      </c>
+      <c r="O59" s="4">
+        <v>0.2394</v>
+      </c>
+      <c r="P59" s="3">
+        <v>26.55</v>
+      </c>
+      <c r="Q59" s="3">
+        <v>0</v>
+      </c>
+      <c r="R59" s="4">
+        <v>1.4E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B60" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F60" s="3">
+        <v>4</v>
+      </c>
+      <c r="G60" s="3">
+        <v>4</v>
+      </c>
+      <c r="H60" s="3">
+        <v>62.81</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
+      <c r="J60" s="4">
+        <v>1.46E-2</v>
+      </c>
+      <c r="K60" s="4">
+        <v>5.74E-2</v>
+      </c>
+      <c r="L60" s="4">
+        <v>7.3800000000000004E-2</v>
+      </c>
+      <c r="M60" s="4">
+        <v>0.1056</v>
+      </c>
+      <c r="N60" s="4">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="O60" s="4">
+        <v>0.26069999999999999</v>
+      </c>
+      <c r="P60" s="3">
+        <v>18.64</v>
+      </c>
+      <c r="Q60" s="3">
+        <v>0</v>
+      </c>
+      <c r="R60" s="4">
+        <v>1.5599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="61" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B61" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F61" s="3">
+        <v>4</v>
+      </c>
+      <c r="G61" s="3">
+        <v>4</v>
+      </c>
+      <c r="H61" s="3">
+        <v>87.09</v>
+      </c>
+      <c r="I61" s="3">
+        <v>39.5</v>
+      </c>
+      <c r="J61" s="4">
+        <v>1.52E-2</v>
+      </c>
+      <c r="K61" s="4">
+        <v>5.74E-2</v>
+      </c>
+      <c r="L61" s="4">
+        <v>7.3800000000000004E-2</v>
+      </c>
+      <c r="M61" s="4">
+        <v>0.122</v>
+      </c>
+      <c r="N61" s="4">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="O61" s="4">
+        <v>0.26229999999999998</v>
+      </c>
+      <c r="P61" s="3">
+        <v>18.64</v>
+      </c>
+      <c r="Q61" s="3">
+        <v>0</v>
+      </c>
+      <c r="R61" s="4">
+        <v>1.5599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B62" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F62" s="3">
+        <v>4</v>
+      </c>
+      <c r="G62" s="3">
+        <v>4</v>
+      </c>
+      <c r="H62" s="3">
+        <v>86.76</v>
+      </c>
+      <c r="I62" s="3">
+        <v>39.5</v>
+      </c>
+      <c r="J62" s="4">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K62" s="4">
+        <v>5.74E-2</v>
+      </c>
+      <c r="L62" s="4">
+        <v>7.3800000000000004E-2</v>
+      </c>
+      <c r="M62" s="4">
+        <v>0.122</v>
+      </c>
+      <c r="N62" s="4">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="O62" s="4">
+        <v>0.26229999999999998</v>
+      </c>
+      <c r="P62" s="3">
+        <v>18.64</v>
+      </c>
+      <c r="Q62" s="3">
         <v>1</v>
       </c>
-    </row>
-[...125 lines deleted...]
-      <c r="J58" s="4">
+      <c r="R62" s="4">
+        <v>1.5599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="63" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B63" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F63" s="3">
+        <v>4</v>
+      </c>
+      <c r="G63" s="3">
+        <v>3</v>
+      </c>
+      <c r="H63" s="3">
+        <v>125.54</v>
+      </c>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
+      <c r="J63" s="4">
+        <v>4.1599999999999998E-2</v>
+      </c>
+      <c r="K63" s="4">
         <v>2.7199999999999998E-2</v>
       </c>
-      <c r="K58" s="4">
-[...251 lines deleted...]
-      </c>
       <c r="L63" s="4">
-        <v>0.13719999999999999</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="M63" s="4">
-        <v>0.1009</v>
+        <v>9.1899999999999996E-2</v>
       </c>
       <c r="N63" s="4">
-        <v>0.13789999999999999</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O63" s="4">
-        <v>0.11409999999999999</v>
+        <v>0.82220000000000004</v>
       </c>
       <c r="P63" s="3">
-        <v>33.29</v>
+        <v>12.31</v>
       </c>
       <c r="Q63" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="64" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R63" s="4">
+        <v>4.3499999999999997E-2</v>
+      </c>
+    </row>
+    <row r="64" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B64" s="3" t="s">
-        <v>487</v>
+        <v>67</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F64" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G64" s="3">
         <v>3</v>
       </c>
       <c r="H64" s="3">
-        <v>41.98</v>
+        <v>139.47</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>97.63</v>
+      </c>
+      <c r="J64" s="4">
+        <v>1.7899999999999999E-2</v>
       </c>
       <c r="K64" s="4">
-        <v>0.26740000000000003</v>
+        <v>7.7399999999999997E-2</v>
       </c>
       <c r="L64" s="4">
-        <v>7.6600000000000001E-2</v>
+        <v>3.6600000000000001E-2</v>
       </c>
       <c r="M64" s="4">
-        <v>0.33989999999999998</v>
+        <v>0.10349999999999999</v>
       </c>
       <c r="N64" s="4">
-        <v>0.24560000000000001</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>0.31009999999999999</v>
+      </c>
+      <c r="O64" s="4">
+        <v>0.3271</v>
       </c>
       <c r="P64" s="3">
-        <v>29.92</v>
+        <v>17.79</v>
       </c>
       <c r="Q64" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="65" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R64" s="4">
+        <v>1.21E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B65" s="3" t="s">
-        <v>256</v>
+        <v>202</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>257</v>
+        <v>203</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="3">
         <v>4</v>
       </c>
       <c r="G65" s="3">
         <v>4</v>
       </c>
       <c r="H65" s="3">
-        <v>246.1</v>
+        <v>129.47999999999999</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
       <c r="J65" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K65" s="4">
-        <v>0.15049999999999999</v>
+        <v>0.13819999999999999</v>
       </c>
       <c r="L65" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>8.7300000000000003E-2</v>
       </c>
       <c r="M65" s="4">
-        <v>0.1084</v>
+        <v>6.7500000000000004E-2</v>
       </c>
       <c r="N65" s="4">
-        <v>0.32769999999999999</v>
+        <v>0.42559999999999998</v>
       </c>
       <c r="O65" s="4">
-        <v>0.2253</v>
+        <v>17.497</v>
       </c>
       <c r="P65" s="3">
-        <v>27.77</v>
+        <v>13.28</v>
       </c>
       <c r="Q65" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="66" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R65" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="66" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B66" s="3" t="s">
-        <v>396</v>
+        <v>243</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>67</v>
+        <v>244</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F66" s="3">
         <v>4</v>
       </c>
       <c r="G66" s="3">
         <v>4</v>
       </c>
       <c r="H66" s="3">
-        <v>55.88</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>166.92</v>
+      </c>
+      <c r="I66" s="3">
+        <v>84.24</v>
       </c>
       <c r="J66" s="4">
-        <v>1.67E-2</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="K66" s="4">
-        <v>7.22E-2</v>
+        <v>0.1229</v>
       </c>
       <c r="L66" s="4">
-        <v>7.6799999999999993E-2</v>
+        <v>9.8900000000000002E-2</v>
       </c>
       <c r="M66" s="4">
-        <v>0.1056</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="N66" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.22120000000000001</v>
       </c>
       <c r="O66" s="4">
-        <v>0.28260000000000002</v>
+        <v>0.1852</v>
       </c>
       <c r="P66" s="3">
-        <v>17.46</v>
+        <v>12.45</v>
       </c>
       <c r="Q66" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="67" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R66" s="4">
+        <v>2.52E-2</v>
+      </c>
+    </row>
+    <row r="67" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B67" s="3" t="s">
-        <v>397</v>
+        <v>440</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>67</v>
+        <v>441</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F67" s="3">
         <v>4</v>
       </c>
       <c r="G67" s="3">
         <v>4</v>
       </c>
       <c r="H67" s="3">
-        <v>76.3</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>92.33</v>
+      </c>
+      <c r="I67" s="3">
+        <v>0</v>
       </c>
       <c r="J67" s="4">
-        <v>1.66E-2</v>
+        <v>3.3500000000000002E-2</v>
       </c>
       <c r="K67" s="4">
-        <v>7.22E-2</v>
+        <v>0.126</v>
       </c>
       <c r="L67" s="4">
-        <v>7.6799999999999993E-2</v>
+        <v>8.3699999999999997E-2</v>
       </c>
       <c r="M67" s="4">
-        <v>0.1166</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="N67" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.45</v>
       </c>
       <c r="O67" s="4">
-        <v>0.28449999999999998</v>
+        <v>0.34360000000000002</v>
       </c>
       <c r="P67" s="3">
-        <v>17.46</v>
+        <v>14.95</v>
       </c>
       <c r="Q67" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="68" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R67" s="4">
+        <v>5.1200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="68" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B68" s="3" t="s">
-        <v>68</v>
+        <v>442</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>67</v>
+        <v>441</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
         <v>4</v>
       </c>
       <c r="G68" s="3">
         <v>4</v>
       </c>
       <c r="H68" s="3">
-        <v>78.239999999999995</v>
+        <v>126.99</v>
       </c>
       <c r="I68" s="3">
-        <v>39.5</v>
+        <v>81.48</v>
       </c>
       <c r="J68" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="K68" s="4">
-        <v>7.22E-2</v>
+        <v>0.126</v>
       </c>
       <c r="L68" s="4">
-        <v>7.6799999999999993E-2</v>
+        <v>8.3699999999999997E-2</v>
       </c>
       <c r="M68" s="4">
-        <v>0.1166</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="N68" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.45</v>
       </c>
       <c r="O68" s="4">
-        <v>0.28449999999999998</v>
+        <v>0.34350000000000003</v>
       </c>
       <c r="P68" s="3">
-        <v>17.46</v>
+        <v>14.95</v>
       </c>
       <c r="Q68" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="69" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R68" s="4">
+        <v>5.1200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="69" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B69" s="3" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F69" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G69" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H69" s="3">
-        <v>114.72</v>
+        <v>29.24</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>57.48</v>
       </c>
       <c r="J69" s="4">
-        <v>4.3400000000000001E-2</v>
+        <v>4.4600000000000001E-2</v>
       </c>
       <c r="K69" s="4">
-        <v>8.3799999999999999E-2</v>
+        <v>0.2142</v>
       </c>
       <c r="L69" s="4">
-        <v>2.7099999999999999E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="M69" s="4">
-        <v>9.3200000000000005E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N69" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.30030000000000001</v>
       </c>
       <c r="O69" s="4">
-        <v>0.35449999999999998</v>
+        <v>0.26889999999999997</v>
       </c>
       <c r="P69" s="3">
-        <v>11.29</v>
+        <v>4.91</v>
       </c>
       <c r="Q69" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="70" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R69" s="4">
+        <v>2.76E-2</v>
+      </c>
+    </row>
+    <row r="70" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B70" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" s="3">
+        <v>4</v>
+      </c>
+      <c r="G70" s="3">
+        <v>4</v>
+      </c>
+      <c r="H70" s="3">
+        <v>519.49</v>
+      </c>
+      <c r="I70" s="3">
+        <v>231.43</v>
+      </c>
+      <c r="J70" s="4">
+        <v>1.5800000000000002E-2</v>
+      </c>
+      <c r="K70" s="4">
+        <v>0.12130000000000001</v>
+      </c>
+      <c r="L70" s="4">
+        <v>0.1113</v>
+      </c>
+      <c r="M70" s="4">
+        <v>7.6700000000000004E-2</v>
+      </c>
+      <c r="N70" s="4">
+        <v>0.24560000000000001</v>
+      </c>
+      <c r="O70" s="4">
+        <v>0.45129999999999998</v>
+      </c>
+      <c r="P70" s="3">
+        <v>26.3</v>
+      </c>
+      <c r="Q70" s="3">
+        <v>1</v>
+      </c>
+      <c r="R70" s="4">
+        <v>2.5399999999999999E-2</v>
+      </c>
+    </row>
+    <row r="71" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B71" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C70" s="3" t="s">
+      <c r="C71" s="3" t="s">
         <v>70</v>
-      </c>
-[...48 lines deleted...]
-        <v>489</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F71" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G71" s="3">
         <v>3</v>
       </c>
       <c r="H71" s="3">
-        <v>376.98</v>
+        <v>69.760000000000005</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
       <c r="J71" s="4">
-        <v>4.1000000000000003E-3</v>
+        <v>3.1399999999999997E-2</v>
       </c>
       <c r="K71" s="4">
-        <v>1.7741</v>
+        <v>7.5399999999999995E-2</v>
       </c>
       <c r="L71" s="4">
-        <v>0.41789999999999999</v>
+        <v>5.2600000000000001E-2</v>
       </c>
       <c r="M71" s="4">
-        <v>0.60799999999999998</v>
+        <v>5.5399999999999998E-2</v>
       </c>
       <c r="N71" s="4">
-        <v>0.11840000000000001</v>
+        <v>0.64839999999999998</v>
       </c>
       <c r="O71" s="4">
-        <v>-0.1943</v>
+        <v>-0.43240000000000001</v>
       </c>
       <c r="P71" s="3">
-        <v>39.950000000000003</v>
+        <v>20.81</v>
       </c>
       <c r="Q71" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="72" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R71" s="4">
+        <v>3.0099999999999998E-2</v>
+      </c>
+    </row>
+    <row r="72" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B72" s="3" t="s">
-        <v>282</v>
+        <v>232</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>283</v>
+        <v>233</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F72" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G72" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H72" s="3">
-        <v>83.32</v>
+        <v>98.21</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>93.37</v>
       </c>
       <c r="J72" s="4">
-        <v>2.4199999999999999E-2</v>
+        <v>2.5899999999999999E-2</v>
       </c>
       <c r="K72" s="4">
-        <v>0.42149999999999999</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="L72" s="4">
-        <v>9.6299999999999997E-2</v>
+        <v>4.4699999999999997E-2</v>
       </c>
       <c r="M72" s="4">
-        <v>0.1076</v>
+        <v>9.0700000000000003E-2</v>
       </c>
       <c r="N72" s="4">
-        <v>0.29799999999999999</v>
+        <v>0.48070000000000002</v>
       </c>
       <c r="O72" s="4">
-        <v>0.19189999999999999</v>
+        <v>0.63570000000000004</v>
       </c>
       <c r="P72" s="3">
-        <v>10.82</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="Q72" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="73" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R72" s="4">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="73" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B73" s="3" t="s">
-        <v>212</v>
+        <v>234</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F73" s="3">
         <v>4</v>
       </c>
       <c r="G73" s="3">
         <v>4</v>
       </c>
       <c r="H73" s="3">
-        <v>123.22</v>
+        <v>135.1</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>133.12</v>
       </c>
       <c r="J73" s="4">
-        <v>3.2399999999999998E-2</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="K73" s="4">
-        <v>0.1187</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="L73" s="4">
-        <v>8.0500000000000002E-2</v>
+        <v>4.4699999999999997E-2</v>
       </c>
       <c r="M73" s="4">
-        <v>6.4699999999999994E-2</v>
+        <v>9.0700000000000003E-2</v>
       </c>
       <c r="N73" s="4">
-        <v>0.42559999999999998</v>
+        <v>0.48070000000000002</v>
       </c>
       <c r="O73" s="4">
-        <v>2.8639999999999999</v>
+        <v>0.6371</v>
       </c>
       <c r="P73" s="3">
-        <v>13.29</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="Q73" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="74" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R73" s="4">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="74" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B74" s="3" t="s">
-        <v>400</v>
+        <v>513</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>401</v>
+        <v>443</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F74" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G74" s="3">
         <v>4</v>
       </c>
       <c r="H74" s="3">
-        <v>58.63</v>
-[...2 lines deleted...]
-        <v>90.52</v>
+        <v>24.79</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J74" s="4">
-        <v>6.6100000000000006E-2</v>
+        <v>2.9100000000000001E-2</v>
       </c>
       <c r="K74" s="4">
-        <v>1.2E-2</v>
+        <v>0.11020000000000001</v>
       </c>
       <c r="L74" s="4">
-        <v>3.9600000000000003E-2</v>
+        <v>7.6200000000000004E-2</v>
       </c>
       <c r="M74" s="4">
-        <v>0.1308</v>
+        <v>0.33679999999999999</v>
       </c>
       <c r="N74" s="4">
-        <v>0</v>
+        <v>0.7863</v>
       </c>
       <c r="O74" s="4">
-        <v>5.91E-2</v>
+        <v>1.5217000000000001</v>
       </c>
       <c r="P74" s="3">
-        <v>6.13</v>
+        <v>23.2</v>
       </c>
       <c r="Q74" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="75" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R74" s="4">
+        <v>2.9600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="75" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B75" s="3" t="s">
-        <v>490</v>
+        <v>267</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>491</v>
+        <v>268</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F75" s="3">
         <v>4</v>
       </c>
       <c r="G75" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H75" s="3">
-        <v>244.42</v>
+        <v>59</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>43.77</v>
       </c>
       <c r="J75" s="4">
-        <v>2.4400000000000002E-2</v>
+        <v>4.6399999999999997E-2</v>
       </c>
       <c r="K75" s="4">
-        <v>5.1200000000000002E-2</v>
+        <v>0.2908</v>
       </c>
       <c r="L75" s="4">
-        <v>0.1082</v>
+        <v>0.12529999999999999</v>
       </c>
       <c r="M75" s="4">
-        <v>0.39560000000000001</v>
+        <v>6.2199999999999998E-2</v>
       </c>
       <c r="N75" s="4">
-        <v>0.45629999999999998</v>
+        <v>0.50380000000000003</v>
       </c>
       <c r="O75" s="4">
-        <v>0.40239999999999998</v>
+        <v>1.8146</v>
       </c>
       <c r="P75" s="3">
-        <v>13.49</v>
+        <v>21.3</v>
       </c>
       <c r="Q75" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="76" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R75" s="4">
+        <v>5.2900000000000003E-2</v>
+      </c>
+    </row>
+    <row r="76" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B76" s="3" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E76" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F76" s="3">
+        <v>4</v>
+      </c>
+      <c r="G76" s="3">
+        <v>4</v>
+      </c>
+      <c r="H76" s="3">
+        <v>43.17</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
+      </c>
+      <c r="J76" s="4">
+        <v>4.5400000000000003E-2</v>
+      </c>
+      <c r="K76" s="4">
+        <v>0.2908</v>
+      </c>
+      <c r="L76" s="4">
+        <v>0.12529999999999999</v>
+      </c>
+      <c r="M76" s="4">
+        <v>6.2399999999999997E-2</v>
+      </c>
+      <c r="N76" s="4">
+        <v>0.50380000000000003</v>
+      </c>
+      <c r="O76" s="4">
+        <v>1.7773000000000001</v>
+      </c>
+      <c r="P76" s="3">
+        <v>21.3</v>
+      </c>
+      <c r="Q76" s="3">
+        <v>0</v>
+      </c>
+      <c r="R76" s="4">
+        <v>5.2900000000000003E-2</v>
+      </c>
+    </row>
+    <row r="77" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B77" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" s="3">
+        <v>4</v>
+      </c>
+      <c r="G77" s="3">
+        <v>4</v>
+      </c>
+      <c r="H77" s="3">
+        <v>331.19</v>
+      </c>
+      <c r="I77" s="3">
+        <v>183.62</v>
+      </c>
+      <c r="J77" s="4">
+        <v>1.34E-2</v>
+      </c>
+      <c r="K77" s="4">
+        <v>0.2414</v>
+      </c>
+      <c r="L77" s="4">
+        <v>4.7899999999999998E-2</v>
+      </c>
+      <c r="M77" s="4">
+        <v>0.15310000000000001</v>
+      </c>
+      <c r="N77" s="4">
+        <v>0.20019999999999999</v>
+      </c>
+      <c r="O77" s="4">
+        <v>0.18990000000000001</v>
+      </c>
+      <c r="P77" s="3">
+        <v>18.73</v>
+      </c>
+      <c r="Q77" s="3">
+        <v>0</v>
+      </c>
+      <c r="R77" s="4">
+        <v>1.0800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="78" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B78" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" s="3">
+        <v>4</v>
+      </c>
+      <c r="G78" s="3">
+        <v>4</v>
+      </c>
+      <c r="H78" s="3">
+        <v>36.54</v>
+      </c>
+      <c r="I78" s="3">
+        <v>25.52</v>
+      </c>
+      <c r="J78" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+      <c r="K78" s="4">
+        <v>5.1299999999999998E-2</v>
+      </c>
+      <c r="L78" s="4">
+        <v>5.9400000000000001E-2</v>
+      </c>
+      <c r="M78" s="4">
+        <v>8.4400000000000003E-2</v>
+      </c>
+      <c r="N78" s="4">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="O78" s="4">
+        <v>0.61860000000000004</v>
+      </c>
+      <c r="P78" s="3">
+        <v>23.73</v>
+      </c>
+      <c r="Q78" s="3">
+        <v>0</v>
+      </c>
+      <c r="R78" s="4">
+        <v>1.26E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B79" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F76" s="3">
-[...93 lines deleted...]
-      <c r="D78" s="3" t="s">
+      <c r="F79" s="3">
+        <v>3</v>
+      </c>
+      <c r="G79" s="3">
+        <v>3</v>
+      </c>
+      <c r="H79" s="3">
+        <v>58.65</v>
+      </c>
+      <c r="I79" s="3">
+        <v>34.07</v>
+      </c>
+      <c r="J79" s="4">
+        <v>3.61E-2</v>
+      </c>
+      <c r="K79" s="4">
+        <v>9.0700000000000003E-2</v>
+      </c>
+      <c r="L79" s="4">
+        <v>5.8799999999999998E-2</v>
+      </c>
+      <c r="M79" s="4">
+        <v>5.5E-2</v>
+      </c>
+      <c r="N79" s="4">
+        <v>0.4032</v>
+      </c>
+      <c r="O79" s="4">
+        <v>0.41210000000000002</v>
+      </c>
+      <c r="P79" s="3">
+        <v>11.35</v>
+      </c>
+      <c r="Q79" s="3">
+        <v>0</v>
+      </c>
+      <c r="R79" s="4">
+        <v>3.8100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="80" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B80" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="D80" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E78" s="3" t="s">
-[...35 lines deleted...]
-      <c r="Q78" s="3">
+      <c r="E80" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F80" s="3">
+        <v>4</v>
+      </c>
+      <c r="G80" s="3">
+        <v>3</v>
+      </c>
+      <c r="H80" s="3">
+        <v>172.73</v>
+      </c>
+      <c r="I80" s="3">
+        <v>104.47</v>
+      </c>
+      <c r="J80" s="4">
+        <v>4.1599999999999998E-2</v>
+      </c>
+      <c r="K80" s="4">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="L80" s="4">
+        <v>1.8200000000000001E-2</v>
+      </c>
+      <c r="M80" s="4">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="N80" s="4">
+        <v>0.44090000000000001</v>
+      </c>
+      <c r="O80" s="4">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="P80" s="3">
+        <v>12.31</v>
+      </c>
+      <c r="Q80" s="3">
         <v>1</v>
       </c>
-    </row>
-[...100 lines deleted...]
-    <row r="81" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R80" s="4">
+        <v>4.3499999999999997E-2</v>
+      </c>
+    </row>
+    <row r="81" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B81" s="3" t="s">
-        <v>329</v>
+        <v>384</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>330</v>
+        <v>378</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F81" s="3">
+        <v>4</v>
+      </c>
+      <c r="G81" s="3">
+        <v>3</v>
+      </c>
+      <c r="H81" s="3">
+        <v>230</v>
+      </c>
+      <c r="I81" s="3">
+        <v>104.47</v>
+      </c>
+      <c r="J81" s="4">
+        <v>3.1300000000000001E-2</v>
+      </c>
+      <c r="K81" s="4">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="L81" s="4">
+        <v>1.8200000000000001E-2</v>
+      </c>
+      <c r="M81" s="4">
+        <v>9.1899999999999996E-2</v>
+      </c>
+      <c r="N81" s="4">
+        <v>0.44090000000000001</v>
+      </c>
+      <c r="O81" s="4">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="P81" s="3">
+        <v>12.31</v>
+      </c>
+      <c r="Q81" s="3">
+        <v>0</v>
+      </c>
+      <c r="R81" s="4">
+        <v>4.3499999999999997E-2</v>
+      </c>
+    </row>
+    <row r="82" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B82" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" s="3">
+        <v>3</v>
+      </c>
+      <c r="G82" s="3">
+        <v>3</v>
+      </c>
+      <c r="H82" s="3">
+        <v>25.53</v>
+      </c>
+      <c r="I82" s="3">
+        <v>0</v>
+      </c>
+      <c r="J82" s="4">
+        <v>3.4700000000000002E-2</v>
+      </c>
+      <c r="K82" s="4">
+        <v>0.34289999999999998</v>
+      </c>
+      <c r="L82" s="4">
+        <v>0.37009999999999998</v>
+      </c>
+      <c r="M82" s="4">
+        <v>0.17080000000000001</v>
+      </c>
+      <c r="N82" s="4">
+        <v>0.5625</v>
+      </c>
+      <c r="O82" s="4">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="P82" s="3">
+        <v>11.72</v>
+      </c>
+      <c r="Q82" s="3">
+        <v>0</v>
+      </c>
+      <c r="R82" s="4">
+        <v>5.16E-2</v>
+      </c>
+    </row>
+    <row r="83" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B83" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F83" s="3">
+        <v>3</v>
+      </c>
+      <c r="G83" s="3">
+        <v>3</v>
+      </c>
+      <c r="H83" s="3">
+        <v>85.22</v>
+      </c>
+      <c r="I83" s="3">
+        <v>0</v>
+      </c>
+      <c r="J83" s="4">
+        <v>1.4500000000000001E-2</v>
+      </c>
+      <c r="K83" s="4">
+        <v>0.1091</v>
+      </c>
+      <c r="L83" s="4">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="M83" s="4">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="N83" s="4">
+        <v>0.26790000000000003</v>
+      </c>
+      <c r="O83" s="4">
+        <v>0.22969999999999999</v>
+      </c>
+      <c r="P83" s="3">
+        <v>16.71</v>
+      </c>
+      <c r="Q83" s="3">
+        <v>0</v>
+      </c>
+      <c r="R83" s="4">
+        <v>1.52E-2</v>
+      </c>
+    </row>
+    <row r="84" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B84" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F84" s="3">
+        <v>3</v>
+      </c>
+      <c r="G84" s="3">
+        <v>3</v>
+      </c>
+      <c r="H84" s="3">
+        <v>35.729999999999997</v>
+      </c>
+      <c r="I84" s="3">
+        <v>46.8</v>
+      </c>
+      <c r="J84" s="4">
+        <v>5.96E-2</v>
+      </c>
+      <c r="K84" s="4">
+        <v>0.1278</v>
+      </c>
+      <c r="L84" s="4">
+        <v>0.10290000000000001</v>
+      </c>
+      <c r="M84" s="4">
+        <v>9.4600000000000004E-2</v>
+      </c>
+      <c r="N84" s="4">
+        <v>1.1901999999999999</v>
+      </c>
+      <c r="O84" s="4">
+        <v>0.79969999999999997</v>
+      </c>
+      <c r="P84" s="3">
+        <v>22.81</v>
+      </c>
+      <c r="Q84" s="3">
+        <v>0</v>
+      </c>
+      <c r="R84" s="4">
+        <v>4.2900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="85" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B85" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="3">
+        <v>3</v>
+      </c>
+      <c r="G85" s="3">
+        <v>3</v>
+      </c>
+      <c r="H85" s="3">
+        <v>31.65</v>
+      </c>
+      <c r="I85" s="3">
+        <v>0</v>
+      </c>
+      <c r="J85" s="4">
+        <v>5.8700000000000002E-2</v>
+      </c>
+      <c r="K85" s="4">
+        <v>0.60860000000000003</v>
+      </c>
+      <c r="L85" s="4">
+        <v>2.7799999999999998E-2</v>
+      </c>
+      <c r="M85" s="4">
+        <v>0.1101</v>
+      </c>
+      <c r="N85" s="4">
+        <v>2.2044999999999999</v>
+      </c>
+      <c r="O85" s="4">
+        <v>0.79769999999999996</v>
+      </c>
+      <c r="P85" s="3">
+        <v>13.18</v>
+      </c>
+      <c r="Q85" s="3">
+        <v>0</v>
+      </c>
+      <c r="R85" s="4">
+        <v>5.5300000000000002E-2</v>
+      </c>
+    </row>
+    <row r="86" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B86" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F81" s="3">
-[...37 lines deleted...]
-      <c r="B82" s="3" t="s">
+      <c r="F86" s="3">
+        <v>3</v>
+      </c>
+      <c r="G86" s="3">
+        <v>3</v>
+      </c>
+      <c r="H86" s="3">
+        <v>92.57</v>
+      </c>
+      <c r="I86" s="3">
+        <v>0</v>
+      </c>
+      <c r="J86" s="4">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K86" s="4">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="L86" s="4">
+        <v>7.5700000000000003E-2</v>
+      </c>
+      <c r="M86" s="4">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="N86" s="4">
+        <v>0.36570000000000003</v>
+      </c>
+      <c r="O86" s="4">
+        <v>0.33279999999999998</v>
+      </c>
+      <c r="P86" s="3">
+        <v>28.89</v>
+      </c>
+      <c r="Q86" s="3">
+        <v>0</v>
+      </c>
+      <c r="R86" s="4">
+        <v>1.55E-2</v>
+      </c>
+    </row>
+    <row r="87" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B87" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C82" s="3" t="s">
+      <c r="C87" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D82" s="3" t="s">
-[...52 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="D87" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F83" s="3">
-[...20 lines deleted...]
-      <c r="M83" s="4">
+      <c r="F87" s="3">
+        <v>3</v>
+      </c>
+      <c r="G87" s="3">
+        <v>4</v>
+      </c>
+      <c r="H87" s="3">
+        <v>468.82</v>
+      </c>
+      <c r="I87" s="3">
+        <v>0</v>
+      </c>
+      <c r="J87" s="4">
+        <v>1.38E-2</v>
+      </c>
+      <c r="K87" s="4">
+        <v>0.1183</v>
+      </c>
+      <c r="L87" s="4">
+        <v>3.7100000000000001E-2</v>
+      </c>
+      <c r="M87" s="4">
+        <v>0.16339999999999999</v>
+      </c>
+      <c r="N87" s="4">
+        <v>0.34970000000000001</v>
+      </c>
+      <c r="O87" s="4">
+        <v>0.5323</v>
+      </c>
+      <c r="P87" s="3">
+        <v>25.43</v>
+      </c>
+      <c r="Q87" s="3">
+        <v>0</v>
+      </c>
+      <c r="R87" s="4">
+        <v>1.34E-2</v>
+      </c>
+    </row>
+    <row r="88" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B88" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F88" s="3">
+        <v>4</v>
+      </c>
+      <c r="G88" s="3">
+        <v>3</v>
+      </c>
+      <c r="H88" s="3">
+        <v>145.44</v>
+      </c>
+      <c r="I88" s="3">
+        <v>63.6</v>
+      </c>
+      <c r="J88" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="K88" s="4">
+        <v>9.4100000000000003E-2</v>
+      </c>
+      <c r="L88" s="4">
+        <v>9.0399999999999994E-2</v>
+      </c>
+      <c r="M88" s="4">
+        <v>0.17879999999999999</v>
+      </c>
+      <c r="N88" s="4">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="O88" s="4">
+        <v>0.1507</v>
+      </c>
+      <c r="P88" s="3">
+        <v>12.69</v>
+      </c>
+      <c r="Q88" s="3">
+        <v>0</v>
+      </c>
+      <c r="R88" s="4">
+        <v>9.7000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="89" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B89" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F89" s="3">
+        <v>4</v>
+      </c>
+      <c r="G89" s="3">
+        <v>3</v>
+      </c>
+      <c r="H89" s="3">
+        <v>211.17</v>
+      </c>
+      <c r="I89" s="3">
+        <v>0</v>
+      </c>
+      <c r="J89" s="4">
+        <v>2.29E-2</v>
+      </c>
+      <c r="K89" s="4">
+        <v>0.2132</v>
+      </c>
+      <c r="L89" s="4">
+        <v>7.5200000000000003E-2</v>
+      </c>
+      <c r="M89" s="4">
+        <v>0.31309999999999999</v>
+      </c>
+      <c r="N89" s="4">
+        <v>0.31040000000000001</v>
+      </c>
+      <c r="O89" s="4">
+        <v>4.4535</v>
+      </c>
+      <c r="P89" s="3">
+        <v>17.059999999999999</v>
+      </c>
+      <c r="Q89" s="3">
+        <v>0</v>
+      </c>
+      <c r="R89" s="4">
+        <v>1.95E-2</v>
+      </c>
+    </row>
+    <row r="90" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B90" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F90" s="3">
+        <v>5</v>
+      </c>
+      <c r="G90" s="3">
+        <v>5</v>
+      </c>
+      <c r="H90" s="3">
+        <v>204.3</v>
+      </c>
+      <c r="I90" s="3">
+        <v>34.369999999999997</v>
+      </c>
+      <c r="J90" s="4">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="K90" s="4">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="L90" s="4">
+        <v>0.1069</v>
+      </c>
+      <c r="M90" s="4">
+        <v>0.18779999999999999</v>
+      </c>
+      <c r="N90" s="4">
         <v>8.8099999999999998E-2</v>
       </c>
-      <c r="N83" s="4">
-[...351 lines deleted...]
-      </c>
       <c r="O90" s="4">
-        <v>0.12529999999999999</v>
+        <v>7.5600000000000001E-2</v>
       </c>
       <c r="P90" s="3">
-        <v>37.24</v>
+        <v>43.26</v>
       </c>
       <c r="Q90" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="91" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R90" s="4">
+        <v>2.8999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="91" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B91" s="3" t="s">
-        <v>406</v>
+        <v>391</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F91" s="3">
         <v>4</v>
       </c>
       <c r="G91" s="3">
         <v>4</v>
       </c>
       <c r="H91" s="3">
-        <v>325.31</v>
+        <v>427.91</v>
       </c>
       <c r="I91" s="3">
-        <v>166.93</v>
+        <v>320.75</v>
       </c>
       <c r="J91" s="4">
-        <v>1.35E-2</v>
+        <v>1.61E-2</v>
       </c>
       <c r="K91" s="4">
-        <v>0.24510000000000001</v>
+        <v>6.6699999999999995E-2</v>
       </c>
       <c r="L91" s="4">
-        <v>5.6599999999999998E-2</v>
+        <v>3.32E-2</v>
       </c>
       <c r="M91" s="4">
-        <v>0.14760000000000001</v>
+        <v>0.1741</v>
       </c>
       <c r="N91" s="4">
-        <v>0.20019999999999999</v>
+        <v>0.35930000000000001</v>
       </c>
       <c r="O91" s="4">
-        <v>0.2107</v>
+        <v>0.3538</v>
       </c>
       <c r="P91" s="3">
-        <v>18.55</v>
+        <v>25.19</v>
       </c>
       <c r="Q91" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="92" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R91" s="4">
+        <v>1.14E-2</v>
+      </c>
+    </row>
+    <row r="92" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B92" s="3" t="s">
-        <v>250</v>
+        <v>324</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>251</v>
+        <v>325</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F92" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G92" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H92" s="3">
-        <v>36.03</v>
+        <v>83.99</v>
       </c>
       <c r="I92" s="3">
-        <v>25.52</v>
+        <v>0</v>
       </c>
       <c r="J92" s="4">
-        <v>1.46E-2</v>
+        <v>1.37E-2</v>
       </c>
       <c r="K92" s="4">
-        <v>6.3E-2</v>
+        <v>5.2499999999999998E-2</v>
       </c>
       <c r="L92" s="4">
-        <v>5.8700000000000002E-2</v>
+        <v>3.7900000000000003E-2</v>
       </c>
       <c r="M92" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>0.1263</v>
       </c>
       <c r="N92" s="4">
-        <v>0.26800000000000002</v>
+        <v>0.2802</v>
       </c>
       <c r="O92" s="4">
-        <v>0.61860000000000004</v>
+        <v>0.3009</v>
       </c>
       <c r="P92" s="3">
-        <v>23.17</v>
+        <v>18.670000000000002</v>
       </c>
       <c r="Q92" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="93" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R92" s="4">
+        <v>1.8100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="93" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B93" s="3" t="s">
-        <v>408</v>
+        <v>563</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>399</v>
+        <v>564</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F93" s="3">
         <v>4</v>
       </c>
       <c r="G93" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H93" s="3">
-        <v>160.85</v>
+        <v>267.33999999999997</v>
       </c>
       <c r="I93" s="3">
-        <v>104.47</v>
+        <v>46.72</v>
       </c>
       <c r="J93" s="4">
-        <v>4.3299999999999998E-2</v>
+        <v>1.11E-2</v>
       </c>
       <c r="K93" s="4">
-        <v>8.3799999999999999E-2</v>
+        <v>0.157</v>
       </c>
       <c r="L93" s="4">
-        <v>2.7099999999999999E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M93" s="4">
-        <v>9.3100000000000002E-2</v>
+        <v>7.2300000000000003E-2</v>
       </c>
       <c r="N93" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.3175</v>
       </c>
       <c r="O93" s="4">
-        <v>0.35210000000000002</v>
+        <v>0.46729999999999999</v>
       </c>
       <c r="P93" s="3">
-        <v>11.29</v>
+        <v>37.92</v>
       </c>
       <c r="Q93" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="94" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R93" s="4">
+        <v>1.15E-2</v>
+      </c>
+    </row>
+    <row r="94" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B94" s="3" t="s">
-        <v>409</v>
+        <v>326</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>399</v>
+        <v>327</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F94" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G94" s="3">
         <v>3</v>
       </c>
       <c r="H94" s="3">
+        <v>36.799999999999997</v>
+      </c>
+      <c r="I94" s="3">
+        <v>9.01</v>
+      </c>
+      <c r="J94" s="4">
+        <v>1.44E-2</v>
+      </c>
+      <c r="K94" s="4">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="L94" s="4">
+        <v>0.1052</v>
+      </c>
+      <c r="M94" s="4">
+        <v>0.18770000000000001</v>
+      </c>
+      <c r="N94" s="4">
+        <v>0.375</v>
+      </c>
+      <c r="O94" s="4">
+        <v>-0.308</v>
+      </c>
+      <c r="P94" s="3">
+        <v>24.59</v>
+      </c>
+      <c r="Q94" s="3">
+        <v>0</v>
+      </c>
+      <c r="R94" s="4">
+        <v>2.1499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="95" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B95" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="3">
+        <v>4</v>
+      </c>
+      <c r="G95" s="3">
+        <v>3</v>
+      </c>
+      <c r="H95" s="3">
+        <v>60.64</v>
+      </c>
+      <c r="I95" s="3">
+        <v>63.84</v>
+      </c>
+      <c r="J95" s="4">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="K95" s="4">
+        <v>0.31159999999999999</v>
+      </c>
+      <c r="L95" s="4">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="M95" s="4">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="N95" s="4">
+        <v>0.95089999999999997</v>
+      </c>
+      <c r="O95" s="4">
+        <v>-1.5538000000000001</v>
+      </c>
+      <c r="P95" s="3">
+        <v>7.87</v>
+      </c>
+      <c r="Q95" s="3">
+        <v>0</v>
+      </c>
+      <c r="R95" s="4">
+        <v>4.3099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="96" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B96" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F96" s="3">
+        <v>4</v>
+      </c>
+      <c r="G96" s="3">
+        <v>4</v>
+      </c>
+      <c r="H96" s="3">
+        <v>344.37</v>
+      </c>
+      <c r="I96" s="3">
+        <v>396.73</v>
+      </c>
+      <c r="J96" s="4">
+        <v>2.01E-2</v>
+      </c>
+      <c r="K96" s="4">
+        <v>6.4199999999999993E-2</v>
+      </c>
+      <c r="L96" s="4">
+        <v>9.8400000000000001E-2</v>
+      </c>
+      <c r="M96" s="4">
+        <v>0.12470000000000001</v>
+      </c>
+      <c r="N96" s="4">
+        <v>0.25380000000000003</v>
+      </c>
+      <c r="O96" s="4">
+        <v>0.40479999999999999</v>
+      </c>
+      <c r="P96" s="3">
+        <v>13.93</v>
+      </c>
+      <c r="Q96" s="3">
+        <v>0</v>
+      </c>
+      <c r="R96" s="4">
+        <v>1.2500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="97" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B97" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" s="3">
+        <v>3</v>
+      </c>
+      <c r="G97" s="3">
+        <v>4</v>
+      </c>
+      <c r="H97" s="3">
+        <v>47.23</v>
+      </c>
+      <c r="I97" s="3">
+        <v>47.08</v>
+      </c>
+      <c r="J97" s="4">
+        <v>1.89E-2</v>
+      </c>
+      <c r="K97" s="4">
+        <v>2.6100000000000002E-2</v>
+      </c>
+      <c r="L97" s="4">
+        <v>2.06E-2</v>
+      </c>
+      <c r="M97" s="4">
+        <v>0.11020000000000001</v>
+      </c>
+      <c r="N97" s="4">
+        <v>0.27139999999999997</v>
+      </c>
+      <c r="O97" s="4">
+        <v>0.1661</v>
+      </c>
+      <c r="P97" s="3">
+        <v>15.82</v>
+      </c>
+      <c r="Q97" s="3">
+        <v>0</v>
+      </c>
+      <c r="R97" s="4">
+        <v>1.83E-2</v>
+      </c>
+    </row>
+    <row r="98" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B98" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C98" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="I94" s="3">
-[...52 lines deleted...]
-      <c r="J95" s="4">
+      <c r="D98" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F98" s="3">
+        <v>4</v>
+      </c>
+      <c r="G98" s="3">
+        <v>4</v>
+      </c>
+      <c r="H98" s="3">
+        <v>30.17</v>
+      </c>
+      <c r="I98" s="3">
+        <v>0</v>
+      </c>
+      <c r="J98" s="4">
+        <v>4.0800000000000003E-2</v>
+      </c>
+      <c r="K98" s="4">
+        <v>0.22850000000000001</v>
+      </c>
+      <c r="L98" s="4">
+        <v>0.26490000000000002</v>
+      </c>
+      <c r="M98" s="4">
+        <v>5.6800000000000003E-2</v>
+      </c>
+      <c r="N98" s="4">
+        <v>1.0243</v>
+      </c>
+      <c r="O98" s="4">
+        <v>-0.31319999999999998</v>
+      </c>
+      <c r="P98" s="3">
+        <v>24.49</v>
+      </c>
+      <c r="Q98" s="3">
+        <v>0</v>
+      </c>
+      <c r="R98" s="4">
+        <v>4.1300000000000003E-2</v>
+      </c>
+    </row>
+    <row r="99" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B99" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F99" s="3">
+        <v>4</v>
+      </c>
+      <c r="G99" s="3">
+        <v>4</v>
+      </c>
+      <c r="H99" s="3">
+        <v>103.86</v>
+      </c>
+      <c r="I99" s="3">
+        <v>78.47</v>
+      </c>
+      <c r="J99" s="4">
+        <v>2.2200000000000001E-2</v>
+      </c>
+      <c r="K99" s="4">
+        <v>6.4199999999999993E-2</v>
+      </c>
+      <c r="L99" s="4">
+        <v>0.1774</v>
+      </c>
+      <c r="M99" s="4">
+        <v>0.23230000000000001</v>
+      </c>
+      <c r="N99" s="4">
+        <v>0.31090000000000001</v>
+      </c>
+      <c r="O99" s="4">
+        <v>0.14779999999999999</v>
+      </c>
+      <c r="P99" s="3">
+        <v>15.48</v>
+      </c>
+      <c r="Q99" s="3">
+        <v>0</v>
+      </c>
+      <c r="R99" s="4">
+        <v>1.77E-2</v>
+      </c>
+    </row>
+    <row r="100" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B100" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F100" s="3">
+        <v>4</v>
+      </c>
+      <c r="G100" s="3">
+        <v>4</v>
+      </c>
+      <c r="H100" s="3">
+        <v>757.97</v>
+      </c>
+      <c r="I100" s="3">
+        <v>782.88</v>
+      </c>
+      <c r="J100" s="4">
+        <v>2.47E-2</v>
+      </c>
+      <c r="K100" s="4">
+        <v>0.21010000000000001</v>
+      </c>
+      <c r="L100" s="4">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="M100" s="4">
+        <v>0.1201</v>
+      </c>
+      <c r="N100" s="4">
+        <v>1.9925999999999999</v>
+      </c>
+      <c r="O100" s="4">
+        <v>-15.8596</v>
+      </c>
+      <c r="P100" s="3">
+        <v>69.45</v>
+      </c>
+      <c r="Q100" s="3">
+        <v>1</v>
+      </c>
+      <c r="R100" s="4">
+        <v>1.7899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="101" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B101" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" s="3">
+        <v>4</v>
+      </c>
+      <c r="G101" s="3">
+        <v>4</v>
+      </c>
+      <c r="H101" s="3">
+        <v>320.36</v>
+      </c>
+      <c r="I101" s="3">
+        <v>109.2</v>
+      </c>
+      <c r="J101" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="K101" s="4">
+        <v>0.2344</v>
+      </c>
+      <c r="L101" s="4">
+        <v>8.3199999999999996E-2</v>
+      </c>
+      <c r="M101" s="4">
+        <v>7.3400000000000007E-2</v>
+      </c>
+      <c r="N101" s="4">
+        <v>0.39539999999999997</v>
+      </c>
+      <c r="O101" s="4">
+        <v>0.47920000000000001</v>
+      </c>
+      <c r="P101" s="3">
+        <v>31.78</v>
+      </c>
+      <c r="Q101" s="3">
+        <v>0</v>
+      </c>
+      <c r="R101" s="4">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="102" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B102" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F102" s="3">
+        <v>3</v>
+      </c>
+      <c r="G102" s="3">
+        <v>4</v>
+      </c>
+      <c r="H102" s="3">
+        <v>92.01</v>
+      </c>
+      <c r="I102" s="3">
+        <v>0</v>
+      </c>
+      <c r="J102" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="K102" s="4">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="L102" s="4">
+        <v>4.7100000000000003E-2</v>
+      </c>
+      <c r="M102" s="4">
+        <v>5.2400000000000002E-2</v>
+      </c>
+      <c r="N102" s="4">
+        <v>0.93</v>
+      </c>
+      <c r="O102" s="4">
+        <v>-0.43680000000000002</v>
+      </c>
+      <c r="P102" s="3">
+        <v>22.58</v>
+      </c>
+      <c r="Q102" s="3">
+        <v>0</v>
+      </c>
+      <c r="R102" s="4">
         <v>3.7600000000000001E-2</v>
       </c>
-      <c r="K95" s="4">
-[...231 lines deleted...]
-      <c r="E100" s="3" t="s">
+    </row>
+    <row r="103" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B103" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F100" s="3">
-[...148 lines deleted...]
-      </c>
       <c r="F103" s="3">
         <v>3</v>
       </c>
       <c r="G103" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H103" s="3">
-        <v>25.26</v>
+        <v>351.3</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
       <c r="J103" s="4">
-        <v>0.1099</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="K103" s="4">
-        <v>0.1772</v>
+        <v>9.11E-2</v>
       </c>
       <c r="L103" s="4">
-        <v>0.254</v>
+        <v>9.2899999999999996E-2</v>
       </c>
       <c r="M103" s="4">
-        <v>0.1724</v>
+        <v>7.1599999999999997E-2</v>
       </c>
       <c r="N103" s="4">
-        <v>1.7027000000000001</v>
+        <v>0.36220000000000002</v>
       </c>
       <c r="O103" s="4">
-        <v>1.0394000000000001</v>
+        <v>0.13780000000000001</v>
       </c>
       <c r="P103" s="3">
-        <v>14.15</v>
+        <v>27.3</v>
       </c>
       <c r="Q103" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="104" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R103" s="4">
+        <v>1.89E-2</v>
+      </c>
+    </row>
+    <row r="104" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B104" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>79</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F104" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G104" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H104" s="3">
-        <v>182.31</v>
+        <v>153</v>
       </c>
       <c r="I104" s="3">
-        <v>34.369999999999997</v>
+        <v>0</v>
       </c>
       <c r="J104" s="4">
-        <v>2.3E-3</v>
+        <v>1.01E-2</v>
       </c>
       <c r="K104" s="4">
-        <v>0.1802</v>
+        <v>8.5199999999999998E-2</v>
       </c>
       <c r="L104" s="4">
-        <v>9.9699999999999997E-2</v>
+        <v>3.1099999999999999E-2</v>
       </c>
       <c r="M104" s="4">
-        <v>0.17580000000000001</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="N104" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>0.25190000000000001</v>
       </c>
       <c r="O104" s="4">
-        <v>8.0299999999999996E-2</v>
+        <v>0.2228</v>
       </c>
       <c r="P104" s="3">
-        <v>40.130000000000003</v>
+        <v>24.88</v>
       </c>
       <c r="Q104" s="3">
+        <v>0</v>
+      </c>
+      <c r="R104" s="4">
+        <v>1.14E-2</v>
+      </c>
+    </row>
+    <row r="105" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B105" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F105" s="3">
+        <v>4</v>
+      </c>
+      <c r="G105" s="3">
+        <v>4</v>
+      </c>
+      <c r="H105" s="3">
+        <v>130.72999999999999</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
+      <c r="J105" s="4">
+        <v>4.9799999999999997E-2</v>
+      </c>
+      <c r="K105" s="4">
+        <v>3.8800000000000001E-2</v>
+      </c>
+      <c r="L105" s="4">
+        <v>0.19769999999999999</v>
+      </c>
+      <c r="M105" s="4">
+        <v>0.12470000000000001</v>
+      </c>
+      <c r="N105" s="4">
+        <v>1.6115999999999999</v>
+      </c>
+      <c r="O105" s="4">
+        <v>0.79490000000000005</v>
+      </c>
+      <c r="P105" s="3">
+        <v>29.08</v>
+      </c>
+      <c r="Q105" s="3">
+        <v>0</v>
+      </c>
+      <c r="R105" s="4">
+        <v>3.6600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="106" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B106" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" s="3">
+        <v>4</v>
+      </c>
+      <c r="G106" s="3">
+        <v>4</v>
+      </c>
+      <c r="H106" s="3">
+        <v>41.74</v>
+      </c>
+      <c r="I106" s="3">
+        <v>28.6</v>
+      </c>
+      <c r="J106" s="4">
+        <v>2.0799999999999999E-2</v>
+      </c>
+      <c r="K106" s="4">
+        <v>7.2900000000000006E-2</v>
+      </c>
+      <c r="L106" s="4">
+        <v>7.2099999999999997E-2</v>
+      </c>
+      <c r="M106" s="4">
+        <v>8.3199999999999996E-2</v>
+      </c>
+      <c r="N106" s="4">
+        <v>0.77639999999999998</v>
+      </c>
+      <c r="O106" s="4">
+        <v>1.0103</v>
+      </c>
+      <c r="P106" s="3">
+        <v>39.71</v>
+      </c>
+      <c r="Q106" s="3">
         <v>1</v>
       </c>
-    </row>
-[...100 lines deleted...]
-    <row r="107" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R106" s="4">
+        <v>2.1700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="107" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B107" s="3" t="s">
-        <v>343</v>
+        <v>176</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>344</v>
+        <v>177</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G107" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H107" s="3">
-        <v>81.290000000000006</v>
+        <v>162.49</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
       <c r="J107" s="4">
-        <v>1.3899999999999999E-2</v>
+        <v>1.04E-2</v>
       </c>
       <c r="K107" s="4">
-        <v>8.7599999999999997E-2</v>
+        <v>0.2205</v>
       </c>
       <c r="L107" s="4">
-        <v>3.8899999999999997E-2</v>
+        <v>0.16400000000000001</v>
       </c>
       <c r="M107" s="4">
-        <v>0.12239999999999999</v>
+        <v>8.1799999999999998E-2</v>
       </c>
       <c r="N107" s="4">
-        <v>0.2802</v>
+        <v>0.25409999999999999</v>
       </c>
       <c r="O107" s="4">
-        <v>0.32250000000000001</v>
+        <v>0.1537</v>
       </c>
       <c r="P107" s="3">
-        <v>18.47</v>
+        <v>23.25</v>
       </c>
       <c r="Q107" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="108" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R107" s="4">
+        <v>1.47E-2</v>
+      </c>
+    </row>
+    <row r="108" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B108" s="3" t="s">
-        <v>345</v>
+        <v>446</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>346</v>
+        <v>447</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F108" s="3">
         <v>3</v>
       </c>
       <c r="G108" s="3">
         <v>3</v>
       </c>
       <c r="H108" s="3">
-        <v>37.83</v>
+        <v>292.77999999999997</v>
       </c>
       <c r="I108" s="3">
-        <v>9.01</v>
+        <v>121.8</v>
       </c>
       <c r="J108" s="4">
-        <v>1.38E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K108" s="4">
-        <v>0.67359999999999998</v>
+        <v>0.13189999999999999</v>
       </c>
       <c r="L108" s="4">
-        <v>9.6500000000000002E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="M108" s="4">
-        <v>0.21060000000000001</v>
+        <v>0.17119999999999999</v>
       </c>
       <c r="N108" s="4">
-        <v>0.375</v>
+        <v>0.3276</v>
       </c>
       <c r="O108" s="4">
-        <v>-0.43099999999999999</v>
+        <v>0.3105</v>
       </c>
       <c r="P108" s="3">
-        <v>27.12</v>
+        <v>15.94</v>
       </c>
       <c r="Q108" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="109" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R108" s="4">
+        <v>1.9400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="109" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B109" s="3" t="s">
-        <v>418</v>
+        <v>82</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>419</v>
+        <v>83</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G109" s="3">
         <v>3</v>
       </c>
       <c r="H109" s="3">
-        <v>55.39</v>
+        <v>31.17</v>
       </c>
       <c r="I109" s="3">
-        <v>63.84</v>
+        <v>0</v>
       </c>
       <c r="J109" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>2.4500000000000001E-2</v>
       </c>
       <c r="K109" s="4">
-        <v>0.47160000000000002</v>
+        <v>3.6200000000000003E-2</v>
       </c>
       <c r="L109" s="4">
-        <v>5.5399999999999998E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="M109" s="4">
-        <v>5.0200000000000002E-2</v>
+        <v>8.0199999999999994E-2</v>
       </c>
       <c r="N109" s="4">
-        <v>0.95089999999999997</v>
+        <v>0.46060000000000001</v>
       </c>
       <c r="O109" s="4">
-        <v>-1.5538000000000001</v>
+        <v>0.34549999999999997</v>
       </c>
       <c r="P109" s="3">
-        <v>7.28</v>
+        <v>18.36</v>
       </c>
       <c r="Q109" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="110" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R109" s="4">
+        <v>1.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="110" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B110" s="3" t="s">
-        <v>178</v>
+        <v>397</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>179</v>
+        <v>398</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G110" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H110" s="3">
-        <v>317.17</v>
+        <v>48.23</v>
       </c>
       <c r="I110" s="3">
-        <v>396.73</v>
+        <v>0</v>
       </c>
       <c r="J110" s="4">
-        <v>2.12E-2</v>
+        <v>3.3500000000000002E-2</v>
       </c>
       <c r="K110" s="4">
-        <v>3.9699999999999999E-2</v>
+        <v>0.12839999999999999</v>
       </c>
       <c r="L110" s="4">
-        <v>0.1</v>
+        <v>3.2300000000000002E-2</v>
       </c>
       <c r="M110" s="4">
-        <v>0.1221</v>
+        <v>7.3499999999999996E-2</v>
       </c>
       <c r="N110" s="4">
-        <v>0.25380000000000003</v>
+        <v>0.46029999999999999</v>
       </c>
       <c r="O110" s="4">
-        <v>0.40479999999999999</v>
+        <v>0.40570000000000001</v>
       </c>
       <c r="P110" s="3">
-        <v>13.17</v>
+        <v>14.3</v>
       </c>
       <c r="Q110" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="111" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R110" s="4">
+        <v>3.5799999999999998E-2</v>
+      </c>
+    </row>
+    <row r="111" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B111" s="3" t="s">
-        <v>420</v>
+        <v>328</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>421</v>
+        <v>329</v>
       </c>
       <c r="D111" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F111" s="3">
+        <v>4</v>
+      </c>
+      <c r="G111" s="3">
+        <v>4</v>
+      </c>
+      <c r="H111" s="3">
+        <v>214.72</v>
+      </c>
+      <c r="I111" s="3">
+        <v>32.4</v>
+      </c>
+      <c r="J111" s="4">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="K111" s="4">
+        <v>0.2286</v>
+      </c>
+      <c r="L111" s="4">
+        <v>8.6800000000000002E-2</v>
+      </c>
+      <c r="M111" s="4">
+        <v>8.09E-2</v>
+      </c>
+      <c r="N111" s="4">
+        <v>0.50170000000000003</v>
+      </c>
+      <c r="O111" s="4">
+        <v>-0.3014</v>
+      </c>
+      <c r="P111" s="3">
+        <v>44.42</v>
+      </c>
+      <c r="Q111" s="3">
+        <v>0</v>
+      </c>
+      <c r="R111" s="4">
+        <v>1.0699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="112" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B112" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="D112" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E111" s="3" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="E112" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F112" s="3">
+        <v>4</v>
+      </c>
+      <c r="G112" s="3">
+        <v>4</v>
+      </c>
+      <c r="H112" s="3">
+        <v>295.45999999999998</v>
+      </c>
+      <c r="I112" s="3">
+        <v>46.13</v>
+      </c>
+      <c r="J112" s="4">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="K112" s="4">
+        <v>0.2286</v>
+      </c>
+      <c r="L112" s="4">
+        <v>8.6800000000000002E-2</v>
+      </c>
+      <c r="M112" s="4">
+        <v>8.09E-2</v>
+      </c>
+      <c r="N112" s="4">
+        <v>0.50170000000000003</v>
+      </c>
+      <c r="O112" s="4">
+        <v>-0.31040000000000001</v>
+      </c>
+      <c r="P112" s="3">
+        <v>44.42</v>
+      </c>
+      <c r="Q112" s="3">
+        <v>1</v>
+      </c>
+      <c r="R112" s="4">
+        <v>1.0699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="113" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B113" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F112" s="3">
-[...46 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="F113" s="3">
+        <v>3</v>
+      </c>
+      <c r="G113" s="3">
+        <v>3</v>
+      </c>
+      <c r="H113" s="3">
+        <v>57.81</v>
+      </c>
+      <c r="I113" s="3">
+        <v>0</v>
+      </c>
+      <c r="J113" s="4">
+        <v>3.0599999999999999E-2</v>
+      </c>
+      <c r="K113" s="4">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="L113" s="4">
+        <v>9.7799999999999998E-2</v>
+      </c>
+      <c r="M113" s="4">
+        <v>0.1222</v>
+      </c>
+      <c r="N113" s="4">
+        <v>0.68269999999999997</v>
+      </c>
+      <c r="O113" s="4">
+        <v>1.4978</v>
+      </c>
+      <c r="P113" s="3">
+        <v>32.5</v>
+      </c>
+      <c r="Q113" s="3">
+        <v>0</v>
+      </c>
+      <c r="R113" s="4">
+        <v>2.3599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="114" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B114" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F113" s="3">
-[...48 lines deleted...]
-      </c>
       <c r="F114" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G114" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H114" s="3">
-        <v>846.28</v>
+        <v>38.69</v>
       </c>
       <c r="I114" s="3">
-        <v>782.88</v>
+        <v>0</v>
       </c>
       <c r="J114" s="4">
-        <v>2.2499999999999999E-2</v>
+        <v>3.7499999999999999E-2</v>
       </c>
       <c r="K114" s="4">
-        <v>0.14949999999999999</v>
+        <v>8.0100000000000005E-2</v>
       </c>
       <c r="L114" s="4">
-        <v>8.8499999999999995E-2</v>
+        <v>6.3E-2</v>
       </c>
       <c r="M114" s="4">
-        <v>0.1149</v>
+        <v>6.5799999999999997E-2</v>
       </c>
       <c r="N114" s="4">
-        <v>1.9925999999999999</v>
+        <v>0.40910000000000002</v>
       </c>
       <c r="O114" s="4">
-        <v>41.761899999999997</v>
+        <v>0.30740000000000001</v>
       </c>
       <c r="P114" s="3">
-        <v>76.28</v>
+        <v>9.6</v>
       </c>
       <c r="Q114" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="115" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R114" s="4">
+        <v>3.27E-2</v>
+      </c>
+    </row>
+    <row r="115" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B115" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>332</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F115" s="3">
         <v>3</v>
       </c>
       <c r="G115" s="3">
         <v>4</v>
       </c>
       <c r="H115" s="3">
-        <v>294.51</v>
+        <v>113.21</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
       <c r="J115" s="4">
-        <v>1.15E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="K115" s="4">
-        <v>0.1457</v>
+        <v>0.1971</v>
       </c>
       <c r="L115" s="4">
-        <v>0.1002</v>
+        <v>0.12690000000000001</v>
       </c>
       <c r="M115" s="4">
-        <v>6.9000000000000006E-2</v>
+        <v>0.11840000000000001</v>
       </c>
       <c r="N115" s="4">
-        <v>0.36220000000000002</v>
+        <v>0.13550000000000001</v>
       </c>
       <c r="O115" s="4">
-        <v>0.19589999999999999</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="P115" s="3">
-        <v>23.26</v>
+        <v>29.36</v>
       </c>
       <c r="Q115" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="116" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R115" s="4">
+        <v>6.6E-3</v>
+      </c>
+    </row>
+    <row r="116" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B116" s="3" t="s">
-        <v>82</v>
+        <v>399</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>83</v>
+        <v>400</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F116" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G116" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H116" s="3">
-        <v>121.88</v>
+        <v>210.34</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>45.9</v>
       </c>
       <c r="J116" s="4">
-        <v>1.2800000000000001E-2</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="K116" s="4">
-        <v>0.1052</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="L116" s="4">
-        <v>6.0199999999999997E-2</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="M116" s="4">
-        <v>7.8600000000000003E-2</v>
+        <v>0.10489999999999999</v>
       </c>
       <c r="N116" s="4">
-        <v>0.25190000000000001</v>
+        <v>0.34520000000000001</v>
       </c>
       <c r="O116" s="4">
-        <v>0.25380000000000003</v>
+        <v>0.1661</v>
       </c>
       <c r="P116" s="3">
-        <v>19.61</v>
+        <v>51.04</v>
       </c>
       <c r="Q116" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="117" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R116" s="4">
+        <v>5.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="117" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B117" s="3" t="s">
-        <v>84</v>
+        <v>518</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>85</v>
+        <v>519</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F117" s="3">
         <v>4</v>
       </c>
       <c r="G117" s="3">
         <v>4</v>
       </c>
       <c r="H117" s="3">
-        <v>133.5</v>
+        <v>51.22</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>52.75</v>
       </c>
       <c r="J117" s="4">
-        <v>4.8099999999999997E-2</v>
+        <v>3.61E-2</v>
       </c>
       <c r="K117" s="4">
-        <v>6.2899999999999998E-2</v>
+        <v>5.33E-2</v>
       </c>
       <c r="L117" s="4">
-        <v>0.19839999999999999</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M117" s="4">
-        <v>6.1899999999999997E-2</v>
+        <v>5.0900000000000001E-2</v>
       </c>
       <c r="N117" s="4">
-        <v>1.6115999999999999</v>
+        <v>0.74529999999999996</v>
       </c>
       <c r="O117" s="4">
-        <v>0.78879999999999995</v>
+        <v>-0.33289999999999997</v>
       </c>
       <c r="P117" s="3">
-        <v>29.52</v>
+        <v>20.83</v>
       </c>
       <c r="Q117" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="118" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R117" s="4">
+        <v>4.0300000000000002E-2</v>
+      </c>
+    </row>
+    <row r="118" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B118" s="3" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>503</v>
+        <v>519</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F118" s="3">
         <v>4</v>
       </c>
       <c r="G118" s="3">
         <v>4</v>
       </c>
       <c r="H118" s="3">
-        <v>41.16</v>
+        <v>70.41</v>
       </c>
       <c r="I118" s="3">
-        <v>28.6</v>
+        <v>71.069999999999993</v>
       </c>
       <c r="J118" s="4">
-        <v>2.12E-2</v>
+        <v>3.6499999999999998E-2</v>
       </c>
       <c r="K118" s="4">
-        <v>7.0499999999999993E-2</v>
+        <v>5.2600000000000001E-2</v>
       </c>
       <c r="L118" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M118" s="4">
-        <v>0.10589999999999999</v>
+        <v>5.0999999999999997E-2</v>
       </c>
       <c r="N118" s="4">
-        <v>0.77639999999999998</v>
+        <v>0.74529999999999996</v>
       </c>
       <c r="O118" s="4">
-        <v>1.0103</v>
+        <v>-0.33610000000000001</v>
       </c>
       <c r="P118" s="3">
-        <v>38.96</v>
+        <v>20.83</v>
       </c>
       <c r="Q118" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="119" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R118" s="4">
+        <v>4.0300000000000002E-2</v>
+      </c>
+    </row>
+    <row r="119" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B119" s="3" t="s">
-        <v>184</v>
+        <v>448</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>185</v>
+        <v>449</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" s="3">
+        <v>4</v>
+      </c>
+      <c r="G119" s="3">
+        <v>4</v>
+      </c>
+      <c r="H119" s="3">
+        <v>74.55</v>
+      </c>
+      <c r="I119" s="3">
+        <v>25.37</v>
+      </c>
+      <c r="J119" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="K119" s="4">
+        <v>0.19520000000000001</v>
+      </c>
+      <c r="L119" s="4">
+        <v>0.12429999999999999</v>
+      </c>
+      <c r="M119" s="4">
+        <v>7.0300000000000001E-2</v>
+      </c>
+      <c r="N119" s="4">
+        <v>0.29670000000000002</v>
+      </c>
+      <c r="O119" s="4">
+        <v>0.63519999999999999</v>
+      </c>
+      <c r="P119" s="3">
+        <v>18.8</v>
+      </c>
+      <c r="Q119" s="3">
+        <v>1</v>
+      </c>
+      <c r="R119" s="4">
+        <v>2.7799999999999998E-2</v>
+      </c>
+    </row>
+    <row r="120" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B120" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F119" s="3">
-[...48 lines deleted...]
-      </c>
       <c r="F120" s="3">
         <v>3</v>
       </c>
       <c r="G120" s="3">
         <v>3</v>
       </c>
       <c r="H120" s="3">
-        <v>253.96</v>
+        <v>20.239999999999998</v>
       </c>
       <c r="I120" s="3">
-        <v>121.8</v>
+        <v>0</v>
       </c>
       <c r="J120" s="4">
-        <v>2.3300000000000001E-2</v>
+        <v>3.7600000000000001E-2</v>
       </c>
       <c r="K120" s="4">
-        <v>0.12870000000000001</v>
+        <v>0.1206</v>
       </c>
       <c r="L120" s="4">
-        <v>3.3099999999999997E-2</v>
+        <v>8.3099999999999993E-2</v>
       </c>
       <c r="M120" s="4">
-        <v>0.16830000000000001</v>
+        <v>0.11169999999999999</v>
       </c>
       <c r="N120" s="4">
-        <v>0.3276</v>
+        <v>0.43869999999999998</v>
       </c>
       <c r="O120" s="4">
-        <v>0.36809999999999998</v>
+        <v>0.50429999999999997</v>
       </c>
       <c r="P120" s="3">
-        <v>14.56</v>
+        <v>10.57</v>
       </c>
       <c r="Q120" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="121" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R120" s="4">
+        <v>3.6799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="121" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B121" s="3" t="s">
-        <v>86</v>
+        <v>249</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>87</v>
+        <v>250</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
         <v>3</v>
       </c>
       <c r="G121" s="3">
         <v>3</v>
       </c>
       <c r="H121" s="3">
-        <v>30.91</v>
+        <v>39.869999999999997</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
       <c r="J121" s="4">
-        <v>2.4799999999999999E-2</v>
+        <v>2.58E-2</v>
       </c>
       <c r="K121" s="4">
-        <v>5.57E-2</v>
+        <v>0.1416</v>
       </c>
       <c r="L121" s="4">
-        <v>4.9000000000000002E-2</v>
+        <v>5.1299999999999998E-2</v>
       </c>
       <c r="M121" s="4">
-        <v>7.7299999999999994E-2</v>
+        <v>0.1305</v>
       </c>
       <c r="N121" s="4">
-        <v>0.46060000000000001</v>
+        <v>0.26579999999999998</v>
       </c>
       <c r="O121" s="4">
-        <v>0.33889999999999998</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P121" s="3">
-        <v>18.149999999999999</v>
+        <v>10.5</v>
       </c>
       <c r="Q121" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="122" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R121" s="4">
+        <v>3.2199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="122" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B122" s="3" t="s">
-        <v>422</v>
+        <v>88</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>423</v>
+        <v>89</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="3">
         <v>3</v>
       </c>
       <c r="G122" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H122" s="3">
-        <v>41.61</v>
+        <v>40.47</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
       <c r="J122" s="4">
-        <v>3.8100000000000002E-2</v>
+        <v>2.8500000000000001E-2</v>
       </c>
       <c r="K122" s="4">
-        <v>9.9099999999999994E-2</v>
+        <v>4.0099999999999997E-2</v>
       </c>
       <c r="L122" s="4">
-        <v>2.06E-2</v>
+        <v>9.5299999999999996E-2</v>
       </c>
       <c r="M122" s="4">
-        <v>7.1099999999999997E-2</v>
+        <v>8.8300000000000003E-2</v>
       </c>
       <c r="N122" s="4">
-        <v>0.46029999999999999</v>
+        <v>0.38</v>
       </c>
       <c r="O122" s="4">
-        <v>0.31940000000000002</v>
+        <v>0.29470000000000002</v>
       </c>
       <c r="P122" s="3">
-        <v>12.54</v>
+        <v>14.24</v>
       </c>
       <c r="Q122" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="123" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R122" s="4">
+        <v>2.5999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="123" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B123" s="3" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
         <v>3</v>
       </c>
       <c r="G123" s="3">
         <v>4</v>
       </c>
       <c r="H123" s="3">
-        <v>55.25</v>
+        <v>67.260000000000005</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
       <c r="J123" s="4">
-        <v>3.6299999999999999E-2</v>
+        <v>2.3199999999999998E-2</v>
       </c>
       <c r="K123" s="4">
-        <v>2.52E-2</v>
+        <v>0.51870000000000005</v>
       </c>
       <c r="L123" s="4">
+        <v>0.121</v>
+      </c>
+      <c r="M123" s="4">
+        <v>0.1951</v>
+      </c>
+      <c r="N123" s="4">
+        <v>0.3553</v>
+      </c>
+      <c r="O123" s="4">
+        <v>0.80979999999999996</v>
+      </c>
+      <c r="P123" s="3">
+        <v>8.9600000000000009</v>
+      </c>
+      <c r="Q123" s="3">
+        <v>0</v>
+      </c>
+      <c r="R123" s="4">
+        <v>3.0099999999999998E-2</v>
+      </c>
+    </row>
+    <row r="124" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B124" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" s="3">
+        <v>4</v>
+      </c>
+      <c r="G124" s="3">
+        <v>4</v>
+      </c>
+      <c r="H124" s="3">
+        <v>344.55</v>
+      </c>
+      <c r="I124" s="3">
+        <v>172.29</v>
+      </c>
+      <c r="J124" s="4">
+        <v>1.77E-2</v>
+      </c>
+      <c r="K124" s="4">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="L124" s="4">
+        <v>6.3100000000000003E-2</v>
+      </c>
+      <c r="M124" s="4">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="N124" s="4">
+        <v>0.4138</v>
+      </c>
+      <c r="O124" s="4">
+        <v>0.32769999999999999</v>
+      </c>
+      <c r="P124" s="3">
+        <v>22</v>
+      </c>
+      <c r="Q124" s="3">
+        <v>1</v>
+      </c>
+      <c r="R124" s="4">
+        <v>2.1299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="125" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B125" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" s="3">
+        <v>3</v>
+      </c>
+      <c r="G125" s="3">
+        <v>3</v>
+      </c>
+      <c r="H125" s="3">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="I125" s="3">
+        <v>0</v>
+      </c>
+      <c r="J125" s="4">
+        <v>1.15E-2</v>
+      </c>
+      <c r="K125" s="4">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="L125" s="4">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="M125" s="4">
+        <v>0.20030000000000001</v>
+      </c>
+      <c r="N125" s="4">
+        <v>0.65549999999999997</v>
+      </c>
+      <c r="O125" s="4">
+        <v>0.13009999999999999</v>
+      </c>
+      <c r="P125" s="3">
+        <v>76.86</v>
+      </c>
+      <c r="Q125" s="3">
+        <v>0</v>
+      </c>
+      <c r="R125" s="4">
+        <v>1.09E-2</v>
+      </c>
+    </row>
+    <row r="126" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B126" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" s="3">
+        <v>3</v>
+      </c>
+      <c r="G126" s="3">
+        <v>4</v>
+      </c>
+      <c r="H126" s="3">
+        <v>83.48</v>
+      </c>
+      <c r="I126" s="3">
+        <v>0</v>
+      </c>
+      <c r="J126" s="4">
+        <v>1.43E-2</v>
+      </c>
+      <c r="K126" s="4">
+        <v>8.8400000000000006E-2</v>
+      </c>
+      <c r="L126" s="4">
+        <v>5.8400000000000001E-2</v>
+      </c>
+      <c r="M126" s="4">
+        <v>9.4700000000000006E-2</v>
+      </c>
+      <c r="N126" s="4">
+        <v>0.36180000000000001</v>
+      </c>
+      <c r="O126" s="4">
+        <v>0.29020000000000001</v>
+      </c>
+      <c r="P126" s="3">
+        <v>28.25</v>
+      </c>
+      <c r="Q126" s="3">
+        <v>0</v>
+      </c>
+      <c r="R126" s="4">
+        <v>1.23E-2</v>
+      </c>
+    </row>
+    <row r="127" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B127" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F127" s="3">
+        <v>3</v>
+      </c>
+      <c r="G127" s="3">
+        <v>3</v>
+      </c>
+      <c r="H127" s="3">
+        <v>44.96</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
+      <c r="J127" s="4">
+        <v>6.9800000000000001E-2</v>
+      </c>
+      <c r="K127" s="4">
+        <v>3.9899999999999998E-2</v>
+      </c>
+      <c r="L127" s="4">
+        <v>6.4600000000000005E-2</v>
+      </c>
+      <c r="M127" s="4">
+        <v>0.24729999999999999</v>
+      </c>
+      <c r="N127" s="4">
+        <v>1.0593999999999999</v>
+      </c>
+      <c r="O127" s="4">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="P127" s="3">
+        <v>16.059999999999999</v>
+      </c>
+      <c r="Q127" s="3">
+        <v>0</v>
+      </c>
+      <c r="R127" s="4">
+        <v>5.79E-2</v>
+      </c>
+    </row>
+    <row r="128" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B128" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F128" s="3">
+        <v>3</v>
+      </c>
+      <c r="G128" s="3">
+        <v>3</v>
+      </c>
+      <c r="H128" s="3">
+        <v>125.18</v>
+      </c>
+      <c r="I128" s="3">
+        <v>100.22</v>
+      </c>
+      <c r="J128" s="4">
+        <v>3.2800000000000003E-2</v>
+      </c>
+      <c r="K128" s="4">
+        <v>0.39079999999999998</v>
+      </c>
+      <c r="L128" s="4">
         <v>7.7899999999999997E-2</v>
       </c>
-      <c r="M123" s="4">
-[...111 lines deleted...]
-      <c r="Q125" s="3">
+      <c r="M128" s="4">
+        <v>5.45E-2</v>
+      </c>
+      <c r="N128" s="4">
+        <v>0.61570000000000003</v>
+      </c>
+      <c r="O128" s="4">
+        <v>4.2248000000000001</v>
+      </c>
+      <c r="P128" s="3">
+        <v>21.61</v>
+      </c>
+      <c r="Q128" s="3">
         <v>1</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="L126" s="4">
+      <c r="R128" s="4">
+        <v>2.64E-2</v>
+      </c>
+    </row>
+    <row r="129" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B129" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F129" s="3">
+        <v>4</v>
+      </c>
+      <c r="G129" s="3">
+        <v>3</v>
+      </c>
+      <c r="H129" s="3">
+        <v>205.75</v>
+      </c>
+      <c r="I129" s="3">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="J129" s="4">
+        <v>1.7899999999999999E-2</v>
+      </c>
+      <c r="K129" s="4">
         <v>9.4200000000000006E-2</v>
       </c>
-      <c r="M126" s="4">
-[...25 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="L129" s="4">
+        <v>0.1065</v>
+      </c>
+      <c r="M129" s="4">
+        <v>6.5799999999999997E-2</v>
+      </c>
+      <c r="N129" s="4">
+        <v>0.40860000000000002</v>
+      </c>
+      <c r="O129" s="4">
+        <v>0.47649999999999998</v>
+      </c>
+      <c r="P129" s="3">
+        <v>24.87</v>
+      </c>
+      <c r="Q129" s="3">
+        <v>0</v>
+      </c>
+      <c r="R129" s="4">
+        <v>2.2100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="130" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B130" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F127" s="3">
-[...148 lines deleted...]
-      </c>
       <c r="F130" s="3">
         <v>4</v>
       </c>
       <c r="G130" s="3">
         <v>4</v>
       </c>
       <c r="H130" s="3">
-        <v>75.849999999999994</v>
+        <v>898.98</v>
       </c>
       <c r="I130" s="3">
-        <v>25.37</v>
+        <v>0</v>
       </c>
       <c r="J130" s="4">
-        <v>1.6400000000000001E-2</v>
+        <v>1.7899999999999999E-2</v>
       </c>
       <c r="K130" s="4">
-        <v>0.219</v>
+        <v>0.1477</v>
       </c>
       <c r="L130" s="4">
-        <v>0.11559999999999999</v>
+        <v>0.18920000000000001</v>
       </c>
       <c r="M130" s="4">
-        <v>6.6699999999999995E-2</v>
+        <v>0.22869999999999999</v>
       </c>
       <c r="N130" s="4">
-        <v>0.29670000000000002</v>
+        <v>0.28100000000000003</v>
       </c>
       <c r="O130" s="4">
-        <v>0.2167</v>
+        <v>7.3300000000000004E-2</v>
       </c>
       <c r="P130" s="3">
-        <v>21.12</v>
+        <v>18.149999999999999</v>
       </c>
       <c r="Q130" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="131" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R130" s="4">
+        <v>2.4899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="131" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B131" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>91</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="3">
         <v>3</v>
       </c>
       <c r="G131" s="3">
         <v>3</v>
       </c>
       <c r="H131" s="3">
-        <v>17.38</v>
+        <v>131.84</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>101.23</v>
       </c>
       <c r="J131" s="4">
-        <v>4.1200000000000001E-2</v>
+        <v>4.4299999999999999E-2</v>
       </c>
       <c r="K131" s="4">
-        <v>9.7600000000000006E-2</v>
+        <v>9.4899999999999998E-2</v>
       </c>
       <c r="L131" s="4">
-        <v>8.14E-2</v>
+        <v>0.20449999999999999</v>
       </c>
       <c r="M131" s="4">
-        <v>0.1055</v>
+        <v>0.26540000000000002</v>
       </c>
       <c r="N131" s="4">
-        <v>0.43869999999999998</v>
+        <v>0.27689999999999998</v>
       </c>
       <c r="O131" s="4">
-        <v>1.0224</v>
+        <v>9.6100000000000005E-2</v>
       </c>
       <c r="P131" s="3">
-        <v>9.16</v>
+        <v>9.58</v>
       </c>
       <c r="Q131" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="132" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R131" s="4">
+        <v>2.53E-2</v>
+      </c>
+    </row>
+    <row r="132" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B132" s="3" t="s">
-        <v>264</v>
+        <v>353</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>265</v>
+        <v>354</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F132" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G132" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H132" s="3">
-        <v>34.520000000000003</v>
+        <v>1035.07</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>257.3</v>
       </c>
       <c r="J132" s="4">
-        <v>2.98E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K132" s="4">
-        <v>0.16089999999999999</v>
+        <v>0.22600000000000001</v>
       </c>
       <c r="L132" s="4">
-        <v>4.9299999999999997E-2</v>
+        <v>8.5099999999999995E-2</v>
       </c>
       <c r="M132" s="4">
-        <v>0.111</v>
+        <v>7.9299999999999995E-2</v>
       </c>
       <c r="N132" s="4">
-        <v>0.26579999999999998</v>
+        <v>0.2064</v>
       </c>
       <c r="O132" s="4">
-        <v>0.32979999999999998</v>
+        <v>0.37180000000000002</v>
       </c>
       <c r="P132" s="3">
-        <v>9.09</v>
+        <v>28.59</v>
       </c>
       <c r="Q132" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="133" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R132" s="4">
+        <v>1.04E-2</v>
+      </c>
+    </row>
+    <row r="133" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B133" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F133" s="3">
+        <v>4</v>
+      </c>
+      <c r="G133" s="3">
+        <v>4</v>
+      </c>
+      <c r="H133" s="3">
+        <v>472.11</v>
+      </c>
+      <c r="I133" s="3">
+        <v>88.87</v>
+      </c>
+      <c r="J133" s="4">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="K133" s="4">
+        <v>0.1883</v>
+      </c>
+      <c r="L133" s="4">
+        <v>7.6100000000000001E-2</v>
+      </c>
+      <c r="M133" s="4">
+        <v>0.1099</v>
+      </c>
+      <c r="N133" s="4">
+        <v>0.11940000000000001</v>
+      </c>
+      <c r="O133" s="4">
+        <v>8.4199999999999997E-2</v>
+      </c>
+      <c r="P133" s="3">
+        <v>18.28</v>
+      </c>
+      <c r="Q133" s="3">
+        <v>0</v>
+      </c>
+      <c r="R133" s="4">
+        <v>8.6E-3</v>
+      </c>
+    </row>
+    <row r="134" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B134" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C133" s="3" t="s">
+      <c r="C134" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="D133" s="3" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D134" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F134" s="3">
         <v>4</v>
       </c>
       <c r="G134" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H134" s="3">
-        <v>344.76</v>
+        <v>346.39</v>
       </c>
       <c r="I134" s="3">
-        <v>172.29</v>
+        <v>283.88</v>
       </c>
       <c r="J134" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>2.6700000000000002E-2</v>
       </c>
       <c r="K134" s="4">
-        <v>6.1100000000000002E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="L134" s="4">
-        <v>5.6399999999999999E-2</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="M134" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="N134" s="4">
-        <v>0.4138</v>
+        <v>0.60309999999999997</v>
       </c>
       <c r="O134" s="4">
-        <v>0.32769999999999999</v>
+        <v>0.65329999999999999</v>
       </c>
       <c r="P134" s="3">
-        <v>22.35</v>
+        <v>23.53</v>
       </c>
       <c r="Q134" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="135" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R134" s="4">
+        <v>2.18E-2</v>
+      </c>
+    </row>
+    <row r="135" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B135" s="3" t="s">
-        <v>312</v>
+        <v>571</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>313</v>
+        <v>572</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F135" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G135" s="3">
         <v>3</v>
       </c>
       <c r="H135" s="3">
-        <v>73.989999999999995</v>
+        <v>34.06</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
       <c r="J135" s="4">
-        <v>9.5999999999999992E-3</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="K135" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>0.1623</v>
       </c>
       <c r="L135" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>8.1199999999999994E-2</v>
       </c>
       <c r="M135" s="4">
-        <v>0.18740000000000001</v>
+        <v>0.1057</v>
       </c>
       <c r="N135" s="4">
-        <v>0.14280000000000001</v>
+        <v>1.0547</v>
       </c>
       <c r="O135" s="4">
-        <v>0.13139999999999999</v>
+        <v>0.45450000000000002</v>
       </c>
       <c r="P135" s="3">
-        <v>55.79</v>
+        <v>12.03</v>
       </c>
       <c r="Q135" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="136" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R135" s="4">
+        <v>7.46E-2</v>
+      </c>
+    </row>
+    <row r="136" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B136" s="3" t="s">
-        <v>296</v>
+        <v>251</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>297</v>
+        <v>316</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F136" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G136" s="3">
         <v>4</v>
       </c>
       <c r="H136" s="3">
-        <v>81.75</v>
+        <v>139.61000000000001</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
       <c r="J136" s="4">
-        <v>1.3599999999999999E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K136" s="4">
-        <v>0.1007</v>
+        <v>0.2089</v>
       </c>
       <c r="L136" s="4">
-        <v>6.3700000000000007E-2</v>
+        <v>6.3100000000000003E-2</v>
       </c>
       <c r="M136" s="4">
-        <v>9.06E-2</v>
+        <v>0.10349999999999999</v>
       </c>
       <c r="N136" s="4">
-        <v>0.36180000000000001</v>
+        <v>0.18160000000000001</v>
       </c>
       <c r="O136" s="4">
-        <v>0.29020000000000001</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="P136" s="3">
-        <v>27.56</v>
+        <v>11.36</v>
       </c>
       <c r="Q136" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="137" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R136" s="4">
+        <v>2.18E-2</v>
+      </c>
+    </row>
+    <row r="137" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B137" s="3" t="s">
-        <v>510</v>
+        <v>452</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>511</v>
+        <v>453</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F137" s="3">
+        <v>3</v>
+      </c>
+      <c r="G137" s="3">
+        <v>3</v>
+      </c>
+      <c r="H137" s="3">
+        <v>14.21</v>
+      </c>
+      <c r="I137" s="3">
+        <v>0</v>
+      </c>
+      <c r="J137" s="4">
+        <v>4.9500000000000002E-2</v>
+      </c>
+      <c r="K137" s="4">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="L137" s="4">
+        <v>3.27E-2</v>
+      </c>
+      <c r="M137" s="4">
+        <v>0.25690000000000002</v>
+      </c>
+      <c r="N137" s="4">
+        <v>0.2253</v>
+      </c>
+      <c r="O137" s="4">
+        <v>-0.35349999999999998</v>
+      </c>
+      <c r="P137" s="3">
+        <v>9</v>
+      </c>
+      <c r="Q137" s="3">
+        <v>0</v>
+      </c>
+      <c r="R137" s="4">
+        <v>3.95E-2</v>
+      </c>
+    </row>
+    <row r="138" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B138" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" s="3">
+        <v>4</v>
+      </c>
+      <c r="G138" s="3">
+        <v>4</v>
+      </c>
+      <c r="H138" s="3">
+        <v>160.88</v>
+      </c>
+      <c r="I138" s="3">
+        <v>31.77</v>
+      </c>
+      <c r="J138" s="4">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="K138" s="4">
+        <v>0.41520000000000001</v>
+      </c>
+      <c r="L138" s="4">
+        <v>0.21490000000000001</v>
+      </c>
+      <c r="M138" s="4">
+        <v>0.25480000000000003</v>
+      </c>
+      <c r="N138" s="4">
+        <v>0.1623</v>
+      </c>
+      <c r="O138" s="4">
+        <v>-0.61829999999999996</v>
+      </c>
+      <c r="P138" s="3">
+        <v>24.25</v>
+      </c>
+      <c r="Q138" s="3">
+        <v>0</v>
+      </c>
+      <c r="R138" s="4">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="139" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B139" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F139" s="3">
+        <v>4</v>
+      </c>
+      <c r="G139" s="3">
+        <v>3</v>
+      </c>
+      <c r="H139" s="3">
+        <v>42.93</v>
+      </c>
+      <c r="I139" s="3">
+        <v>0</v>
+      </c>
+      <c r="J139" s="4">
+        <v>3.8399999999999997E-2</v>
+      </c>
+      <c r="K139" s="4">
+        <v>0.58220000000000005</v>
+      </c>
+      <c r="L139" s="4">
+        <v>5.4300000000000001E-2</v>
+      </c>
+      <c r="M139" s="4">
+        <v>0.09</v>
+      </c>
+      <c r="N139" s="4">
+        <v>0.33439999999999998</v>
+      </c>
+      <c r="O139" s="4">
+        <v>0.35210000000000002</v>
+      </c>
+      <c r="P139" s="3">
+        <v>9.7100000000000009</v>
+      </c>
+      <c r="Q139" s="3">
+        <v>0</v>
+      </c>
+      <c r="R139" s="4">
+        <v>3.3099999999999997E-2</v>
+      </c>
+    </row>
+    <row r="140" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B140" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F140" s="3">
+        <v>3</v>
+      </c>
+      <c r="G140" s="3">
+        <v>3</v>
+      </c>
+      <c r="H140" s="3">
+        <v>49.81</v>
+      </c>
+      <c r="I140" s="3">
+        <v>0</v>
+      </c>
+      <c r="J140" s="4">
+        <v>3.4299999999999997E-2</v>
+      </c>
+      <c r="K140" s="4">
+        <v>8.0199999999999994E-2</v>
+      </c>
+      <c r="L140" s="4">
+        <v>7.3300000000000004E-2</v>
+      </c>
+      <c r="M140" s="4">
+        <v>5.9200000000000003E-2</v>
+      </c>
+      <c r="N140" s="4">
+        <v>0.55479999999999996</v>
+      </c>
+      <c r="O140" s="4">
+        <v>-0.2215</v>
+      </c>
+      <c r="P140" s="3">
+        <v>15.56</v>
+      </c>
+      <c r="Q140" s="3">
+        <v>0</v>
+      </c>
+      <c r="R140" s="4">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="141" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B141" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" s="3">
+        <v>4</v>
+      </c>
+      <c r="G141" s="3">
+        <v>4</v>
+      </c>
+      <c r="H141" s="3">
+        <v>451.13</v>
+      </c>
+      <c r="I141" s="3">
+        <v>0</v>
+      </c>
+      <c r="J141" s="4">
+        <v>1.2800000000000001E-2</v>
+      </c>
+      <c r="K141" s="4">
+        <v>0.21729999999999999</v>
+      </c>
+      <c r="L141" s="4">
+        <v>9.0800000000000006E-2</v>
+      </c>
+      <c r="M141" s="4">
+        <v>7.7200000000000005E-2</v>
+      </c>
+      <c r="N141" s="4">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="O141" s="4">
+        <v>0.33150000000000002</v>
+      </c>
+      <c r="P141" s="3">
+        <v>27.44</v>
+      </c>
+      <c r="Q141" s="3">
+        <v>0</v>
+      </c>
+      <c r="R141" s="4">
+        <v>1.67E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B142" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F142" s="3">
+        <v>3</v>
+      </c>
+      <c r="G142" s="3">
+        <v>3</v>
+      </c>
+      <c r="H142" s="3">
+        <v>33.86</v>
+      </c>
+      <c r="I142" s="3">
+        <v>0</v>
+      </c>
+      <c r="J142" s="4">
+        <v>3.0499999999999999E-2</v>
+      </c>
+      <c r="K142" s="4">
+        <v>5.1499999999999997E-2</v>
+      </c>
+      <c r="L142" s="4">
+        <v>2.3599999999999999E-2</v>
+      </c>
+      <c r="M142" s="4">
+        <v>5.1299999999999998E-2</v>
+      </c>
+      <c r="N142" s="4">
+        <v>0.30009999999999998</v>
+      </c>
+      <c r="O142" s="4">
+        <v>0.27879999999999999</v>
+      </c>
+      <c r="P142" s="3">
+        <v>10.49</v>
+      </c>
+      <c r="Q142" s="3">
+        <v>0</v>
+      </c>
+      <c r="R142" s="4">
+        <v>3.3700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="143" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B143" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F143" s="3">
+        <v>3</v>
+      </c>
+      <c r="G143" s="3">
+        <v>3</v>
+      </c>
+      <c r="H143" s="3">
+        <v>161.44</v>
+      </c>
+      <c r="I143" s="3">
+        <v>0</v>
+      </c>
+      <c r="J143" s="4">
+        <v>1.2E-2</v>
+      </c>
+      <c r="K143" s="4">
+        <v>7.8600000000000003E-2</v>
+      </c>
+      <c r="L143" s="4">
+        <v>8.7300000000000003E-2</v>
+      </c>
+      <c r="M143" s="4">
+        <v>8.8099999999999998E-2</v>
+      </c>
+      <c r="N143" s="4">
+        <v>0.37730000000000002</v>
+      </c>
+      <c r="O143" s="4">
+        <v>0.26640000000000003</v>
+      </c>
+      <c r="P143" s="3">
+        <v>29.17</v>
+      </c>
+      <c r="Q143" s="3">
+        <v>0</v>
+      </c>
+      <c r="R143" s="4">
+        <v>1.24E-2</v>
+      </c>
+    </row>
+    <row r="144" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B144" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F137" s="3">
-[...32 lines deleted...]
-      <c r="Q137" s="3">
+      <c r="F144" s="3">
+        <v>4</v>
+      </c>
+      <c r="G144" s="3">
+        <v>3</v>
+      </c>
+      <c r="H144" s="3">
+        <v>331.66</v>
+      </c>
+      <c r="I144" s="3">
+        <v>0</v>
+      </c>
+      <c r="J144" s="4">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="K144" s="4">
+        <v>0.59470000000000001</v>
+      </c>
+      <c r="L144" s="4">
+        <v>0.20930000000000001</v>
+      </c>
+      <c r="M144" s="4">
+        <v>0.1318</v>
+      </c>
+      <c r="N144" s="4">
+        <v>0.12509999999999999</v>
+      </c>
+      <c r="O144" s="4">
+        <v>9.1499999999999998E-2</v>
+      </c>
+      <c r="P144" s="3">
+        <v>22.56</v>
+      </c>
+      <c r="Q144" s="3">
+        <v>0</v>
+      </c>
+      <c r="R144" s="4">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="145" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B145" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" s="3">
+        <v>3</v>
+      </c>
+      <c r="G145" s="3">
+        <v>3</v>
+      </c>
+      <c r="H145" s="3">
+        <v>179.53</v>
+      </c>
+      <c r="I145" s="3">
+        <v>0</v>
+      </c>
+      <c r="J145" s="4">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K145" s="4">
+        <v>5.0700000000000002E-2</v>
+      </c>
+      <c r="L145" s="4">
+        <v>7.7899999999999997E-2</v>
+      </c>
+      <c r="M145" s="4">
+        <v>7.2599999999999998E-2</v>
+      </c>
+      <c r="N145" s="4">
+        <v>0.41410000000000002</v>
+      </c>
+      <c r="O145" s="4">
+        <v>0.3624</v>
+      </c>
+      <c r="P145" s="3">
+        <v>28.1</v>
+      </c>
+      <c r="Q145" s="3">
+        <v>0</v>
+      </c>
+      <c r="R145" s="4">
+        <v>1.12E-2</v>
+      </c>
+    </row>
+    <row r="146" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B146" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F146" s="3">
+        <v>4</v>
+      </c>
+      <c r="G146" s="3">
+        <v>4</v>
+      </c>
+      <c r="H146" s="3">
+        <v>284.47000000000003</v>
+      </c>
+      <c r="I146" s="3">
+        <v>-71.3</v>
+      </c>
+      <c r="J146" s="4">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="K146" s="4">
+        <v>0.18</v>
+      </c>
+      <c r="L146" s="4">
+        <v>0.16159999999999999</v>
+      </c>
+      <c r="M146" s="4">
+        <v>9.8900000000000002E-2</v>
+      </c>
+      <c r="N146" s="4">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="O146" s="4">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="P146" s="3">
+        <v>17</v>
+      </c>
+      <c r="Q146" s="3">
         <v>1</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="R146" s="4">
+        <v>2.07E-2</v>
+      </c>
+    </row>
+    <row r="147" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B147" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F138" s="3">
-[...82 lines deleted...]
-      <c r="Q139" s="3">
+      <c r="F147" s="3">
+        <v>3</v>
+      </c>
+      <c r="G147" s="3">
+        <v>3</v>
+      </c>
+      <c r="H147" s="3">
+        <v>51.08</v>
+      </c>
+      <c r="I147" s="3">
+        <v>103.92</v>
+      </c>
+      <c r="J147" s="4">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="K147" s="4">
+        <v>5.62E-2</v>
+      </c>
+      <c r="L147" s="4">
+        <v>0.1875</v>
+      </c>
+      <c r="M147" s="4">
+        <v>0.112</v>
+      </c>
+      <c r="N147" s="4">
+        <v>1.3624000000000001</v>
+      </c>
+      <c r="O147" s="4">
+        <v>1.3125</v>
+      </c>
+      <c r="P147" s="3">
+        <v>12.55</v>
+      </c>
+      <c r="Q147" s="3">
+        <v>0</v>
+      </c>
+      <c r="R147" s="4">
+        <v>7.0000000000000007E-2</v>
+      </c>
+    </row>
+    <row r="148" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B148" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F148" s="3">
+        <v>4</v>
+      </c>
+      <c r="G148" s="3">
+        <v>4</v>
+      </c>
+      <c r="H148" s="3">
+        <v>675.33</v>
+      </c>
+      <c r="I148" s="3">
+        <v>392.81</v>
+      </c>
+      <c r="J148" s="4">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="K148" s="4">
+        <v>0.157</v>
+      </c>
+      <c r="L148" s="4">
+        <v>0.1953</v>
+      </c>
+      <c r="M148" s="4">
+        <v>0.1487</v>
+      </c>
+      <c r="N148" s="4">
+        <v>0.30759999999999998</v>
+      </c>
+      <c r="O148" s="4">
+        <v>0.19420000000000001</v>
+      </c>
+      <c r="P148" s="3">
+        <v>45.99</v>
+      </c>
+      <c r="Q148" s="3">
+        <v>0</v>
+      </c>
+      <c r="R148" s="4">
+        <v>6.1999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="149" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B149" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F149" s="3">
+        <v>4</v>
+      </c>
+      <c r="G149" s="3">
+        <v>4</v>
+      </c>
+      <c r="H149" s="3">
+        <v>27.34</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
+      <c r="J149" s="4">
+        <v>4.4400000000000002E-2</v>
+      </c>
+      <c r="K149" s="4">
+        <v>0.222</v>
+      </c>
+      <c r="L149" s="4">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="M149" s="4">
+        <v>0.1429</v>
+      </c>
+      <c r="N149" s="4">
+        <v>1.9072</v>
+      </c>
+      <c r="O149" s="4">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="P149" s="3">
+        <v>28.33</v>
+      </c>
+      <c r="Q149" s="3">
+        <v>0</v>
+      </c>
+      <c r="R149" s="4">
+        <v>2.8500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="150" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B150" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" s="3">
+        <v>4</v>
+      </c>
+      <c r="G150" s="3">
+        <v>4</v>
+      </c>
+      <c r="H150" s="3">
+        <v>251.59</v>
+      </c>
+      <c r="I150" s="3">
+        <v>247.32</v>
+      </c>
+      <c r="J150" s="4">
+        <v>2.5700000000000001E-2</v>
+      </c>
+      <c r="K150" s="4">
+        <v>9.2499999999999999E-2</v>
+      </c>
+      <c r="L150" s="4">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="M150" s="4">
+        <v>7.0699999999999999E-2</v>
+      </c>
+      <c r="N150" s="4">
+        <v>0.49230000000000002</v>
+      </c>
+      <c r="O150" s="4">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="P150" s="3">
+        <v>24.27</v>
+      </c>
+      <c r="Q150" s="3">
         <v>1</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D140" s="3" t="s">
+      <c r="R150" s="4">
+        <v>2.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="151" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B151" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F151" s="3">
+        <v>3</v>
+      </c>
+      <c r="G151" s="3">
+        <v>4</v>
+      </c>
+      <c r="H151" s="3">
+        <v>63.35</v>
+      </c>
+      <c r="I151" s="3">
+        <v>0</v>
+      </c>
+      <c r="J151" s="4">
+        <v>2.58E-2</v>
+      </c>
+      <c r="K151" s="4">
+        <v>1.4E-2</v>
+      </c>
+      <c r="L151" s="4">
+        <v>9.7299999999999998E-2</v>
+      </c>
+      <c r="M151" s="4">
+        <v>0.2167</v>
+      </c>
+      <c r="N151" s="4">
+        <v>0.43780000000000002</v>
+      </c>
+      <c r="O151" s="4">
+        <v>-0.93859999999999999</v>
+      </c>
+      <c r="P151" s="3">
+        <v>21.5</v>
+      </c>
+      <c r="Q151" s="3">
+        <v>0</v>
+      </c>
+      <c r="R151" s="4">
+        <v>2.7099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="152" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B152" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F152" s="3">
+        <v>3</v>
+      </c>
+      <c r="G152" s="3">
+        <v>3</v>
+      </c>
+      <c r="H152" s="3">
+        <v>92.08</v>
+      </c>
+      <c r="I152" s="3">
+        <v>0</v>
+      </c>
+      <c r="J152" s="4">
+        <v>3.4599999999999999E-2</v>
+      </c>
+      <c r="K152" s="4">
+        <v>0.94450000000000001</v>
+      </c>
+      <c r="L152" s="4">
+        <v>0.10290000000000001</v>
+      </c>
+      <c r="M152" s="4">
+        <v>6.5600000000000006E-2</v>
+      </c>
+      <c r="N152" s="4">
+        <v>0.93179999999999996</v>
+      </c>
+      <c r="O152" s="4">
+        <v>0.73860000000000003</v>
+      </c>
+      <c r="P152" s="3">
+        <v>27.54</v>
+      </c>
+      <c r="Q152" s="3">
+        <v>0</v>
+      </c>
+      <c r="R152" s="4">
+        <v>1.8100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="153" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B153" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F153" s="3">
+        <v>4</v>
+      </c>
+      <c r="G153" s="3">
+        <v>4</v>
+      </c>
+      <c r="H153" s="3">
+        <v>323.10000000000002</v>
+      </c>
+      <c r="I153" s="3">
+        <v>195</v>
+      </c>
+      <c r="J153" s="4">
+        <v>1.89E-2</v>
+      </c>
+      <c r="K153" s="4">
+        <v>0.17849999999999999</v>
+      </c>
+      <c r="L153" s="4">
+        <v>8.3900000000000002E-2</v>
+      </c>
+      <c r="M153" s="4">
+        <v>0.10009999999999999</v>
+      </c>
+      <c r="N153" s="4">
+        <v>0.2424</v>
+      </c>
+      <c r="O153" s="4">
+        <v>0.35020000000000001</v>
+      </c>
+      <c r="P153" s="3">
+        <v>15.71</v>
+      </c>
+      <c r="Q153" s="3">
+        <v>1</v>
+      </c>
+      <c r="R153" s="4">
+        <v>2.52E-2</v>
+      </c>
+    </row>
+    <row r="154" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B154" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="D154" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E140" s="3" t="s">
-[...99 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="E154" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F154" s="3">
+        <v>4</v>
+      </c>
+      <c r="G154" s="3">
+        <v>4</v>
+      </c>
+      <c r="H154" s="3">
+        <v>32.979999999999997</v>
+      </c>
+      <c r="I154" s="3">
+        <v>45.29</v>
+      </c>
+      <c r="J154" s="4">
+        <v>2.7900000000000001E-2</v>
+      </c>
+      <c r="K154" s="4">
+        <v>7.3200000000000001E-2</v>
+      </c>
+      <c r="L154" s="4">
+        <v>0.14349999999999999</v>
+      </c>
+      <c r="M154" s="4">
+        <v>0.12889999999999999</v>
+      </c>
+      <c r="N154" s="4">
+        <v>0.64449999999999996</v>
+      </c>
+      <c r="O154" s="4">
+        <v>0.4793</v>
+      </c>
+      <c r="P154" s="3">
+        <v>22.8</v>
+      </c>
+      <c r="Q154" s="3">
+        <v>1</v>
+      </c>
+      <c r="R154" s="4">
+        <v>2.0299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="155" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B155" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F142" s="3">
-[...32 lines deleted...]
-      <c r="Q142" s="3">
+      <c r="F155" s="3">
+        <v>4</v>
+      </c>
+      <c r="G155" s="3">
+        <v>3</v>
+      </c>
+      <c r="H155" s="3">
+        <v>56.44</v>
+      </c>
+      <c r="I155" s="3">
+        <v>0</v>
+      </c>
+      <c r="J155" s="4">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="K155" s="4">
+        <v>0.17929999999999999</v>
+      </c>
+      <c r="L155" s="4">
+        <v>9.35E-2</v>
+      </c>
+      <c r="M155" s="4">
+        <v>0.15809999999999999</v>
+      </c>
+      <c r="N155" s="4">
+        <v>0</v>
+      </c>
+      <c r="O155" s="4">
+        <v>0.20250000000000001</v>
+      </c>
+      <c r="P155" s="3">
+        <v>8.0500000000000007</v>
+      </c>
+      <c r="Q155" s="3">
+        <v>0</v>
+      </c>
+      <c r="R155" s="4">
+        <v>1.5100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="156" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B156" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F156" s="3">
+        <v>3</v>
+      </c>
+      <c r="G156" s="3">
+        <v>3</v>
+      </c>
+      <c r="H156" s="3">
+        <v>28.25</v>
+      </c>
+      <c r="I156" s="3">
+        <v>0</v>
+      </c>
+      <c r="J156" s="4">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="K156" s="4">
+        <v>4.0300000000000002E-2</v>
+      </c>
+      <c r="L156" s="4">
+        <v>6.8400000000000002E-2</v>
+      </c>
+      <c r="M156" s="4">
+        <v>8.9200000000000002E-2</v>
+      </c>
+      <c r="N156" s="4">
+        <v>0.83760000000000001</v>
+      </c>
+      <c r="O156" s="4">
+        <v>0.78049999999999997</v>
+      </c>
+      <c r="P156" s="3">
+        <v>24.03</v>
+      </c>
+      <c r="Q156" s="3">
+        <v>0</v>
+      </c>
+      <c r="R156" s="4">
+        <v>2.4299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="157" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B157" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F157" s="3">
+        <v>3</v>
+      </c>
+      <c r="G157" s="3">
+        <v>3</v>
+      </c>
+      <c r="H157" s="3">
+        <v>43.5</v>
+      </c>
+      <c r="I157" s="3">
+        <v>24.48</v>
+      </c>
+      <c r="J157" s="4">
+        <v>4.99E-2</v>
+      </c>
+      <c r="K157" s="4">
+        <v>0.52080000000000004</v>
+      </c>
+      <c r="L157" s="4">
+        <v>0.19270000000000001</v>
+      </c>
+      <c r="M157" s="4">
+        <v>0.2707</v>
+      </c>
+      <c r="N157" s="4">
+        <v>0.96060000000000001</v>
+      </c>
+      <c r="O157" s="4">
+        <v>0.88039999999999996</v>
+      </c>
+      <c r="P157" s="3">
+        <v>23.01</v>
+      </c>
+      <c r="Q157" s="3">
+        <v>0</v>
+      </c>
+      <c r="R157" s="4">
+        <v>6.0499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="158" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B158" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F158" s="3">
+        <v>4</v>
+      </c>
+      <c r="G158" s="3">
+        <v>4</v>
+      </c>
+      <c r="H158" s="3">
+        <v>1265.54</v>
+      </c>
+      <c r="I158" s="3">
+        <v>277.39999999999998</v>
+      </c>
+      <c r="J158" s="4">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="K158" s="4">
+        <v>0.29449999999999998</v>
+      </c>
+      <c r="L158" s="4">
+        <v>0.15579999999999999</v>
+      </c>
+      <c r="M158" s="4">
+        <v>0.1615</v>
+      </c>
+      <c r="N158" s="4">
+        <v>0.22309999999999999</v>
+      </c>
+      <c r="O158" s="4">
+        <v>0.248</v>
+      </c>
+      <c r="P158" s="3">
+        <v>39.11</v>
+      </c>
+      <c r="Q158" s="3">
+        <v>0</v>
+      </c>
+      <c r="R158" s="4">
+        <v>1.11E-2</v>
+      </c>
+    </row>
+    <row r="159" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B159" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" s="3">
+        <v>4</v>
+      </c>
+      <c r="G159" s="3">
+        <v>3</v>
+      </c>
+      <c r="H159" s="3">
+        <v>62.29</v>
+      </c>
+      <c r="I159" s="3">
+        <v>39.85</v>
+      </c>
+      <c r="J159" s="4">
+        <v>2.24E-2</v>
+      </c>
+      <c r="K159" s="4">
+        <v>3.9800000000000002E-2</v>
+      </c>
+      <c r="L159" s="4">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="M159" s="4">
+        <v>0.14530000000000001</v>
+      </c>
+      <c r="N159" s="4">
+        <v>0.33529999999999999</v>
+      </c>
+      <c r="O159" s="4">
+        <v>0.38740000000000002</v>
+      </c>
+      <c r="P159" s="3">
+        <v>57.16</v>
+      </c>
+      <c r="Q159" s="3">
+        <v>0</v>
+      </c>
+      <c r="R159" s="4">
+        <v>2.1999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="160" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B160" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F160" s="3">
+        <v>4</v>
+      </c>
+      <c r="G160" s="3">
+        <v>4</v>
+      </c>
+      <c r="H160" s="3">
+        <v>61.89</v>
+      </c>
+      <c r="I160" s="3">
+        <v>19.93</v>
+      </c>
+      <c r="J160" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="K160" s="4">
+        <v>0.21390000000000001</v>
+      </c>
+      <c r="L160" s="4">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="M160" s="4">
+        <v>0.1144</v>
+      </c>
+      <c r="N160" s="4">
+        <v>0.28029999999999999</v>
+      </c>
+      <c r="O160" s="4">
+        <v>0.19919999999999999</v>
+      </c>
+      <c r="P160" s="3">
+        <v>30.18</v>
+      </c>
+      <c r="Q160" s="3">
         <v>1</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="R160" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="161" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B161" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F161" s="3">
+        <v>4</v>
+      </c>
+      <c r="G161" s="3">
+        <v>4</v>
+      </c>
+      <c r="H161" s="3">
+        <v>127.49</v>
+      </c>
+      <c r="I161" s="3">
+        <v>0</v>
+      </c>
+      <c r="J161" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="K161" s="4">
+        <v>0.1206</v>
+      </c>
+      <c r="L161" s="4">
+        <v>7.4800000000000005E-2</v>
+      </c>
+      <c r="M161" s="4">
+        <v>0.19919999999999999</v>
+      </c>
+      <c r="N161" s="4">
+        <v>1.6012</v>
+      </c>
+      <c r="O161" s="4">
+        <v>0.90410000000000001</v>
+      </c>
+      <c r="P161" s="3">
+        <v>29.94</v>
+      </c>
+      <c r="Q161" s="3">
+        <v>0</v>
+      </c>
+      <c r="R161" s="4">
+        <v>4.4200000000000003E-2</v>
+      </c>
+    </row>
+    <row r="162" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B162" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F162" s="3">
+        <v>3</v>
+      </c>
+      <c r="G162" s="3">
+        <v>3</v>
+      </c>
+      <c r="H162" s="3">
+        <v>217.11</v>
+      </c>
+      <c r="I162" s="3">
+        <v>75.53</v>
+      </c>
+      <c r="J162" s="4">
+        <v>2.0199999999999999E-2</v>
+      </c>
+      <c r="K162" s="4">
+        <v>3.7400000000000003E-2</v>
+      </c>
+      <c r="L162" s="4">
+        <v>7.5300000000000006E-2</v>
+      </c>
+      <c r="M162" s="4">
+        <v>0.10489999999999999</v>
+      </c>
+      <c r="N162" s="4">
+        <v>0.23910000000000001</v>
+      </c>
+      <c r="O162" s="4">
+        <v>-0.68669999999999998</v>
+      </c>
+      <c r="P162" s="3">
+        <v>12.12</v>
+      </c>
+      <c r="Q162" s="3">
+        <v>0</v>
+      </c>
+      <c r="R162" s="4">
+        <v>2.0899999999999998E-2</v>
+      </c>
+    </row>
+    <row r="163" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B163" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F143" s="3">
-[...11 lines deleted...]
-      <c r="J143" s="4">
+      <c r="F163" s="3">
+        <v>3</v>
+      </c>
+      <c r="G163" s="3">
+        <v>3</v>
+      </c>
+      <c r="H163" s="3">
+        <v>123.46</v>
+      </c>
+      <c r="I163" s="3">
+        <v>0</v>
+      </c>
+      <c r="J163" s="4">
+        <v>3.7199999999999997E-2</v>
+      </c>
+      <c r="K163" s="4">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="L163" s="4">
+        <v>7.3800000000000004E-2</v>
+      </c>
+      <c r="M163" s="4">
+        <v>0.10440000000000001</v>
+      </c>
+      <c r="N163" s="4">
+        <v>0.76619999999999999</v>
+      </c>
+      <c r="O163" s="4">
+        <v>0.37290000000000001</v>
+      </c>
+      <c r="P163" s="3">
+        <v>17.260000000000002</v>
+      </c>
+      <c r="Q163" s="3">
+        <v>0</v>
+      </c>
+      <c r="R163" s="4">
+        <v>3.6600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="164" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B164" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" s="3">
+        <v>4</v>
+      </c>
+      <c r="G164" s="3">
+        <v>4</v>
+      </c>
+      <c r="H164" s="3">
+        <v>244.68</v>
+      </c>
+      <c r="I164" s="3">
+        <v>0</v>
+      </c>
+      <c r="J164" s="4">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K164" s="4">
+        <v>0.22289999999999999</v>
+      </c>
+      <c r="L164" s="4">
+        <v>9.4799999999999995E-2</v>
+      </c>
+      <c r="M164" s="4">
+        <v>8.9499999999999996E-2</v>
+      </c>
+      <c r="N164" s="4">
+        <v>0.35160000000000002</v>
+      </c>
+      <c r="O164" s="4">
+        <v>0.3049</v>
+      </c>
+      <c r="P164" s="3">
+        <v>26.07</v>
+      </c>
+      <c r="Q164" s="3">
+        <v>0</v>
+      </c>
+      <c r="R164" s="4">
+        <v>1.5699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="165" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B165" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" s="3">
+        <v>4</v>
+      </c>
+      <c r="G165" s="3">
+        <v>4</v>
+      </c>
+      <c r="H165" s="3">
+        <v>295.04000000000002</v>
+      </c>
+      <c r="I165" s="3">
+        <v>149.33000000000001</v>
+      </c>
+      <c r="J165" s="4">
         <v>1.67E-2</v>
       </c>
-      <c r="K143" s="4">
-[...78 lines deleted...]
-      <c r="D145" s="3" t="s">
+      <c r="K165" s="4">
+        <v>0.1242</v>
+      </c>
+      <c r="L165" s="4">
+        <v>3.6299999999999999E-2</v>
+      </c>
+      <c r="M165" s="4">
+        <v>7.1400000000000005E-2</v>
+      </c>
+      <c r="N165" s="4">
+        <v>0.58989999999999998</v>
+      </c>
+      <c r="O165" s="4">
+        <v>0.47589999999999999</v>
+      </c>
+      <c r="P165" s="3">
+        <v>30.87</v>
+      </c>
+      <c r="Q165" s="3">
+        <v>0</v>
+      </c>
+      <c r="R165" s="4">
+        <v>2.1100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="166" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B166" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" s="3">
+        <v>4</v>
+      </c>
+      <c r="G166" s="3">
+        <v>4</v>
+      </c>
+      <c r="H166" s="3">
+        <v>495.7</v>
+      </c>
+      <c r="I166" s="3">
+        <v>183.73</v>
+      </c>
+      <c r="J166" s="4">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="K166" s="4">
+        <v>0.20680000000000001</v>
+      </c>
+      <c r="L166" s="4">
+        <v>8.0199999999999994E-2</v>
+      </c>
+      <c r="M166" s="4">
+        <v>0.10390000000000001</v>
+      </c>
+      <c r="N166" s="4">
+        <v>0.2011</v>
+      </c>
+      <c r="O166" s="4">
+        <v>0.31519999999999998</v>
+      </c>
+      <c r="P166" s="3">
+        <v>20.97</v>
+      </c>
+      <c r="Q166" s="3">
+        <v>0</v>
+      </c>
+      <c r="R166" s="4">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="167" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B167" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F167" s="3">
+        <v>4</v>
+      </c>
+      <c r="G167" s="3">
+        <v>4</v>
+      </c>
+      <c r="H167" s="3">
+        <v>423.61</v>
+      </c>
+      <c r="I167" s="3">
+        <v>96.26</v>
+      </c>
+      <c r="J167" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+      <c r="K167" s="4">
+        <v>0.25979999999999998</v>
+      </c>
+      <c r="L167" s="4">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="M167" s="4">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="N167" s="4">
+        <v>0.40439999999999998</v>
+      </c>
+      <c r="O167" s="4">
+        <v>0.54610000000000003</v>
+      </c>
+      <c r="P167" s="3">
+        <v>28.22</v>
+      </c>
+      <c r="Q167" s="3">
+        <v>0</v>
+      </c>
+      <c r="R167" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="168" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B168" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F168" s="3">
+        <v>4</v>
+      </c>
+      <c r="G168" s="3">
+        <v>4</v>
+      </c>
+      <c r="H168" s="3">
+        <v>1076.32</v>
+      </c>
+      <c r="I168" s="3">
+        <v>147.26</v>
+      </c>
+      <c r="J168" s="4">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="K168" s="4">
+        <v>0.2467</v>
+      </c>
+      <c r="L168" s="4">
+        <v>0.19350000000000001</v>
+      </c>
+      <c r="M168" s="4">
+        <v>0.15179999999999999</v>
+      </c>
+      <c r="N168" s="4">
+        <v>0.4587</v>
+      </c>
+      <c r="O168" s="4">
+        <v>0.80900000000000005</v>
+      </c>
+      <c r="P168" s="3">
+        <v>52.4</v>
+      </c>
+      <c r="Q168" s="3">
+        <v>0</v>
+      </c>
+      <c r="R168" s="4">
+        <v>1.0800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B169" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D169" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F169" s="3">
+        <v>4</v>
+      </c>
+      <c r="G169" s="3">
+        <v>4</v>
+      </c>
+      <c r="H169" s="3">
+        <v>84.6</v>
+      </c>
+      <c r="I169" s="3">
+        <v>43.01</v>
+      </c>
+      <c r="J169" s="4">
+        <v>9.4000000000000004E-3</v>
+      </c>
+      <c r="K169" s="4">
+        <v>0.17019999999999999</v>
+      </c>
+      <c r="L169" s="4">
+        <v>0.13239999999999999</v>
+      </c>
+      <c r="M169" s="4">
+        <v>0.1487</v>
+      </c>
+      <c r="N169" s="4">
+        <v>0.32650000000000001</v>
+      </c>
+      <c r="O169" s="4">
+        <v>0.25929999999999997</v>
+      </c>
+      <c r="P169" s="3">
+        <v>37.229999999999997</v>
+      </c>
+      <c r="Q169" s="3">
+        <v>1</v>
+      </c>
+      <c r="R169" s="4">
+        <v>9.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="170" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B170" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D170" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E145" s="3" t="s">
-[...149 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="E170" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F148" s="3">
-[...296 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F170" s="3">
+        <v>3</v>
+      </c>
+      <c r="G170" s="3">
+        <v>3</v>
+      </c>
+      <c r="H170" s="3">
+        <v>28.16</v>
+      </c>
+      <c r="I170" s="3">
+        <v>14.13</v>
+      </c>
+      <c r="J170" s="4">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="K170" s="4">
+        <v>4.6600000000000003E-2</v>
+      </c>
+      <c r="L170" s="4">
+        <v>2.9600000000000001E-2</v>
+      </c>
+      <c r="M170" s="4">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="N170" s="4">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="O170" s="4">
+        <v>0.22470000000000001</v>
+      </c>
+      <c r="P170" s="3">
+        <v>11.14</v>
+      </c>
+      <c r="Q170" s="3">
+        <v>0</v>
+      </c>
+      <c r="R170" s="4">
+        <v>3.3399999999999999E-2</v>
+      </c>
+    </row>
+    <row r="171" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B171" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D171" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F154" s="3">
-[...848 lines deleted...]
-      </c>
       <c r="F171" s="3">
         <v>3</v>
       </c>
       <c r="G171" s="3">
         <v>3</v>
       </c>
       <c r="H171" s="3">
-        <v>41.41</v>
+        <v>65.03</v>
       </c>
       <c r="I171" s="3">
-        <v>24.48</v>
+        <v>0</v>
       </c>
       <c r="J171" s="4">
-        <v>5.2299999999999999E-2</v>
+        <v>3.1399999999999997E-2</v>
       </c>
       <c r="K171" s="4">
-        <v>0.2621</v>
+        <v>5.5300000000000002E-2</v>
       </c>
       <c r="L171" s="4">
-        <v>0.1719</v>
+        <v>3.95E-2</v>
       </c>
       <c r="M171" s="4">
-        <v>0.26829999999999998</v>
+        <v>5.7799999999999997E-2</v>
       </c>
       <c r="N171" s="4">
-        <v>0.96060000000000001</v>
+        <v>0.71299999999999997</v>
       </c>
       <c r="O171" s="4">
-        <v>0.73070000000000002</v>
+        <v>-0.39269999999999999</v>
       </c>
       <c r="P171" s="3">
-        <v>17.829999999999998</v>
+        <v>20.34</v>
       </c>
       <c r="Q171" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="172" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R171" s="4">
+        <v>3.1199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="172" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B172" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F172" s="3">
         <v>4</v>
       </c>
       <c r="G172" s="3">
         <v>4</v>
       </c>
       <c r="H172" s="3">
-        <v>1211.99</v>
+        <v>175.26</v>
       </c>
       <c r="I172" s="3">
-        <v>277.39999999999998</v>
+        <v>43.4</v>
       </c>
       <c r="J172" s="4">
-        <v>6.3E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="K172" s="4">
-        <v>0.2989</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="L172" s="4">
-        <v>0.15429999999999999</v>
+        <v>0.1043</v>
       </c>
       <c r="M172" s="4">
+        <v>0.14410000000000001</v>
+      </c>
+      <c r="N172" s="4">
+        <v>0.2203</v>
+      </c>
+      <c r="O172" s="4">
+        <v>0.2127</v>
+      </c>
+      <c r="P172" s="3">
+        <v>37.96</v>
+      </c>
+      <c r="Q172" s="3">
+        <v>1</v>
+      </c>
+      <c r="R172" s="4">
+        <v>1.1900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="173" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B173" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F173" s="3">
+        <v>3</v>
+      </c>
+      <c r="G173" s="3">
+        <v>3</v>
+      </c>
+      <c r="H173" s="3">
+        <v>38.06</v>
+      </c>
+      <c r="I173" s="3">
+        <v>0</v>
+      </c>
+      <c r="J173" s="4">
+        <v>2.46E-2</v>
+      </c>
+      <c r="K173" s="4">
+        <v>7.3300000000000004E-2</v>
+      </c>
+      <c r="L173" s="4">
+        <v>5.8900000000000001E-2</v>
+      </c>
+      <c r="M173" s="4">
+        <v>0.1298</v>
+      </c>
+      <c r="N173" s="4">
+        <v>0.35110000000000002</v>
+      </c>
+      <c r="O173" s="4">
+        <v>0.29289999999999999</v>
+      </c>
+      <c r="P173" s="3">
+        <v>18.190000000000001</v>
+      </c>
+      <c r="Q173" s="3">
+        <v>0</v>
+      </c>
+      <c r="R173" s="4">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="174" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B174" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F174" s="3">
+        <v>5</v>
+      </c>
+      <c r="G174" s="3">
+        <v>5</v>
+      </c>
+      <c r="H174" s="3">
+        <v>575.20000000000005</v>
+      </c>
+      <c r="I174" s="3">
+        <v>407.83</v>
+      </c>
+      <c r="J174" s="4">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="K174" s="4">
+        <v>0.19639999999999999</v>
+      </c>
+      <c r="L174" s="4">
         <v>0.1552</v>
       </c>
-      <c r="N172" s="4">
-[...95 lines deleted...]
-      </c>
       <c r="M174" s="4">
-        <v>0.1103</v>
+        <v>0.1394</v>
       </c>
       <c r="N174" s="4">
-        <v>0.28029999999999999</v>
+        <v>0.19620000000000001</v>
       </c>
       <c r="O174" s="4">
-        <v>0.1832</v>
+        <v>0.1661</v>
       </c>
       <c r="P174" s="3">
-        <v>27.34</v>
+        <v>36.590000000000003</v>
       </c>
       <c r="Q174" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="175" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R174" s="4">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="175" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B175" s="3" t="s">
-        <v>431</v>
+        <v>531</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>432</v>
+        <v>532</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F175" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G175" s="3">
         <v>4</v>
       </c>
       <c r="H175" s="3">
-        <v>118.68</v>
+        <v>136.66999999999999</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
       <c r="J175" s="4">
-        <v>5.3400000000000003E-2</v>
+        <v>4.5600000000000002E-2</v>
       </c>
       <c r="K175" s="4">
-        <v>0.12770000000000001</v>
+        <v>0.16569999999999999</v>
       </c>
       <c r="L175" s="4">
-        <v>6.8099999999999994E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="M175" s="4">
-        <v>0.13700000000000001</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N175" s="4">
-        <v>1.6012</v>
+        <v>1.3220000000000001</v>
       </c>
       <c r="O175" s="4">
-        <v>0.87060000000000004</v>
+        <v>0.88759999999999994</v>
       </c>
       <c r="P175" s="3">
-        <v>27.06</v>
+        <v>28.44</v>
       </c>
       <c r="Q175" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="176" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R175" s="4">
+        <v>3.44E-2</v>
+      </c>
+    </row>
+    <row r="176" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B176" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F176" s="3">
         <v>3</v>
       </c>
       <c r="G176" s="3">
         <v>3</v>
       </c>
       <c r="H176" s="3">
-        <v>103.55</v>
+        <v>59.39</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
       <c r="J176" s="4">
-        <v>4.8099999999999997E-2</v>
+        <v>5.1799999999999999E-2</v>
       </c>
       <c r="K176" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>0.74550000000000005</v>
       </c>
       <c r="L176" s="4">
-        <v>8.48E-2</v>
+        <v>0.20319999999999999</v>
       </c>
       <c r="M176" s="4">
-        <v>0.10440000000000001</v>
+        <v>5.0599999999999999E-2</v>
       </c>
       <c r="N176" s="4">
-        <v>0.76619999999999999</v>
+        <v>0.70569999999999999</v>
       </c>
       <c r="O176" s="4">
-        <v>0.38500000000000001</v>
+        <v>1.0524</v>
       </c>
       <c r="P176" s="3">
-        <v>15.94</v>
+        <v>9.98</v>
       </c>
       <c r="Q176" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="177" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R176" s="4">
+        <v>6.1800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="177" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B177" s="3" t="s">
-        <v>112</v>
+        <v>409</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>113</v>
+        <v>410</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F177" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G177" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H177" s="3">
-        <v>234.48</v>
+        <v>64.23</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
       <c r="J177" s="4">
-        <v>1.34E-2</v>
+        <v>1.9300000000000001E-2</v>
       </c>
       <c r="K177" s="4">
-        <v>0.21429999999999999</v>
+        <v>5.0200000000000002E-2</v>
       </c>
       <c r="L177" s="4">
-        <v>8.72E-2</v>
+        <v>1.11E-2</v>
       </c>
       <c r="M177" s="4">
-        <v>8.8900000000000007E-2</v>
+        <v>0.17230000000000001</v>
       </c>
       <c r="N177" s="4">
-        <v>0.35160000000000002</v>
+        <v>0.30780000000000002</v>
       </c>
       <c r="O177" s="4">
-        <v>0.32750000000000001</v>
+        <v>0.30730000000000002</v>
       </c>
       <c r="P177" s="3">
-        <v>26.54</v>
+        <v>16.440000000000001</v>
       </c>
       <c r="Q177" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="178" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R177" s="4">
+        <v>1.7600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="178" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B178" s="3" t="s">
-        <v>378</v>
+        <v>411</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>379</v>
+        <v>412</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F178" s="3">
         <v>4</v>
       </c>
       <c r="G178" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H178" s="3">
-        <v>289.01</v>
+        <v>123.06</v>
       </c>
       <c r="I178" s="3">
-        <v>149.33000000000001</v>
+        <v>0</v>
       </c>
       <c r="J178" s="4">
-        <v>1.6199999999999999E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K178" s="4">
-        <v>8.2400000000000001E-2</v>
+        <v>0.2429</v>
       </c>
       <c r="L178" s="4">
+        <v>7.2599999999999998E-2</v>
+      </c>
+      <c r="M178" s="4">
+        <v>9.2399999999999996E-2</v>
+      </c>
+      <c r="N178" s="4">
+        <v>9.4E-2</v>
+      </c>
+      <c r="O178" s="4">
+        <v>0.28370000000000001</v>
+      </c>
+      <c r="P178" s="3">
+        <v>9.48</v>
+      </c>
+      <c r="Q178" s="3">
+        <v>0</v>
+      </c>
+      <c r="R178" s="4">
+        <v>1.37E-2</v>
+      </c>
+    </row>
+    <row r="179" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B179" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D179" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F179" s="3">
+        <v>4</v>
+      </c>
+      <c r="G179" s="3">
+        <v>4</v>
+      </c>
+      <c r="H179" s="3">
+        <v>316.13</v>
+      </c>
+      <c r="I179" s="3">
+        <v>195.3</v>
+      </c>
+      <c r="J179" s="4">
+        <v>2.3599999999999999E-2</v>
+      </c>
+      <c r="K179" s="4">
+        <v>0.1323</v>
+      </c>
+      <c r="L179" s="4">
+        <v>6.4600000000000005E-2</v>
+      </c>
+      <c r="M179" s="4">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="N179" s="4">
+        <v>0.59219999999999995</v>
+      </c>
+      <c r="O179" s="4">
+        <v>0.6865</v>
+      </c>
+      <c r="P179" s="3">
+        <v>26.94</v>
+      </c>
+      <c r="Q179" s="3">
+        <v>1</v>
+      </c>
+      <c r="R179" s="4">
+        <v>2.2700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="180" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B180" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F180" s="3">
+        <v>4</v>
+      </c>
+      <c r="G180" s="3">
+        <v>4</v>
+      </c>
+      <c r="H180" s="3">
+        <v>509.52</v>
+      </c>
+      <c r="I180" s="3">
+        <v>259.95</v>
+      </c>
+      <c r="J180" s="4">
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="K180" s="4">
+        <v>5.8900000000000001E-2</v>
+      </c>
+      <c r="L180" s="4">
+        <v>6.9099999999999995E-2</v>
+      </c>
+      <c r="M180" s="4">
+        <v>0.1091</v>
+      </c>
+      <c r="N180" s="4">
+        <v>0.31209999999999999</v>
+      </c>
+      <c r="O180" s="4">
+        <v>0.2873</v>
+      </c>
+      <c r="P180" s="3">
+        <v>40.24</v>
+      </c>
+      <c r="Q180" s="3">
+        <v>0</v>
+      </c>
+      <c r="R180" s="4">
+        <v>7.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="181" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B181" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D181" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F181" s="3">
+        <v>4</v>
+      </c>
+      <c r="G181" s="3">
+        <v>4</v>
+      </c>
+      <c r="H181" s="3">
+        <v>54.29</v>
+      </c>
+      <c r="I181" s="3">
+        <v>70.67</v>
+      </c>
+      <c r="J181" s="4">
+        <v>3.6700000000000003E-2</v>
+      </c>
+      <c r="K181" s="4">
+        <v>1.6299999999999999E-2</v>
+      </c>
+      <c r="L181" s="4">
+        <v>7.2099999999999997E-2</v>
+      </c>
+      <c r="M181" s="4">
+        <v>0.1008</v>
+      </c>
+      <c r="N181" s="4">
+        <v>0.51980000000000004</v>
+      </c>
+      <c r="O181" s="4">
+        <v>1.0782</v>
+      </c>
+      <c r="P181" s="3">
+        <v>20.37</v>
+      </c>
+      <c r="Q181" s="3">
+        <v>0</v>
+      </c>
+      <c r="R181" s="4">
+        <v>2.4799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="182" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B182" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" s="3">
+        <v>4</v>
+      </c>
+      <c r="G182" s="3">
+        <v>3</v>
+      </c>
+      <c r="H182" s="3">
+        <v>117.34</v>
+      </c>
+      <c r="I182" s="3">
+        <v>0</v>
+      </c>
+      <c r="J182" s="4">
+        <v>8.6999999999999994E-3</v>
+      </c>
+      <c r="K182" s="4">
+        <v>0.40110000000000001</v>
+      </c>
+      <c r="L182" s="4">
+        <v>0.1154</v>
+      </c>
+      <c r="M182" s="4">
+        <v>0.37969999999999998</v>
+      </c>
+      <c r="N182" s="4">
+        <v>0.151</v>
+      </c>
+      <c r="O182" s="4">
+        <v>0.15379999999999999</v>
+      </c>
+      <c r="P182" s="3">
+        <v>17.27</v>
+      </c>
+      <c r="Q182" s="3">
+        <v>0</v>
+      </c>
+      <c r="R182" s="4">
+        <v>1.21E-2</v>
+      </c>
+    </row>
+    <row r="183" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B183" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D183" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F183" s="3">
+        <v>4</v>
+      </c>
+      <c r="G183" s="3">
+        <v>4</v>
+      </c>
+      <c r="H183" s="3">
+        <v>185.49</v>
+      </c>
+      <c r="I183" s="3">
+        <v>0</v>
+      </c>
+      <c r="J183" s="4">
+        <v>1.95E-2</v>
+      </c>
+      <c r="K183" s="4">
+        <v>0.16159999999999999</v>
+      </c>
+      <c r="L183" s="4">
+        <v>8.9599999999999999E-2</v>
+      </c>
+      <c r="M183" s="4">
+        <v>0.12959999999999999</v>
+      </c>
+      <c r="N183" s="4">
+        <v>0.36919999999999997</v>
+      </c>
+      <c r="O183" s="4">
+        <v>0.34360000000000002</v>
+      </c>
+      <c r="P183" s="3">
+        <v>22.15</v>
+      </c>
+      <c r="Q183" s="3">
+        <v>0</v>
+      </c>
+      <c r="R183" s="4">
+        <v>1.4200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="184" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B184" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F184" s="3">
+        <v>4</v>
+      </c>
+      <c r="G184" s="3">
+        <v>4</v>
+      </c>
+      <c r="H184" s="3">
+        <v>944.4</v>
+      </c>
+      <c r="I184" s="3">
+        <v>0</v>
+      </c>
+      <c r="J184" s="4">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="K184" s="4">
+        <v>0.62109999999999999</v>
+      </c>
+      <c r="L184" s="4">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="M184" s="4">
+        <v>0.2555</v>
+      </c>
+      <c r="N184" s="4">
+        <v>0.13789999999999999</v>
+      </c>
+      <c r="O184" s="4">
+        <v>0.38690000000000002</v>
+      </c>
+      <c r="P184" s="3">
+        <v>23.93</v>
+      </c>
+      <c r="Q184" s="3">
+        <v>0</v>
+      </c>
+      <c r="R184" s="4">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="185" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B185" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="D185" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F185" s="3">
+        <v>4</v>
+      </c>
+      <c r="G185" s="3">
+        <v>4</v>
+      </c>
+      <c r="H185" s="3">
+        <v>104.74</v>
+      </c>
+      <c r="I185" s="3">
+        <v>89.25</v>
+      </c>
+      <c r="J185" s="4">
+        <v>3.3599999999999998E-2</v>
+      </c>
+      <c r="K185" s="4">
+        <v>0.33629999999999999</v>
+      </c>
+      <c r="L185" s="4">
+        <v>9.1200000000000003E-2</v>
+      </c>
+      <c r="M185" s="4">
+        <v>5.7500000000000002E-2</v>
+      </c>
+      <c r="N185" s="4">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="O185" s="4">
+        <v>0.62139999999999995</v>
+      </c>
+      <c r="P185" s="3">
+        <v>13.37</v>
+      </c>
+      <c r="Q185" s="3">
+        <v>0</v>
+      </c>
+      <c r="R185" s="4">
         <v>3.0800000000000001E-2</v>
       </c>
-      <c r="M178" s="4">
-[...211 lines deleted...]
-      <c r="Q182" s="3">
+    </row>
+    <row r="186" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B186" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F186" s="3">
+        <v>4</v>
+      </c>
+      <c r="G186" s="3">
+        <v>4</v>
+      </c>
+      <c r="H186" s="3">
+        <v>98.42</v>
+      </c>
+      <c r="I186" s="3">
+        <v>79.180000000000007</v>
+      </c>
+      <c r="J186" s="4">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="K186" s="4">
+        <v>7.2900000000000006E-2</v>
+      </c>
+      <c r="L186" s="4">
+        <v>3.6600000000000001E-2</v>
+      </c>
+      <c r="M186" s="4">
+        <v>9.8599999999999993E-2</v>
+      </c>
+      <c r="N186" s="4">
+        <v>0.3115</v>
+      </c>
+      <c r="O186" s="4">
+        <v>0.29070000000000001</v>
+      </c>
+      <c r="P186" s="3">
+        <v>21.21</v>
+      </c>
+      <c r="Q186" s="3">
         <v>1</v>
       </c>
-    </row>
-[...125 lines deleted...]
-      <c r="J185" s="4">
+      <c r="R186" s="4">
         <v>1.55E-2</v>
       </c>
-      <c r="K185" s="4">
-[...22 lines deleted...]
-      <c r="B186" s="3" t="s">
+    </row>
+    <row r="187" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B187" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C186" s="3" t="s">
+      <c r="C187" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="D186" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="D187" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F187" s="3">
+        <v>4</v>
+      </c>
+      <c r="G187" s="3">
+        <v>4</v>
+      </c>
+      <c r="H187" s="3">
+        <v>179.7</v>
+      </c>
+      <c r="I187" s="3">
+        <v>83.28</v>
+      </c>
+      <c r="J187" s="4">
+        <v>2.2599999999999999E-2</v>
+      </c>
+      <c r="K187" s="4">
+        <v>8.6400000000000005E-2</v>
+      </c>
+      <c r="L187" s="4">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="M187" s="4">
+        <v>0.22420000000000001</v>
+      </c>
+      <c r="N187" s="4">
+        <v>0.44879999999999998</v>
+      </c>
+      <c r="O187" s="4">
+        <v>0.62729999999999997</v>
+      </c>
+      <c r="P187" s="3">
+        <v>18.170000000000002</v>
+      </c>
+      <c r="Q187" s="3">
+        <v>0</v>
+      </c>
+      <c r="R187" s="4">
+        <v>3.27E-2</v>
+      </c>
+    </row>
+    <row r="188" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B188" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F188" s="3">
+        <v>4</v>
+      </c>
+      <c r="G188" s="3">
+        <v>4</v>
+      </c>
+      <c r="H188" s="3">
+        <v>576.54</v>
+      </c>
+      <c r="I188" s="3">
+        <v>0</v>
+      </c>
+      <c r="J188" s="4">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="K188" s="4">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="L188" s="4">
+        <v>0.125</v>
+      </c>
+      <c r="M188" s="4">
+        <v>0.1978</v>
+      </c>
+      <c r="N188" s="4">
+        <v>0.45850000000000002</v>
+      </c>
+      <c r="O188" s="4">
+        <v>0.39360000000000001</v>
+      </c>
+      <c r="P188" s="3">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="Q188" s="3">
+        <v>0</v>
+      </c>
+      <c r="R188" s="4">
+        <v>9.4999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="189" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B189" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="D189" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F186" s="3">
-[...87 lines deleted...]
-      <c r="B188" s="3" t="s">
+      <c r="F189" s="3">
+        <v>3</v>
+      </c>
+      <c r="G189" s="3">
+        <v>4</v>
+      </c>
+      <c r="H189" s="3">
+        <v>52.21</v>
+      </c>
+      <c r="I189" s="3">
+        <v>0</v>
+      </c>
+      <c r="J189" s="4">
+        <v>2.7900000000000001E-2</v>
+      </c>
+      <c r="K189" s="4">
+        <v>1.7299999999999999E-2</v>
+      </c>
+      <c r="L189" s="4">
+        <v>6.59E-2</v>
+      </c>
+      <c r="M189" s="4">
+        <v>5.62E-2</v>
+      </c>
+      <c r="N189" s="4">
+        <v>0.52910000000000001</v>
+      </c>
+      <c r="O189" s="4">
+        <v>-0.77839999999999998</v>
+      </c>
+      <c r="P189" s="3">
+        <v>21.7</v>
+      </c>
+      <c r="Q189" s="3">
+        <v>0</v>
+      </c>
+      <c r="R189" s="4">
+        <v>1.78E-2</v>
+      </c>
+    </row>
+    <row r="190" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B190" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C188" s="3" t="s">
+      <c r="C190" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="D188" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="D190" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F188" s="3">
-[...32 lines deleted...]
-      <c r="Q188" s="3">
+      <c r="F190" s="3">
+        <v>5</v>
+      </c>
+      <c r="G190" s="3">
+        <v>5</v>
+      </c>
+      <c r="H190" s="3">
+        <v>484.77</v>
+      </c>
+      <c r="I190" s="3">
+        <v>251.65</v>
+      </c>
+      <c r="J190" s="4">
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="K190" s="4">
+        <v>0.1593</v>
+      </c>
+      <c r="L190" s="4">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="M190" s="4">
+        <v>0.1022</v>
+      </c>
+      <c r="N190" s="4">
+        <v>0.24229999999999999</v>
+      </c>
+      <c r="O190" s="4">
+        <v>0.31630000000000003</v>
+      </c>
+      <c r="P190" s="3">
+        <v>34.57</v>
+      </c>
+      <c r="Q190" s="3">
         <v>1</v>
       </c>
-    </row>
-[...100 lines deleted...]
-    <row r="191" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R190" s="4">
+        <v>8.6E-3</v>
+      </c>
+    </row>
+    <row r="191" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B191" s="3" t="s">
-        <v>437</v>
+        <v>258</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>438</v>
+        <v>259</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F191" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G191" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H191" s="3">
-        <v>552.24</v>
+        <v>372.89</v>
       </c>
       <c r="I191" s="3">
-        <v>407.83</v>
+        <v>220.55</v>
       </c>
       <c r="J191" s="4">
-        <v>5.4999999999999997E-3</v>
+        <v>1.3100000000000001E-2</v>
       </c>
       <c r="K191" s="4">
-        <v>0.17430000000000001</v>
+        <v>0.1797</v>
       </c>
       <c r="L191" s="4">
-        <v>0.1416</v>
+        <v>8.8200000000000001E-2</v>
       </c>
       <c r="M191" s="4">
-        <v>0.12939999999999999</v>
+        <v>0.1124</v>
       </c>
       <c r="N191" s="4">
-        <v>0.19620000000000001</v>
+        <v>0.42680000000000001</v>
       </c>
       <c r="O191" s="4">
-        <v>0.16639999999999999</v>
+        <v>0.29409999999999997</v>
       </c>
       <c r="P191" s="3">
-        <v>37.340000000000003</v>
+        <v>29.69</v>
       </c>
       <c r="Q191" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="192" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R191" s="4">
+        <v>1.18E-2</v>
+      </c>
+    </row>
+    <row r="192" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B192" s="3" t="s">
-        <v>545</v>
+        <v>575</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>438</v>
+        <v>576</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F192" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G192" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H192" s="3">
-        <v>34.020000000000003</v>
+        <v>206.73</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
-      <c r="J192" s="3" t="s">
-        <v>232</v>
+      <c r="J192" s="4">
+        <v>2.92E-2</v>
       </c>
       <c r="K192" s="4">
-        <v>0.17430000000000001</v>
+        <v>0.10299999999999999</v>
       </c>
       <c r="L192" s="4">
-        <v>0.1416</v>
+        <v>0.1002</v>
       </c>
       <c r="M192" s="4">
-        <v>0.41599999999999998</v>
+        <v>5.3100000000000001E-2</v>
       </c>
       <c r="N192" s="4">
-        <v>0.19620000000000001</v>
+        <v>0.36630000000000001</v>
       </c>
       <c r="O192" s="4">
-        <v>0.16639999999999999</v>
+        <v>0.34760000000000002</v>
       </c>
       <c r="P192" s="3">
-        <v>37.340000000000003</v>
+        <v>12.68</v>
       </c>
       <c r="Q192" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="193" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R192" s="4">
+        <v>3.27E-2</v>
+      </c>
+    </row>
+    <row r="193" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B193" s="3" t="s">
-        <v>439</v>
+        <v>359</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F193" s="3">
         <v>3</v>
       </c>
       <c r="G193" s="3">
         <v>3</v>
       </c>
       <c r="H193" s="3">
-        <v>64.77</v>
+        <v>16.149999999999999</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
       <c r="J193" s="4">
-        <v>1.9099999999999999E-2</v>
+        <v>5.2400000000000002E-2</v>
       </c>
       <c r="K193" s="4">
-        <v>7.2400000000000006E-2</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L193" s="4">
-        <v>4.1700000000000001E-2</v>
+        <v>0.12509999999999999</v>
       </c>
       <c r="M193" s="4">
-        <v>0.16850000000000001</v>
+        <v>0.1847</v>
       </c>
       <c r="N193" s="4">
-        <v>0.30780000000000002</v>
+        <v>0.60229999999999995</v>
       </c>
       <c r="O193" s="4">
-        <v>0.31929999999999997</v>
+        <v>0.37930000000000003</v>
       </c>
       <c r="P193" s="3">
-        <v>16.670000000000002</v>
+        <v>15.13</v>
       </c>
       <c r="Q193" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="194" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R193" s="4">
+        <v>4.99E-2</v>
+      </c>
+    </row>
+    <row r="194" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B194" s="3" t="s">
-        <v>441</v>
+        <v>120</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>442</v>
+        <v>121</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F194" s="3">
+        <v>5</v>
+      </c>
+      <c r="G194" s="3">
+        <v>4</v>
+      </c>
+      <c r="H194" s="3">
+        <v>175.72</v>
+      </c>
+      <c r="I194" s="3">
+        <v>175.25</v>
+      </c>
+      <c r="J194" s="4">
+        <v>2.8199999999999999E-2</v>
+      </c>
+      <c r="K194" s="4">
+        <v>0.1053</v>
+      </c>
+      <c r="L194" s="4">
+        <v>9.9599999999999994E-2</v>
+      </c>
+      <c r="M194" s="4">
+        <v>0.1079</v>
+      </c>
+      <c r="N194" s="4">
+        <v>0.4577</v>
+      </c>
+      <c r="O194" s="4">
+        <v>0.54910000000000003</v>
+      </c>
+      <c r="P194" s="3">
+        <v>17.43</v>
+      </c>
+      <c r="Q194" s="3">
+        <v>1</v>
+      </c>
+      <c r="R194" s="4">
+        <v>3.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="195" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B195" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="D195" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F195" s="3">
+        <v>4</v>
+      </c>
+      <c r="G195" s="3">
+        <v>4</v>
+      </c>
+      <c r="H195" s="3">
+        <v>97.46</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
+      <c r="J195" s="4">
+        <v>1.1299999999999999E-2</v>
+      </c>
+      <c r="K195" s="4">
+        <v>8.4699999999999998E-2</v>
+      </c>
+      <c r="L195" s="4">
+        <v>7.7399999999999997E-2</v>
+      </c>
+      <c r="M195" s="4">
+        <v>0.1041</v>
+      </c>
+      <c r="N195" s="4">
+        <v>0.48430000000000001</v>
+      </c>
+      <c r="O195" s="4">
+        <v>0.27929999999999999</v>
+      </c>
+      <c r="P195" s="3">
+        <v>34</v>
+      </c>
+      <c r="Q195" s="3">
+        <v>0</v>
+      </c>
+      <c r="R195" s="4">
+        <v>1.2699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="196" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B196" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D196" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F194" s="3">
-[...46 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F196" s="3">
+        <v>3</v>
+      </c>
+      <c r="G196" s="3">
+        <v>4</v>
+      </c>
+      <c r="H196" s="3">
+        <v>243.43</v>
+      </c>
+      <c r="I196" s="3">
+        <v>268.42</v>
+      </c>
+      <c r="J196" s="4">
+        <v>1.3599999999999999E-2</v>
+      </c>
+      <c r="K196" s="4">
+        <v>0.1108</v>
+      </c>
+      <c r="L196" s="4">
+        <v>5.28E-2</v>
+      </c>
+      <c r="M196" s="4">
+        <v>0.1575</v>
+      </c>
+      <c r="N196" s="4">
+        <v>0.36649999999999999</v>
+      </c>
+      <c r="O196" s="4">
+        <v>0.27089999999999997</v>
+      </c>
+      <c r="P196" s="3">
+        <v>28.21</v>
+      </c>
+      <c r="Q196" s="3">
+        <v>0</v>
+      </c>
+      <c r="R196" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="197" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B197" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D197" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F197" s="3">
+        <v>4</v>
+      </c>
+      <c r="G197" s="3">
+        <v>4</v>
+      </c>
+      <c r="H197" s="3">
+        <v>80.03</v>
+      </c>
+      <c r="I197" s="3">
+        <v>87.1</v>
+      </c>
+      <c r="J197" s="4">
+        <v>2.8500000000000001E-2</v>
+      </c>
+      <c r="K197" s="4">
+        <v>0.15620000000000001</v>
+      </c>
+      <c r="L197" s="4">
+        <v>7.8799999999999995E-2</v>
+      </c>
+      <c r="M197" s="4">
+        <v>0.10249999999999999</v>
+      </c>
+      <c r="N197" s="4">
+        <v>0.60970000000000002</v>
+      </c>
+      <c r="O197" s="4">
+        <v>1.4832000000000001</v>
+      </c>
+      <c r="P197" s="3">
+        <v>25.26</v>
+      </c>
+      <c r="Q197" s="3">
+        <v>1</v>
+      </c>
+      <c r="R197" s="4">
+        <v>2.41E-2</v>
+      </c>
+    </row>
+    <row r="198" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B198" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="D198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F198" s="3">
+        <v>3</v>
+      </c>
+      <c r="G198" s="3">
+        <v>3</v>
+      </c>
+      <c r="H198" s="3">
+        <v>5.64</v>
+      </c>
+      <c r="I198" s="3">
+        <v>3.87</v>
+      </c>
+      <c r="J198" s="4">
+        <v>6.2600000000000003E-2</v>
+      </c>
+      <c r="K198" s="4">
+        <v>0.1163</v>
+      </c>
+      <c r="L198" s="4">
+        <v>0.15529999999999999</v>
+      </c>
+      <c r="M198" s="4">
+        <v>6.4899999999999999E-2</v>
+      </c>
+      <c r="N198" s="4">
+        <v>0.99829999999999997</v>
+      </c>
+      <c r="O198" s="4">
+        <v>0.54449999999999998</v>
+      </c>
+      <c r="P198" s="3">
+        <v>8.5299999999999994</v>
+      </c>
+      <c r="Q198" s="3">
+        <v>0</v>
+      </c>
+      <c r="R198" s="4">
+        <v>5.96E-2</v>
+      </c>
+    </row>
+    <row r="199" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B199" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="D199" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F199" s="3">
+        <v>5</v>
+      </c>
+      <c r="G199" s="3">
+        <v>4</v>
+      </c>
+      <c r="H199" s="3">
+        <v>712.7</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
+      <c r="J199" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="K199" s="4">
+        <v>0.13969999999999999</v>
+      </c>
+      <c r="L199" s="4">
+        <v>6.4199999999999993E-2</v>
+      </c>
+      <c r="M199" s="4">
+        <v>8.1600000000000006E-2</v>
+      </c>
+      <c r="N199" s="4">
+        <v>0.20810000000000001</v>
+      </c>
+      <c r="O199" s="4">
+        <v>0.18659999999999999</v>
+      </c>
+      <c r="P199" s="3">
+        <v>15.41</v>
+      </c>
+      <c r="Q199" s="3">
+        <v>0</v>
+      </c>
+      <c r="R199" s="4">
+        <v>2.1700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="200" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B200" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="D200" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F200" s="3">
+        <v>3</v>
+      </c>
+      <c r="G200" s="3">
+        <v>3</v>
+      </c>
+      <c r="H200" s="3">
+        <v>46.42</v>
+      </c>
+      <c r="I200" s="3">
+        <v>0</v>
+      </c>
+      <c r="J200" s="4">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="K200" s="4">
+        <v>0.18559999999999999</v>
+      </c>
+      <c r="L200" s="4">
+        <v>3.1699999999999999E-2</v>
+      </c>
+      <c r="M200" s="4">
+        <v>7.7600000000000002E-2</v>
+      </c>
+      <c r="N200" s="4">
+        <v>0.54530000000000001</v>
+      </c>
+      <c r="O200" s="4">
+        <v>-0.93889999999999996</v>
+      </c>
+      <c r="P200" s="3">
+        <v>13.9</v>
+      </c>
+      <c r="Q200" s="3">
+        <v>0</v>
+      </c>
+      <c r="R200" s="4">
+        <v>3.5799999999999998E-2</v>
+      </c>
+    </row>
+    <row r="201" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B201" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="D201" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F195" s="3">
-[...32 lines deleted...]
-      <c r="Q195" s="3">
+      <c r="F201" s="3">
+        <v>4</v>
+      </c>
+      <c r="G201" s="3">
+        <v>4</v>
+      </c>
+      <c r="H201" s="3">
+        <v>57.24</v>
+      </c>
+      <c r="I201" s="3">
+        <v>67.64</v>
+      </c>
+      <c r="J201" s="4">
+        <v>2.7900000000000001E-2</v>
+      </c>
+      <c r="K201" s="4">
+        <v>2.1700000000000001E-2</v>
+      </c>
+      <c r="L201" s="4">
+        <v>3.95E-2</v>
+      </c>
+      <c r="M201" s="4">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="N201" s="4">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="O201" s="4">
+        <v>0.77529999999999999</v>
+      </c>
+      <c r="P201" s="3">
+        <v>34.43</v>
+      </c>
+      <c r="Q201" s="3">
         <v>1</v>
       </c>
-    </row>
-[...300 lines deleted...]
-    <row r="202" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R201" s="4">
+        <v>1.34E-2</v>
+      </c>
+    </row>
+    <row r="202" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B202" s="3" t="s">
-        <v>552</v>
+        <v>476</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>553</v>
+        <v>477</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F202" s="3">
         <v>3</v>
       </c>
       <c r="G202" s="3">
         <v>3</v>
       </c>
       <c r="H202" s="3">
-        <v>26.96</v>
+        <v>5.63</v>
       </c>
       <c r="I202" s="3">
-        <v>25.2</v>
+        <v>0</v>
       </c>
       <c r="J202" s="4">
-        <v>3.1600000000000003E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="K202" s="4">
-        <v>0.11020000000000001</v>
+        <v>0.29449999999999998</v>
       </c>
       <c r="L202" s="4">
-        <v>3.9399999999999998E-2</v>
+        <v>6.7799999999999999E-2</v>
       </c>
       <c r="M202" s="4">
-        <v>7.9899999999999999E-2</v>
+        <v>0.2457</v>
       </c>
       <c r="N202" s="4">
-        <v>1.1235999999999999</v>
+        <v>0.54490000000000005</v>
       </c>
       <c r="O202" s="4">
-        <v>0.20449999999999999</v>
+        <v>-1.0264</v>
       </c>
       <c r="P202" s="3">
-        <v>18.93</v>
+        <v>28.26</v>
       </c>
       <c r="Q202" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="203" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R202" s="4">
+        <v>4.1200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="203" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B203" s="3" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F203" s="3">
         <v>4</v>
       </c>
       <c r="G203" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H203" s="3">
-        <v>105.9</v>
+        <v>584.38</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>498.96</v>
       </c>
       <c r="J203" s="4">
-        <v>9.4999999999999998E-3</v>
+        <v>1.6299999999999999E-2</v>
       </c>
       <c r="K203" s="4">
-        <v>0.40160000000000001</v>
+        <v>7.8899999999999998E-2</v>
       </c>
       <c r="L203" s="4">
-        <v>0.1237</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="M203" s="4">
-        <v>0.36559999999999998</v>
+        <v>9.6600000000000005E-2</v>
       </c>
       <c r="N203" s="4">
-        <v>0.151</v>
+        <v>0.28389999999999999</v>
       </c>
       <c r="O203" s="4">
-        <v>0.15379999999999999</v>
+        <v>0.68869999999999998</v>
       </c>
       <c r="P203" s="3">
-        <v>15.75</v>
+        <v>20.440000000000001</v>
       </c>
       <c r="Q203" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="204" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R203" s="4">
+        <v>1.5599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="204" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B204" s="3" t="s">
-        <v>202</v>
+        <v>537</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>203</v>
+        <v>538</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E204" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F204" s="3">
+        <v>3</v>
+      </c>
+      <c r="G204" s="3">
+        <v>3</v>
+      </c>
+      <c r="H204" s="3">
+        <v>157.03</v>
+      </c>
+      <c r="I204" s="3">
+        <v>30.51</v>
+      </c>
+      <c r="J204" s="4">
+        <v>1.1299999999999999E-2</v>
+      </c>
+      <c r="K204" s="4">
+        <v>1.34E-2</v>
+      </c>
+      <c r="L204" s="4">
+        <v>0.26779999999999998</v>
+      </c>
+      <c r="M204" s="4">
+        <v>7.4300000000000005E-2</v>
+      </c>
+      <c r="N204" s="4">
+        <v>0.32419999999999999</v>
+      </c>
+      <c r="O204" s="4">
+        <v>0.2407</v>
+      </c>
+      <c r="P204" s="3">
+        <v>23.36</v>
+      </c>
+      <c r="Q204" s="3">
+        <v>0</v>
+      </c>
+      <c r="R204" s="4">
+        <v>3.04E-2</v>
+      </c>
+    </row>
+    <row r="205" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B205" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D205" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F204" s="3">
-[...48 lines deleted...]
-      </c>
       <c r="F205" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G205" s="3">
         <v>4</v>
       </c>
       <c r="H205" s="3">
-        <v>1004.71</v>
+        <v>128.11000000000001</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
       <c r="J205" s="4">
-        <v>5.7000000000000002E-3</v>
+        <v>2.86E-2</v>
       </c>
       <c r="K205" s="4">
-        <v>0.63039999999999996</v>
+        <v>0.1053</v>
       </c>
       <c r="L205" s="4">
-        <v>0.26729999999999998</v>
+        <v>9.9599999999999994E-2</v>
       </c>
       <c r="M205" s="4">
-        <v>0.2422</v>
+        <v>0.1079</v>
       </c>
       <c r="N205" s="4">
-        <v>0.13789999999999999</v>
+        <v>0.4577</v>
       </c>
       <c r="O205" s="4">
-        <v>0.3664</v>
+        <v>0.54910000000000003</v>
       </c>
       <c r="P205" s="3">
-        <v>28.32</v>
+        <v>17.43</v>
       </c>
       <c r="Q205" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="206" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R205" s="4">
+        <v>3.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="206" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B206" s="3" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F206" s="3">
         <v>4</v>
       </c>
       <c r="G206" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H206" s="3">
-        <v>85.99</v>
+        <v>48.12</v>
       </c>
       <c r="I206" s="3">
-        <v>85.05</v>
+        <v>24.13</v>
       </c>
       <c r="J206" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>2.4299999999999999E-2</v>
       </c>
       <c r="K206" s="4">
-        <v>0.1157</v>
+        <v>0.20960000000000001</v>
       </c>
       <c r="L206" s="4">
-        <v>8.43E-2</v>
+        <v>0.19980000000000001</v>
       </c>
       <c r="M206" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>0.18970000000000001</v>
       </c>
       <c r="N206" s="4">
-        <v>0.46400000000000002</v>
+        <v>0.50190000000000001</v>
       </c>
       <c r="O206" s="4">
-        <v>0.54549999999999998</v>
+        <v>0.8468</v>
       </c>
       <c r="P206" s="3">
-        <v>13.3</v>
+        <v>13.15</v>
       </c>
       <c r="Q206" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="207" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R206" s="4">
+        <v>1.2699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="207" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B207" s="3" t="s">
-        <v>314</v>
+        <v>539</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>315</v>
+        <v>540</v>
       </c>
       <c r="D207" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F207" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G207" s="3">
         <v>4</v>
       </c>
       <c r="H207" s="3">
-        <v>93.49</v>
+        <v>159.31</v>
       </c>
       <c r="I207" s="3">
-        <v>79.180000000000007</v>
+        <v>29.68</v>
       </c>
       <c r="J207" s="4">
-        <v>1.5900000000000001E-2</v>
+        <v>7.1000000000000004E-3</v>
       </c>
       <c r="K207" s="4">
-        <v>7.9399999999999998E-2</v>
+        <v>0.1181</v>
       </c>
       <c r="L207" s="4">
-        <v>3.9399999999999998E-2</v>
+        <v>6.7799999999999999E-2</v>
       </c>
       <c r="M207" s="4">
-        <v>9.9299999999999999E-2</v>
+        <v>0.35620000000000002</v>
       </c>
       <c r="N207" s="4">
-        <v>0.31719999999999998</v>
+        <v>0.18859999999999999</v>
       </c>
       <c r="O207" s="4">
-        <v>0.28760000000000002</v>
+        <v>0.25269999999999998</v>
       </c>
       <c r="P207" s="3">
-        <v>20.2</v>
+        <v>31.66</v>
       </c>
       <c r="Q207" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="208" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R207" s="4">
+        <v>4.1000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="208" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B208" s="3" t="s">
-        <v>122</v>
+        <v>478</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>123</v>
+        <v>479</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F208" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G208" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H208" s="3">
-        <v>163.99</v>
+        <v>69.16</v>
       </c>
       <c r="I208" s="3">
-        <v>83.28</v>
+        <v>0</v>
       </c>
       <c r="J208" s="4">
-        <v>2.4199999999999999E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="K208" s="4">
-        <v>8.2900000000000001E-2</v>
+        <v>1.66E-2</v>
       </c>
       <c r="L208" s="4">
-        <v>0.16789999999999999</v>
+        <v>4.4400000000000002E-2</v>
       </c>
       <c r="M208" s="4">
-        <v>0.21940000000000001</v>
+        <v>6.0400000000000002E-2</v>
       </c>
       <c r="N208" s="4">
-        <v>0.44879999999999998</v>
+        <v>0.97840000000000005</v>
       </c>
       <c r="O208" s="4">
-        <v>0.31830000000000003</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="P208" s="3">
-        <v>16.96</v>
+        <v>11.59</v>
       </c>
       <c r="Q208" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="209" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R208" s="4">
+        <v>8.2799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="209" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B209" s="3" t="s">
-        <v>239</v>
+        <v>480</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>240</v>
+        <v>481</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E209" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F209" s="3">
+        <v>4</v>
+      </c>
+      <c r="G209" s="3">
+        <v>4</v>
+      </c>
+      <c r="H209" s="3">
+        <v>198.4</v>
+      </c>
+      <c r="I209" s="3">
+        <v>83.46</v>
+      </c>
+      <c r="J209" s="4">
+        <v>1.04E-2</v>
+      </c>
+      <c r="K209" s="4">
+        <v>5.5300000000000002E-2</v>
+      </c>
+      <c r="L209" s="4">
+        <v>8.4199999999999997E-2</v>
+      </c>
+      <c r="M209" s="4">
+        <v>0.15809999999999999</v>
+      </c>
+      <c r="N209" s="4">
+        <v>0.38119999999999998</v>
+      </c>
+      <c r="O209" s="4">
+        <v>-0.40739999999999998</v>
+      </c>
+      <c r="P209" s="3">
+        <v>33.97</v>
+      </c>
+      <c r="Q209" s="3">
+        <v>0</v>
+      </c>
+      <c r="R209" s="4">
+        <v>1.38E-2</v>
+      </c>
+    </row>
+    <row r="210" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B210" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F209" s="3">
-[...48 lines deleted...]
-      </c>
       <c r="F210" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G210" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H210" s="3">
-        <v>517.62</v>
+        <v>46.2</v>
       </c>
       <c r="I210" s="3">
-        <v>229.53</v>
-[...2 lines deleted...]
-        <v>6.8999999999999999E-3</v>
+        <v>15.86</v>
+      </c>
+      <c r="J210" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="K210" s="4">
-        <v>0.1711</v>
+        <v>0.1216</v>
       </c>
       <c r="L210" s="4">
-        <v>0.13880000000000001</v>
+        <v>3.1300000000000001E-2</v>
       </c>
       <c r="M210" s="4">
-        <v>9.7000000000000003E-2</v>
+        <v>0.15629999999999999</v>
       </c>
       <c r="N210" s="4">
-        <v>0.24229999999999999</v>
+        <v>0.89870000000000005</v>
       </c>
       <c r="O210" s="4">
-        <v>0.33629999999999999</v>
+        <v>0.60160000000000002</v>
       </c>
       <c r="P210" s="3">
-        <v>37.409999999999997</v>
+        <v>13.7</v>
       </c>
       <c r="Q210" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="211" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R210" s="4">
+        <v>3.4099999999999998E-2</v>
+      </c>
+    </row>
+    <row r="211" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B211" s="3" t="s">
-        <v>554</v>
+        <v>260</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="D211" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F211" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G211" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H211" s="3">
-        <v>37.18</v>
+        <v>131.11000000000001</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
-      <c r="J211" s="3" t="s">
-        <v>232</v>
+      <c r="J211" s="4">
+        <v>1.5599999999999999E-2</v>
       </c>
       <c r="K211" s="4">
-        <v>0.1711</v>
+        <v>0.1724</v>
       </c>
       <c r="L211" s="4">
-        <v>0.13880000000000001</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="M211" s="4">
-        <v>0.38240000000000002</v>
+        <v>0.1065</v>
       </c>
       <c r="N211" s="4">
-        <v>0.24229999999999999</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="O211" s="4">
-        <v>0.33629999999999999</v>
+        <v>0.17119999999999999</v>
       </c>
       <c r="P211" s="3">
-        <v>37.409999999999997</v>
+        <v>12.71</v>
       </c>
       <c r="Q211" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="212" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R211" s="4">
+        <v>1.61E-2</v>
+      </c>
+    </row>
+    <row r="212" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B212" s="3" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F212" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G212" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H212" s="3">
-        <v>406.61</v>
+        <v>33.81</v>
       </c>
       <c r="I212" s="3">
-        <v>214.65</v>
+        <v>19.07</v>
       </c>
       <c r="J212" s="4">
-        <v>1.01E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="K212" s="4">
-        <v>0.22689999999999999</v>
+        <v>0.37830000000000003</v>
       </c>
       <c r="L212" s="4">
-        <v>8.1000000000000003E-2</v>
+        <v>9.3799999999999994E-2</v>
       </c>
       <c r="M212" s="4">
-        <v>0.1007</v>
+        <v>8.7499999999999994E-2</v>
       </c>
       <c r="N212" s="4">
-        <v>0.42680000000000001</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O212" s="4">
-        <v>0.2903</v>
+        <v>0.30199999999999999</v>
       </c>
       <c r="P212" s="3">
-        <v>34.770000000000003</v>
+        <v>17.489999999999998</v>
       </c>
       <c r="Q212" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="213" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R212" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="213" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B213" s="3" t="s">
-        <v>380</v>
+        <v>285</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>381</v>
+        <v>284</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F213" s="3">
         <v>3</v>
       </c>
       <c r="G213" s="3">
         <v>3</v>
       </c>
       <c r="H213" s="3">
-        <v>14.1</v>
+        <v>46.5</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>25.74</v>
       </c>
       <c r="J213" s="4">
-        <v>5.96E-2</v>
+        <v>3.3700000000000001E-2</v>
       </c>
       <c r="K213" s="4">
-        <v>0.1336</v>
+        <v>0.4158</v>
       </c>
       <c r="L213" s="4">
-        <v>0.1186</v>
+        <v>9.4600000000000004E-2</v>
       </c>
       <c r="M213" s="4">
-        <v>0.1847</v>
+        <v>8.2100000000000006E-2</v>
       </c>
       <c r="N213" s="4">
-        <v>0.60229999999999995</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O213" s="4">
-        <v>0.37930000000000003</v>
+        <v>0.30120000000000002</v>
       </c>
       <c r="P213" s="3">
-        <v>13.31</v>
+        <v>17.489999999999998</v>
       </c>
       <c r="Q213" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="214" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R213" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="214" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B214" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C214" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F214" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G214" s="3">
         <v>4</v>
       </c>
       <c r="H214" s="3">
-        <v>156.69999999999999</v>
+        <v>47.84</v>
       </c>
       <c r="I214" s="3">
-        <v>111.51</v>
+        <v>44.02</v>
       </c>
       <c r="J214" s="4">
-        <v>3.0300000000000001E-2</v>
+        <v>3.8100000000000002E-2</v>
       </c>
       <c r="K214" s="4">
-        <v>0.12989999999999999</v>
+        <v>0.2228</v>
       </c>
       <c r="L214" s="4">
-        <v>0.10009999999999999</v>
+        <v>0.1099</v>
       </c>
       <c r="M214" s="4">
-        <v>9.9299999999999999E-2</v>
+        <v>9.6100000000000005E-2</v>
       </c>
       <c r="N214" s="4">
-        <v>0.40079999999999999</v>
+        <v>0.25800000000000001</v>
       </c>
       <c r="O214" s="4">
-        <v>-8.5800000000000001E-2</v>
+        <v>0.25679999999999997</v>
       </c>
       <c r="P214" s="3">
-        <v>15.3</v>
+        <v>7.62</v>
       </c>
       <c r="Q214" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="215" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R214" s="4">
+        <v>3.1099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="215" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B215" s="3" t="s">
-        <v>555</v>
+        <v>127</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>556</v>
+        <v>128</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F215" s="3">
         <v>4</v>
       </c>
       <c r="G215" s="3">
         <v>4</v>
       </c>
       <c r="H215" s="3">
-        <v>85.48</v>
+        <v>165.52</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
       <c r="J215" s="4">
-        <v>1.26E-2</v>
+        <v>3.32E-2</v>
       </c>
       <c r="K215" s="4">
-        <v>7.3599999999999999E-2</v>
+        <v>0.16109999999999999</v>
       </c>
       <c r="L215" s="4">
-        <v>9.1800000000000007E-2</v>
+        <v>8.4599999999999995E-2</v>
       </c>
       <c r="M215" s="4">
-        <v>9.7699999999999995E-2</v>
+        <v>0.2571</v>
       </c>
       <c r="N215" s="4">
-        <v>0.48430000000000001</v>
+        <v>0.29859999999999998</v>
       </c>
       <c r="O215" s="4">
-        <v>0.27929999999999999</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P215" s="3">
-        <v>30.54</v>
+        <v>11.71</v>
       </c>
       <c r="Q215" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="216" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R215" s="4">
+        <v>2.0899999999999998E-2</v>
+      </c>
+    </row>
+    <row r="216" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B216" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F216" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G216" s="3">
         <v>4</v>
       </c>
       <c r="H216" s="3">
-        <v>231.92</v>
+        <v>114.89</v>
       </c>
       <c r="I216" s="3">
-        <v>268.42</v>
+        <v>89.86</v>
       </c>
       <c r="J216" s="4">
-        <v>1.4200000000000001E-2</v>
+        <v>3.85E-2</v>
       </c>
       <c r="K216" s="4">
-        <v>0.12720000000000001</v>
+        <v>8.7599999999999997E-2</v>
       </c>
       <c r="L216" s="4">
-        <v>4.9799999999999997E-2</v>
+        <v>7.8299999999999995E-2</v>
       </c>
       <c r="M216" s="4">
-        <v>0.1517</v>
+        <v>0.11219999999999999</v>
       </c>
       <c r="N216" s="4">
-        <v>0.34549999999999997</v>
+        <v>0.87409999999999999</v>
       </c>
       <c r="O216" s="4">
-        <v>0.32719999999999999</v>
+        <v>0.79379999999999995</v>
       </c>
       <c r="P216" s="3">
-        <v>29.14</v>
+        <v>25.18</v>
       </c>
       <c r="Q216" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="217" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R216" s="4">
+        <v>2.6100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="217" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B217" s="3" t="s">
-        <v>322</v>
+        <v>361</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" s="3">
+        <v>3</v>
+      </c>
+      <c r="G217" s="3">
+        <v>3</v>
+      </c>
+      <c r="H217" s="3">
+        <v>112.8</v>
+      </c>
+      <c r="I217" s="3">
+        <v>34.65</v>
+      </c>
+      <c r="J217" s="4">
+        <v>1.18E-2</v>
+      </c>
+      <c r="K217" s="4">
+        <v>0.15440000000000001</v>
+      </c>
+      <c r="L217" s="4">
+        <v>9.5399999999999999E-2</v>
+      </c>
+      <c r="M217" s="4">
+        <v>0.16650000000000001</v>
+      </c>
+      <c r="N217" s="4">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="O217" s="4">
+        <v>0.70479999999999998</v>
+      </c>
+      <c r="P217" s="3">
+        <v>21.84</v>
+      </c>
+      <c r="Q217" s="3">
+        <v>0</v>
+      </c>
+      <c r="R217" s="4">
+        <v>1.23E-2</v>
+      </c>
+    </row>
+    <row r="218" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B218" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="D218" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F217" s="3">
-[...32 lines deleted...]
-      <c r="Q217" s="3">
+      <c r="F218" s="3">
+        <v>3</v>
+      </c>
+      <c r="G218" s="3">
+        <v>3</v>
+      </c>
+      <c r="H218" s="3">
+        <v>80.709999999999994</v>
+      </c>
+      <c r="I218" s="3">
+        <v>0</v>
+      </c>
+      <c r="J218" s="4">
+        <v>3.15E-2</v>
+      </c>
+      <c r="K218" s="4">
+        <v>2.0799999999999999E-2</v>
+      </c>
+      <c r="L218" s="4">
+        <v>4.0599999999999997E-2</v>
+      </c>
+      <c r="M218" s="4">
+        <v>5.1499999999999997E-2</v>
+      </c>
+      <c r="N218" s="4">
+        <v>0.67490000000000006</v>
+      </c>
+      <c r="O218" s="4">
+        <v>-7.0168999999999997</v>
+      </c>
+      <c r="P218" s="3">
+        <v>19.23</v>
+      </c>
+      <c r="Q218" s="3">
+        <v>0</v>
+      </c>
+      <c r="R218" s="4">
+        <v>3.2899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="219" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B219" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D219" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F219" s="3">
+        <v>4</v>
+      </c>
+      <c r="G219" s="3">
+        <v>4</v>
+      </c>
+      <c r="H219" s="3">
+        <v>142.59</v>
+      </c>
+      <c r="I219" s="3">
+        <v>137.41</v>
+      </c>
+      <c r="J219" s="4">
+        <v>2.93E-2</v>
+      </c>
+      <c r="K219" s="4">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="L219" s="4">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="M219" s="4">
+        <v>5.7200000000000001E-2</v>
+      </c>
+      <c r="N219" s="4">
+        <v>0.61250000000000004</v>
+      </c>
+      <c r="O219" s="4">
+        <v>0.66759999999999997</v>
+      </c>
+      <c r="P219" s="3">
+        <v>21.09</v>
+      </c>
+      <c r="Q219" s="3">
         <v>1</v>
       </c>
-    </row>
-[...100 lines deleted...]
-    <row r="220" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R219" s="4">
+        <v>2.3800000000000002E-2</v>
+      </c>
+    </row>
+    <row r="220" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B220" s="3" t="s">
-        <v>561</v>
+        <v>211</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>562</v>
+        <v>212</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F220" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G220" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H220" s="3">
-        <v>44.31</v>
+        <v>886.97</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>354.46</v>
       </c>
       <c r="J220" s="4">
-        <v>4.24E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="K220" s="4">
-        <v>0.18840000000000001</v>
+        <v>0.20710000000000001</v>
       </c>
       <c r="L220" s="4">
-        <v>1.4200000000000001E-2</v>
+        <v>8.2000000000000003E-2</v>
       </c>
       <c r="M220" s="4">
-        <v>7.0599999999999996E-2</v>
+        <v>0.1484</v>
       </c>
       <c r="N220" s="4">
-        <v>0.58260000000000001</v>
+        <v>0.24379999999999999</v>
       </c>
       <c r="O220" s="4">
-        <v>-0.88919999999999999</v>
+        <v>0.25969999999999999</v>
       </c>
       <c r="P220" s="3">
-        <v>10.93</v>
+        <v>31.16</v>
       </c>
       <c r="Q220" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="221" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R220" s="4">
+        <v>1.3599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="221" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B221" s="3" t="s">
-        <v>563</v>
+        <v>286</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>564</v>
+        <v>287</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F221" s="3">
         <v>4</v>
       </c>
       <c r="G221" s="3">
         <v>4</v>
       </c>
       <c r="H221" s="3">
-        <v>64.569999999999993</v>
+        <v>119.1</v>
       </c>
       <c r="I221" s="3">
-        <v>85.6</v>
+        <v>0</v>
       </c>
       <c r="J221" s="4">
-        <v>2.47E-2</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="K221" s="4">
-        <v>4.24E-2</v>
+        <v>0.2014</v>
       </c>
       <c r="L221" s="4">
-        <v>3.9E-2</v>
+        <v>9.8100000000000007E-2</v>
       </c>
       <c r="M221" s="4">
-        <v>9.2100000000000001E-2</v>
+        <v>0.12970000000000001</v>
       </c>
       <c r="N221" s="4">
-        <v>0.72599999999999998</v>
+        <v>5.5599999999999997E-2</v>
       </c>
       <c r="O221" s="4">
-        <v>0.77529999999999999</v>
+        <v>0.1094</v>
       </c>
       <c r="P221" s="3">
-        <v>33.26</v>
+        <v>9.2200000000000006</v>
       </c>
       <c r="Q221" s="3">
+        <v>0</v>
+      </c>
+      <c r="R221" s="4">
+        <v>1.01E-2</v>
+      </c>
+    </row>
+    <row r="222" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B222" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="D222" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F222" s="3">
+        <v>4</v>
+      </c>
+      <c r="G222" s="3">
+        <v>4</v>
+      </c>
+      <c r="H222" s="3">
+        <v>127.58</v>
+      </c>
+      <c r="I222" s="3">
+        <v>99.15</v>
+      </c>
+      <c r="J222" s="4">
+        <v>3.1800000000000002E-2</v>
+      </c>
+      <c r="K222" s="4">
+        <v>0.1118</v>
+      </c>
+      <c r="L222" s="4">
+        <v>0.14510000000000001</v>
+      </c>
+      <c r="M222" s="4">
+        <v>0.1173</v>
+      </c>
+      <c r="N222" s="4">
+        <v>0.95669999999999999</v>
+      </c>
+      <c r="O222" s="4">
+        <v>0.87029999999999996</v>
+      </c>
+      <c r="P222" s="3">
+        <v>37.04</v>
+      </c>
+      <c r="Q222" s="3">
+        <v>0</v>
+      </c>
+      <c r="R222" s="4">
+        <v>2.64E-2</v>
+      </c>
+    </row>
+    <row r="223" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B223" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D223" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F223" s="3">
+        <v>3</v>
+      </c>
+      <c r="G223" s="3">
+        <v>3</v>
+      </c>
+      <c r="H223" s="3">
+        <v>212.87</v>
+      </c>
+      <c r="I223" s="3">
+        <v>0</v>
+      </c>
+      <c r="J223" s="4">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="K223" s="4">
+        <v>0.1943</v>
+      </c>
+      <c r="L223" s="4">
+        <v>5.9799999999999999E-2</v>
+      </c>
+      <c r="M223" s="4">
+        <v>7.4899999999999994E-2</v>
+      </c>
+      <c r="N223" s="4">
+        <v>0.46160000000000001</v>
+      </c>
+      <c r="O223" s="4">
+        <v>0.30640000000000001</v>
+      </c>
+      <c r="P223" s="3">
+        <v>13.57</v>
+      </c>
+      <c r="Q223" s="3">
+        <v>0</v>
+      </c>
+      <c r="R223" s="4">
+        <v>3.4000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="224" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B224" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D224" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F224" s="3">
+        <v>4</v>
+      </c>
+      <c r="G224" s="3">
+        <v>4</v>
+      </c>
+      <c r="H224" s="3">
+        <v>260.89999999999998</v>
+      </c>
+      <c r="I224" s="3">
+        <v>0</v>
+      </c>
+      <c r="J224" s="4">
+        <v>1.61E-2</v>
+      </c>
+      <c r="K224" s="4">
+        <v>0.17829999999999999</v>
+      </c>
+      <c r="L224" s="4">
+        <v>7.7399999999999997E-2</v>
+      </c>
+      <c r="M224" s="4">
+        <v>0.21060000000000001</v>
+      </c>
+      <c r="N224" s="4">
+        <v>0.157</v>
+      </c>
+      <c r="O224" s="4">
+        <v>0.16159999999999999</v>
+      </c>
+      <c r="P224" s="3">
+        <v>11.88</v>
+      </c>
+      <c r="Q224" s="3">
+        <v>0</v>
+      </c>
+      <c r="R224" s="4">
+        <v>1.34E-2</v>
+      </c>
+    </row>
+    <row r="225" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B225" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C225" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D225" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F225" s="3">
+        <v>3</v>
+      </c>
+      <c r="G225" s="3">
+        <v>4</v>
+      </c>
+      <c r="H225" s="3">
+        <v>27.26</v>
+      </c>
+      <c r="I225" s="3">
+        <v>0</v>
+      </c>
+      <c r="J225" s="4">
+        <v>3.8899999999999997E-2</v>
+      </c>
+      <c r="K225" s="4">
+        <v>0.45660000000000001</v>
+      </c>
+      <c r="L225" s="4">
+        <v>0.23980000000000001</v>
+      </c>
+      <c r="M225" s="4">
+        <v>0.32990000000000003</v>
+      </c>
+      <c r="N225" s="4">
+        <v>1.1101000000000001</v>
+      </c>
+      <c r="O225" s="4">
+        <v>0.9304</v>
+      </c>
+      <c r="P225" s="3">
+        <v>28.72</v>
+      </c>
+      <c r="Q225" s="3">
+        <v>0</v>
+      </c>
+      <c r="R225" s="4">
+        <v>3.6900000000000002E-2</v>
+      </c>
+    </row>
+    <row r="226" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B226" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="D226" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F226" s="3">
+        <v>3</v>
+      </c>
+      <c r="G226" s="3">
+        <v>3</v>
+      </c>
+      <c r="H226" s="3">
+        <v>51.47</v>
+      </c>
+      <c r="I226" s="3">
+        <v>24.27</v>
+      </c>
+      <c r="J226" s="4">
+        <v>2.75E-2</v>
+      </c>
+      <c r="K226" s="4">
+        <v>0.1041</v>
+      </c>
+      <c r="L226" s="4">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="M226" s="4">
+        <v>0.11840000000000001</v>
+      </c>
+      <c r="N226" s="4">
+        <v>0.40360000000000001</v>
+      </c>
+      <c r="O226" s="4">
+        <v>0.2339</v>
+      </c>
+      <c r="P226" s="3">
+        <v>14.35</v>
+      </c>
+      <c r="Q226" s="3">
+        <v>0</v>
+      </c>
+      <c r="R226" s="4">
+        <v>3.9399999999999998E-2</v>
+      </c>
+    </row>
+    <row r="227" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B227" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" s="3">
+        <v>3</v>
+      </c>
+      <c r="G227" s="3">
+        <v>4</v>
+      </c>
+      <c r="H227" s="3">
+        <v>145.41999999999999</v>
+      </c>
+      <c r="I227" s="3">
+        <v>26.04</v>
+      </c>
+      <c r="J227" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="K227" s="4">
+        <v>5.3400000000000003E-2</v>
+      </c>
+      <c r="L227" s="4">
+        <v>0.26879999999999998</v>
+      </c>
+      <c r="M227" s="4">
+        <v>7.3899999999999993E-2</v>
+      </c>
+      <c r="N227" s="4">
+        <v>0.55269999999999997</v>
+      </c>
+      <c r="O227" s="4">
+        <v>0.43280000000000002</v>
+      </c>
+      <c r="P227" s="3">
+        <v>49.6</v>
+      </c>
+      <c r="Q227" s="3">
+        <v>0</v>
+      </c>
+      <c r="R227" s="4">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="228" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B228" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D228" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F228" s="3">
+        <v>4</v>
+      </c>
+      <c r="G228" s="3">
+        <v>4</v>
+      </c>
+      <c r="H228" s="3">
+        <v>40.36</v>
+      </c>
+      <c r="I228" s="3">
+        <v>0</v>
+      </c>
+      <c r="J228" s="4">
+        <v>4.1799999999999997E-2</v>
+      </c>
+      <c r="K228" s="4">
+        <v>0.2324</v>
+      </c>
+      <c r="L228" s="4">
+        <v>0.24759999999999999</v>
+      </c>
+      <c r="M228" s="4">
+        <v>0.1487</v>
+      </c>
+      <c r="N228" s="4">
+        <v>1.3984000000000001</v>
+      </c>
+      <c r="O228" s="4">
+        <v>1.9701</v>
+      </c>
+      <c r="P228" s="3">
+        <v>29.02</v>
+      </c>
+      <c r="Q228" s="3">
+        <v>0</v>
+      </c>
+      <c r="R228" s="4">
+        <v>2.63E-2</v>
+      </c>
+    </row>
+    <row r="229" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B229" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="D229" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F229" s="3">
+        <v>3</v>
+      </c>
+      <c r="G229" s="3">
+        <v>3</v>
+      </c>
+      <c r="H229" s="3">
+        <v>27.8</v>
+      </c>
+      <c r="I229" s="3">
+        <v>0</v>
+      </c>
+      <c r="J229" s="4">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="K229" s="4">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="L229" s="4">
+        <v>3.3700000000000001E-2</v>
+      </c>
+      <c r="M229" s="4">
+        <v>0.1069</v>
+      </c>
+      <c r="N229" s="4">
+        <v>0.50449999999999995</v>
+      </c>
+      <c r="O229" s="4">
+        <v>0.46650000000000003</v>
+      </c>
+      <c r="P229" s="3">
+        <v>12.17</v>
+      </c>
+      <c r="Q229" s="3">
+        <v>0</v>
+      </c>
+      <c r="R229" s="4">
+        <v>4.0099999999999997E-2</v>
+      </c>
+    </row>
+    <row r="230" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B230" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D230" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F230" s="3">
+        <v>3</v>
+      </c>
+      <c r="G230" s="3">
+        <v>4</v>
+      </c>
+      <c r="H230" s="3">
+        <v>231.69</v>
+      </c>
+      <c r="I230" s="3">
+        <v>0</v>
+      </c>
+      <c r="J230" s="4">
+        <v>8.3000000000000001E-3</v>
+      </c>
+      <c r="K230" s="4">
+        <v>0.2137</v>
+      </c>
+      <c r="L230" s="4">
+        <v>8.8400000000000006E-2</v>
+      </c>
+      <c r="M230" s="4">
+        <v>9.9299999999999999E-2</v>
+      </c>
+      <c r="N230" s="4">
+        <v>0.32700000000000001</v>
+      </c>
+      <c r="O230" s="4">
+        <v>-0.18970000000000001</v>
+      </c>
+      <c r="P230" s="3">
+        <v>31.21</v>
+      </c>
+      <c r="Q230" s="3">
+        <v>0</v>
+      </c>
+      <c r="R230" s="4">
+        <v>1.34E-2</v>
+      </c>
+    </row>
+    <row r="231" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B231" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="D231" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F231" s="3">
+        <v>3</v>
+      </c>
+      <c r="G231" s="3">
+        <v>3</v>
+      </c>
+      <c r="H231" s="3">
+        <v>80.12</v>
+      </c>
+      <c r="I231" s="3">
+        <v>0</v>
+      </c>
+      <c r="J231" s="4">
+        <v>3.78E-2</v>
+      </c>
+      <c r="K231" s="4">
+        <v>3.4099999999999998E-2</v>
+      </c>
+      <c r="L231" s="4">
+        <v>4.2200000000000001E-2</v>
+      </c>
+      <c r="M231" s="4">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="N231" s="4">
+        <v>0.56269999999999998</v>
+      </c>
+      <c r="O231" s="4">
+        <v>1.1986000000000001</v>
+      </c>
+      <c r="P231" s="3">
+        <v>12.47</v>
+      </c>
+      <c r="Q231" s="3">
+        <v>0</v>
+      </c>
+      <c r="R231" s="4">
+        <v>7.9699999999999993E-2</v>
+      </c>
+    </row>
+    <row r="232" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B232" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="C232" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="D232" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F232" s="3">
+        <v>4</v>
+      </c>
+      <c r="G232" s="3">
+        <v>3</v>
+      </c>
+      <c r="H232" s="3">
+        <v>246.61</v>
+      </c>
+      <c r="I232" s="3">
+        <v>100.16</v>
+      </c>
+      <c r="J232" s="4">
+        <v>9.7999999999999997E-3</v>
+      </c>
+      <c r="K232" s="4">
+        <v>0.1535</v>
+      </c>
+      <c r="L232" s="4">
+        <v>0.112</v>
+      </c>
+      <c r="M232" s="4">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="N232" s="4">
+        <v>0.22189999999999999</v>
+      </c>
+      <c r="O232" s="4">
+        <v>0.18260000000000001</v>
+      </c>
+      <c r="P232" s="3">
+        <v>25.07</v>
+      </c>
+      <c r="Q232" s="3">
+        <v>0</v>
+      </c>
+      <c r="R232" s="4">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="233" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B233" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" s="3">
+        <v>4</v>
+      </c>
+      <c r="G233" s="3">
+        <v>4</v>
+      </c>
+      <c r="H233" s="3">
+        <v>61.18</v>
+      </c>
+      <c r="I233" s="3">
+        <v>50.35</v>
+      </c>
+      <c r="J233" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="K233" s="4">
+        <v>0.14349999999999999</v>
+      </c>
+      <c r="L233" s="4">
+        <v>0.1123</v>
+      </c>
+      <c r="M233" s="4">
+        <v>0.2457</v>
+      </c>
+      <c r="N233" s="4">
+        <v>0.63919999999999999</v>
+      </c>
+      <c r="O233" s="4">
+        <v>0.4733</v>
+      </c>
+      <c r="P233" s="3">
+        <v>56.41</v>
+      </c>
+      <c r="Q233" s="3">
         <v>1</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="R233" s="4">
+        <v>1.35E-2</v>
+      </c>
+    </row>
+    <row r="234" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B234" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D234" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F222" s="3">
-[...598 lines deleted...]
-      </c>
       <c r="F234" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G234" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H234" s="3">
-        <v>92.77</v>
+        <v>180.65</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
       <c r="J234" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="K234" s="4">
-        <v>0.13500000000000001</v>
+        <v>0.95179999999999998</v>
       </c>
       <c r="L234" s="4">
-        <v>2.35E-2</v>
+        <v>0.114</v>
       </c>
       <c r="M234" s="4">
-        <v>0.2198</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="N234" s="4">
-        <v>0.36840000000000001</v>
+        <v>0.23380000000000001</v>
       </c>
       <c r="O234" s="4">
-        <v>0.46739999999999998</v>
+        <v>0.26400000000000001</v>
       </c>
       <c r="P234" s="3">
-        <v>27.26</v>
+        <v>28.51</v>
       </c>
       <c r="Q234" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="235" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R234" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="235" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B235" s="3" t="s">
-        <v>133</v>
+        <v>363</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>134</v>
+        <v>364</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F235" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G235" s="3">
         <v>4</v>
       </c>
       <c r="H235" s="3">
-        <v>45</v>
+        <v>105.27</v>
       </c>
       <c r="I235" s="3">
-        <v>44.02</v>
+        <v>38.82</v>
       </c>
       <c r="J235" s="4">
-        <v>4.0399999999999998E-2</v>
+        <v>2.0500000000000001E-2</v>
       </c>
       <c r="K235" s="4">
-        <v>0.23980000000000001</v>
+        <v>0.1021</v>
       </c>
       <c r="L235" s="4">
-        <v>0.11459999999999999</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="M235" s="4">
-        <v>9.5000000000000001E-2</v>
+        <v>6.9400000000000003E-2</v>
       </c>
       <c r="N235" s="4">
-        <v>0.25800000000000001</v>
+        <v>0.3725</v>
       </c>
       <c r="O235" s="4">
-        <v>0.25679999999999997</v>
+        <v>0.50619999999999998</v>
       </c>
       <c r="P235" s="3">
-        <v>7.23</v>
+        <v>19.63</v>
       </c>
       <c r="Q235" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="236" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R235" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="236" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B236" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C236" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="D236" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F236" s="3">
+        <v>3</v>
+      </c>
+      <c r="G236" s="3">
+        <v>4</v>
+      </c>
+      <c r="H236" s="3">
+        <v>295.72000000000003</v>
+      </c>
+      <c r="I236" s="3">
+        <v>149.33000000000001</v>
+      </c>
+      <c r="J236" s="4">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="K236" s="4">
+        <v>0.19220000000000001</v>
+      </c>
+      <c r="L236" s="4">
+        <v>9.5799999999999996E-2</v>
+      </c>
+      <c r="M236" s="4">
+        <v>0.13750000000000001</v>
+      </c>
+      <c r="N236" s="4">
+        <v>0.2853</v>
+      </c>
+      <c r="O236" s="4">
+        <v>0.38129999999999997</v>
+      </c>
+      <c r="P236" s="3">
+        <v>21.28</v>
+      </c>
+      <c r="Q236" s="3">
+        <v>0</v>
+      </c>
+      <c r="R236" s="4">
+        <v>1.6199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="237" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B237" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="D236" s="3" t="s">
-[...43 lines deleted...]
-      <c r="B237" s="3" t="s">
+      <c r="C237" s="3" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F237" s="3">
         <v>4</v>
       </c>
       <c r="G237" s="3">
         <v>4</v>
       </c>
       <c r="H237" s="3">
-        <v>117.03</v>
+        <v>212.9</v>
       </c>
       <c r="I237" s="3">
-        <v>89.86</v>
+        <v>0</v>
       </c>
       <c r="J237" s="4">
-        <v>3.6900000000000002E-2</v>
+        <v>1.17E-2</v>
       </c>
       <c r="K237" s="4">
-        <v>9.3200000000000005E-2</v>
+        <v>0.1734</v>
       </c>
       <c r="L237" s="4">
-        <v>6.9900000000000004E-2</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="M237" s="4">
-        <v>0.1069</v>
+        <v>7.5700000000000003E-2</v>
       </c>
       <c r="N237" s="4">
-        <v>0.87409999999999999</v>
+        <v>0.34210000000000002</v>
       </c>
       <c r="O237" s="4">
-        <v>0.83330000000000004</v>
+        <v>0.28710000000000002</v>
       </c>
       <c r="P237" s="3">
-        <v>26.29</v>
+        <v>31.68</v>
       </c>
       <c r="Q237" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="238" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R237" s="4">
+        <v>1.3299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="238" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B238" s="3" t="s">
-        <v>574</v>
+        <v>138</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>575</v>
+        <v>139</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F238" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G238" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H238" s="3">
-        <v>37.83</v>
+        <v>169.84</v>
       </c>
       <c r="I238" s="3">
-        <v>29.12</v>
+        <v>173.84</v>
       </c>
       <c r="J238" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>2.8199999999999999E-2</v>
       </c>
       <c r="K238" s="4">
-        <v>0.1236</v>
+        <v>0.1037</v>
       </c>
       <c r="L238" s="4">
-        <v>5.4300000000000001E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="M238" s="4">
-        <v>0.27229999999999999</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N238" s="4">
-        <v>0.91169999999999995</v>
+        <v>0.4279</v>
       </c>
       <c r="O238" s="4">
-        <v>0.66569999999999996</v>
+        <v>0.45269999999999999</v>
       </c>
       <c r="P238" s="3">
-        <v>17.8</v>
+        <v>16.52</v>
       </c>
       <c r="Q238" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="239" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R238" s="4">
+        <v>3.8100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="239" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B239" s="3" t="s">
-        <v>382</v>
+        <v>140</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>383</v>
+        <v>139</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F239" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G239" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H239" s="3">
-        <v>98.41</v>
+        <v>233.56</v>
       </c>
       <c r="I239" s="3">
-        <v>34.65</v>
+        <v>231.79</v>
       </c>
       <c r="J239" s="4">
-        <v>1.34E-2</v>
+        <v>2.8199999999999999E-2</v>
       </c>
       <c r="K239" s="4">
-        <v>0.1638</v>
+        <v>0.1032</v>
       </c>
       <c r="L239" s="4">
-        <v>0.1004</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="M239" s="4">
-        <v>0.3614</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N239" s="4">
-        <v>0.52649999999999997</v>
+        <v>0.4279</v>
       </c>
       <c r="O239" s="4">
-        <v>0.70479999999999998</v>
+        <v>0.4526</v>
       </c>
       <c r="P239" s="3">
-        <v>19.350000000000001</v>
+        <v>16.52</v>
       </c>
       <c r="Q239" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="240" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R239" s="4">
+        <v>3.8100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="240" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B240" s="3" t="s">
-        <v>336</v>
+        <v>215</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>337</v>
+        <v>216</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F240" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G240" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H240" s="3">
-        <v>146.07</v>
+        <v>86.15</v>
       </c>
       <c r="I240" s="3">
-        <v>171.57</v>
+        <v>42.99</v>
       </c>
       <c r="J240" s="4">
-        <v>3.8600000000000002E-2</v>
+        <v>2.81E-2</v>
       </c>
       <c r="K240" s="4">
-        <v>1.41E-2</v>
+        <v>0.2389</v>
       </c>
       <c r="L240" s="4">
-        <v>5.45E-2</v>
+        <v>9.9199999999999997E-2</v>
       </c>
       <c r="M240" s="4">
-        <v>6.6699999999999995E-2</v>
+        <v>7.8399999999999997E-2</v>
       </c>
       <c r="N240" s="4">
-        <v>0.7671</v>
+        <v>1.5002</v>
       </c>
       <c r="O240" s="4">
-        <v>1.1126</v>
+        <v>1.1349</v>
       </c>
       <c r="P240" s="3">
-        <v>28.06</v>
+        <v>54.21</v>
       </c>
       <c r="Q240" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="241" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R240" s="4">
+        <v>2.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="241" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B241" s="3" t="s">
-        <v>576</v>
+        <v>486</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>577</v>
+        <v>487</v>
       </c>
       <c r="D241" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F241" s="3">
+        <v>3</v>
+      </c>
+      <c r="G241" s="3">
+        <v>3</v>
+      </c>
+      <c r="H241" s="3">
+        <v>147.21</v>
+      </c>
+      <c r="I241" s="3">
+        <v>0</v>
+      </c>
+      <c r="J241" s="4">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="K241" s="4">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="L241" s="4">
+        <v>9.0899999999999995E-2</v>
+      </c>
+      <c r="M241" s="4">
+        <v>0.16439999999999999</v>
+      </c>
+      <c r="N241" s="4">
+        <v>0.48480000000000001</v>
+      </c>
+      <c r="O241" s="4">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="P241" s="3">
+        <v>30.77</v>
+      </c>
+      <c r="Q241" s="3">
+        <v>0</v>
+      </c>
+      <c r="R241" s="4">
+        <v>4.1799999999999997E-2</v>
+      </c>
+    </row>
+    <row r="242" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B242" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="D242" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F242" s="3">
+        <v>3</v>
+      </c>
+      <c r="G242" s="3">
+        <v>3</v>
+      </c>
+      <c r="H242" s="3">
+        <v>78.709999999999994</v>
+      </c>
+      <c r="I242" s="3">
+        <v>0</v>
+      </c>
+      <c r="J242" s="4">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="K242" s="4">
+        <v>5.0099999999999999E-2</v>
+      </c>
+      <c r="L242" s="4">
+        <v>4.0899999999999999E-2</v>
+      </c>
+      <c r="M242" s="4">
+        <v>0.1076</v>
+      </c>
+      <c r="N242" s="4">
+        <v>0.33600000000000002</v>
+      </c>
+      <c r="O242" s="4">
+        <v>0.31269999999999998</v>
+      </c>
+      <c r="P242" s="3">
+        <v>21.08</v>
+      </c>
+      <c r="Q242" s="3">
+        <v>0</v>
+      </c>
+      <c r="R242" s="4">
+        <v>1.5100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="243" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B243" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="D243" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F243" s="3">
+        <v>4</v>
+      </c>
+      <c r="G243" s="3">
+        <v>4</v>
+      </c>
+      <c r="H243" s="3">
+        <v>84.34</v>
+      </c>
+      <c r="I243" s="3">
+        <v>0</v>
+      </c>
+      <c r="J243" s="4">
+        <v>1.2500000000000001E-2</v>
+      </c>
+      <c r="K243" s="4">
+        <v>0.1258</v>
+      </c>
+      <c r="L243" s="4">
+        <v>5.9400000000000001E-2</v>
+      </c>
+      <c r="M243" s="4">
+        <v>6.9599999999999995E-2</v>
+      </c>
+      <c r="N243" s="4">
+        <v>0.21179999999999999</v>
+      </c>
+      <c r="O243" s="4">
+        <v>0.19719999999999999</v>
+      </c>
+      <c r="P243" s="3">
+        <v>15.34</v>
+      </c>
+      <c r="Q243" s="3">
+        <v>0</v>
+      </c>
+      <c r="R243" s="4">
+        <v>1.3599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="244" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B244" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="D244" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F244" s="3">
+        <v>3</v>
+      </c>
+      <c r="G244" s="3">
+        <v>3</v>
+      </c>
+      <c r="H244" s="3">
+        <v>11.9</v>
+      </c>
+      <c r="I244" s="3">
+        <v>0</v>
+      </c>
+      <c r="J244" s="4">
+        <v>6.3200000000000006E-2</v>
+      </c>
+      <c r="K244" s="4">
+        <v>3.95E-2</v>
+      </c>
+      <c r="L244" s="4">
+        <v>5.9400000000000001E-2</v>
+      </c>
+      <c r="M244" s="4">
+        <v>7.3099999999999998E-2</v>
+      </c>
+      <c r="N244" s="4">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="O244" s="4">
+        <v>0.46610000000000001</v>
+      </c>
+      <c r="P244" s="3">
+        <v>7.02</v>
+      </c>
+      <c r="Q244" s="3">
+        <v>0</v>
+      </c>
+      <c r="R244" s="4">
+        <v>5.4899999999999997E-2</v>
+      </c>
+    </row>
+    <row r="245" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B245" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D245" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F245" s="3">
+        <v>4</v>
+      </c>
+      <c r="G245" s="3">
+        <v>4</v>
+      </c>
+      <c r="H245" s="3">
+        <v>323.89999999999998</v>
+      </c>
+      <c r="I245" s="3">
+        <v>102.7</v>
+      </c>
+      <c r="J245" s="4">
+        <v>9.7999999999999997E-3</v>
+      </c>
+      <c r="K245" s="4">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="L245" s="4">
+        <v>4.8599999999999997E-2</v>
+      </c>
+      <c r="M245" s="4">
+        <v>0.1191</v>
+      </c>
+      <c r="N245" s="4">
+        <v>0.26979999999999998</v>
+      </c>
+      <c r="O245" s="4">
+        <v>0.31890000000000002</v>
+      </c>
+      <c r="P245" s="3">
+        <v>31.32</v>
+      </c>
+      <c r="Q245" s="3">
+        <v>1</v>
+      </c>
+      <c r="R245" s="4">
+        <v>8.0999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="246" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B246" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C246" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D246" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E241" s="3" t="s">
-[...85 lines deleted...]
-      <c r="Q242" s="3">
+      <c r="E246" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F246" s="3">
+        <v>4</v>
+      </c>
+      <c r="G246" s="3">
+        <v>4</v>
+      </c>
+      <c r="H246" s="3">
+        <v>85.41</v>
+      </c>
+      <c r="I246" s="3">
+        <v>28.15</v>
+      </c>
+      <c r="J246" s="4">
+        <v>1.4500000000000001E-2</v>
+      </c>
+      <c r="K246" s="4">
+        <v>0.1439</v>
+      </c>
+      <c r="L246" s="4">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="M246" s="4">
+        <v>0.15629999999999999</v>
+      </c>
+      <c r="N246" s="4">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="O246" s="4">
+        <v>0.17219999999999999</v>
+      </c>
+      <c r="P246" s="3">
+        <v>14.01</v>
+      </c>
+      <c r="Q246" s="3">
         <v>1</v>
       </c>
-    </row>
-[...60 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="R246" s="4">
+        <v>1.55E-2</v>
+      </c>
+    </row>
+    <row r="247" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B247" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C247" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="D247" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F247" s="3">
+        <v>3</v>
+      </c>
+      <c r="G247" s="3">
+        <v>3</v>
+      </c>
+      <c r="H247" s="3">
+        <v>40.97</v>
+      </c>
+      <c r="I247" s="3">
+        <v>0</v>
+      </c>
+      <c r="J247" s="4">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="K247" s="4">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="L247" s="4">
+        <v>5.4800000000000001E-2</v>
+      </c>
+      <c r="M247" s="4">
+        <v>0.1076</v>
+      </c>
+      <c r="N247" s="4">
+        <v>0.29649999999999999</v>
+      </c>
+      <c r="O247" s="4">
+        <v>1.3037000000000001</v>
+      </c>
+      <c r="P247" s="3">
+        <v>13.88</v>
+      </c>
+      <c r="Q247" s="3">
+        <v>0</v>
+      </c>
+      <c r="R247" s="4">
+        <v>1.4E-2</v>
+      </c>
+    </row>
+    <row r="248" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B248" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D248" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" s="3">
+        <v>4</v>
+      </c>
+      <c r="G248" s="3">
+        <v>4</v>
+      </c>
+      <c r="H248" s="3">
+        <v>349.91</v>
+      </c>
+      <c r="I248" s="3">
+        <v>302.45</v>
+      </c>
+      <c r="J248" s="4">
+        <v>2.8199999999999999E-2</v>
+      </c>
+      <c r="K248" s="4">
+        <v>0.1075</v>
+      </c>
+      <c r="L248" s="4">
+        <v>5.3499999999999999E-2</v>
+      </c>
+      <c r="M248" s="4">
+        <v>0.14660000000000001</v>
+      </c>
+      <c r="N248" s="4">
+        <v>0.38929999999999998</v>
+      </c>
+      <c r="O248" s="4">
+        <v>0.43619999999999998</v>
+      </c>
+      <c r="P248" s="3">
+        <v>18.149999999999999</v>
+      </c>
+      <c r="Q248" s="3">
+        <v>0</v>
+      </c>
+      <c r="R248" s="4">
+        <v>2.64E-2</v>
+      </c>
+    </row>
+    <row r="249" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B249" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="D249" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F249" s="3">
+        <v>4</v>
+      </c>
+      <c r="G249" s="3">
+        <v>3</v>
+      </c>
+      <c r="H249" s="3">
+        <v>186.67</v>
+      </c>
+      <c r="I249" s="3">
+        <v>0</v>
+      </c>
+      <c r="J249" s="4">
+        <v>4.7600000000000003E-2</v>
+      </c>
+      <c r="K249" s="4">
+        <v>0.18890000000000001</v>
+      </c>
+      <c r="L249" s="4">
+        <v>5.96E-2</v>
+      </c>
+      <c r="M249" s="4">
+        <v>7.3400000000000007E-2</v>
+      </c>
+      <c r="N249" s="4">
+        <v>1.1173</v>
+      </c>
+      <c r="O249" s="4">
+        <v>0.88139999999999996</v>
+      </c>
+      <c r="P249" s="3">
+        <v>21.65</v>
+      </c>
+      <c r="Q249" s="3">
+        <v>0</v>
+      </c>
+      <c r="R249" s="4">
+        <v>5.1200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="250" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B250" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="D250" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F244" s="3">
-[...46 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="F250" s="3">
+        <v>4</v>
+      </c>
+      <c r="G250" s="3">
+        <v>4</v>
+      </c>
+      <c r="H250" s="3">
+        <v>521.79</v>
+      </c>
+      <c r="I250" s="3">
+        <v>0</v>
+      </c>
+      <c r="J250" s="4">
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="K250" s="4">
+        <v>7.3099999999999998E-2</v>
+      </c>
+      <c r="L250" s="4">
+        <v>0.1507</v>
+      </c>
+      <c r="M250" s="4">
+        <v>7.46E-2</v>
+      </c>
+      <c r="N250" s="4">
+        <v>0.2944</v>
+      </c>
+      <c r="O250" s="4">
+        <v>0.21240000000000001</v>
+      </c>
+      <c r="P250" s="3">
+        <v>37.270000000000003</v>
+      </c>
+      <c r="Q250" s="3">
+        <v>0</v>
+      </c>
+      <c r="R250" s="4">
+        <v>8.0000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="251" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B251" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F251" s="3">
+        <v>3</v>
+      </c>
+      <c r="G251" s="3">
+        <v>3</v>
+      </c>
+      <c r="H251" s="3">
+        <v>64.760000000000005</v>
+      </c>
+      <c r="I251" s="3">
+        <v>0</v>
+      </c>
+      <c r="J251" s="4">
+        <v>2.4400000000000002E-2</v>
+      </c>
+      <c r="K251" s="4">
+        <v>0.13639999999999999</v>
+      </c>
+      <c r="L251" s="4">
+        <v>0.05</v>
+      </c>
+      <c r="M251" s="4">
+        <v>6.1100000000000002E-2</v>
+      </c>
+      <c r="N251" s="4">
+        <v>0.26169999999999999</v>
+      </c>
+      <c r="O251" s="4">
+        <v>0.20039999999999999</v>
+      </c>
+      <c r="P251" s="3">
+        <v>10.9</v>
+      </c>
+      <c r="Q251" s="3">
+        <v>0</v>
+      </c>
+      <c r="R251" s="4">
+        <v>2.46E-2</v>
+      </c>
+    </row>
+    <row r="252" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B252" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D252" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F252" s="3">
+        <v>3</v>
+      </c>
+      <c r="G252" s="3">
+        <v>4</v>
+      </c>
+      <c r="H252" s="3">
+        <v>175.81</v>
+      </c>
+      <c r="I252" s="3">
+        <v>0</v>
+      </c>
+      <c r="J252" s="4">
+        <v>1.15E-2</v>
+      </c>
+      <c r="K252" s="4">
+        <v>0.23760000000000001</v>
+      </c>
+      <c r="L252" s="4">
+        <v>0.1293</v>
+      </c>
+      <c r="M252" s="4">
+        <v>0.1487</v>
+      </c>
+      <c r="N252" s="4">
+        <v>0.18479999999999999</v>
+      </c>
+      <c r="O252" s="4">
+        <v>0.92769999999999997</v>
+      </c>
+      <c r="P252" s="3">
+        <v>23.12</v>
+      </c>
+      <c r="Q252" s="3">
+        <v>0</v>
+      </c>
+      <c r="R252" s="4">
+        <v>1.5299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="253" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B253" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C253" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D253" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F253" s="3">
+        <v>4</v>
+      </c>
+      <c r="G253" s="3">
+        <v>4</v>
+      </c>
+      <c r="H253" s="3">
+        <v>63.24</v>
+      </c>
+      <c r="I253" s="3">
+        <v>0</v>
+      </c>
+      <c r="J253" s="4">
+        <v>1.3899999999999999E-2</v>
+      </c>
+      <c r="K253" s="4">
+        <v>0.1439</v>
+      </c>
+      <c r="L253" s="4">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="M253" s="4">
+        <v>0.1434</v>
+      </c>
+      <c r="N253" s="4">
+        <v>0.19750000000000001</v>
+      </c>
+      <c r="O253" s="4">
+        <v>0.17119999999999999</v>
+      </c>
+      <c r="P253" s="3">
+        <v>14.01</v>
+      </c>
+      <c r="Q253" s="3">
+        <v>0</v>
+      </c>
+      <c r="R253" s="4">
+        <v>1.55E-2</v>
+      </c>
+    </row>
+    <row r="254" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B254" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F245" s="3">
-[...90 lines deleted...]
-      <c r="C247" s="3" t="s">
+      <c r="F254" s="3">
+        <v>4</v>
+      </c>
+      <c r="G254" s="3">
+        <v>4</v>
+      </c>
+      <c r="H254" s="3">
+        <v>94.36</v>
+      </c>
+      <c r="I254" s="3">
+        <v>36.11</v>
+      </c>
+      <c r="J254" s="4">
+        <v>6.7999999999999996E-3</v>
+      </c>
+      <c r="K254" s="4">
+        <v>0.2195</v>
+      </c>
+      <c r="L254" s="4">
+        <v>0.108</v>
+      </c>
+      <c r="M254" s="4">
+        <v>7.5300000000000006E-2</v>
+      </c>
+      <c r="N254" s="4">
+        <v>0.26450000000000001</v>
+      </c>
+      <c r="O254" s="4">
+        <v>0.1221</v>
+      </c>
+      <c r="P254" s="3">
+        <v>30.7</v>
+      </c>
+      <c r="Q254" s="3">
+        <v>0</v>
+      </c>
+      <c r="R254" s="4">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="255" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B255" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="C255" s="3" t="s">
         <v>582</v>
-      </c>
-[...398 lines deleted...]
-        <v>450</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F255" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G255" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H255" s="3">
-        <v>44.74</v>
+        <v>129.72</v>
       </c>
       <c r="I255" s="3">
-        <v>24.27</v>
+        <v>48.15</v>
       </c>
       <c r="J255" s="4">
-        <v>3.1300000000000001E-2</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="K255" s="4">
-        <v>9.9400000000000002E-2</v>
+        <v>0.2195</v>
       </c>
       <c r="L255" s="4">
-        <v>5.4399999999999997E-2</v>
+        <v>0.108</v>
       </c>
       <c r="M255" s="4">
-        <v>0.1152</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="N255" s="4">
-        <v>0.40360000000000001</v>
+        <v>0.26450000000000001</v>
       </c>
       <c r="O255" s="4">
-        <v>0.24310000000000001</v>
+        <v>0.1232</v>
       </c>
       <c r="P255" s="3">
-        <v>13.42</v>
+        <v>30.7</v>
       </c>
       <c r="Q255" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="256" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R255" s="4">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="256" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B256" s="3" t="s">
-        <v>362</v>
+        <v>309</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>363</v>
+        <v>310</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F256" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G256" s="3">
         <v>4</v>
       </c>
       <c r="H256" s="3">
-        <v>180.89</v>
+        <v>356.43</v>
       </c>
       <c r="I256" s="3">
-        <v>87.06</v>
+        <v>95.63</v>
       </c>
       <c r="J256" s="4">
-        <v>2.01E-2</v>
+        <v>9.9000000000000008E-3</v>
       </c>
       <c r="K256" s="4">
-        <v>0.1799</v>
+        <v>0.1263</v>
       </c>
       <c r="L256" s="4">
-        <v>0.14760000000000001</v>
+        <v>0.1118</v>
       </c>
       <c r="M256" s="4">
-        <v>6.25E-2</v>
+        <v>7.4800000000000005E-2</v>
       </c>
       <c r="N256" s="4">
-        <v>0.37530000000000002</v>
+        <v>0.41299999999999998</v>
       </c>
       <c r="O256" s="4">
-        <v>0.3266</v>
+        <v>0.31130000000000002</v>
       </c>
       <c r="P256" s="3">
-        <v>17.11</v>
+        <v>46.64</v>
       </c>
       <c r="Q256" s="3">
+        <v>0</v>
+      </c>
+      <c r="R256" s="4">
+        <v>1.0699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="257" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B257" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F257" s="3">
+        <v>4</v>
+      </c>
+      <c r="G257" s="3">
+        <v>3</v>
+      </c>
+      <c r="H257" s="3">
+        <v>93.05</v>
+      </c>
+      <c r="I257" s="3">
+        <v>72.33</v>
+      </c>
+      <c r="J257" s="4">
+        <v>3.3799999999999997E-2</v>
+      </c>
+      <c r="K257" s="4">
+        <v>0.12189999999999999</v>
+      </c>
+      <c r="L257" s="4">
+        <v>9.11E-2</v>
+      </c>
+      <c r="M257" s="4">
+        <v>6.0100000000000001E-2</v>
+      </c>
+      <c r="N257" s="4">
+        <v>0.3619</v>
+      </c>
+      <c r="O257" s="4">
+        <v>-1.8421000000000001</v>
+      </c>
+      <c r="P257" s="3">
+        <v>11.1</v>
+      </c>
+      <c r="Q257" s="3">
         <v>1</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D257" s="3" t="s">
+      <c r="R257" s="4">
+        <v>4.58E-2</v>
+      </c>
+    </row>
+    <row r="258" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B258" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="D258" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E257" s="3" t="s">
+      <c r="E258" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F258" s="3">
+        <v>4</v>
+      </c>
+      <c r="G258" s="3">
+        <v>3</v>
+      </c>
+      <c r="H258" s="3">
+        <v>127.98</v>
+      </c>
+      <c r="I258" s="3">
+        <v>96.44</v>
+      </c>
+      <c r="J258" s="4">
+        <v>3.3799999999999997E-2</v>
+      </c>
+      <c r="K258" s="4">
+        <v>0.122</v>
+      </c>
+      <c r="L258" s="4">
+        <v>9.11E-2</v>
+      </c>
+      <c r="M258" s="4">
+        <v>6.0100000000000001E-2</v>
+      </c>
+      <c r="N258" s="4">
+        <v>0.3619</v>
+      </c>
+      <c r="O258" s="4">
+        <v>-1.843</v>
+      </c>
+      <c r="P258" s="3">
+        <v>11.1</v>
+      </c>
+      <c r="Q258" s="3">
+        <v>1</v>
+      </c>
+      <c r="R258" s="4">
+        <v>4.58E-2</v>
+      </c>
+    </row>
+    <row r="259" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B259" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F257" s="3">
-[...98 lines deleted...]
-      </c>
       <c r="F259" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G259" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H259" s="3">
-        <v>24.21</v>
+        <v>106.06</v>
       </c>
       <c r="I259" s="3">
-        <v>0</v>
+        <v>45.97</v>
       </c>
       <c r="J259" s="4">
-        <v>4.3799999999999999E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="K259" s="4">
-        <v>0.2185</v>
+        <v>5.8400000000000001E-2</v>
       </c>
       <c r="L259" s="4">
-        <v>3.6700000000000003E-2</v>
+        <v>0.1714</v>
       </c>
       <c r="M259" s="4">
-        <v>0.1036</v>
+        <v>0.11210000000000001</v>
       </c>
       <c r="N259" s="4">
-        <v>0.50449999999999995</v>
+        <v>0.33019999999999999</v>
       </c>
       <c r="O259" s="4">
-        <v>0.40920000000000001</v>
+        <v>0.2157</v>
       </c>
       <c r="P259" s="3">
-        <v>10.65</v>
+        <v>27.15</v>
       </c>
       <c r="Q259" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="260" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R259" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="260" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B260" s="3" t="s">
-        <v>277</v>
+        <v>153</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>278</v>
+        <v>152</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F260" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G260" s="3">
         <v>4</v>
       </c>
       <c r="H260" s="3">
-        <v>174.74</v>
+        <v>145.85</v>
       </c>
       <c r="I260" s="3">
-        <v>0</v>
+        <v>62.11</v>
       </c>
       <c r="J260" s="4">
-        <v>1.01E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="K260" s="4">
-        <v>0.224</v>
+        <v>5.8400000000000001E-2</v>
       </c>
       <c r="L260" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.1714</v>
       </c>
       <c r="M260" s="4">
-        <v>9.9500000000000005E-2</v>
+        <v>0.11210000000000001</v>
       </c>
       <c r="N260" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.33019999999999999</v>
       </c>
       <c r="O260" s="4">
-        <v>0.32369999999999999</v>
+        <v>0.2155</v>
       </c>
       <c r="P260" s="3">
-        <v>26.03</v>
+        <v>27.15</v>
       </c>
       <c r="Q260" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="261" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R260" s="4">
+        <v>1.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="261" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B261" s="3" t="s">
-        <v>590</v>
+        <v>497</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>591</v>
+        <v>498</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F261" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G261" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H261" s="3">
-        <v>71.75</v>
+        <v>50.86</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
       <c r="J261" s="4">
-        <v>4.1000000000000002E-2</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="K261" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>0.50419999999999998</v>
       </c>
       <c r="L261" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>0.21029999999999999</v>
       </c>
       <c r="M261" s="4">
-        <v>6.2E-2</v>
+        <v>0.40400000000000003</v>
       </c>
       <c r="N261" s="4">
-        <v>0.56269999999999998</v>
+        <v>0.13980000000000001</v>
       </c>
       <c r="O261" s="4">
-        <v>1.1986000000000001</v>
+        <v>0.39040000000000002</v>
       </c>
       <c r="P261" s="3">
-        <v>11.5</v>
+        <v>13.14</v>
       </c>
       <c r="Q261" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="262" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R261" s="4">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="262" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B262" s="3" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F262" s="3">
         <v>4</v>
       </c>
       <c r="G262" s="3">
         <v>4</v>
       </c>
       <c r="H262" s="3">
-        <v>57.58</v>
+        <v>165.5</v>
       </c>
       <c r="I262" s="3">
-        <v>47.01</v>
+        <v>79.88</v>
       </c>
       <c r="J262" s="4">
-        <v>1.26E-2</v>
+        <v>1.29E-2</v>
       </c>
       <c r="K262" s="4">
-        <v>0.14949999999999999</v>
+        <v>0.14449999999999999</v>
       </c>
       <c r="L262" s="4">
-        <v>0.1087</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="M262" s="4">
-        <v>0.2029</v>
+        <v>0.109</v>
       </c>
       <c r="N262" s="4">
-        <v>0.63919999999999999</v>
+        <v>0.31059999999999999</v>
       </c>
       <c r="O262" s="4">
-        <v>0.49430000000000002</v>
+        <v>0.33029999999999998</v>
       </c>
       <c r="P262" s="3">
-        <v>54.28</v>
+        <v>26.73</v>
       </c>
       <c r="Q262" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="263" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R262" s="4">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="263" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B263" s="3" t="s">
-        <v>243</v>
+        <v>182</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F263" s="3">
         <v>4</v>
       </c>
       <c r="G263" s="3">
         <v>4</v>
       </c>
       <c r="H263" s="3">
-        <v>158.93</v>
+        <v>156.61000000000001</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>60.77</v>
       </c>
       <c r="J263" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K263" s="4">
+        <v>1.4278</v>
+      </c>
+      <c r="L263" s="4">
+        <v>0.12509999999999999</v>
+      </c>
+      <c r="M263" s="4">
+        <v>0.11940000000000001</v>
+      </c>
+      <c r="N263" s="4">
+        <v>0.34770000000000001</v>
+      </c>
+      <c r="O263" s="4">
+        <v>0.40579999999999999</v>
+      </c>
+      <c r="P263" s="3">
+        <v>34.14</v>
+      </c>
+      <c r="Q263" s="3">
+        <v>0</v>
+      </c>
+      <c r="R263" s="4">
+        <v>1.38E-2</v>
+      </c>
+    </row>
+    <row r="264" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B264" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F264" s="3">
+        <v>3</v>
+      </c>
+      <c r="G264" s="3">
+        <v>4</v>
+      </c>
+      <c r="H264" s="3">
+        <v>139.65</v>
+      </c>
+      <c r="I264" s="3">
+        <v>0</v>
+      </c>
+      <c r="J264" s="4">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="K264" s="4">
+        <v>0.29120000000000001</v>
+      </c>
+      <c r="L264" s="4">
+        <v>8.2699999999999996E-2</v>
+      </c>
+      <c r="M264" s="4">
+        <v>0.1784</v>
+      </c>
+      <c r="N264" s="4">
+        <v>7.2099999999999997E-2</v>
+      </c>
+      <c r="O264" s="4">
+        <v>9.4600000000000004E-2</v>
+      </c>
+      <c r="P264" s="3">
+        <v>10.27</v>
+      </c>
+      <c r="Q264" s="3">
+        <v>0</v>
+      </c>
+      <c r="R264" s="4">
         <v>1.0200000000000001E-2</v>
       </c>
-      <c r="K263" s="4">
-[...71 lines deleted...]
-    <row r="265" spans="2:17" x14ac:dyDescent="0.25">
+    </row>
+    <row r="265" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B265" s="3" t="s">
-        <v>143</v>
+        <v>272</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>279</v>
+        <v>311</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F265" s="3">
         <v>3</v>
       </c>
       <c r="G265" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H265" s="3">
-        <v>282.33999999999997</v>
+        <v>60.51</v>
       </c>
       <c r="I265" s="3">
-        <v>149.33000000000001</v>
+        <v>58.8</v>
       </c>
       <c r="J265" s="4">
-        <v>1.72E-2</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="K265" s="4">
-        <v>0.17530000000000001</v>
+        <v>0.123</v>
       </c>
       <c r="L265" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>0.22739999999999999</v>
       </c>
       <c r="M265" s="4">
-        <v>0.1328</v>
+        <v>0.26190000000000002</v>
       </c>
       <c r="N265" s="4">
-        <v>0.2853</v>
+        <v>0.93810000000000004</v>
       </c>
       <c r="O265" s="4">
-        <v>0.38129999999999997</v>
+        <v>5.2831999999999999</v>
       </c>
       <c r="P265" s="3">
-        <v>20.47</v>
+        <v>14.94</v>
       </c>
       <c r="Q265" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="266" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R265" s="4">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="266" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B266" s="3" t="s">
-        <v>144</v>
+        <v>184</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E266" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F266" s="3">
+        <v>3</v>
+      </c>
+      <c r="G266" s="3">
+        <v>3</v>
+      </c>
+      <c r="H266" s="3">
+        <v>34.67</v>
+      </c>
+      <c r="I266" s="3">
+        <v>0</v>
+      </c>
+      <c r="J266" s="4">
+        <v>3.09E-2</v>
+      </c>
+      <c r="K266" s="4">
+        <v>2.2100000000000002E-2</v>
+      </c>
+      <c r="L266" s="4">
+        <v>3.5900000000000001E-2</v>
+      </c>
+      <c r="M266" s="4">
+        <v>8.0399999999999999E-2</v>
+      </c>
+      <c r="N266" s="4">
+        <v>0.46429999999999999</v>
+      </c>
+      <c r="O266" s="4">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="P266" s="3">
+        <v>15.61</v>
+      </c>
+      <c r="Q266" s="3">
+        <v>0</v>
+      </c>
+      <c r="R266" s="4">
+        <v>2.9499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="267" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B267" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C267" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="D267" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="F266" s="3">
-[...48 lines deleted...]
-      </c>
       <c r="F267" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G267" s="3">
         <v>4</v>
       </c>
       <c r="H267" s="3">
-        <v>146.44999999999999</v>
+        <v>133</v>
       </c>
       <c r="I267" s="3">
-        <v>163.24</v>
+        <v>84.09</v>
       </c>
       <c r="J267" s="4">
-        <v>3.0200000000000001E-2</v>
+        <v>1.8100000000000002E-2</v>
       </c>
       <c r="K267" s="4">
-        <v>9.9500000000000005E-2</v>
+        <v>0.1021</v>
       </c>
       <c r="L267" s="4">
-        <v>5.6500000000000002E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="M267" s="4">
-        <v>6.6500000000000004E-2</v>
+        <v>9.5699999999999993E-2</v>
       </c>
       <c r="N267" s="4">
-        <v>0.49759999999999999</v>
+        <v>0.44429999999999997</v>
       </c>
       <c r="O267" s="4">
-        <v>-0.18110000000000001</v>
+        <v>0.55900000000000005</v>
       </c>
       <c r="P267" s="3">
-        <v>15.43</v>
+        <v>33.909999999999997</v>
       </c>
       <c r="Q267" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="268" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R267" s="4">
+        <v>1.3899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="268" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B268" s="3" t="s">
-        <v>148</v>
+        <v>365</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>147</v>
+        <v>343</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F268" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G268" s="3">
         <v>4</v>
       </c>
       <c r="H268" s="3">
-        <v>205.47</v>
+        <v>182.89</v>
       </c>
       <c r="I268" s="3">
-        <v>217.65</v>
+        <v>113.42</v>
       </c>
       <c r="J268" s="4">
-        <v>3.0200000000000001E-2</v>
+        <v>1.84E-2</v>
       </c>
       <c r="K268" s="4">
-        <v>9.9099999999999994E-2</v>
+        <v>0.1021</v>
       </c>
       <c r="L268" s="4">
-        <v>5.6500000000000002E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="M268" s="4">
-        <v>6.6500000000000004E-2</v>
+        <v>9.5699999999999993E-2</v>
       </c>
       <c r="N268" s="4">
-        <v>0.49759999999999999</v>
+        <v>0.44429999999999997</v>
       </c>
       <c r="O268" s="4">
-        <v>-0.18240000000000001</v>
+        <v>0.55769999999999997</v>
       </c>
       <c r="P268" s="3">
-        <v>15.43</v>
+        <v>33.909999999999997</v>
       </c>
       <c r="Q268" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="269" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R268" s="4">
+        <v>1.3899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="269" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B269" s="3" t="s">
-        <v>228</v>
+        <v>499</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>229</v>
+        <v>500</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F269" s="3">
         <v>4</v>
       </c>
       <c r="G269" s="3">
         <v>4</v>
       </c>
       <c r="H269" s="3">
-        <v>80.87</v>
+        <v>51.7</v>
       </c>
       <c r="I269" s="3">
-        <v>0</v>
+        <v>34.5</v>
       </c>
       <c r="J269" s="4">
-        <v>2.98E-2</v>
+        <v>1.7899999999999999E-2</v>
       </c>
       <c r="K269" s="4">
-        <v>0.24579999999999999</v>
+        <v>0.1021</v>
       </c>
       <c r="L269" s="4">
-        <v>9.2999999999999999E-2</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="M269" s="4">
-        <v>7.7499999999999999E-2</v>
+        <v>0.25119999999999998</v>
       </c>
       <c r="N269" s="4">
-        <v>1.5004</v>
+        <v>0.42909999999999998</v>
       </c>
       <c r="O269" s="4">
-        <v>1.2088000000000001</v>
+        <v>0.50770000000000004</v>
       </c>
       <c r="P269" s="3">
-        <v>51.03</v>
+        <v>24.81</v>
       </c>
       <c r="Q269" s="3">
+        <v>0</v>
+      </c>
+      <c r="R269" s="4">
+        <v>1.52E-2</v>
+      </c>
+    </row>
+    <row r="270" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B270" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="D270" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F270" s="3">
+        <v>4</v>
+      </c>
+      <c r="G270" s="3">
+        <v>4</v>
+      </c>
+      <c r="H270" s="3">
+        <v>293.22000000000003</v>
+      </c>
+      <c r="I270" s="3">
+        <v>91.65</v>
+      </c>
+      <c r="J270" s="4">
+        <v>1.34E-2</v>
+      </c>
+      <c r="K270" s="4">
+        <v>0.251</v>
+      </c>
+      <c r="L270" s="4">
+        <v>0.2208</v>
+      </c>
+      <c r="M270" s="4">
+        <v>0.1232</v>
+      </c>
+      <c r="N270" s="4">
+        <v>0.37569999999999998</v>
+      </c>
+      <c r="O270" s="4">
+        <v>0.46870000000000001</v>
+      </c>
+      <c r="P270" s="3">
+        <v>29.75</v>
+      </c>
+      <c r="Q270" s="3">
+        <v>0</v>
+      </c>
+      <c r="R270" s="4">
+        <v>1.9400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="271" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B271" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="D271" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" s="3">
+        <v>4</v>
+      </c>
+      <c r="G271" s="3">
+        <v>3</v>
+      </c>
+      <c r="H271" s="3">
+        <v>389.97</v>
+      </c>
+      <c r="I271" s="3">
+        <v>0</v>
+      </c>
+      <c r="J271" s="4">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="K271" s="4">
+        <v>0.26619999999999999</v>
+      </c>
+      <c r="L271" s="4">
+        <v>0.11070000000000001</v>
+      </c>
+      <c r="M271" s="4">
+        <v>0.12139999999999999</v>
+      </c>
+      <c r="N271" s="4">
+        <v>0.2394</v>
+      </c>
+      <c r="O271" s="4">
+        <v>0.32529999999999998</v>
+      </c>
+      <c r="P271" s="3">
+        <v>29.81</v>
+      </c>
+      <c r="Q271" s="3">
+        <v>0</v>
+      </c>
+      <c r="R271" s="4">
+        <v>1.23E-2</v>
+      </c>
+    </row>
+    <row r="272" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B272" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C272" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="D272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F272" s="3">
+        <v>4</v>
+      </c>
+      <c r="G272" s="3">
+        <v>4</v>
+      </c>
+      <c r="H272" s="3">
+        <v>163.43</v>
+      </c>
+      <c r="I272" s="3">
+        <v>24.8</v>
+      </c>
+      <c r="J272" s="4">
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="K272" s="4">
+        <v>0.18029999999999999</v>
+      </c>
+      <c r="L272" s="4">
+        <v>0.31709999999999999</v>
+      </c>
+      <c r="M272" s="4">
+        <v>0.13089999999999999</v>
+      </c>
+      <c r="N272" s="4">
+        <v>0.16639999999999999</v>
+      </c>
+      <c r="O272" s="4">
+        <v>0.31780000000000003</v>
+      </c>
+      <c r="P272" s="3">
+        <v>38.909999999999997</v>
+      </c>
+      <c r="Q272" s="3">
         <v>1</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D270" s="3" t="s">
+      <c r="R272" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="273" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B273" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="D273" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E270" s="3" t="s">
+      <c r="E273" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F270" s="3">
-[...96 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F273" s="3">
+        <v>3</v>
+      </c>
+      <c r="G273" s="3">
+        <v>3</v>
+      </c>
+      <c r="H273" s="3">
+        <v>24.02</v>
+      </c>
+      <c r="I273" s="3">
+        <v>0</v>
+      </c>
+      <c r="J273" s="4">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="K273" s="4">
+        <v>0.78</v>
+      </c>
+      <c r="L273" s="4">
+        <v>0.1193</v>
+      </c>
+      <c r="M273" s="4">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="N273" s="4">
+        <v>0.16839999999999999</v>
+      </c>
+      <c r="O273" s="4">
+        <v>0.1789</v>
+      </c>
+      <c r="P273" s="3">
+        <v>16.88</v>
+      </c>
+      <c r="Q273" s="3">
+        <v>0</v>
+      </c>
+      <c r="R273" s="4">
+        <v>1.11E-2</v>
+      </c>
+    </row>
+    <row r="274" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B274" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="D274" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F272" s="3">
-[...98 lines deleted...]
-      </c>
       <c r="F274" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G274" s="3">
         <v>4</v>
       </c>
       <c r="H274" s="3">
-        <v>344.88</v>
+        <v>173.69</v>
       </c>
       <c r="I274" s="3">
-        <v>102.7</v>
+        <v>0</v>
       </c>
       <c r="J274" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>1.55E-2</v>
       </c>
       <c r="K274" s="4">
-        <v>8.3099999999999993E-2</v>
+        <v>0.71340000000000003</v>
       </c>
       <c r="L274" s="4">
-        <v>5.11E-2</v>
+        <v>0.1946</v>
       </c>
       <c r="M274" s="4">
-        <v>0.11409999999999999</v>
+        <v>0.1487</v>
       </c>
       <c r="N274" s="4">
-        <v>0.26979999999999998</v>
+        <v>0.37559999999999999</v>
       </c>
       <c r="O274" s="4">
-        <v>0.31890000000000002</v>
+        <v>0.51690000000000003</v>
       </c>
       <c r="P274" s="3">
-        <v>33.96</v>
+        <v>26.85</v>
       </c>
       <c r="Q274" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="275" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R274" s="4">
+        <v>1.7399999999999999E-2</v>
+      </c>
+    </row>
+    <row r="275" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B275" s="3" t="s">
-        <v>153</v>
+        <v>501</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>154</v>
+        <v>502</v>
       </c>
       <c r="D275" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F275" s="3">
         <v>4</v>
       </c>
       <c r="G275" s="3">
         <v>4</v>
       </c>
       <c r="H275" s="3">
-        <v>79.61</v>
+        <v>325.17</v>
       </c>
       <c r="I275" s="3">
-        <v>28.15</v>
+        <v>234.26</v>
       </c>
       <c r="J275" s="4">
-        <v>1.5800000000000002E-2</v>
+        <v>2.7E-2</v>
       </c>
       <c r="K275" s="4">
-        <v>0.14449999999999999</v>
+        <v>3.6400000000000002E-2</v>
       </c>
       <c r="L275" s="4">
-        <v>6.9800000000000001E-2</v>
+        <v>0.111</v>
       </c>
       <c r="M275" s="4">
-        <v>0.15060000000000001</v>
+        <v>0.12570000000000001</v>
       </c>
       <c r="N275" s="4">
-        <v>0.19750000000000001</v>
+        <v>0.52290000000000003</v>
       </c>
       <c r="O275" s="4">
-        <v>0.18060000000000001</v>
+        <v>0.4516</v>
       </c>
       <c r="P275" s="3">
-        <v>13.28</v>
+        <v>17.079999999999998</v>
       </c>
       <c r="Q275" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="276" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R275" s="4">
+        <v>1.37E-2</v>
+      </c>
+    </row>
+    <row r="276" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B276" s="3" t="s">
-        <v>597</v>
+        <v>237</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>598</v>
+        <v>238</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F276" s="3">
         <v>3</v>
       </c>
       <c r="G276" s="3">
         <v>3</v>
       </c>
       <c r="H276" s="3">
-        <v>38.61</v>
+        <v>234.69</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>123.22</v>
       </c>
       <c r="J276" s="4">
-        <v>2.0899999999999998E-2</v>
+        <v>2.3599999999999999E-2</v>
       </c>
       <c r="K276" s="4">
-        <v>2.0899999999999998E-2</v>
+        <v>8.3799999999999999E-2</v>
       </c>
       <c r="L276" s="4">
-        <v>5.3699999999999998E-2</v>
+        <v>4.6699999999999998E-2</v>
       </c>
       <c r="M276" s="4">
-        <v>0.1048</v>
+        <v>6.9900000000000004E-2</v>
       </c>
       <c r="N276" s="4">
-        <v>0.29649999999999999</v>
+        <v>0.47610000000000002</v>
       </c>
       <c r="O276" s="4">
-        <v>1.4757</v>
+        <v>0.53680000000000005</v>
       </c>
       <c r="P276" s="3">
-        <v>13</v>
+        <v>19.88</v>
       </c>
       <c r="Q276" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="277" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R276" s="4">
+        <v>2.2100000000000002E-2</v>
+      </c>
+    </row>
+    <row r="277" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B277" s="3" t="s">
-        <v>155</v>
+        <v>422</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>156</v>
+        <v>423</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F277" s="3">
         <v>4</v>
       </c>
       <c r="G277" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H277" s="3">
-        <v>335.62</v>
+        <v>100.73</v>
       </c>
       <c r="I277" s="3">
-        <v>302.45</v>
+        <v>136.59</v>
       </c>
       <c r="J277" s="4">
-        <v>2.53E-2</v>
+        <v>6.4399999999999999E-2</v>
       </c>
       <c r="K277" s="4">
-        <v>0.1191</v>
+        <v>0.33210000000000001</v>
       </c>
       <c r="L277" s="4">
-        <v>5.8599999999999999E-2</v>
+        <v>1.12E-2</v>
       </c>
       <c r="M277" s="4">
-        <v>0.13880000000000001</v>
+        <v>0.1018</v>
       </c>
       <c r="N277" s="4">
-        <v>0.38929999999999998</v>
+        <v>0.96750000000000003</v>
       </c>
       <c r="O277" s="4">
-        <v>0.43619999999999998</v>
+        <v>1.2273000000000001</v>
       </c>
       <c r="P277" s="3">
-        <v>17.75</v>
+        <v>15.76</v>
       </c>
       <c r="Q277" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="278" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R277" s="4">
+        <v>3.6700000000000003E-2</v>
+      </c>
+    </row>
+    <row r="278" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B278" s="3" t="s">
-        <v>599</v>
+        <v>217</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>600</v>
+        <v>218</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F278" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G278" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H278" s="3">
-        <v>25.95</v>
+        <v>352.08</v>
       </c>
       <c r="I278" s="3">
-        <v>19.12</v>
+        <v>238.44</v>
       </c>
       <c r="J278" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="K278" s="4">
-        <v>0.25480000000000003</v>
+        <v>0.16969999999999999</v>
       </c>
       <c r="L278" s="4">
-        <v>0.3785</v>
+        <v>0.13239999999999999</v>
       </c>
       <c r="M278" s="4">
-        <v>0.31950000000000001</v>
+        <v>0.1487</v>
       </c>
       <c r="N278" s="4">
-        <v>0.3291</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>0.2334</v>
+      </c>
+      <c r="O278" s="4">
+        <v>0.21479999999999999</v>
       </c>
       <c r="P278" s="3">
-        <v>17.940000000000001</v>
+        <v>34.22</v>
       </c>
       <c r="Q278" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="279" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R278" s="4">
+        <v>7.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="279" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B279" s="3" t="s">
-        <v>601</v>
+        <v>265</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>600</v>
+        <v>266</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F279" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G279" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H279" s="3">
-        <v>36.380000000000003</v>
+        <v>27.85</v>
       </c>
       <c r="I279" s="3">
-        <v>25.5</v>
+        <v>37.799999999999997</v>
       </c>
       <c r="J279" s="4">
-        <v>7.7100000000000002E-2</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="K279" s="4">
-        <v>0.25480000000000003</v>
+        <v>9.2100000000000001E-2</v>
       </c>
       <c r="L279" s="4">
-        <v>0.3785</v>
+        <v>0.26490000000000002</v>
       </c>
       <c r="M279" s="4">
-        <v>0.31950000000000001</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="N279" s="4">
-        <v>0.3291</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>0.66339999999999999</v>
+      </c>
+      <c r="O279" s="4">
+        <v>0.74199999999999999</v>
       </c>
       <c r="P279" s="3">
-        <v>17.940000000000001</v>
+        <v>10.54</v>
       </c>
       <c r="Q279" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="280" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R279" s="4">
+        <v>5.1799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="280" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B280" s="3" t="s">
-        <v>602</v>
+        <v>208</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>603</v>
+        <v>156</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F280" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G280" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H280" s="3">
-        <v>59.49</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>176.96</v>
+      </c>
+      <c r="I280" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J280" s="4">
-        <v>2.69E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="K280" s="4">
-        <v>0.13719999999999999</v>
+        <v>0.25519999999999998</v>
       </c>
       <c r="L280" s="4">
-        <v>4.82E-2</v>
+        <v>0.1143</v>
       </c>
       <c r="M280" s="4">
-        <v>5.5399999999999998E-2</v>
+        <v>0.115</v>
       </c>
       <c r="N280" s="4">
-        <v>0.26169999999999999</v>
+        <v>0.4894</v>
       </c>
       <c r="O280" s="4">
-        <v>0.20039999999999999</v>
+        <v>0.26279999999999998</v>
       </c>
       <c r="P280" s="3">
-        <v>9.91</v>
+        <v>72.790000000000006</v>
       </c>
       <c r="Q280" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="281" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R280" s="4">
+        <v>7.3000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="281" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B281" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C281" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="D281" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" s="3">
+        <v>4</v>
+      </c>
+      <c r="G281" s="3">
+        <v>5</v>
+      </c>
+      <c r="H281" s="3">
+        <v>243.4</v>
+      </c>
+      <c r="I281" s="3">
+        <v>110.2</v>
+      </c>
+      <c r="J281" s="4">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="K281" s="4">
+        <v>0.25519999999999998</v>
+      </c>
+      <c r="L281" s="4">
+        <v>0.1143</v>
+      </c>
+      <c r="M281" s="4">
+        <v>0.10929999999999999</v>
+      </c>
+      <c r="N281" s="4">
+        <v>0.4894</v>
+      </c>
+      <c r="O281" s="4">
+        <v>0.26240000000000002</v>
+      </c>
+      <c r="P281" s="3">
+        <v>72.790000000000006</v>
+      </c>
+      <c r="Q281" s="3">
+        <v>1</v>
+      </c>
+      <c r="R281" s="4">
+        <v>7.3000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="282" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B282" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="D282" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F282" s="3">
+        <v>3</v>
+      </c>
+      <c r="G282" s="3">
+        <v>3</v>
+      </c>
+      <c r="H282" s="3">
+        <v>202</v>
+      </c>
+      <c r="I282" s="3">
+        <v>185.11</v>
+      </c>
+      <c r="J282" s="4">
+        <v>2.01E-2</v>
+      </c>
+      <c r="K282" s="4">
+        <v>0.05</v>
+      </c>
+      <c r="L282" s="4">
+        <v>7.3700000000000002E-2</v>
+      </c>
+      <c r="M282" s="4">
+        <v>7.46E-2</v>
+      </c>
+      <c r="N282" s="4">
+        <v>0.55389999999999995</v>
+      </c>
+      <c r="O282" s="4">
+        <v>0.60270000000000001</v>
+      </c>
+      <c r="P282" s="3">
+        <v>30.33</v>
+      </c>
+      <c r="Q282" s="3">
+        <v>0</v>
+      </c>
+      <c r="R282" s="4">
+        <v>1.5900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="283" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B283" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D281" s="3" t="s">
-[...95 lines deleted...]
-      </c>
       <c r="C283" s="3" t="s">
-        <v>327</v>
+        <v>159</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F283" s="3">
         <v>4</v>
       </c>
       <c r="G283" s="3">
         <v>4</v>
       </c>
       <c r="H283" s="3">
-        <v>356.21</v>
+        <v>104.87</v>
       </c>
       <c r="I283" s="3">
-        <v>95.63</v>
+        <v>99.75</v>
       </c>
       <c r="J283" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>3.6700000000000003E-2</v>
       </c>
       <c r="K283" s="4">
-        <v>0.10340000000000001</v>
+        <v>6.8900000000000003E-2</v>
       </c>
       <c r="L283" s="4">
-        <v>0.1087</v>
+        <v>5.6800000000000003E-2</v>
       </c>
       <c r="M283" s="4">
-        <v>7.6899999999999996E-2</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="N283" s="4">
-        <v>0.41299999999999998</v>
+        <v>0.69159999999999999</v>
       </c>
       <c r="O283" s="4">
-        <v>0.31090000000000001</v>
+        <v>-2.7078000000000002</v>
       </c>
       <c r="P283" s="3">
-        <v>48.83</v>
+        <v>19.64</v>
       </c>
       <c r="Q283" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="284" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R283" s="4">
+        <v>3.5200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="284" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B284" s="3" t="s">
-        <v>604</v>
+        <v>503</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>605</v>
+        <v>504</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F284" s="3">
         <v>4</v>
       </c>
       <c r="G284" s="3">
         <v>3</v>
       </c>
       <c r="H284" s="3">
-        <v>82.11</v>
+        <v>94.27</v>
       </c>
       <c r="I284" s="3">
-        <v>70.319999999999993</v>
+        <v>0</v>
       </c>
       <c r="J284" s="4">
-        <v>3.6700000000000003E-2</v>
+        <v>1.9400000000000001E-2</v>
       </c>
       <c r="K284" s="4">
-        <v>8.5000000000000006E-2</v>
+        <v>0.70689999999999997</v>
       </c>
       <c r="L284" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="M284" s="4">
-        <v>6.0400000000000002E-2</v>
+        <v>0.1598</v>
       </c>
       <c r="N284" s="4">
-        <v>0.86140000000000005</v>
+        <v>0.28179999999999999</v>
       </c>
       <c r="O284" s="4">
-        <v>1.2609999999999999</v>
+        <v>0.1545</v>
       </c>
       <c r="P284" s="3">
-        <v>9.82</v>
+        <v>15.32</v>
       </c>
       <c r="Q284" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="285" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R284" s="4">
+        <v>2.4199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="285" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B285" s="3" t="s">
-        <v>606</v>
+        <v>206</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>605</v>
+        <v>207</v>
       </c>
       <c r="D285" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F285" s="3">
         <v>4</v>
       </c>
       <c r="G285" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H285" s="3">
-        <v>115.16</v>
+        <v>219.78</v>
       </c>
       <c r="I285" s="3">
-        <v>93.76</v>
+        <v>116.6</v>
       </c>
       <c r="J285" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="K285" s="4">
-        <v>8.5300000000000001E-2</v>
+        <v>0.1255</v>
       </c>
       <c r="L285" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>0.10249999999999999</v>
       </c>
       <c r="M285" s="4">
-        <v>6.0400000000000002E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="N285" s="4">
-        <v>0.86140000000000005</v>
+        <v>0.44059999999999999</v>
       </c>
       <c r="O285" s="4">
-        <v>1.2907999999999999</v>
+        <v>0.54200000000000004</v>
       </c>
       <c r="P285" s="3">
-        <v>9.82</v>
+        <v>34.1</v>
       </c>
       <c r="Q285" s="3">
         <v>1</v>
       </c>
-    </row>
-    <row r="286" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R285" s="4">
+        <v>1.52E-2</v>
+      </c>
+    </row>
+    <row r="286" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B286" s="3" t="s">
-        <v>159</v>
+        <v>505</v>
       </c>
       <c r="C286" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F286" s="3">
+        <v>3</v>
+      </c>
+      <c r="G286" s="3">
+        <v>4</v>
+      </c>
+      <c r="H286" s="3">
+        <v>94.94</v>
+      </c>
+      <c r="I286" s="3">
+        <v>101.76</v>
+      </c>
+      <c r="J286" s="4">
+        <v>1.26E-2</v>
+      </c>
+      <c r="K286" s="4">
+        <v>5.6599999999999998E-2</v>
+      </c>
+      <c r="L286" s="4">
+        <v>2.98E-2</v>
+      </c>
+      <c r="M286" s="4">
+        <v>0.1114</v>
+      </c>
+      <c r="N286" s="4">
+        <v>0.31790000000000002</v>
+      </c>
+      <c r="O286" s="4">
+        <v>0.1915</v>
+      </c>
+      <c r="P286" s="3">
+        <v>25.06</v>
+      </c>
+      <c r="Q286" s="3">
+        <v>1</v>
+      </c>
+      <c r="R286" s="4">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="287" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B287" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F287" s="3">
+        <v>3</v>
+      </c>
+      <c r="G287" s="3">
+        <v>3</v>
+      </c>
+      <c r="H287" s="3">
+        <v>122.24</v>
+      </c>
+      <c r="I287" s="3">
+        <v>0</v>
+      </c>
+      <c r="J287" s="4">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="K287" s="4">
+        <v>0.14380000000000001</v>
+      </c>
+      <c r="L287" s="4">
+        <v>0.108</v>
+      </c>
+      <c r="M287" s="4">
+        <v>0.1012</v>
+      </c>
+      <c r="N287" s="4">
+        <v>0.53139999999999998</v>
+      </c>
+      <c r="O287" s="4">
+        <v>0.43680000000000002</v>
+      </c>
+      <c r="P287" s="3">
+        <v>54.22</v>
+      </c>
+      <c r="Q287" s="3">
+        <v>0</v>
+      </c>
+      <c r="R287" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="288" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B288" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C288" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="D288" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F288" s="3">
+        <v>3</v>
+      </c>
+      <c r="G288" s="3">
+        <v>3</v>
+      </c>
+      <c r="H288" s="3">
+        <v>168.04</v>
+      </c>
+      <c r="I288" s="3">
+        <v>0</v>
+      </c>
+      <c r="J288" s="4">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="K288" s="4">
+        <v>0.14380000000000001</v>
+      </c>
+      <c r="L288" s="4">
+        <v>0.108</v>
+      </c>
+      <c r="M288" s="4">
+        <v>0.1012</v>
+      </c>
+      <c r="N288" s="4">
+        <v>0.53139999999999998</v>
+      </c>
+      <c r="O288" s="4">
+        <v>0.44130000000000003</v>
+      </c>
+      <c r="P288" s="3">
+        <v>54.22</v>
+      </c>
+      <c r="Q288" s="3">
+        <v>0</v>
+      </c>
+      <c r="R288" s="4">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="289" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B289" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D286" s="3" t="s">
-[...43 lines deleted...]
-      <c r="B287" s="3" t="s">
+      <c r="C289" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C287" s="3" t="s">
-[...101 lines deleted...]
-      </c>
       <c r="D289" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F289" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G289" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H289" s="3">
-        <v>92.76</v>
+        <v>191.08</v>
       </c>
       <c r="I289" s="3">
-        <v>58.14</v>
+        <v>0</v>
       </c>
       <c r="J289" s="4">
-        <v>4.9099999999999998E-2</v>
+        <v>1.38E-2</v>
       </c>
       <c r="K289" s="4">
-        <v>3.2599999999999997E-2</v>
+        <v>0.15659999999999999</v>
       </c>
       <c r="L289" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>2.9100000000000001E-2</v>
       </c>
       <c r="M289" s="4">
-        <v>0.10920000000000001</v>
+        <v>0.20949999999999999</v>
       </c>
       <c r="N289" s="4">
-        <v>0.50839999999999996</v>
+        <v>0.2606</v>
       </c>
       <c r="O289" s="4">
-        <v>0.69569999999999999</v>
+        <v>0.2787</v>
       </c>
       <c r="P289" s="3">
-        <v>10.83</v>
+        <v>21.47</v>
       </c>
       <c r="Q289" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="290" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R289" s="4">
+        <v>1.8499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="290" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B290" s="3" t="s">
-        <v>162</v>
+        <v>424</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>163</v>
+        <v>425</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F290" s="3">
         <v>4</v>
       </c>
       <c r="G290" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H290" s="3">
-        <v>168.51</v>
+        <v>347.24</v>
       </c>
       <c r="I290" s="3">
-        <v>79.88</v>
+        <v>341.54</v>
       </c>
       <c r="J290" s="4">
-        <v>1.32E-2</v>
+        <v>3.4500000000000003E-2</v>
       </c>
       <c r="K290" s="4">
-        <v>0.13730000000000001</v>
+        <v>0.12920000000000001</v>
       </c>
       <c r="L290" s="4">
-        <v>7.7899999999999997E-2</v>
+        <v>7.9600000000000004E-2</v>
       </c>
       <c r="M290" s="4">
-        <v>0.1047</v>
+        <v>0.10440000000000001</v>
       </c>
       <c r="N290" s="4">
-        <v>0.31059999999999999</v>
+        <v>0.84889999999999999</v>
       </c>
       <c r="O290" s="4">
-        <v>0.58889999999999998</v>
+        <v>0.8911</v>
       </c>
       <c r="P290" s="3">
-        <v>26.61</v>
+        <v>27.14</v>
       </c>
       <c r="Q290" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="291" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R290" s="4">
+        <v>2.6499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="291" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B291" s="3" t="s">
-        <v>190</v>
+        <v>162</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F291" s="3">
         <v>4</v>
       </c>
       <c r="G291" s="3">
         <v>4</v>
       </c>
       <c r="H291" s="3">
-        <v>140.12</v>
+        <v>144.38999999999999</v>
       </c>
       <c r="I291" s="3">
-        <v>60.77</v>
+        <v>0</v>
       </c>
       <c r="J291" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>1.41E-2</v>
       </c>
       <c r="K291" s="4">
-        <v>0.47920000000000001</v>
+        <v>0.184</v>
       </c>
       <c r="L291" s="4">
-        <v>0.1103</v>
+        <v>0.1002</v>
       </c>
       <c r="M291" s="4">
-        <v>0.11260000000000001</v>
+        <v>0.123</v>
       </c>
       <c r="N291" s="4">
-        <v>0.34770000000000001</v>
+        <v>0.1729</v>
       </c>
       <c r="O291" s="4">
-        <v>0.43130000000000002</v>
+        <v>0.1686</v>
       </c>
       <c r="P291" s="3">
-        <v>32.450000000000003</v>
+        <v>13.08</v>
       </c>
       <c r="Q291" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="292" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R291" s="4">
+        <v>1.54E-2</v>
+      </c>
+    </row>
+    <row r="292" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B292" s="3" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>197</v>
+        <v>165</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F292" s="3">
         <v>3</v>
       </c>
       <c r="G292" s="3">
         <v>4</v>
       </c>
       <c r="H292" s="3">
-        <v>134.96</v>
+        <v>38.57</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>39.049999999999997</v>
       </c>
       <c r="J292" s="4">
-        <v>7.4999999999999997E-3</v>
+        <v>3.61E-2</v>
       </c>
       <c r="K292" s="4">
-        <v>0.314</v>
+        <v>0.1797</v>
       </c>
       <c r="L292" s="4">
-        <v>8.5400000000000004E-2</v>
+        <v>0.1022</v>
       </c>
       <c r="M292" s="4">
-        <v>0.16889999999999999</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="N292" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O292" s="4">
-        <v>0.10489999999999999</v>
+        <v>-0.75390000000000001</v>
       </c>
       <c r="P292" s="3">
-        <v>9.82</v>
+        <v>15.73</v>
       </c>
       <c r="Q292" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="293" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R292" s="4">
+        <v>2.8199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="293" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B293" s="3" t="s">
-        <v>289</v>
+        <v>426</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>328</v>
+        <v>427</v>
       </c>
       <c r="D293" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" s="3">
+        <v>4</v>
+      </c>
+      <c r="G293" s="3">
+        <v>3</v>
+      </c>
+      <c r="H293" s="3">
+        <v>283.32</v>
+      </c>
+      <c r="I293" s="3">
+        <v>73.489999999999995</v>
+      </c>
+      <c r="J293" s="4">
+        <v>7.4000000000000003E-3</v>
+      </c>
+      <c r="K293" s="4">
+        <v>0.23580000000000001</v>
+      </c>
+      <c r="L293" s="4">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="M293" s="4">
+        <v>0.1668</v>
+      </c>
+      <c r="N293" s="4">
+        <v>0.19059999999999999</v>
+      </c>
+      <c r="O293" s="4">
+        <v>0.1857</v>
+      </c>
+      <c r="P293" s="3">
+        <v>28.87</v>
+      </c>
+      <c r="Q293" s="3">
+        <v>0</v>
+      </c>
+      <c r="R293" s="4">
+        <v>7.1999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="294" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B294" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D294" s="3" t="s">
         <v>15</v>
-      </c>
-[...48 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F294" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G294" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H294" s="3">
-        <v>32.520000000000003</v>
+        <v>52.3</v>
       </c>
       <c r="I294" s="3">
-        <v>0</v>
+        <v>25.05</v>
       </c>
       <c r="J294" s="4">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="K294" s="4">
+        <v>0.1095</v>
+      </c>
+      <c r="L294" s="4">
+        <v>0.22900000000000001</v>
+      </c>
+      <c r="M294" s="4">
+        <v>9.2399999999999996E-2</v>
+      </c>
+      <c r="N294" s="4">
+        <v>0.43219999999999997</v>
+      </c>
+      <c r="O294" s="4">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="P294" s="3">
+        <v>31.6</v>
+      </c>
+      <c r="Q294" s="3">
+        <v>1</v>
+      </c>
+      <c r="R294" s="4">
+        <v>2.1999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="295" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B295" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" s="3">
+        <v>4</v>
+      </c>
+      <c r="G295" s="3">
+        <v>4</v>
+      </c>
+      <c r="H295" s="3">
+        <v>73.84</v>
+      </c>
+      <c r="I295" s="3">
+        <v>47.88</v>
+      </c>
+      <c r="J295" s="4">
+        <v>3.1399999999999997E-2</v>
+      </c>
+      <c r="K295" s="4">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="K294" s="4">
-[...51 lines deleted...]
-      </c>
       <c r="L295" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="M295" s="4">
-        <v>9.01E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="N295" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.63839999999999997</v>
       </c>
       <c r="O295" s="4">
-        <v>0.5272</v>
+        <v>-0.24429999999999999</v>
       </c>
       <c r="P295" s="3">
-        <v>43.63</v>
+        <v>22.16</v>
       </c>
       <c r="Q295" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="296" spans="2:17" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+      <c r="R295" s="4">
+        <v>3.0200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="296" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B296" s="3" t="s">
-        <v>386</v>
+        <v>322</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>364</v>
+        <v>323</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F296" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G296" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H296" s="3">
-        <v>214.84</v>
+        <v>139.06</v>
       </c>
       <c r="I296" s="3">
-        <v>113.42</v>
+        <v>0</v>
       </c>
       <c r="J296" s="4">
-        <v>1.52E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K296" s="4">
-        <v>0.20200000000000001</v>
+        <v>0.22620000000000001</v>
       </c>
       <c r="L296" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>0.12770000000000001</v>
       </c>
       <c r="M296" s="4">
-        <v>9.01E-2</v>
+        <v>0.09</v>
       </c>
       <c r="N296" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.39439999999999997</v>
       </c>
       <c r="O296" s="4">
-        <v>0.52729999999999999</v>
+        <v>0.4108</v>
       </c>
       <c r="P296" s="3">
-        <v>43.63</v>
+        <v>35.520000000000003</v>
       </c>
       <c r="Q296" s="3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="297" spans="2:17" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="R296" s="4">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="297" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B297" s="3" t="s">
-        <v>611</v>
+        <v>230</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>612</v>
+        <v>231</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F297" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G297" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H297" s="3">
-        <v>54.11</v>
+        <v>155.22999999999999</v>
       </c>
       <c r="I297" s="3">
-        <v>34.5</v>
+        <v>59.64</v>
       </c>
       <c r="J297" s="4">
-        <v>1.7000000000000001E-2</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="K297" s="4">
-        <v>9.5899999999999999E-2</v>
+        <v>0.1172</v>
       </c>
       <c r="L297" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="M297" s="4">
-        <v>0.2485</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="N297" s="4">
-        <v>0.42909999999999998</v>
+        <v>0.50870000000000004</v>
       </c>
       <c r="O297" s="4">
-        <v>0.50770000000000004</v>
+        <v>0.49809999999999999</v>
       </c>
       <c r="P297" s="3">
-        <v>26.12</v>
+        <v>30</v>
       </c>
       <c r="Q297" s="3">
         <v>0</v>
       </c>
-    </row>
-    <row r="298" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="R297" s="4">
+        <v>1.77E-2</v>
+      </c>
+    </row>
+    <row r="298" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B298" s="3" t="s">
-        <v>387</v>
+        <v>551</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>388</v>
+        <v>552</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F298" s="3">
         <v>4</v>
       </c>
       <c r="G298" s="3">
         <v>4</v>
       </c>
       <c r="H298" s="3">
-        <v>300.41000000000003</v>
+        <v>123.77</v>
       </c>
       <c r="I298" s="3">
-        <v>91.65</v>
+        <v>127</v>
       </c>
       <c r="J298" s="4">
-        <v>1.0999999999999999E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K298" s="4">
-        <v>0.24349999999999999</v>
+        <v>0.1166</v>
       </c>
       <c r="L298" s="4">
-        <v>0.21299999999999999</v>
+        <v>7.0800000000000002E-2</v>
       </c>
       <c r="M298" s="4">
-        <v>0.126</v>
+        <v>0.19020000000000001</v>
       </c>
       <c r="N298" s="4">
-        <v>9.9500000000000005E-2</v>
+        <v>0.3266</v>
       </c>
       <c r="O298" s="4">
-        <v>0.46810000000000002</v>
+        <v>0.38529999999999998</v>
       </c>
       <c r="P298" s="3">
-        <v>30.41</v>
+        <v>20.6</v>
       </c>
       <c r="Q298" s="3">
         <v>0</v>
       </c>
-    </row>
-[...1497 lines deleted...]
-        <v>0</v>
+      <c r="R298" s="4">
+        <v>9.1000000000000004E-3</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B11:Q11" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="B11:R11" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>