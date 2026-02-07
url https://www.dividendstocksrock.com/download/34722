--- v2 (2025-12-29)
+++ v3 (2026-02-07)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/aaa1a6dcf32e4bf0/Documents/M72/DSR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="169" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7068AA51-77F1-41AA-A245-0ECAC63E9C23}"/>
+  <xr:revisionPtr revIDLastSave="185" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{79A22CEE-F287-409F-9BF7-8E0E32A6E6A8}"/>
   <bookViews>
-    <workbookView xWindow="1305" yWindow="390" windowWidth="14565" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2730" yWindow="1935" windowWidth="17895" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend Rock Star List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$R$11</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1173" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1176" uniqueCount="570">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Mkt</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Pro Rating</t>
   </si>
   <si>
     <t>Dvd Safety</t>
   </si>
   <si>
     <t>Current Price</t>
   </si>
   <si>
     <t>DDM</t>
   </si>
   <si>
@@ -607,53 +607,50 @@
   <si>
     <t xml:space="preserve">ADEN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">ADENTRA Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TOL </t>
   </si>
   <si>
     <t xml:space="preserve">Toll Brothers Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CADE </t>
   </si>
   <si>
     <t xml:space="preserve">Cadence Bank </t>
   </si>
   <si>
     <t xml:space="preserve">CTSH </t>
   </si>
   <si>
     <t xml:space="preserve">Cognizant Technology Solutions Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">MMC </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Marsh &amp; McLennan Companies Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TT </t>
   </si>
   <si>
     <t xml:space="preserve">Trane Technologies PLC </t>
   </si>
   <si>
     <t xml:space="preserve">AEP </t>
   </si>
   <si>
     <t xml:space="preserve">American Electric Power Company Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ALSN </t>
   </si>
   <si>
     <t xml:space="preserve">Allison Transmission Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CFR </t>
   </si>
   <si>
     <t xml:space="preserve">Cullen/Frost Bankers Inc </t>
@@ -967,56 +964,50 @@
   <si>
     <t xml:space="preserve">Nextera Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NOC </t>
   </si>
   <si>
     <t xml:space="preserve">Northrop Grumman Corp </t>
   </si>
   <si>
     <t xml:space="preserve">SYK </t>
   </si>
   <si>
     <t xml:space="preserve">Stryker Corp </t>
   </si>
   <si>
     <t xml:space="preserve">Tourmaline Oil Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CMI </t>
   </si>
   <si>
     <t xml:space="preserve">Cummins Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">EVR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Hartford Insurance Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MRK </t>
   </si>
   <si>
     <t xml:space="preserve">Merck &amp; Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PSK.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Prairiesky Royalty Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">TRI </t>
   </si>
   <si>
     <t xml:space="preserve">XYL </t>
   </si>
   <si>
     <t xml:space="preserve">Xylem Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EBAY </t>
@@ -1042,122 +1033,98 @@
   <si>
     <t xml:space="preserve">FSS </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Signal Corp </t>
   </si>
   <si>
     <t xml:space="preserve">INVH </t>
   </si>
   <si>
     <t xml:space="preserve">Invitation Homes Inc </t>
   </si>
   <si>
     <t xml:space="preserve">KDP </t>
   </si>
   <si>
     <t xml:space="preserve">Keurig Dr Pepper Inc </t>
   </si>
   <si>
     <t xml:space="preserve">LIN </t>
   </si>
   <si>
     <t xml:space="preserve">Linde PLC </t>
   </si>
   <si>
-    <t xml:space="preserve">LNF.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MPWR </t>
   </si>
   <si>
     <t xml:space="preserve">Monolithic Power Systems Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Thomson Reuters Corp </t>
   </si>
   <si>
     <t xml:space="preserve">American Water Works Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HCA </t>
   </si>
   <si>
     <t xml:space="preserve">HCA Healthcare Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">RBA.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">AEE </t>
   </si>
   <si>
     <t xml:space="preserve">Ameren Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CASY </t>
   </si>
   <si>
     <t xml:space="preserve">Caseys General Stores Inc </t>
   </si>
   <si>
     <t xml:space="preserve">GWW </t>
   </si>
   <si>
     <t xml:space="preserve">WW Grainger Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HTO </t>
   </si>
   <si>
     <t xml:space="preserve">H2O America </t>
   </si>
   <si>
-    <t xml:space="preserve">LHX </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MTL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Mullen Group Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">PCAR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">RPM </t>
   </si>
   <si>
     <t xml:space="preserve">RPM International Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TRI.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TSM </t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">AGM </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Agricultural Mortgage Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ANCTF </t>
   </si>
   <si>
     <t xml:space="preserve">Alimentation Couche-Tard Inc </t>
@@ -1447,74 +1414,62 @@
   <si>
     <t xml:space="preserve">NDAQ </t>
   </si>
   <si>
     <t xml:space="preserve">Nasdaq Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NET.UN.V </t>
   </si>
   <si>
     <t xml:space="preserve">Canadian Net Real Estate Investment Trust </t>
   </si>
   <si>
     <t xml:space="preserve">NEU </t>
   </si>
   <si>
     <t xml:space="preserve">NewMarket Corp </t>
   </si>
   <si>
     <t xml:space="preserve">NJR </t>
   </si>
   <si>
     <t xml:space="preserve">New Jersey Resources Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">NKE </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">NL </t>
   </si>
   <si>
     <t xml:space="preserve">NL Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">OMF </t>
   </si>
   <si>
     <t xml:space="preserve">OneMain Holdings Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">ORCL </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">RF </t>
   </si>
   <si>
     <t xml:space="preserve">Regions Financial Corp </t>
   </si>
   <si>
     <t xml:space="preserve">RIO </t>
   </si>
   <si>
     <t xml:space="preserve">Rio Tinto PLC </t>
   </si>
   <si>
     <t xml:space="preserve">SCCO </t>
   </si>
   <si>
     <t xml:space="preserve">Southern Copper Corp </t>
   </si>
   <si>
     <t xml:space="preserve">SGU </t>
   </si>
   <si>
     <t xml:space="preserve">Star Group LP </t>
   </si>
   <si>
     <t xml:space="preserve">SLGN </t>
@@ -1579,249 +1534,249 @@
   <si>
     <t xml:space="preserve">AMGN </t>
   </si>
   <si>
     <t xml:space="preserve">Amgen Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CAT </t>
   </si>
   <si>
     <t xml:space="preserve">COLA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CTBI </t>
   </si>
   <si>
     <t xml:space="preserve">Community Trust Bancorp Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ETN </t>
   </si>
   <si>
     <t xml:space="preserve">Eaton Corporation PLC </t>
   </si>
   <si>
-    <t xml:space="preserve">FTS </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Fortis Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FTS.TO </t>
   </si>
   <si>
     <t xml:space="preserve">GCG.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Guardian Capital Group Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">IBCP </t>
   </si>
   <si>
     <t xml:space="preserve">Independent Bank Corp (Michigan) </t>
   </si>
   <si>
     <t xml:space="preserve">IFC.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Intact Financial Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">JEF </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">KR </t>
   </si>
   <si>
     <t xml:space="preserve">Kroger Co </t>
   </si>
   <si>
     <t xml:space="preserve">MAA </t>
   </si>
   <si>
     <t xml:space="preserve">Mid-America Apartment Communities Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MAIN </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MSEX </t>
   </si>
   <si>
     <t xml:space="preserve">Middlesex Water Co </t>
   </si>
   <si>
     <t xml:space="preserve">NRG </t>
   </si>
   <si>
     <t xml:space="preserve">NRG Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ODFL </t>
   </si>
   <si>
     <t xml:space="preserve">Old Dominion Freight Line Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RMD </t>
   </si>
   <si>
     <t xml:space="preserve">Resmed Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SPG </t>
   </si>
   <si>
     <t xml:space="preserve">Simon Property Group Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">SPGI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">TWC.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TWC Enterprises Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">TXRH </t>
   </si>
   <si>
     <t xml:space="preserve">Texas Roadhouse Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ZTS </t>
   </si>
   <si>
     <t xml:space="preserve">Zoetis Inc </t>
   </si>
   <si>
-    <t>* Prices and datas as of 12/23/2025. Chowder rule minimum of 8 has been applied.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ABM </t>
   </si>
   <si>
     <t xml:space="preserve">ABM Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AEM </t>
   </si>
   <si>
     <t xml:space="preserve">Agnico Eagle Mines Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">AEM.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">BDGIF </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">DCI </t>
   </si>
   <si>
     <t xml:space="preserve">Donaldson Company Inc </t>
   </si>
   <si>
     <t xml:space="preserve">D.R. Horton Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ECL </t>
   </si>
   <si>
     <t xml:space="preserve">Ecolab Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">ETR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">GD </t>
   </si>
   <si>
     <t xml:space="preserve">General Dynamics Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">GRMN </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">HESM </t>
   </si>
   <si>
     <t xml:space="preserve">Hess Midstream LP </t>
   </si>
   <si>
     <t xml:space="preserve">LAS.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Lassonde Industries Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MTB </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">PEG </t>
   </si>
   <si>
     <t xml:space="preserve">Public Service Enterprise Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SEIC </t>
   </si>
   <si>
     <t xml:space="preserve">SEI Investments Co </t>
   </si>
   <si>
     <t xml:space="preserve">STN </t>
   </si>
   <si>
     <t xml:space="preserve">Stantec Inc </t>
   </si>
   <si>
     <t xml:space="preserve">STN.TO </t>
   </si>
   <si>
-    <t>AVG 5-year Duv Yield</t>
+    <t>* Prices and datas as of 02/04/2026. Chowder rule minimum of 8 has been applied.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APOG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apogee Enterprises Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDT.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bird Construction Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIPC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Infrastructure Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIPC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDUS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidus Investment Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LW </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lamb Weston Holdings Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRSH </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OTIS </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp </t>
+  </si>
+  <si>
+    <t>Total Return Last 12 Months</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -2776,15354 +2731,15358 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dividendstocksrock.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B8:R298"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="M1" workbookViewId="0">
-      <selection activeCell="R12" sqref="R12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="R16" sqref="R16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="53" customWidth="1"/>
     <col min="5" max="5" width="25.140625" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" customWidth="1"/>
     <col min="11" max="11" width="21.7109375" customWidth="1"/>
     <col min="12" max="12" width="21.42578125" customWidth="1"/>
     <col min="13" max="13" width="20.5703125" customWidth="1"/>
     <col min="14" max="14" width="18.7109375" customWidth="1"/>
     <col min="15" max="15" width="23.5703125" customWidth="1"/>
     <col min="17" max="17" width="19.7109375" customWidth="1"/>
-    <col min="18" max="18" width="28.7109375" customWidth="1"/>
+    <col min="18" max="18" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:18" ht="30.75" x14ac:dyDescent="0.45">
       <c r="B8" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="2:18" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="10" spans="2:18" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="11" spans="2:18" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B11" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>584</v>
+        <v>569</v>
       </c>
     </row>
     <row r="12" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
-        <v>554</v>
+        <v>531</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>555</v>
+        <v>532</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="3">
         <v>3</v>
       </c>
       <c r="G12" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H12" s="3">
-        <v>42.24</v>
+        <v>45.64</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
       <c r="J12" s="4">
-        <v>2.75E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="K12" s="4">
         <v>0.22500000000000001</v>
       </c>
       <c r="L12" s="4">
         <v>8.0199999999999994E-2</v>
       </c>
       <c r="M12" s="4">
         <v>7.6799999999999993E-2</v>
       </c>
       <c r="N12" s="4">
-        <v>0.3846</v>
+        <v>0.40389999999999998</v>
       </c>
       <c r="O12" s="4">
         <v>0.42299999999999999</v>
       </c>
       <c r="P12" s="3">
-        <v>22.91</v>
+        <v>17.63</v>
       </c>
       <c r="Q12" s="3">
         <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>1.9900000000000001E-2</v>
+        <v>-0.1043</v>
       </c>
     </row>
     <row r="13" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3">
         <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>4</v>
       </c>
       <c r="H13" s="3">
-        <v>125.21</v>
+        <v>109.01</v>
       </c>
       <c r="I13" s="3">
         <v>77.73</v>
       </c>
       <c r="J13" s="4">
-        <v>2.01E-2</v>
+        <v>2.3E-2</v>
       </c>
       <c r="K13" s="4">
         <v>0.2601</v>
       </c>
       <c r="L13" s="4">
         <v>4.8399999999999999E-2</v>
       </c>
       <c r="M13" s="4">
         <v>9.4200000000000006E-2</v>
       </c>
       <c r="N13" s="4">
-        <v>0.2913</v>
+        <v>0</v>
       </c>
       <c r="O13" s="4">
         <v>0.58460000000000001</v>
       </c>
       <c r="P13" s="3">
-        <v>15.67</v>
+        <v>29.22</v>
       </c>
       <c r="Q13" s="3">
         <v>1</v>
       </c>
       <c r="R13" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>-0.1321</v>
       </c>
     </row>
     <row r="14" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>4</v>
       </c>
       <c r="H14" s="3">
-        <v>270.55</v>
+        <v>241.21</v>
       </c>
       <c r="I14" s="3">
         <v>230.37</v>
       </c>
       <c r="J14" s="4">
-        <v>2.3900000000000001E-2</v>
+        <v>2.4400000000000002E-2</v>
       </c>
       <c r="K14" s="4">
-        <v>8.2900000000000001E-2</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="L14" s="4">
-        <v>9.2700000000000005E-2</v>
+        <v>8.8099999999999998E-2</v>
       </c>
       <c r="M14" s="4">
         <v>0.13109999999999999</v>
       </c>
       <c r="N14" s="4">
         <v>0.4819</v>
       </c>
       <c r="O14" s="4">
         <v>0.32840000000000003</v>
       </c>
       <c r="P14" s="3">
-        <v>22.52</v>
+        <v>19.95</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>1.44E-2</v>
+        <v>-0.29139999999999999</v>
       </c>
     </row>
     <row r="15" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>187</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>3</v>
       </c>
       <c r="G15" s="3">
         <v>4</v>
       </c>
       <c r="H15" s="3">
-        <v>34.020000000000003</v>
+        <v>38.18</v>
       </c>
       <c r="I15" s="3">
         <v>18.38</v>
       </c>
       <c r="J15" s="4">
-        <v>1.9099999999999999E-2</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K15" s="4">
         <v>6.4199999999999993E-2</v>
       </c>
       <c r="L15" s="4">
         <v>0.1925</v>
       </c>
       <c r="M15" s="4">
         <v>0.1052</v>
       </c>
       <c r="N15" s="4">
         <v>0.21790000000000001</v>
       </c>
       <c r="O15" s="4">
         <v>0.111</v>
       </c>
       <c r="P15" s="3">
-        <v>13.63</v>
+        <v>15.1</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="16" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G16" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>259.69</v>
+        <v>235.18</v>
       </c>
       <c r="I16" s="3">
         <v>240.27</v>
       </c>
       <c r="J16" s="4">
-        <v>2.64E-2</v>
+        <v>2.75E-2</v>
       </c>
       <c r="K16" s="4">
         <v>0.1201</v>
       </c>
       <c r="L16" s="4">
         <v>7.4499999999999997E-2</v>
       </c>
       <c r="M16" s="4">
-        <v>0.1154</v>
+        <v>0.1142</v>
       </c>
       <c r="N16" s="4">
         <v>0.60329999999999995</v>
       </c>
       <c r="O16" s="4">
-        <v>0.5827</v>
+        <v>0.59970000000000001</v>
       </c>
       <c r="P16" s="3">
-        <v>25.44</v>
+        <v>23.78</v>
       </c>
       <c r="Q16" s="3">
         <v>1</v>
       </c>
       <c r="R16" s="4">
-        <v>2.07E-2</v>
+        <v>-0.17660000000000001</v>
       </c>
     </row>
     <row r="17" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="3">
         <v>3</v>
       </c>
       <c r="G17" s="3">
         <v>3</v>
       </c>
       <c r="H17" s="3">
-        <v>99.48</v>
+        <v>104.01</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
       <c r="J17" s="4">
-        <v>2.8799999999999999E-2</v>
+        <v>2.7699999999999999E-2</v>
       </c>
       <c r="K17" s="4">
         <v>8.2100000000000006E-2</v>
       </c>
       <c r="L17" s="4">
         <v>9.11E-2</v>
       </c>
       <c r="M17" s="4">
-        <v>7.0499999999999993E-2</v>
+        <v>6.5299999999999997E-2</v>
       </c>
       <c r="N17" s="4">
         <v>0.60409999999999997</v>
       </c>
       <c r="O17" s="4">
         <v>-0.60499999999999998</v>
       </c>
       <c r="P17" s="3">
-        <v>18.940000000000001</v>
+        <v>20.010000000000002</v>
       </c>
       <c r="Q17" s="3">
         <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>2.9000000000000001E-2</v>
+        <v>9.7900000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
-        <v>556</v>
+        <v>533</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>557</v>
+        <v>534</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="3">
         <v>3</v>
       </c>
       <c r="G18" s="3">
         <v>3</v>
       </c>
       <c r="H18" s="3">
-        <v>180.16</v>
+        <v>197.48</v>
       </c>
       <c r="I18" s="3">
         <v>20.399999999999999</v>
       </c>
       <c r="J18" s="4">
-        <v>9.1999999999999998E-3</v>
+        <v>8.3999999999999995E-3</v>
       </c>
       <c r="K18" s="4">
         <v>0.26650000000000001</v>
       </c>
       <c r="L18" s="4">
         <v>0.27489999999999998</v>
       </c>
       <c r="M18" s="4">
-        <v>0.14580000000000001</v>
+        <v>7.7799999999999994E-2</v>
       </c>
       <c r="N18" s="4">
         <v>0.42080000000000001</v>
       </c>
       <c r="O18" s="4">
         <v>0.1953</v>
       </c>
       <c r="P18" s="3">
-        <v>25.57</v>
+        <v>27.87</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>2.6700000000000002E-2</v>
+        <v>1.0369999999999999</v>
       </c>
     </row>
     <row r="19" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B19" s="3" t="s">
-        <v>558</v>
+        <v>535</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>557</v>
+        <v>534</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="3">
         <v>3</v>
       </c>
       <c r="G19" s="3">
         <v>3</v>
       </c>
       <c r="H19" s="3">
-        <v>247.69</v>
+        <v>268.89</v>
       </c>
       <c r="I19" s="3">
         <v>28.05</v>
       </c>
       <c r="J19" s="4">
-        <v>9.2999999999999992E-3</v>
+        <v>8.6E-3</v>
       </c>
       <c r="K19" s="4">
         <v>0.26650000000000001</v>
       </c>
       <c r="L19" s="4">
         <v>0.27489999999999998</v>
       </c>
       <c r="M19" s="4">
-        <v>0.1099</v>
+        <v>7.7799999999999994E-2</v>
       </c>
       <c r="N19" s="4">
         <v>0.42080000000000001</v>
       </c>
       <c r="O19" s="4">
         <v>0.1968</v>
       </c>
       <c r="P19" s="3">
-        <v>25.57</v>
+        <v>27.87</v>
       </c>
       <c r="Q19" s="3">
         <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>2.6700000000000002E-2</v>
+        <v>0.91259999999999997</v>
       </c>
     </row>
     <row r="20" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="3">
         <v>3</v>
       </c>
       <c r="G20" s="3">
         <v>3</v>
       </c>
       <c r="H20" s="3">
-        <v>114.63</v>
+        <v>120.69</v>
       </c>
       <c r="I20" s="3">
         <v>86.27</v>
       </c>
       <c r="J20" s="4">
-        <v>3.32E-2</v>
+        <v>3.2099999999999997E-2</v>
       </c>
       <c r="K20" s="4">
         <v>9.5500000000000002E-2</v>
       </c>
       <c r="L20" s="4">
         <v>7.3400000000000007E-2</v>
       </c>
       <c r="M20" s="4">
-        <v>5.6599999999999998E-2</v>
+        <v>5.3600000000000002E-2</v>
       </c>
       <c r="N20" s="4">
         <v>0.63980000000000004</v>
       </c>
       <c r="O20" s="4">
         <v>-1.1492</v>
       </c>
       <c r="P20" s="3">
-        <v>16.760000000000002</v>
+        <v>17.32</v>
       </c>
       <c r="Q20" s="3">
         <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>3.8399999999999997E-2</v>
+        <v>0.2321</v>
       </c>
     </row>
     <row r="21" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="3">
         <v>4</v>
       </c>
       <c r="G21" s="3">
         <v>3</v>
       </c>
       <c r="H21" s="3">
-        <v>178.44</v>
+        <v>170.16</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
       <c r="J21" s="4">
-        <v>3.39E-2</v>
+        <v>3.5200000000000002E-2</v>
       </c>
       <c r="K21" s="4">
         <v>0.1482</v>
       </c>
       <c r="L21" s="4">
         <v>0.25619999999999998</v>
       </c>
       <c r="M21" s="4">
-        <v>0.13400000000000001</v>
+        <v>0.12839999999999999</v>
       </c>
       <c r="N21" s="4">
         <v>0.33760000000000001</v>
       </c>
       <c r="O21" s="4">
         <v>0.25030000000000002</v>
       </c>
       <c r="P21" s="3">
-        <v>10.09</v>
+        <v>9.68</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>2.8400000000000002E-2</v>
+        <v>-9.98E-2</v>
       </c>
     </row>
     <row r="22" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B22" s="3" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="3">
         <v>4</v>
       </c>
       <c r="G22" s="3">
         <v>3</v>
       </c>
       <c r="H22" s="3">
-        <v>64.19</v>
+        <v>64.64</v>
       </c>
       <c r="I22" s="3">
         <v>19.64</v>
       </c>
       <c r="J22" s="4">
-        <v>1.37E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K22" s="4">
         <v>0.14419999999999999</v>
       </c>
       <c r="L22" s="4">
         <v>7.6100000000000001E-2</v>
       </c>
       <c r="M22" s="4">
-        <v>7.5999999999999998E-2</v>
+        <v>7.2599999999999998E-2</v>
       </c>
       <c r="N22" s="4">
         <v>0.25440000000000002</v>
       </c>
       <c r="O22" s="4">
         <v>-4.7800000000000002E-2</v>
       </c>
       <c r="P22" s="3">
-        <v>7.44</v>
+        <v>7.5</v>
       </c>
       <c r="Q22" s="3">
         <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>1.9E-2</v>
+        <v>0.45190000000000002</v>
       </c>
     </row>
     <row r="23" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="3">
         <v>3</v>
       </c>
       <c r="G23" s="3">
         <v>3</v>
       </c>
       <c r="H23" s="3">
-        <v>41.34</v>
+        <v>42.08</v>
       </c>
       <c r="I23" s="3">
         <v>18.54</v>
       </c>
       <c r="J23" s="4">
-        <v>3.2500000000000001E-2</v>
+        <v>3.2099999999999997E-2</v>
       </c>
       <c r="K23" s="4">
         <v>7.3999999999999996E-2</v>
       </c>
       <c r="L23" s="4">
         <v>0.1779</v>
       </c>
       <c r="M23" s="4">
-        <v>0.31269999999999998</v>
+        <v>0.31390000000000001</v>
       </c>
       <c r="N23" s="4">
         <v>0.61070000000000002</v>
       </c>
       <c r="O23" s="4">
         <v>-24.8</v>
       </c>
       <c r="P23" s="3">
-        <v>16.510000000000002</v>
+        <v>16.73</v>
       </c>
       <c r="Q23" s="3">
         <v>1</v>
       </c>
       <c r="R23" s="4">
-        <v>4.1200000000000001E-2</v>
+        <v>0.27960000000000002</v>
       </c>
     </row>
     <row r="24" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
         <v>4</v>
       </c>
       <c r="G24" s="3">
         <v>4</v>
       </c>
       <c r="H24" s="3">
-        <v>208.26</v>
+        <v>201.82</v>
       </c>
       <c r="I24" s="3">
         <v>69.33</v>
       </c>
       <c r="J24" s="4">
-        <v>1.95E-2</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="K24" s="4">
         <v>0.12889999999999999</v>
       </c>
       <c r="L24" s="4">
         <v>9.7900000000000001E-2</v>
       </c>
       <c r="M24" s="4">
-        <v>0.13120000000000001</v>
+        <v>0.1048</v>
       </c>
       <c r="N24" s="4">
         <v>0.2114</v>
       </c>
       <c r="O24" s="4">
         <v>0.1192</v>
       </c>
       <c r="P24" s="3">
-        <v>6.64</v>
+        <v>6.53</v>
       </c>
       <c r="Q24" s="3">
         <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>2.4299999999999999E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
     </row>
     <row r="25" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B25" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="3">
         <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>4</v>
       </c>
       <c r="H25" s="3">
-        <v>100.71</v>
+        <v>111.76</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
       <c r="J25" s="4">
-        <v>1.09E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="K25" s="4">
         <v>0.25629999999999997</v>
       </c>
       <c r="L25" s="4">
         <v>8.0799999999999997E-2</v>
       </c>
       <c r="M25" s="4">
-        <v>9.69E-2</v>
+        <v>9.06E-2</v>
       </c>
       <c r="N25" s="4">
         <v>0.11899999999999999</v>
       </c>
       <c r="O25" s="4">
         <v>0.1447</v>
       </c>
       <c r="P25" s="3">
-        <v>12.12</v>
+        <v>13.72</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>-1.2699999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="3">
         <v>3</v>
       </c>
       <c r="G26" s="3">
         <v>3</v>
       </c>
       <c r="H26" s="3">
-        <v>259.10000000000002</v>
+        <v>318.58</v>
       </c>
       <c r="I26" s="3">
         <v>45</v>
       </c>
       <c r="J26" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="K26" s="4">
         <v>0.1492</v>
       </c>
       <c r="L26" s="4">
         <v>9.4700000000000006E-2</v>
       </c>
       <c r="M26" s="4">
-        <v>0.15390000000000001</v>
+        <v>0.159</v>
       </c>
       <c r="N26" s="4">
         <v>0.20319999999999999</v>
       </c>
       <c r="O26" s="4">
         <v>0.2429</v>
       </c>
       <c r="P26" s="3">
-        <v>29.57</v>
+        <v>37.869999999999997</v>
       </c>
       <c r="Q26" s="3">
         <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>8.6E-3</v>
+        <v>0.85529999999999995</v>
       </c>
     </row>
     <row r="27" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B27" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F27" s="3">
         <v>4</v>
       </c>
       <c r="G27" s="3">
         <v>4</v>
       </c>
       <c r="H27" s="3">
-        <v>206.25</v>
+        <v>228.89</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27" s="4">
-        <v>6.1000000000000004E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="K27" s="4">
         <v>0.109</v>
       </c>
       <c r="L27" s="4">
         <v>9.5500000000000002E-2</v>
       </c>
       <c r="M27" s="4">
-        <v>0.1149</v>
+        <v>0.10879999999999999</v>
       </c>
       <c r="N27" s="4">
-        <v>0.18809999999999999</v>
+        <v>0.19289999999999999</v>
       </c>
       <c r="O27" s="4">
         <v>0.1699</v>
       </c>
       <c r="P27" s="3">
-        <v>32.07</v>
+        <v>36.11</v>
       </c>
       <c r="Q27" s="3">
         <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>6.0000000000000001E-3</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="28" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
-        <v>510</v>
+        <v>495</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3">
         <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>4</v>
       </c>
       <c r="H28" s="3">
-        <v>331.37</v>
+        <v>338.32</v>
       </c>
       <c r="I28" s="3">
         <v>273.36</v>
       </c>
       <c r="J28" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>2.92E-2</v>
       </c>
       <c r="K28" s="4">
         <v>0.01</v>
       </c>
       <c r="L28" s="4">
         <v>7.1900000000000006E-2</v>
       </c>
       <c r="M28" s="4">
-        <v>8.2699999999999996E-2</v>
+        <v>8.0500000000000002E-2</v>
       </c>
       <c r="N28" s="4">
-        <v>1.2056</v>
+        <v>0</v>
       </c>
       <c r="O28" s="4">
         <v>0.43730000000000002</v>
       </c>
       <c r="P28" s="3">
-        <v>25.31</v>
+        <v>26.64</v>
       </c>
       <c r="Q28" s="3">
         <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>0.2319</v>
       </c>
     </row>
     <row r="29" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="3">
         <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>4</v>
       </c>
       <c r="H29" s="3">
-        <v>495.77</v>
+        <v>530.24</v>
       </c>
       <c r="I29" s="3">
         <v>208</v>
       </c>
       <c r="J29" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K29" s="4">
         <v>0.25159999999999999</v>
       </c>
       <c r="L29" s="4">
         <v>9.1300000000000006E-2</v>
       </c>
       <c r="M29" s="4">
-        <v>8.9599999999999999E-2</v>
+        <v>8.5900000000000004E-2</v>
       </c>
       <c r="N29" s="4">
-        <v>0.1744</v>
+        <v>0.16089999999999999</v>
       </c>
       <c r="O29" s="4">
         <v>7.8899999999999998E-2</v>
       </c>
       <c r="P29" s="3">
-        <v>13.42</v>
+        <v>14.58</v>
       </c>
       <c r="Q29" s="3">
         <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>1.41E-2</v>
+        <v>3.5000000000000001E-3</v>
       </c>
     </row>
     <row r="30" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="3">
         <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>3</v>
       </c>
       <c r="H30" s="3">
-        <v>172.53</v>
+        <v>173.15</v>
       </c>
       <c r="I30" s="3">
         <v>101.35</v>
       </c>
       <c r="J30" s="4">
-        <v>3.9399999999999998E-2</v>
+        <v>3.9100000000000003E-2</v>
       </c>
       <c r="K30" s="4">
         <v>0.10589999999999999</v>
       </c>
       <c r="L30" s="4">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="M30" s="4">
         <v>8.4599999999999995E-2</v>
       </c>
       <c r="N30" s="4">
         <v>0.94030000000000002</v>
       </c>
       <c r="O30" s="4">
         <v>0.84509999999999996</v>
       </c>
       <c r="P30" s="3">
-        <v>27.5</v>
+        <v>27.61</v>
       </c>
       <c r="Q30" s="3">
         <v>1</v>
       </c>
       <c r="R30" s="4">
-        <v>2.8799999999999999E-2</v>
+        <v>-3.0300000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B31" s="3" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F31" s="3">
         <v>4</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
-        <v>54.22</v>
+        <v>55.4</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
       <c r="J31" s="4">
         <v>1.1299999999999999E-2</v>
       </c>
       <c r="K31" s="4">
         <v>2.1499999999999998E-2</v>
       </c>
       <c r="L31" s="4">
         <v>0.10730000000000001</v>
       </c>
       <c r="M31" s="4">
-        <v>0.21879999999999999</v>
+        <v>0.2049</v>
       </c>
       <c r="N31" s="4">
         <v>0.1958</v>
       </c>
       <c r="O31" s="4">
         <v>0.18140000000000001</v>
       </c>
       <c r="P31" s="3">
-        <v>19.53</v>
+        <v>19.64</v>
       </c>
       <c r="Q31" s="3">
         <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>5.1900000000000002E-2</v>
       </c>
     </row>
     <row r="32" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B32" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
         <v>3</v>
       </c>
       <c r="G32" s="3">
         <v>4</v>
       </c>
       <c r="H32" s="3">
-        <v>355.39</v>
+        <v>346.88</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
       <c r="J32" s="4">
         <v>8.5000000000000006E-3</v>
       </c>
       <c r="K32" s="4">
         <v>8.14E-2</v>
       </c>
       <c r="L32" s="4">
         <v>0.09</v>
       </c>
       <c r="M32" s="4">
         <v>0.1023</v>
       </c>
       <c r="N32" s="4">
-        <v>0.21210000000000001</v>
+        <v>0.16889999999999999</v>
       </c>
       <c r="O32" s="4">
-        <v>0.20200000000000001</v>
+        <v>0.19550000000000001</v>
       </c>
       <c r="P32" s="3">
-        <v>28.03</v>
+        <v>20.37</v>
       </c>
       <c r="Q32" s="3">
         <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>7.6E-3</v>
+        <v>-5.9400000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B33" s="3" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="3">
         <v>4</v>
       </c>
       <c r="G33" s="3">
         <v>4</v>
       </c>
       <c r="H33" s="3">
-        <v>68.12</v>
+        <v>76.33</v>
       </c>
       <c r="I33" s="3">
         <v>50.88</v>
       </c>
       <c r="J33" s="4">
-        <v>2.12E-2</v>
+        <v>1.9300000000000001E-2</v>
       </c>
       <c r="K33" s="4">
         <v>0.1177</v>
       </c>
       <c r="L33" s="4">
         <v>5.7599999999999998E-2</v>
       </c>
       <c r="M33" s="4">
         <v>6.6500000000000004E-2</v>
       </c>
       <c r="N33" s="4">
-        <v>0.35680000000000001</v>
+        <v>0.29060000000000002</v>
       </c>
       <c r="O33" s="4">
-        <v>0.34029999999999999</v>
+        <v>0.3584</v>
       </c>
       <c r="P33" s="3">
-        <v>18.36</v>
+        <v>19.84</v>
       </c>
       <c r="Q33" s="3">
         <v>1</v>
       </c>
       <c r="R33" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>0.1371</v>
       </c>
     </row>
     <row r="34" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B34" s="3" t="s">
-        <v>172</v>
+        <v>555</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>173</v>
+        <v>556</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F34" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G34" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H34" s="3">
-        <v>170.27</v>
+        <v>38.82</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>29.86</v>
       </c>
       <c r="J34" s="4">
-        <v>2.7E-2</v>
+        <v>2.87E-2</v>
       </c>
       <c r="K34" s="4">
-        <v>0.31879999999999997</v>
+        <v>0.30380000000000001</v>
       </c>
       <c r="L34" s="4">
-        <v>0.2482</v>
+        <v>2.4899999999999999E-2</v>
       </c>
       <c r="M34" s="4">
-        <v>0.22869999999999999</v>
+        <v>6.2E-2</v>
       </c>
       <c r="N34" s="4">
-        <v>1.9093</v>
+        <v>0.25559999999999999</v>
       </c>
       <c r="O34" s="4">
-        <v>0.57979999999999998</v>
+        <v>0.32719999999999999</v>
       </c>
       <c r="P34" s="3">
-        <v>69.349999999999994</v>
+        <v>20.36</v>
       </c>
       <c r="Q34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R34" s="4">
-        <v>2.64E-2</v>
+        <v>-0.22389999999999999</v>
       </c>
     </row>
     <row r="35" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>374</v>
+        <v>172</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>371</v>
+        <v>173</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G35" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H35" s="3">
-        <v>74.430000000000007</v>
+        <v>131.54</v>
       </c>
       <c r="I35" s="3">
-        <v>90.87</v>
+        <v>0</v>
       </c>
       <c r="J35" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="K35" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>0.31879999999999997</v>
       </c>
       <c r="L35" s="4">
-        <v>0.10730000000000001</v>
+        <v>0.2482</v>
       </c>
       <c r="M35" s="4">
-        <v>0.21879999999999999</v>
+        <v>0.21820000000000001</v>
       </c>
       <c r="N35" s="4">
-        <v>0.1958</v>
+        <v>1.9093</v>
       </c>
       <c r="O35" s="4">
-        <v>0.18149999999999999</v>
+        <v>0.57979999999999998</v>
       </c>
       <c r="P35" s="3">
-        <v>19.53</v>
+        <v>55.08</v>
       </c>
       <c r="Q35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>-0.23419999999999999</v>
       </c>
     </row>
     <row r="36" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B36" s="3" t="s">
-        <v>45</v>
+        <v>363</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>46</v>
+        <v>360</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F36" s="3">
         <v>4</v>
       </c>
       <c r="G36" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
-        <v>167.34</v>
+        <v>75.739999999999995</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>90.87</v>
       </c>
       <c r="J36" s="4">
-        <v>2.4E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K36" s="4">
-        <v>7.1599999999999997E-2</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="L36" s="4">
-        <v>0.1008</v>
+        <v>0.10730000000000001</v>
       </c>
       <c r="M36" s="4">
-        <v>8.7800000000000003E-2</v>
+        <v>0.2049</v>
       </c>
       <c r="N36" s="4">
-        <v>0.46210000000000001</v>
+        <v>0.1958</v>
       </c>
       <c r="O36" s="4">
-        <v>-0.36630000000000001</v>
+        <v>0.18149999999999999</v>
       </c>
       <c r="P36" s="3">
-        <v>22.28</v>
+        <v>19.64</v>
       </c>
       <c r="Q36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R36" s="4">
-        <v>2.63E-2</v>
+        <v>-5.8999999999999999E-3</v>
       </c>
     </row>
     <row r="37" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B37" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F37" s="3">
         <v>4</v>
       </c>
       <c r="G37" s="3">
         <v>4</v>
       </c>
       <c r="H37" s="3">
-        <v>341.39</v>
+        <v>168.85</v>
       </c>
       <c r="I37" s="3">
-        <v>108.5</v>
+        <v>0</v>
       </c>
       <c r="J37" s="4">
-        <v>7.6E-3</v>
+        <v>2.4E-2</v>
       </c>
       <c r="K37" s="4">
-        <v>0.3513</v>
+        <v>7.1599999999999997E-2</v>
       </c>
       <c r="L37" s="4">
-        <v>0.19409999999999999</v>
+        <v>0.1008</v>
       </c>
       <c r="M37" s="4">
-        <v>0.1263</v>
+        <v>8.3299999999999999E-2</v>
       </c>
       <c r="N37" s="4">
-        <v>0.48180000000000001</v>
+        <v>0.46210000000000001</v>
       </c>
       <c r="O37" s="4">
-        <v>0.41399999999999998</v>
+        <v>-0.36630000000000001</v>
       </c>
       <c r="P37" s="3">
-        <v>71.489999999999995</v>
+        <v>22.56</v>
       </c>
       <c r="Q37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>2.1600000000000001E-2</v>
+        <v>0.18740000000000001</v>
       </c>
     </row>
     <row r="38" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B38" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F38" s="3">
         <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>4</v>
       </c>
       <c r="H38" s="3">
-        <v>180.97</v>
+        <v>320.33999999999997</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>108.5</v>
       </c>
       <c r="J38" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="K38" s="4">
-        <v>5.9200000000000003E-2</v>
+        <v>0.3513</v>
       </c>
       <c r="L38" s="4">
-        <v>4.7E-2</v>
+        <v>0.19409999999999999</v>
       </c>
       <c r="M38" s="4">
-        <v>9.4100000000000003E-2</v>
+        <v>0.1205</v>
       </c>
       <c r="N38" s="4">
-        <v>0.39369999999999999</v>
+        <v>0.48180000000000001</v>
       </c>
       <c r="O38" s="4">
-        <v>0.43890000000000001</v>
+        <v>0.41399999999999998</v>
       </c>
       <c r="P38" s="3">
-        <v>20.56</v>
+        <v>69.55</v>
       </c>
       <c r="Q38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R38" s="4">
-        <v>1.6E-2</v>
+        <v>0.53459999999999996</v>
       </c>
     </row>
     <row r="39" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B39" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F39" s="3">
         <v>4</v>
       </c>
       <c r="G39" s="3">
         <v>4</v>
       </c>
       <c r="H39" s="3">
-        <v>131.66999999999999</v>
+        <v>186.82</v>
       </c>
       <c r="I39" s="3">
-        <v>193.55</v>
+        <v>0</v>
       </c>
       <c r="J39" s="4">
-        <v>2.5399999999999999E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K39" s="4">
-        <v>7.9100000000000004E-2</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="L39" s="4">
-        <v>6.0699999999999997E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="M39" s="4">
-        <v>8.1799999999999998E-2</v>
+        <v>9.0399999999999994E-2</v>
       </c>
       <c r="N39" s="4">
-        <v>0.56899999999999995</v>
+        <v>0.39369999999999999</v>
       </c>
       <c r="O39" s="4">
-        <v>-0.71630000000000005</v>
+        <v>0.43890000000000001</v>
       </c>
       <c r="P39" s="3">
-        <v>22.84</v>
+        <v>21.2</v>
       </c>
       <c r="Q39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>1.9E-2</v>
+        <v>4.2099999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B40" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>53</v>
+        <v>339</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="3">
         <v>4</v>
       </c>
       <c r="G40" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H40" s="3">
-        <v>73.63</v>
+        <v>125.76</v>
       </c>
       <c r="I40" s="3">
-        <v>76.81</v>
+        <v>193.55</v>
       </c>
       <c r="J40" s="4">
-        <v>2.76E-2</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="K40" s="4">
-        <v>6.9699999999999998E-2</v>
+        <v>7.9100000000000004E-2</v>
       </c>
       <c r="L40" s="4">
-        <v>5.4600000000000003E-2</v>
+        <v>6.0699999999999997E-2</v>
       </c>
       <c r="M40" s="4">
-        <v>8.3400000000000002E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="N40" s="4">
-        <v>0.56389999999999996</v>
+        <v>0.56899999999999995</v>
       </c>
       <c r="O40" s="4">
-        <v>2.0827</v>
+        <v>-0.71630000000000005</v>
       </c>
       <c r="P40" s="3">
-        <v>21.66</v>
+        <v>22.08</v>
       </c>
       <c r="Q40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R40" s="4">
-        <v>1.9199999999999998E-2</v>
+        <v>3.1399999999999997E-2</v>
       </c>
     </row>
     <row r="41" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>175</v>
+        <v>53</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F41" s="3">
         <v>4</v>
       </c>
       <c r="G41" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H41" s="3">
-        <v>380.78</v>
+        <v>71.53</v>
       </c>
       <c r="I41" s="3">
-        <v>68.88</v>
+        <v>76.81</v>
       </c>
       <c r="J41" s="4">
-        <v>8.6999999999999994E-3</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="K41" s="4">
-        <v>0.31659999999999999</v>
+        <v>6.9699999999999998E-2</v>
       </c>
       <c r="L41" s="4">
-        <v>0.14729999999999999</v>
+        <v>5.4600000000000003E-2</v>
       </c>
       <c r="M41" s="4">
-        <v>0.13780000000000001</v>
+        <v>7.8399999999999997E-2</v>
       </c>
       <c r="N41" s="4">
-        <v>0.2</v>
+        <v>0.56389999999999996</v>
       </c>
       <c r="O41" s="4">
-        <v>0.11609999999999999</v>
+        <v>2.0827</v>
       </c>
       <c r="P41" s="3">
-        <v>25.28</v>
+        <v>21.22</v>
       </c>
       <c r="Q41" s="3">
         <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>1.17E-2</v>
+        <v>1.52E-2</v>
       </c>
     </row>
     <row r="42" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B42" s="3" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>55</v>
+        <v>175</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="3">
         <v>4</v>
       </c>
       <c r="G42" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H42" s="3">
-        <v>55.85</v>
+        <v>349.63</v>
       </c>
       <c r="I42" s="3">
-        <v>29.4</v>
+        <v>68.88</v>
       </c>
       <c r="J42" s="4">
-        <v>2.0299999999999999E-2</v>
+        <v>9.2999999999999992E-3</v>
       </c>
       <c r="K42" s="4">
-        <v>0.1434</v>
+        <v>0.31659999999999999</v>
       </c>
       <c r="L42" s="4">
-        <v>4.6300000000000001E-2</v>
+        <v>0.14729999999999999</v>
       </c>
       <c r="M42" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>0.13780000000000001</v>
       </c>
       <c r="N42" s="4">
-        <v>0.30669999999999997</v>
+        <v>0.2026</v>
       </c>
       <c r="O42" s="4">
-        <v>0.22239999999999999</v>
+        <v>0.11609999999999999</v>
       </c>
       <c r="P42" s="3">
-        <v>15.1</v>
+        <v>22.73</v>
       </c>
       <c r="Q42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>2.4400000000000002E-2</v>
+        <v>0.1268</v>
       </c>
     </row>
     <row r="43" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
-        <v>275</v>
+        <v>54</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>276</v>
+        <v>55</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F43" s="3">
         <v>4</v>
       </c>
       <c r="G43" s="3">
         <v>4</v>
       </c>
       <c r="H43" s="3">
-        <v>86.5</v>
+        <v>54.45</v>
       </c>
       <c r="I43" s="3">
-        <v>99.73</v>
+        <v>29.39</v>
       </c>
       <c r="J43" s="4">
-        <v>2.58E-2</v>
+        <v>2.07E-2</v>
       </c>
       <c r="K43" s="4">
-        <v>0.10780000000000001</v>
+        <v>0.1434</v>
       </c>
       <c r="L43" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>4.6300000000000001E-2</v>
       </c>
       <c r="M43" s="4">
-        <v>0.1215</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N43" s="4">
-        <v>0.28920000000000001</v>
+        <v>0.2681</v>
       </c>
       <c r="O43" s="4">
-        <v>0.33339999999999997</v>
+        <v>0.22239999999999999</v>
       </c>
       <c r="P43" s="3">
-        <v>13.02</v>
+        <v>14.27</v>
       </c>
       <c r="Q43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R43" s="4">
-        <v>1.61E-2</v>
+        <v>0.19620000000000001</v>
       </c>
     </row>
     <row r="44" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B44" s="3" t="s">
-        <v>435</v>
+        <v>274</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>434</v>
+        <v>275</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F44" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G44" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H44" s="3">
-        <v>75.05</v>
+        <v>82.99</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>106.99</v>
       </c>
       <c r="J44" s="4">
-        <v>1.0200000000000001E-2</v>
+        <v>2.7E-2</v>
       </c>
       <c r="K44" s="4">
-        <v>0.27829999999999999</v>
+        <v>0.10780000000000001</v>
       </c>
       <c r="L44" s="4">
-        <v>0.14080000000000001</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="M44" s="4">
-        <v>0.30599999999999999</v>
+        <v>0.111</v>
       </c>
       <c r="N44" s="4">
-        <v>0.3725</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O44" s="4">
-        <v>0.4178</v>
+        <v>0.29409999999999997</v>
       </c>
       <c r="P44" s="3">
-        <v>29.38</v>
+        <v>12.34</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>1.7100000000000001E-2</v>
+        <v>-0.309</v>
       </c>
     </row>
     <row r="45" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B45" s="3" t="s">
-        <v>559</v>
+        <v>424</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F45" s="3">
         <v>3</v>
       </c>
       <c r="G45" s="3">
         <v>3</v>
       </c>
       <c r="H45" s="3">
-        <v>54.45</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>74.239999999999995</v>
+      </c>
+      <c r="I45" s="3">
+        <v>0</v>
       </c>
       <c r="J45" s="4">
-        <v>0.12039999999999999</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="K45" s="4">
         <v>0.27829999999999999</v>
       </c>
       <c r="L45" s="4">
         <v>0.14080000000000001</v>
       </c>
       <c r="M45" s="4">
-        <v>0.30259999999999998</v>
+        <v>0.30599999999999999</v>
       </c>
       <c r="N45" s="4">
         <v>0.3725</v>
       </c>
       <c r="O45" s="4">
-        <v>0.37980000000000003</v>
+        <v>0.4178</v>
       </c>
       <c r="P45" s="3">
-        <v>29.38</v>
+        <v>29.62</v>
       </c>
       <c r="Q45" s="3">
         <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>1.7100000000000001E-2</v>
+        <v>0.91990000000000005</v>
       </c>
     </row>
     <row r="46" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B46" s="3" t="s">
-        <v>56</v>
+        <v>557</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>57</v>
+        <v>558</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F46" s="3">
         <v>3</v>
       </c>
       <c r="G46" s="3">
         <v>3</v>
       </c>
       <c r="H46" s="3">
-        <v>32.270000000000003</v>
+        <v>31.38</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
       <c r="J46" s="4">
-        <v>3.95E-2</v>
+        <v>2.7400000000000001E-2</v>
       </c>
       <c r="K46" s="4">
-        <v>3.32E-2</v>
+        <v>0.18909999999999999</v>
       </c>
       <c r="L46" s="4">
-        <v>1.0200000000000001E-2</v>
+        <v>0.1774</v>
       </c>
       <c r="M46" s="4">
-        <v>7.4399999999999994E-2</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="N46" s="4">
-        <v>0.40849999999999997</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="O46" s="4">
-        <v>0.4733</v>
+        <v>1.0564</v>
       </c>
       <c r="P46" s="3">
-        <v>13.98</v>
+        <v>18.100000000000001</v>
       </c>
       <c r="Q46" s="3">
         <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>3.5799999999999998E-2</v>
+        <v>0.36249999999999999</v>
       </c>
     </row>
     <row r="47" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B47" s="3" t="s">
-        <v>301</v>
+        <v>56</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>302</v>
+        <v>57</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="3">
         <v>3</v>
       </c>
       <c r="G47" s="3">
         <v>3</v>
       </c>
       <c r="H47" s="3">
-        <v>117.21</v>
+        <v>35.11</v>
       </c>
       <c r="I47" s="3">
-        <v>44.52</v>
+        <v>0</v>
       </c>
       <c r="J47" s="4">
-        <v>1.83E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="K47" s="4">
-        <v>0.12089999999999999</v>
+        <v>3.32E-2</v>
       </c>
       <c r="L47" s="4">
-        <v>4.5499999999999999E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="M47" s="4">
-        <v>0.1003</v>
+        <v>7.4399999999999994E-2</v>
       </c>
       <c r="N47" s="4">
-        <v>0.31090000000000001</v>
+        <v>0</v>
       </c>
       <c r="O47" s="4">
-        <v>1.0582</v>
+        <v>0.4733</v>
       </c>
       <c r="P47" s="3">
-        <v>16.72</v>
+        <v>15.16</v>
       </c>
       <c r="Q47" s="3">
         <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>0.14990000000000001</v>
       </c>
     </row>
     <row r="48" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
-        <v>58</v>
+        <v>559</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>59</v>
+        <v>560</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F48" s="3">
         <v>4</v>
       </c>
       <c r="G48" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H48" s="3">
-        <v>1087.95</v>
+        <v>48.74</v>
       </c>
       <c r="I48" s="3">
-        <v>400.74</v>
+        <v>38.22</v>
       </c>
       <c r="J48" s="4">
-        <v>1.9699999999999999E-2</v>
+        <v>3.73E-2</v>
       </c>
       <c r="K48" s="4">
-        <v>3.8300000000000001E-2</v>
+        <v>3.8399999999999997E-2</v>
       </c>
       <c r="L48" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>0.43540000000000001</v>
       </c>
       <c r="M48" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>5.7599999999999998E-2</v>
       </c>
       <c r="N48" s="4">
-        <v>0.4869</v>
+        <v>0</v>
       </c>
       <c r="O48" s="4">
-        <v>0.81769999999999998</v>
+        <v>0</v>
       </c>
       <c r="P48" s="3">
-        <v>27.55</v>
+        <v>0</v>
       </c>
       <c r="Q48" s="3">
         <v>1</v>
       </c>
       <c r="R48" s="4">
-        <v>2.2499999999999999E-2</v>
+        <v>0.23730000000000001</v>
       </c>
     </row>
     <row r="49" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B49" s="3" t="s">
-        <v>60</v>
+        <v>561</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>61</v>
+        <v>560</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F49" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G49" s="3">
         <v>4</v>
       </c>
       <c r="H49" s="3">
-        <v>182.8</v>
+        <v>66.45</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>51.6</v>
       </c>
       <c r="J49" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>3.6900000000000002E-2</v>
       </c>
       <c r="K49" s="4">
-        <v>0.2263</v>
+        <v>3.8399999999999997E-2</v>
       </c>
       <c r="L49" s="4">
-        <v>0.16189999999999999</v>
+        <v>0.43540000000000001</v>
       </c>
       <c r="M49" s="4">
-        <v>0.1615</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="N49" s="4">
-        <v>0.28710000000000002</v>
+        <v>0</v>
       </c>
       <c r="O49" s="4">
-        <v>0.25119999999999998</v>
+        <v>0</v>
       </c>
       <c r="P49" s="3">
-        <v>38.71</v>
+        <v>0</v>
       </c>
       <c r="Q49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R49" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>0.16139999999999999</v>
       </c>
     </row>
     <row r="50" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G50" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H50" s="3">
-        <v>129.77000000000001</v>
+        <v>119.36</v>
       </c>
       <c r="I50" s="3">
-        <v>105.21</v>
+        <v>44.52</v>
       </c>
       <c r="J50" s="4">
-        <v>3.73E-2</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K50" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>0.12089999999999999</v>
       </c>
       <c r="L50" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="M50" s="4">
-        <v>8.9899999999999994E-2</v>
+        <v>0.1003</v>
       </c>
       <c r="N50" s="4">
-        <v>0.55969999999999998</v>
+        <v>0.26719999999999999</v>
       </c>
       <c r="O50" s="4">
-        <v>0.1336</v>
+        <v>1.0582</v>
       </c>
       <c r="P50" s="3">
-        <v>15.64</v>
+        <v>16.09</v>
       </c>
       <c r="Q50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>4.4299999999999999E-2</v>
+        <v>0.45779999999999998</v>
       </c>
     </row>
     <row r="51" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B51" s="3" t="s">
-        <v>292</v>
+        <v>58</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>291</v>
+        <v>59</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="3">
         <v>4</v>
       </c>
       <c r="G51" s="3">
         <v>4</v>
       </c>
       <c r="H51" s="3">
-        <v>178.46</v>
+        <v>1069.3900000000001</v>
       </c>
       <c r="I51" s="3">
-        <v>140.28</v>
+        <v>744.9</v>
       </c>
       <c r="J51" s="4">
-        <v>3.73E-2</v>
+        <v>2.0500000000000001E-2</v>
       </c>
       <c r="K51" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>3.8300000000000001E-2</v>
       </c>
       <c r="L51" s="4">
         <v>7.1499999999999994E-2</v>
       </c>
       <c r="M51" s="4">
-        <v>8.9899999999999994E-2</v>
+        <v>6.7699999999999996E-2</v>
       </c>
       <c r="N51" s="4">
-        <v>0.55969999999999998</v>
+        <v>0</v>
       </c>
       <c r="O51" s="4">
-        <v>0.1336</v>
+        <v>0.81769999999999998</v>
       </c>
       <c r="P51" s="3">
-        <v>15.64</v>
+        <v>30.88</v>
       </c>
       <c r="Q51" s="3">
         <v>1</v>
       </c>
       <c r="R51" s="4">
-        <v>4.4299999999999999E-2</v>
+        <v>0.12720000000000001</v>
       </c>
     </row>
     <row r="52" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B52" s="3" t="s">
-        <v>239</v>
+        <v>60</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>240</v>
+        <v>61</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F52" s="3">
         <v>3</v>
       </c>
       <c r="G52" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H52" s="3">
-        <v>126.31</v>
+        <v>147.37</v>
       </c>
       <c r="I52" s="3">
-        <v>-330</v>
+        <v>0</v>
       </c>
       <c r="J52" s="4">
-        <v>2.4E-2</v>
+        <v>1.0500000000000001E-2</v>
       </c>
       <c r="K52" s="4">
-        <v>0.13619999999999999</v>
+        <v>0.2263</v>
       </c>
       <c r="L52" s="4">
-        <v>5.74E-2</v>
+        <v>0.16189999999999999</v>
       </c>
       <c r="M52" s="4">
-        <v>0.1263</v>
+        <v>0.15820000000000001</v>
       </c>
       <c r="N52" s="4">
-        <v>0.3</v>
+        <v>0.30790000000000001</v>
       </c>
       <c r="O52" s="4">
-        <v>0.32319999999999999</v>
+        <v>0.25650000000000001</v>
       </c>
       <c r="P52" s="3">
-        <v>11.06</v>
+        <v>30.78</v>
       </c>
       <c r="Q52" s="3">
         <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>2.8799999999999999E-2</v>
+        <v>-0.29089999999999999</v>
       </c>
     </row>
     <row r="53" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B53" s="3" t="s">
-        <v>62</v>
+        <v>289</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>63</v>
+        <v>290</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F53" s="3">
         <v>4</v>
       </c>
       <c r="G53" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H53" s="3">
-        <v>228.24</v>
+        <v>141.22999999999999</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>105.21</v>
       </c>
       <c r="J53" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>3.56E-2</v>
       </c>
       <c r="K53" s="4">
-        <v>0.13139999999999999</v>
+        <v>6.8400000000000002E-2</v>
       </c>
       <c r="L53" s="4">
-        <v>8.5400000000000004E-2</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="M53" s="4">
-        <v>0.10680000000000001</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N53" s="4">
-        <v>0.4909</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O53" s="4">
-        <v>0.33589999999999998</v>
+        <v>0.1336</v>
       </c>
       <c r="P53" s="3">
-        <v>27.47</v>
+        <v>16.55</v>
       </c>
       <c r="Q53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R53" s="4">
-        <v>1.67E-2</v>
+        <v>0.47870000000000001</v>
       </c>
     </row>
     <row r="54" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B54" s="3" t="s">
-        <v>436</v>
+        <v>291</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>437</v>
+        <v>290</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G54" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H54" s="3">
-        <v>26.09</v>
+        <v>193.03</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>140.28</v>
       </c>
       <c r="J54" s="4">
-        <v>4.7699999999999999E-2</v>
+        <v>3.5299999999999998E-2</v>
       </c>
       <c r="K54" s="4">
-        <v>0.21659999999999999</v>
+        <v>6.8400000000000002E-2</v>
       </c>
       <c r="L54" s="4">
-        <v>5.0299999999999997E-2</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="M54" s="4">
-        <v>6.2300000000000001E-2</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N54" s="4">
-        <v>0.99590000000000001</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O54" s="4">
-        <v>1.1958</v>
+        <v>0.1336</v>
       </c>
       <c r="P54" s="3">
-        <v>23.86</v>
+        <v>16.55</v>
       </c>
       <c r="Q54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R54" s="4">
-        <v>4.2999999999999997E-2</v>
+        <v>0.3881</v>
       </c>
     </row>
     <row r="55" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
-        <v>190</v>
+        <v>238</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>191</v>
+        <v>239</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G55" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H55" s="3">
-        <v>44.19</v>
+        <v>141.47</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>-330</v>
       </c>
       <c r="J55" s="4">
-        <v>2.52E-2</v>
+        <v>2.1899999999999999E-2</v>
       </c>
       <c r="K55" s="4">
-        <v>5.3699999999999998E-2</v>
+        <v>0.13619999999999999</v>
       </c>
       <c r="L55" s="4">
-        <v>0.13</v>
+        <v>5.74E-2</v>
       </c>
       <c r="M55" s="4">
-        <v>8.0600000000000005E-2</v>
+        <v>0.1263</v>
       </c>
       <c r="N55" s="4">
-        <v>0.35520000000000002</v>
+        <v>0.2291</v>
       </c>
       <c r="O55" s="4">
-        <v>0.40100000000000002</v>
+        <v>0.32319999999999999</v>
       </c>
       <c r="P55" s="3">
-        <v>15.84</v>
+        <v>11.09</v>
       </c>
       <c r="Q55" s="3">
         <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>0.40560000000000002</v>
       </c>
     </row>
     <row r="56" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B56" s="3" t="s">
-        <v>438</v>
+        <v>62</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>439</v>
+        <v>63</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G56" s="3">
         <v>3</v>
       </c>
       <c r="H56" s="3">
-        <v>83.36</v>
+        <v>185.99</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
       <c r="J56" s="4">
-        <v>6.3899999999999998E-2</v>
+        <v>1.9699999999999999E-2</v>
       </c>
       <c r="K56" s="4">
-        <v>0.80359999999999998</v>
+        <v>0.13139999999999999</v>
       </c>
       <c r="L56" s="4">
-        <v>0.25040000000000001</v>
+        <v>8.5400000000000004E-2</v>
       </c>
       <c r="M56" s="4">
-        <v>0.30449999999999999</v>
+        <v>0.10290000000000001</v>
       </c>
       <c r="N56" s="4">
-        <v>0.33329999999999999</v>
+        <v>0.4909</v>
       </c>
       <c r="O56" s="4">
-        <v>0.33360000000000001</v>
+        <v>0.33589999999999998</v>
       </c>
       <c r="P56" s="3">
-        <v>3.29</v>
+        <v>22.61</v>
       </c>
       <c r="Q56" s="3">
         <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>4.02E-2</v>
+        <v>-0.15579999999999999</v>
       </c>
     </row>
     <row r="57" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B57" s="3" t="s">
-        <v>351</v>
+        <v>425</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>352</v>
+        <v>426</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="F57" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G57" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H57" s="3">
-        <v>573.42999999999995</v>
+        <v>26.66</v>
       </c>
       <c r="I57" s="3">
-        <v>80.56</v>
+        <v>0</v>
       </c>
       <c r="J57" s="4">
-        <v>4.1000000000000003E-3</v>
+        <v>4.6399999999999997E-2</v>
       </c>
       <c r="K57" s="4">
-        <v>0.1174</v>
+        <v>0.21659999999999999</v>
       </c>
       <c r="L57" s="4">
-        <v>0.15049999999999999</v>
+        <v>5.0299999999999997E-2</v>
       </c>
       <c r="M57" s="4">
-        <v>0.1048</v>
+        <v>6.2300000000000001E-2</v>
       </c>
       <c r="N57" s="4">
-        <v>0.13789999999999999</v>
+        <v>0.99590000000000001</v>
       </c>
       <c r="O57" s="4">
-        <v>0.1153</v>
+        <v>1.1958</v>
       </c>
       <c r="P57" s="3">
-        <v>34.35</v>
+        <v>24.7</v>
       </c>
       <c r="Q57" s="3">
         <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>6.3E-3</v>
+        <v>7.2800000000000004E-2</v>
       </c>
     </row>
     <row r="58" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B58" s="3" t="s">
-        <v>512</v>
+        <v>190</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>64</v>
+        <v>191</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F58" s="3">
         <v>4</v>
       </c>
       <c r="G58" s="3">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>583.07000000000005</v>
+        <v>4</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="I58" s="3">
-        <v>104.69</v>
-[...2 lines deleted...]
-        <v>1.0500000000000001E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J58" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="K58" s="4">
-        <v>0.29680000000000001</v>
+        <v>5.3699999999999998E-2</v>
       </c>
       <c r="L58" s="4">
-        <v>9.1499999999999998E-2</v>
+        <v>0.13</v>
       </c>
       <c r="M58" s="4">
-        <v>7.5899999999999995E-2</v>
+        <v>8.0600000000000005E-2</v>
       </c>
       <c r="N58" s="4">
-        <v>0.24560000000000001</v>
-[...2 lines deleted...]
-        <v>0.36020000000000002</v>
+        <v>0.37840000000000001</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="P58" s="3">
-        <v>29.57</v>
+        <v>14.94</v>
       </c>
       <c r="Q58" s="3">
         <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>1.8700000000000001E-2</v>
+        <v>0.2666</v>
       </c>
     </row>
     <row r="59" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B59" s="3" t="s">
-        <v>241</v>
+        <v>427</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>242</v>
+        <v>428</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F59" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G59" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H59" s="3">
-        <v>251.57</v>
+        <v>85.21</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
       <c r="J59" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.4299999999999997E-2</v>
       </c>
       <c r="K59" s="4">
-        <v>0.16889999999999999</v>
+        <v>0.80410000000000004</v>
       </c>
       <c r="L59" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.24809999999999999</v>
       </c>
       <c r="M59" s="4">
-        <v>0.11600000000000001</v>
+        <v>0.30449999999999999</v>
       </c>
       <c r="N59" s="4">
-        <v>0.32769999999999999</v>
+        <v>0.33329999999999999</v>
       </c>
       <c r="O59" s="4">
-        <v>0.2394</v>
+        <v>0.36049999999999999</v>
       </c>
       <c r="P59" s="3">
-        <v>26.55</v>
+        <v>3.54</v>
       </c>
       <c r="Q59" s="3">
         <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>1.4E-2</v>
+        <v>-0.1449</v>
       </c>
     </row>
     <row r="60" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B60" s="3" t="s">
-        <v>375</v>
+        <v>344</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>65</v>
+        <v>345</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F60" s="3">
         <v>4</v>
       </c>
       <c r="G60" s="3">
         <v>4</v>
       </c>
       <c r="H60" s="3">
-        <v>62.81</v>
+        <v>640.54999999999995</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>80.56</v>
       </c>
       <c r="J60" s="4">
-        <v>1.46E-2</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="K60" s="4">
-        <v>5.74E-2</v>
+        <v>0.1174</v>
       </c>
       <c r="L60" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>0.15049999999999999</v>
       </c>
       <c r="M60" s="4">
-        <v>0.1056</v>
+        <v>0.1048</v>
       </c>
       <c r="N60" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.13789999999999999</v>
       </c>
       <c r="O60" s="4">
-        <v>0.26069999999999999</v>
+        <v>0.1153</v>
       </c>
       <c r="P60" s="3">
-        <v>18.64</v>
+        <v>38.49</v>
       </c>
       <c r="Q60" s="3">
         <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>0.498</v>
       </c>
     </row>
     <row r="61" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B61" s="3" t="s">
-        <v>376</v>
+        <v>497</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F61" s="3">
         <v>4</v>
       </c>
       <c r="G61" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H61" s="3">
-        <v>87.09</v>
+        <v>702.68</v>
       </c>
       <c r="I61" s="3">
-        <v>39.5</v>
+        <v>104.69</v>
       </c>
       <c r="J61" s="4">
-        <v>1.52E-2</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="K61" s="4">
-        <v>5.74E-2</v>
+        <v>0.29680000000000001</v>
       </c>
       <c r="L61" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>9.1499999999999998E-2</v>
       </c>
       <c r="M61" s="4">
-        <v>0.122</v>
+        <v>7.5899999999999995E-2</v>
       </c>
       <c r="N61" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.30759999999999998</v>
       </c>
       <c r="O61" s="4">
-        <v>0.26229999999999998</v>
+        <v>0.36880000000000002</v>
       </c>
       <c r="P61" s="3">
-        <v>18.64</v>
+        <v>37.340000000000003</v>
       </c>
       <c r="Q61" s="3">
         <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>0.93759999999999999</v>
       </c>
     </row>
     <row r="62" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B62" s="3" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>65</v>
+        <v>241</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F62" s="3">
         <v>4</v>
       </c>
       <c r="G62" s="3">
         <v>4</v>
       </c>
       <c r="H62" s="3">
-        <v>86.76</v>
+        <v>268.26</v>
       </c>
       <c r="I62" s="3">
-        <v>39.5</v>
+        <v>0</v>
       </c>
       <c r="J62" s="4">
-        <v>1.4999999999999999E-2</v>
+        <v>1.09E-2</v>
       </c>
       <c r="K62" s="4">
-        <v>5.74E-2</v>
+        <v>0.16889999999999999</v>
       </c>
       <c r="L62" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M62" s="4">
-        <v>0.122</v>
+        <v>0.1076</v>
       </c>
       <c r="N62" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.32769999999999999</v>
       </c>
       <c r="O62" s="4">
-        <v>0.26229999999999998</v>
+        <v>0.2394</v>
       </c>
       <c r="P62" s="3">
-        <v>18.64</v>
+        <v>28.85</v>
       </c>
       <c r="Q62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>0.27410000000000001</v>
       </c>
     </row>
     <row r="63" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B63" s="3" t="s">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>378</v>
+        <v>65</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F63" s="3">
         <v>4</v>
       </c>
       <c r="G63" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H63" s="3">
-        <v>125.54</v>
+        <v>61.27</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
       <c r="J63" s="4">
-        <v>4.1599999999999998E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="K63" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>5.74E-2</v>
       </c>
       <c r="L63" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M63" s="4">
-        <v>9.1899999999999996E-2</v>
+        <v>0.1056</v>
       </c>
       <c r="N63" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.24479999999999999</v>
       </c>
       <c r="O63" s="4">
-        <v>0.82220000000000004</v>
+        <v>0.26069999999999999</v>
       </c>
       <c r="P63" s="3">
-        <v>12.31</v>
+        <v>18.18</v>
       </c>
       <c r="Q63" s="3">
         <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>4.3499999999999997E-2</v>
+        <v>0.2666</v>
       </c>
     </row>
     <row r="64" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B64" s="3" t="s">
-        <v>67</v>
+        <v>365</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F64" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G64" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H64" s="3">
-        <v>139.47</v>
+        <v>83.83</v>
       </c>
       <c r="I64" s="3">
-        <v>97.63</v>
+        <v>39.5</v>
       </c>
       <c r="J64" s="4">
-        <v>1.7899999999999999E-2</v>
+        <v>1.52E-2</v>
       </c>
       <c r="K64" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>5.74E-2</v>
       </c>
       <c r="L64" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M64" s="4">
-        <v>0.10349999999999999</v>
+        <v>0.1128</v>
       </c>
       <c r="N64" s="4">
-        <v>0.31009999999999999</v>
+        <v>0.24479999999999999</v>
       </c>
       <c r="O64" s="4">
-        <v>0.3271</v>
+        <v>0.26229999999999998</v>
       </c>
       <c r="P64" s="3">
-        <v>17.79</v>
+        <v>18.18</v>
       </c>
       <c r="Q64" s="3">
         <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>1.21E-2</v>
+        <v>0.20830000000000001</v>
       </c>
     </row>
     <row r="65" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B65" s="3" t="s">
-        <v>202</v>
+        <v>66</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F65" s="3">
         <v>4</v>
       </c>
       <c r="G65" s="3">
         <v>4</v>
       </c>
       <c r="H65" s="3">
-        <v>129.47999999999999</v>
+        <v>83.84</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>39.5</v>
       </c>
       <c r="J65" s="4">
-        <v>3.1E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="K65" s="4">
-        <v>0.13819999999999999</v>
+        <v>5.74E-2</v>
       </c>
       <c r="L65" s="4">
-        <v>8.7300000000000003E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M65" s="4">
-        <v>6.7500000000000004E-2</v>
+        <v>0.1128</v>
       </c>
       <c r="N65" s="4">
-        <v>0.42559999999999998</v>
+        <v>0.24479999999999999</v>
       </c>
       <c r="O65" s="4">
-        <v>17.497</v>
+        <v>0.26229999999999998</v>
       </c>
       <c r="P65" s="3">
-        <v>13.28</v>
+        <v>18.18</v>
       </c>
       <c r="Q65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R65" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>0.1913</v>
       </c>
     </row>
     <row r="66" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B66" s="3" t="s">
-        <v>243</v>
+        <v>366</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>244</v>
+        <v>367</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F66" s="3">
         <v>4</v>
       </c>
       <c r="G66" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H66" s="3">
-        <v>166.92</v>
+        <v>127.23</v>
       </c>
       <c r="I66" s="3">
-        <v>84.24</v>
+        <v>0</v>
       </c>
       <c r="J66" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>4.2500000000000003E-2</v>
       </c>
       <c r="K66" s="4">
-        <v>0.1229</v>
+        <v>2.7199999999999998E-2</v>
       </c>
       <c r="L66" s="4">
-        <v>9.8900000000000002E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="M66" s="4">
-        <v>7.7100000000000002E-2</v>
+        <v>9.1899999999999996E-2</v>
       </c>
       <c r="N66" s="4">
-        <v>0.22120000000000001</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O66" s="4">
-        <v>0.1852</v>
+        <v>0.82220000000000004</v>
       </c>
       <c r="P66" s="3">
-        <v>12.45</v>
+        <v>12.13</v>
       </c>
       <c r="Q66" s="3">
         <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>2.52E-2</v>
+        <v>0.2016</v>
       </c>
     </row>
     <row r="67" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B67" s="3" t="s">
-        <v>440</v>
+        <v>67</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>441</v>
+        <v>68</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F67" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G67" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H67" s="3">
-        <v>92.33</v>
+        <v>126.09</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>97.63</v>
       </c>
       <c r="J67" s="4">
-        <v>3.3500000000000002E-2</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="K67" s="4">
-        <v>0.126</v>
+        <v>7.7399999999999997E-2</v>
       </c>
       <c r="L67" s="4">
-        <v>8.3699999999999997E-2</v>
+        <v>3.6600000000000001E-2</v>
       </c>
       <c r="M67" s="4">
-        <v>6.3899999999999998E-2</v>
+        <v>0.1007</v>
       </c>
       <c r="N67" s="4">
-        <v>0.45</v>
+        <v>0.31009999999999999</v>
       </c>
       <c r="O67" s="4">
-        <v>0.34360000000000002</v>
+        <v>0.3271</v>
       </c>
       <c r="P67" s="3">
-        <v>14.95</v>
+        <v>16.04</v>
       </c>
       <c r="Q67" s="3">
         <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>5.1200000000000002E-2</v>
+        <v>-0.35120000000000001</v>
       </c>
     </row>
     <row r="68" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B68" s="3" t="s">
-        <v>442</v>
+        <v>201</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>441</v>
+        <v>202</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="3">
         <v>4</v>
       </c>
       <c r="G68" s="3">
         <v>4</v>
       </c>
       <c r="H68" s="3">
-        <v>126.99</v>
+        <v>140.52000000000001</v>
       </c>
       <c r="I68" s="3">
-        <v>81.48</v>
+        <v>0</v>
       </c>
       <c r="J68" s="4">
-        <v>3.3399999999999999E-2</v>
+        <v>2.8799999999999999E-2</v>
       </c>
       <c r="K68" s="4">
-        <v>0.126</v>
+        <v>0.13819999999999999</v>
       </c>
       <c r="L68" s="4">
-        <v>8.3699999999999997E-2</v>
+        <v>8.7300000000000003E-2</v>
       </c>
       <c r="M68" s="4">
-        <v>6.3899999999999998E-2</v>
+        <v>6.6699999999999995E-2</v>
       </c>
       <c r="N68" s="4">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="O68" s="4">
-        <v>0.34350000000000003</v>
+        <v>17.497</v>
       </c>
       <c r="P68" s="3">
-        <v>14.95</v>
+        <v>14.47</v>
       </c>
       <c r="Q68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>5.1200000000000002E-2</v>
+        <v>5.5199999999999999E-2</v>
       </c>
     </row>
     <row r="69" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B69" s="3" t="s">
-        <v>379</v>
+        <v>242</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>380</v>
+        <v>243</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G69" s="3">
         <v>4</v>
       </c>
       <c r="H69" s="3">
-        <v>29.24</v>
+        <v>163.87</v>
       </c>
       <c r="I69" s="3">
-        <v>57.48</v>
+        <v>84.24</v>
       </c>
       <c r="J69" s="4">
-        <v>4.4600000000000001E-2</v>
+        <v>2.3099999999999999E-2</v>
       </c>
       <c r="K69" s="4">
-        <v>0.2142</v>
+        <v>0.1229</v>
       </c>
       <c r="L69" s="4">
-        <v>3.5499999999999997E-2</v>
+        <v>9.8900000000000002E-2</v>
       </c>
       <c r="M69" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>7.4499999999999997E-2</v>
       </c>
       <c r="N69" s="4">
-        <v>0.30030000000000001</v>
+        <v>0.22120000000000001</v>
       </c>
       <c r="O69" s="4">
-        <v>0.26889999999999997</v>
+        <v>0.1852</v>
       </c>
       <c r="P69" s="3">
-        <v>4.91</v>
+        <v>12.09</v>
       </c>
       <c r="Q69" s="3">
         <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>2.76E-2</v>
+        <v>0.21379999999999999</v>
       </c>
     </row>
     <row r="70" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B70" s="3" t="s">
-        <v>312</v>
+        <v>429</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>313</v>
+        <v>430</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F70" s="3">
         <v>4</v>
       </c>
       <c r="G70" s="3">
         <v>4</v>
       </c>
       <c r="H70" s="3">
-        <v>519.49</v>
+        <v>94.91</v>
       </c>
       <c r="I70" s="3">
-        <v>231.43</v>
+        <v>0</v>
       </c>
       <c r="J70" s="4">
-        <v>1.5800000000000002E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
       <c r="K70" s="4">
-        <v>0.12130000000000001</v>
+        <v>0.126</v>
       </c>
       <c r="L70" s="4">
-        <v>0.1113</v>
+        <v>8.3699999999999997E-2</v>
       </c>
       <c r="M70" s="4">
-        <v>7.6700000000000004E-2</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="N70" s="4">
-        <v>0.24560000000000001</v>
+        <v>0.45</v>
       </c>
       <c r="O70" s="4">
-        <v>0.45129999999999998</v>
+        <v>0.34360000000000002</v>
       </c>
       <c r="P70" s="3">
-        <v>26.3</v>
+        <v>15.12</v>
       </c>
       <c r="Q70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>2.5399999999999999E-2</v>
+        <v>0.64390000000000003</v>
       </c>
     </row>
     <row r="71" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B71" s="3" t="s">
-        <v>69</v>
+        <v>431</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>70</v>
+        <v>430</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G71" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H71" s="3">
-        <v>69.760000000000005</v>
+        <v>129.43</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
+        <v>81.48</v>
       </c>
       <c r="J71" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="K71" s="4">
-        <v>7.5399999999999995E-2</v>
+        <v>0.126</v>
       </c>
       <c r="L71" s="4">
-        <v>5.2600000000000001E-2</v>
+        <v>8.3699999999999997E-2</v>
       </c>
       <c r="M71" s="4">
-        <v>5.5399999999999998E-2</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="N71" s="4">
-        <v>0.64839999999999998</v>
+        <v>0.45</v>
       </c>
       <c r="O71" s="4">
-        <v>-0.43240000000000001</v>
+        <v>0.34350000000000003</v>
       </c>
       <c r="P71" s="3">
-        <v>20.81</v>
+        <v>15.12</v>
       </c>
       <c r="Q71" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R71" s="4">
-        <v>3.0099999999999998E-2</v>
+        <v>0.54369999999999996</v>
       </c>
     </row>
     <row r="72" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B72" s="3" t="s">
-        <v>232</v>
+        <v>368</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>233</v>
+        <v>369</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F72" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G72" s="3">
         <v>4</v>
       </c>
       <c r="H72" s="3">
-        <v>98.21</v>
+        <v>29.78</v>
       </c>
       <c r="I72" s="3">
-        <v>93.37</v>
+        <v>57.48</v>
       </c>
       <c r="J72" s="4">
-        <v>2.5899999999999999E-2</v>
+        <v>4.4600000000000001E-2</v>
       </c>
       <c r="K72" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.2142</v>
       </c>
       <c r="L72" s="4">
-        <v>4.4699999999999997E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="M72" s="4">
-        <v>9.0700000000000003E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N72" s="4">
-        <v>0.48070000000000002</v>
+        <v>0.2399</v>
       </c>
       <c r="O72" s="4">
-        <v>0.63570000000000004</v>
+        <v>0.25440000000000002</v>
       </c>
       <c r="P72" s="3">
-        <v>18.399999999999999</v>
+        <v>5.5</v>
       </c>
       <c r="Q72" s="3">
         <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>1.9E-2</v>
+        <v>-9.1999999999999998E-3</v>
       </c>
     </row>
     <row r="73" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B73" s="3" t="s">
-        <v>234</v>
+        <v>311</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>233</v>
+        <v>312</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F73" s="3">
         <v>4</v>
       </c>
       <c r="G73" s="3">
         <v>4</v>
       </c>
       <c r="H73" s="3">
-        <v>135.1</v>
+        <v>603.08000000000004</v>
       </c>
       <c r="I73" s="3">
-        <v>133.12</v>
+        <v>231.43</v>
       </c>
       <c r="J73" s="4">
-        <v>2.6200000000000001E-2</v>
+        <v>1.34E-2</v>
       </c>
       <c r="K73" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.12130000000000001</v>
       </c>
       <c r="L73" s="4">
-        <v>4.4699999999999997E-2</v>
+        <v>0.1113</v>
       </c>
       <c r="M73" s="4">
-        <v>9.0700000000000003E-2</v>
+        <v>7.51E-2</v>
       </c>
       <c r="N73" s="4">
-        <v>0.48070000000000002</v>
+        <v>0.24560000000000001</v>
       </c>
       <c r="O73" s="4">
-        <v>0.6371</v>
+        <v>0.45129999999999998</v>
       </c>
       <c r="P73" s="3">
-        <v>18.399999999999999</v>
+        <v>31.28</v>
       </c>
       <c r="Q73" s="3">
         <v>1</v>
       </c>
       <c r="R73" s="4">
-        <v>1.9E-2</v>
+        <v>0.74339999999999995</v>
       </c>
     </row>
     <row r="74" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B74" s="3" t="s">
-        <v>513</v>
+        <v>69</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>443</v>
+        <v>70</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F74" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G74" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H74" s="3">
-        <v>24.79</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>71.77</v>
+      </c>
+      <c r="I74" s="3">
+        <v>0</v>
       </c>
       <c r="J74" s="4">
-        <v>2.9100000000000001E-2</v>
+        <v>3.0800000000000001E-2</v>
       </c>
       <c r="K74" s="4">
-        <v>0.11020000000000001</v>
+        <v>7.5399999999999995E-2</v>
       </c>
       <c r="L74" s="4">
-        <v>7.6200000000000004E-2</v>
+        <v>5.2600000000000001E-2</v>
       </c>
       <c r="M74" s="4">
-        <v>0.33679999999999999</v>
+        <v>5.5399999999999998E-2</v>
       </c>
       <c r="N74" s="4">
-        <v>0.7863</v>
+        <v>0.64839999999999998</v>
       </c>
       <c r="O74" s="4">
-        <v>1.5217000000000001</v>
+        <v>-0.43240000000000001</v>
       </c>
       <c r="P74" s="3">
-        <v>23.2</v>
+        <v>21.6</v>
       </c>
       <c r="Q74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>2.9600000000000001E-2</v>
+        <v>9.3600000000000003E-2</v>
       </c>
     </row>
     <row r="75" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B75" s="3" t="s">
-        <v>267</v>
+        <v>231</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>268</v>
+        <v>232</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F75" s="3">
         <v>4</v>
       </c>
       <c r="G75" s="3">
         <v>4</v>
       </c>
       <c r="H75" s="3">
-        <v>59</v>
+        <v>96.53</v>
       </c>
       <c r="I75" s="3">
-        <v>43.77</v>
+        <v>93.37</v>
       </c>
       <c r="J75" s="4">
-        <v>4.6399999999999997E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="K75" s="4">
-        <v>0.2908</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="L75" s="4">
-        <v>0.12529999999999999</v>
+        <v>4.4699999999999997E-2</v>
       </c>
       <c r="M75" s="4">
-        <v>6.2199999999999998E-2</v>
+        <v>8.6900000000000005E-2</v>
       </c>
       <c r="N75" s="4">
-        <v>0.50380000000000003</v>
+        <v>0.46779999999999999</v>
       </c>
       <c r="O75" s="4">
-        <v>1.8146</v>
+        <v>0.65110000000000001</v>
       </c>
       <c r="P75" s="3">
-        <v>21.3</v>
+        <v>17.28</v>
       </c>
       <c r="Q75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>5.2900000000000003E-2</v>
+        <v>-5.5999999999999999E-3</v>
       </c>
     </row>
     <row r="76" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B76" s="3" t="s">
-        <v>269</v>
+        <v>233</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>268</v>
+        <v>232</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F76" s="3">
         <v>4</v>
       </c>
       <c r="G76" s="3">
         <v>4</v>
       </c>
       <c r="H76" s="3">
-        <v>43.17</v>
+        <v>131.63999999999999</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>133.12</v>
       </c>
       <c r="J76" s="4">
-        <v>4.5400000000000003E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="K76" s="4">
-        <v>0.2908</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="L76" s="4">
-        <v>0.12529999999999999</v>
+        <v>4.4699999999999997E-2</v>
       </c>
       <c r="M76" s="4">
-        <v>6.2399999999999997E-2</v>
+        <v>8.6900000000000005E-2</v>
       </c>
       <c r="N76" s="4">
-        <v>0.50380000000000003</v>
+        <v>0.46779999999999999</v>
       </c>
       <c r="O76" s="4">
-        <v>1.7773000000000001</v>
+        <v>0.65110000000000001</v>
       </c>
       <c r="P76" s="3">
-        <v>21.3</v>
+        <v>17.28</v>
       </c>
       <c r="Q76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R76" s="4">
-        <v>5.2900000000000003E-2</v>
+        <v>-6.7100000000000007E-2</v>
       </c>
     </row>
     <row r="77" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B77" s="3" t="s">
-        <v>381</v>
+        <v>498</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>382</v>
+        <v>432</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F77" s="3">
         <v>4</v>
       </c>
       <c r="G77" s="3">
         <v>4</v>
       </c>
       <c r="H77" s="3">
-        <v>331.19</v>
-[...2 lines deleted...]
-        <v>183.62</v>
+        <v>27.15</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="J77" s="4">
-        <v>1.34E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="K77" s="4">
-        <v>0.2414</v>
+        <v>0.11020000000000001</v>
       </c>
       <c r="L77" s="4">
-        <v>4.7899999999999998E-2</v>
+        <v>7.6200000000000004E-2</v>
       </c>
       <c r="M77" s="4">
-        <v>0.15310000000000001</v>
+        <v>0.33679999999999999</v>
       </c>
       <c r="N77" s="4">
-        <v>0.20019999999999999</v>
+        <v>0.7863</v>
       </c>
       <c r="O77" s="4">
-        <v>0.18990000000000001</v>
+        <v>1.5217000000000001</v>
       </c>
       <c r="P77" s="3">
-        <v>18.73</v>
+        <v>25.46</v>
       </c>
       <c r="Q77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R77" s="4">
-        <v>1.0800000000000001E-2</v>
+        <v>0.1988</v>
       </c>
     </row>
     <row r="78" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B78" s="3" t="s">
-        <v>235</v>
+        <v>266</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>236</v>
+        <v>267</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F78" s="3">
         <v>4</v>
       </c>
       <c r="G78" s="3">
         <v>4</v>
       </c>
       <c r="H78" s="3">
-        <v>36.54</v>
+        <v>58.67</v>
       </c>
       <c r="I78" s="3">
-        <v>25.52</v>
+        <v>43.77</v>
       </c>
       <c r="J78" s="4">
-        <v>1.4200000000000001E-2</v>
+        <v>4.7300000000000002E-2</v>
       </c>
       <c r="K78" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>0.2908</v>
       </c>
       <c r="L78" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>0.12529999999999999</v>
       </c>
       <c r="M78" s="4">
-        <v>8.4400000000000003E-2</v>
+        <v>6.2199999999999998E-2</v>
       </c>
       <c r="N78" s="4">
-        <v>0.26800000000000002</v>
+        <v>0.50380000000000003</v>
       </c>
       <c r="O78" s="4">
-        <v>0.61860000000000004</v>
+        <v>1.8146</v>
       </c>
       <c r="P78" s="3">
-        <v>23.73</v>
+        <v>20.86</v>
       </c>
       <c r="Q78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R78" s="4">
-        <v>1.26E-2</v>
+        <v>0.17030000000000001</v>
       </c>
     </row>
     <row r="79" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B79" s="3" t="s">
-        <v>514</v>
+        <v>268</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>515</v>
+        <v>267</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F79" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G79" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H79" s="3">
-        <v>58.65</v>
+        <v>43.33</v>
       </c>
       <c r="I79" s="3">
-        <v>34.07</v>
+        <v>0</v>
       </c>
       <c r="J79" s="4">
-        <v>3.61E-2</v>
+        <v>4.6399999999999997E-2</v>
       </c>
       <c r="K79" s="4">
-        <v>9.0700000000000003E-2</v>
+        <v>0.2908</v>
       </c>
       <c r="L79" s="4">
-        <v>5.8799999999999998E-2</v>
+        <v>0.12529999999999999</v>
       </c>
       <c r="M79" s="4">
-        <v>5.5E-2</v>
+        <v>6.2399999999999997E-2</v>
       </c>
       <c r="N79" s="4">
-        <v>0.4032</v>
+        <v>0.50380000000000003</v>
       </c>
       <c r="O79" s="4">
-        <v>0.41210000000000002</v>
+        <v>1.7773000000000001</v>
       </c>
       <c r="P79" s="3">
-        <v>11.35</v>
+        <v>20.86</v>
       </c>
       <c r="Q79" s="3">
         <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>3.8100000000000002E-2</v>
+        <v>0.25850000000000001</v>
       </c>
     </row>
     <row r="80" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B80" s="3" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F80" s="3">
         <v>4</v>
       </c>
       <c r="G80" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H80" s="3">
-        <v>172.73</v>
+        <v>356.18</v>
       </c>
       <c r="I80" s="3">
-        <v>104.47</v>
+        <v>183.62</v>
       </c>
       <c r="J80" s="4">
-        <v>4.1599999999999998E-2</v>
+        <v>1.2800000000000001E-2</v>
       </c>
       <c r="K80" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>0.2414</v>
       </c>
       <c r="L80" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
       <c r="M80" s="4">
-        <v>9.1999999999999998E-2</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="N80" s="4">
-        <v>0.44090000000000001</v>
+        <v>0</v>
       </c>
       <c r="O80" s="4">
-        <v>0.78900000000000003</v>
+        <v>0.18990000000000001</v>
       </c>
       <c r="P80" s="3">
-        <v>12.31</v>
+        <v>20.27</v>
       </c>
       <c r="Q80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>4.3499999999999997E-2</v>
+        <v>-8.8800000000000004E-2</v>
       </c>
     </row>
     <row r="81" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B81" s="3" t="s">
-        <v>384</v>
+        <v>234</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>378</v>
+        <v>235</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F81" s="3">
         <v>4</v>
       </c>
       <c r="G81" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H81" s="3">
-        <v>230</v>
+        <v>39.159999999999997</v>
       </c>
       <c r="I81" s="3">
-        <v>104.47</v>
+        <v>25.52</v>
       </c>
       <c r="J81" s="4">
-        <v>3.1300000000000001E-2</v>
+        <v>1.35E-2</v>
       </c>
       <c r="K81" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>5.1299999999999998E-2</v>
       </c>
       <c r="L81" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>5.9400000000000001E-2</v>
       </c>
       <c r="M81" s="4">
-        <v>9.1899999999999996E-2</v>
+        <v>8.0299999999999996E-2</v>
       </c>
       <c r="N81" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.3352</v>
       </c>
       <c r="O81" s="4">
-        <v>0.78900000000000003</v>
+        <v>0.56810000000000005</v>
       </c>
       <c r="P81" s="3">
-        <v>12.31</v>
+        <v>24.88</v>
       </c>
       <c r="Q81" s="3">
         <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>4.3499999999999997E-2</v>
+        <v>0.19969999999999999</v>
       </c>
     </row>
     <row r="82" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B82" s="3" t="s">
-        <v>385</v>
+        <v>499</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>386</v>
+        <v>500</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F82" s="3">
         <v>3</v>
       </c>
       <c r="G82" s="3">
         <v>3</v>
       </c>
       <c r="H82" s="3">
-        <v>25.53</v>
+        <v>63.44</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>34.07</v>
       </c>
       <c r="J82" s="4">
-        <v>3.4700000000000002E-2</v>
+        <v>3.3700000000000001E-2</v>
       </c>
       <c r="K82" s="4">
-        <v>0.34289999999999998</v>
+        <v>9.0700000000000003E-2</v>
       </c>
       <c r="L82" s="4">
-        <v>0.37009999999999998</v>
+        <v>5.8799999999999998E-2</v>
       </c>
       <c r="M82" s="4">
-        <v>0.17080000000000001</v>
+        <v>5.4300000000000001E-2</v>
       </c>
       <c r="N82" s="4">
-        <v>0.5625</v>
+        <v>0.3695</v>
       </c>
       <c r="O82" s="4">
-        <v>0.46200000000000002</v>
+        <v>0.41210000000000002</v>
       </c>
       <c r="P82" s="3">
-        <v>11.72</v>
+        <v>11.56</v>
       </c>
       <c r="Q82" s="3">
         <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>5.16E-2</v>
+        <v>0.23119999999999999</v>
       </c>
     </row>
     <row r="83" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B83" s="3" t="s">
-        <v>192</v>
+        <v>372</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>193</v>
+        <v>367</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F83" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G83" s="3">
         <v>3</v>
       </c>
       <c r="H83" s="3">
-        <v>85.22</v>
+        <v>173.56</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>104.47</v>
       </c>
       <c r="J83" s="4">
-        <v>1.4500000000000001E-2</v>
+        <v>4.2200000000000001E-2</v>
       </c>
       <c r="K83" s="4">
-        <v>0.1091</v>
+        <v>2.7199999999999998E-2</v>
       </c>
       <c r="L83" s="4">
-        <v>4.6100000000000002E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="M83" s="4">
-        <v>7.0999999999999994E-2</v>
+        <v>9.1999999999999998E-2</v>
       </c>
       <c r="N83" s="4">
-        <v>0.26790000000000003</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O83" s="4">
-        <v>0.22969999999999999</v>
+        <v>0.78900000000000003</v>
       </c>
       <c r="P83" s="3">
-        <v>16.71</v>
+        <v>12.13</v>
       </c>
       <c r="Q83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R83" s="4">
-        <v>1.52E-2</v>
+        <v>0.1245</v>
       </c>
     </row>
     <row r="84" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B84" s="3" t="s">
-        <v>273</v>
+        <v>373</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>274</v>
+        <v>367</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F84" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G84" s="3">
         <v>3</v>
       </c>
       <c r="H84" s="3">
-        <v>35.729999999999997</v>
+        <v>213.73</v>
       </c>
       <c r="I84" s="3">
-        <v>46.8</v>
+        <v>104.47</v>
       </c>
       <c r="J84" s="4">
-        <v>5.96E-2</v>
+        <v>3.2099999999999997E-2</v>
       </c>
       <c r="K84" s="4">
-        <v>0.1278</v>
+        <v>2.7199999999999998E-2</v>
       </c>
       <c r="L84" s="4">
-        <v>0.10290000000000001</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="M84" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>9.1899999999999996E-2</v>
       </c>
       <c r="N84" s="4">
-        <v>1.1901999999999999</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O84" s="4">
-        <v>0.79969999999999997</v>
+        <v>0.78900000000000003</v>
       </c>
       <c r="P84" s="3">
-        <v>22.81</v>
+        <v>12.13</v>
       </c>
       <c r="Q84" s="3">
         <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>4.2900000000000001E-2</v>
+        <v>4.9099999999999998E-2</v>
       </c>
     </row>
     <row r="85" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B85" s="3" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>388</v>
+        <v>375</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F85" s="3">
         <v>3</v>
       </c>
       <c r="G85" s="3">
         <v>3</v>
       </c>
       <c r="H85" s="3">
-        <v>31.65</v>
+        <v>28.94</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
       <c r="J85" s="4">
-        <v>5.8700000000000002E-2</v>
+        <v>3.1600000000000003E-2</v>
       </c>
       <c r="K85" s="4">
-        <v>0.60860000000000003</v>
+        <v>0.34289999999999998</v>
       </c>
       <c r="L85" s="4">
-        <v>2.7799999999999998E-2</v>
+        <v>0.37009999999999998</v>
       </c>
       <c r="M85" s="4">
-        <v>0.1101</v>
+        <v>0.17080000000000001</v>
       </c>
       <c r="N85" s="4">
-        <v>2.2044999999999999</v>
+        <v>0.5625</v>
       </c>
       <c r="O85" s="4">
-        <v>0.79769999999999996</v>
+        <v>0.46200000000000002</v>
       </c>
       <c r="P85" s="3">
-        <v>13.18</v>
+        <v>13.36</v>
       </c>
       <c r="Q85" s="3">
         <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>5.5300000000000002E-2</v>
+        <v>2.6800000000000001E-2</v>
       </c>
     </row>
     <row r="86" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B86" s="3" t="s">
-        <v>560</v>
+        <v>192</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>561</v>
+        <v>193</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F86" s="3">
         <v>3</v>
       </c>
       <c r="G86" s="3">
         <v>3</v>
       </c>
       <c r="H86" s="3">
-        <v>92.57</v>
+        <v>74.39</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
       <c r="J86" s="4">
-        <v>1.2999999999999999E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="K86" s="4">
-        <v>9.7000000000000003E-2</v>
+        <v>0.1091</v>
       </c>
       <c r="L86" s="4">
-        <v>7.5700000000000003E-2</v>
+        <v>4.6100000000000002E-2</v>
       </c>
       <c r="M86" s="4">
-        <v>6.8500000000000005E-2</v>
+        <v>6.6199999999999995E-2</v>
       </c>
       <c r="N86" s="4">
-        <v>0.36570000000000003</v>
+        <v>0.26790000000000003</v>
       </c>
       <c r="O86" s="4">
-        <v>0.33279999999999998</v>
+        <v>0.22969999999999999</v>
       </c>
       <c r="P86" s="3">
-        <v>28.89</v>
+        <v>16.22</v>
       </c>
       <c r="Q86" s="3">
         <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>1.55E-2</v>
+        <v>1.6299999999999999E-2</v>
       </c>
     </row>
     <row r="87" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B87" s="3" t="s">
-        <v>71</v>
+        <v>272</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>72</v>
+        <v>273</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F87" s="3">
         <v>3</v>
       </c>
       <c r="G87" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H87" s="3">
-        <v>468.82</v>
+        <v>38</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>46.8</v>
       </c>
       <c r="J87" s="4">
-        <v>1.38E-2</v>
+        <v>5.7200000000000001E-2</v>
       </c>
       <c r="K87" s="4">
-        <v>0.1183</v>
+        <v>0.1278</v>
       </c>
       <c r="L87" s="4">
-        <v>3.7100000000000001E-2</v>
+        <v>0.10290000000000001</v>
       </c>
       <c r="M87" s="4">
-        <v>0.16339999999999999</v>
+        <v>9.4600000000000004E-2</v>
       </c>
       <c r="N87" s="4">
-        <v>0.34970000000000001</v>
+        <v>1.1901999999999999</v>
       </c>
       <c r="O87" s="4">
-        <v>0.5323</v>
+        <v>0.79969999999999997</v>
       </c>
       <c r="P87" s="3">
-        <v>25.43</v>
+        <v>24.37</v>
       </c>
       <c r="Q87" s="3">
         <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>1.34E-2</v>
+        <v>-5.9499999999999997E-2</v>
       </c>
     </row>
     <row r="88" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B88" s="3" t="s">
-        <v>73</v>
+        <v>376</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>562</v>
+        <v>377</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F88" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G88" s="3">
         <v>3</v>
       </c>
       <c r="H88" s="3">
-        <v>145.44</v>
+        <v>34.53</v>
       </c>
       <c r="I88" s="3">
-        <v>63.6</v>
+        <v>0</v>
       </c>
       <c r="J88" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>5.4199999999999998E-2</v>
       </c>
       <c r="K88" s="4">
-        <v>9.4100000000000003E-2</v>
+        <v>0.60860000000000003</v>
       </c>
       <c r="L88" s="4">
-        <v>9.0399999999999994E-2</v>
+        <v>2.7799999999999998E-2</v>
       </c>
       <c r="M88" s="4">
-        <v>0.17879999999999999</v>
+        <v>8.8200000000000001E-2</v>
       </c>
       <c r="N88" s="4">
-        <v>0.13800000000000001</v>
+        <v>2.2044999999999999</v>
       </c>
       <c r="O88" s="4">
-        <v>0.1507</v>
+        <v>0.79769999999999996</v>
       </c>
       <c r="P88" s="3">
-        <v>12.69</v>
+        <v>14.77</v>
       </c>
       <c r="Q88" s="3">
         <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>9.7000000000000003E-3</v>
+        <v>0.46360000000000001</v>
       </c>
     </row>
     <row r="89" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B89" s="3" t="s">
-        <v>389</v>
+        <v>536</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>390</v>
+        <v>537</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F89" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G89" s="3">
         <v>3</v>
       </c>
       <c r="H89" s="3">
-        <v>211.17</v>
+        <v>103.36</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
       <c r="J89" s="4">
-        <v>2.29E-2</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="K89" s="4">
-        <v>0.2132</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="L89" s="4">
-        <v>7.5200000000000003E-2</v>
+        <v>7.5700000000000003E-2</v>
       </c>
       <c r="M89" s="4">
-        <v>0.31309999999999999</v>
+        <v>6.8500000000000005E-2</v>
       </c>
       <c r="N89" s="4">
-        <v>0.31040000000000001</v>
+        <v>0.36570000000000003</v>
       </c>
       <c r="O89" s="4">
-        <v>4.4535</v>
+        <v>0.33279999999999998</v>
       </c>
       <c r="P89" s="3">
-        <v>17.059999999999999</v>
+        <v>32.26</v>
       </c>
       <c r="Q89" s="3">
         <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>1.95E-2</v>
+        <v>0.4758</v>
       </c>
     </row>
     <row r="90" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B90" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F90" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G90" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H90" s="3">
-        <v>204.3</v>
+        <v>545.01</v>
       </c>
       <c r="I90" s="3">
-        <v>34.369999999999997</v>
+        <v>0</v>
       </c>
       <c r="J90" s="4">
-        <v>2.0999999999999999E-3</v>
+        <v>1.2200000000000001E-2</v>
       </c>
       <c r="K90" s="4">
-        <v>0.20100000000000001</v>
+        <v>0.1183</v>
       </c>
       <c r="L90" s="4">
-        <v>0.1069</v>
+        <v>3.7100000000000001E-2</v>
       </c>
       <c r="M90" s="4">
-        <v>0.18779999999999999</v>
+        <v>0.16339999999999999</v>
       </c>
       <c r="N90" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>0.34970000000000001</v>
       </c>
       <c r="O90" s="4">
-        <v>7.5600000000000001E-2</v>
+        <v>0.5323</v>
       </c>
       <c r="P90" s="3">
-        <v>43.26</v>
+        <v>29.45</v>
       </c>
       <c r="Q90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>2.8999999999999998E-3</v>
+        <v>0.1552</v>
       </c>
     </row>
     <row r="91" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B91" s="3" t="s">
-        <v>391</v>
+        <v>73</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>392</v>
+        <v>538</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F91" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G91" s="3">
         <v>4</v>
       </c>
       <c r="H91" s="3">
-        <v>427.91</v>
+        <v>153.86000000000001</v>
       </c>
       <c r="I91" s="3">
-        <v>320.75</v>
+        <v>63.6</v>
       </c>
       <c r="J91" s="4">
-        <v>1.61E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K91" s="4">
-        <v>6.6699999999999995E-2</v>
+        <v>9.4100000000000003E-2</v>
       </c>
       <c r="L91" s="4">
-        <v>3.32E-2</v>
+        <v>9.0399999999999994E-2</v>
       </c>
       <c r="M91" s="4">
-        <v>0.1741</v>
+        <v>0.17080000000000001</v>
       </c>
       <c r="N91" s="4">
-        <v>0.35930000000000001</v>
+        <v>0.13800000000000001</v>
       </c>
       <c r="O91" s="4">
-        <v>0.3538</v>
+        <v>0.14319999999999999</v>
       </c>
       <c r="P91" s="3">
-        <v>25.19</v>
+        <v>13.97</v>
       </c>
       <c r="Q91" s="3">
         <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>1.14E-2</v>
+        <v>0.1027</v>
       </c>
     </row>
     <row r="92" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B92" s="3" t="s">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>325</v>
+        <v>379</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F92" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G92" s="3">
         <v>3</v>
       </c>
       <c r="H92" s="3">
-        <v>83.99</v>
+        <v>203.06</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
       <c r="J92" s="4">
-        <v>1.37E-2</v>
+        <v>2.3900000000000001E-2</v>
       </c>
       <c r="K92" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>0.2132</v>
       </c>
       <c r="L92" s="4">
-        <v>3.7900000000000003E-2</v>
+        <v>7.5200000000000003E-2</v>
       </c>
       <c r="M92" s="4">
-        <v>0.1263</v>
+        <v>0.30270000000000002</v>
       </c>
       <c r="N92" s="4">
-        <v>0.2802</v>
+        <v>0.31040000000000001</v>
       </c>
       <c r="O92" s="4">
-        <v>0.3009</v>
+        <v>4.4535</v>
       </c>
       <c r="P92" s="3">
-        <v>18.670000000000002</v>
+        <v>16.32</v>
       </c>
       <c r="Q92" s="3">
         <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>1.8100000000000002E-2</v>
+        <v>-0.1237</v>
       </c>
     </row>
     <row r="93" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B93" s="3" t="s">
-        <v>563</v>
+        <v>74</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>564</v>
+        <v>75</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F93" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G93" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H93" s="3">
-        <v>267.33999999999997</v>
+        <v>187.65</v>
       </c>
       <c r="I93" s="3">
-        <v>46.72</v>
+        <v>34.369999999999997</v>
       </c>
       <c r="J93" s="4">
-        <v>1.11E-2</v>
+        <v>2.3E-3</v>
       </c>
       <c r="K93" s="4">
-        <v>0.157</v>
+        <v>0.20100000000000001</v>
       </c>
       <c r="L93" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.1069</v>
       </c>
       <c r="M93" s="4">
-        <v>7.2300000000000003E-2</v>
+        <v>0.18779999999999999</v>
       </c>
       <c r="N93" s="4">
-        <v>0.3175</v>
+        <v>8.8099999999999998E-2</v>
       </c>
       <c r="O93" s="4">
-        <v>0.46729999999999999</v>
+        <v>7.5600000000000001E-2</v>
       </c>
       <c r="P93" s="3">
-        <v>37.92</v>
+        <v>39.78</v>
       </c>
       <c r="Q93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R93" s="4">
-        <v>1.15E-2</v>
+        <v>0.36149999999999999</v>
       </c>
     </row>
     <row r="94" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B94" s="3" t="s">
-        <v>326</v>
+        <v>380</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>327</v>
+        <v>381</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F94" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G94" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H94" s="3">
-        <v>36.799999999999997</v>
+        <v>401.04</v>
       </c>
       <c r="I94" s="3">
-        <v>9.01</v>
+        <v>320.75</v>
       </c>
       <c r="J94" s="4">
-        <v>1.44E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="K94" s="4">
-        <v>0.19400000000000001</v>
+        <v>6.6699999999999995E-2</v>
       </c>
       <c r="L94" s="4">
-        <v>0.1052</v>
+        <v>3.32E-2</v>
       </c>
       <c r="M94" s="4">
-        <v>0.18770000000000001</v>
+        <v>0.16239999999999999</v>
       </c>
       <c r="N94" s="4">
-        <v>0.375</v>
+        <v>0.35930000000000001</v>
       </c>
       <c r="O94" s="4">
-        <v>-0.308</v>
+        <v>0.3538</v>
       </c>
       <c r="P94" s="3">
-        <v>24.59</v>
+        <v>23.89</v>
       </c>
       <c r="Q94" s="3">
         <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>-8.7999999999999995E-2</v>
       </c>
     </row>
     <row r="95" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B95" s="3" t="s">
-        <v>393</v>
+        <v>321</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>394</v>
+        <v>322</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F95" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G95" s="3">
         <v>3</v>
       </c>
       <c r="H95" s="3">
-        <v>60.64</v>
+        <v>92.37</v>
       </c>
       <c r="I95" s="3">
-        <v>63.84</v>
+        <v>0</v>
       </c>
       <c r="J95" s="4">
-        <v>5.8400000000000001E-2</v>
+        <v>1.24E-2</v>
       </c>
       <c r="K95" s="4">
-        <v>0.31159999999999999</v>
+        <v>5.2499999999999998E-2</v>
       </c>
       <c r="L95" s="4">
-        <v>5.8999999999999997E-2</v>
+        <v>3.7900000000000003E-2</v>
       </c>
       <c r="M95" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>0.11940000000000001</v>
       </c>
       <c r="N95" s="4">
-        <v>0.95089999999999997</v>
+        <v>0.2802</v>
       </c>
       <c r="O95" s="4">
-        <v>-1.5538000000000001</v>
+        <v>0.3009</v>
       </c>
       <c r="P95" s="3">
-        <v>7.87</v>
+        <v>20.68</v>
       </c>
       <c r="Q95" s="3">
         <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>4.3099999999999999E-2</v>
+        <v>0.41720000000000002</v>
       </c>
     </row>
     <row r="96" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B96" s="3" t="s">
-        <v>170</v>
+        <v>539</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>171</v>
+        <v>540</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F96" s="3">
         <v>4</v>
       </c>
       <c r="G96" s="3">
         <v>4</v>
       </c>
       <c r="H96" s="3">
-        <v>344.37</v>
+        <v>282.41000000000003</v>
       </c>
       <c r="I96" s="3">
-        <v>396.73</v>
+        <v>46.72</v>
       </c>
       <c r="J96" s="4">
-        <v>2.01E-2</v>
+        <v>1.03E-2</v>
       </c>
       <c r="K96" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.157</v>
       </c>
       <c r="L96" s="4">
-        <v>9.8400000000000001E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M96" s="4">
-        <v>0.12470000000000001</v>
+        <v>7.1199999999999999E-2</v>
       </c>
       <c r="N96" s="4">
-        <v>0.25380000000000003</v>
+        <v>0.3175</v>
       </c>
       <c r="O96" s="4">
-        <v>0.40479999999999999</v>
+        <v>0.46729999999999999</v>
       </c>
       <c r="P96" s="3">
-        <v>13.93</v>
+        <v>40.630000000000003</v>
       </c>
       <c r="Q96" s="3">
         <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>1.2500000000000001E-2</v>
+        <v>0.14860000000000001</v>
       </c>
     </row>
     <row r="97" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B97" s="3" t="s">
-        <v>395</v>
+        <v>323</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>396</v>
+        <v>324</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F97" s="3">
         <v>3</v>
       </c>
       <c r="G97" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H97" s="3">
-        <v>47.23</v>
+        <v>35</v>
       </c>
       <c r="I97" s="3">
-        <v>47.08</v>
+        <v>9.01</v>
       </c>
       <c r="J97" s="4">
-        <v>1.89E-2</v>
+        <v>1.4800000000000001E-2</v>
       </c>
       <c r="K97" s="4">
-        <v>2.6100000000000002E-2</v>
+        <v>0.19400000000000001</v>
       </c>
       <c r="L97" s="4">
-        <v>2.06E-2</v>
+        <v>0.1052</v>
       </c>
       <c r="M97" s="4">
-        <v>0.11020000000000001</v>
+        <v>0.18770000000000001</v>
       </c>
       <c r="N97" s="4">
-        <v>0.27139999999999997</v>
+        <v>0.375</v>
       </c>
       <c r="O97" s="4">
-        <v>0.1661</v>
+        <v>-0.308</v>
       </c>
       <c r="P97" s="3">
-        <v>15.82</v>
+        <v>24.1</v>
       </c>
       <c r="Q97" s="3">
         <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>1.83E-2</v>
+        <v>0.26019999999999999</v>
       </c>
     </row>
     <row r="98" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B98" s="3" t="s">
-        <v>245</v>
+        <v>382</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>246</v>
+        <v>383</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F98" s="3">
         <v>4</v>
       </c>
       <c r="G98" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H98" s="3">
-        <v>30.17</v>
+        <v>61.42</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>63.84</v>
       </c>
       <c r="J98" s="4">
-        <v>4.0800000000000003E-2</v>
+        <v>5.7799999999999997E-2</v>
       </c>
       <c r="K98" s="4">
-        <v>0.22850000000000001</v>
+        <v>0.31159999999999999</v>
       </c>
       <c r="L98" s="4">
-        <v>0.26490000000000002</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="M98" s="4">
-        <v>5.6800000000000003E-2</v>
+        <v>5.4899999999999997E-2</v>
       </c>
       <c r="N98" s="4">
-        <v>1.0243</v>
+        <v>0.95089999999999997</v>
       </c>
       <c r="O98" s="4">
-        <v>-0.31319999999999998</v>
+        <v>-1.5538000000000001</v>
       </c>
       <c r="P98" s="3">
-        <v>24.49</v>
+        <v>8.0500000000000007</v>
       </c>
       <c r="Q98" s="3">
         <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>4.1300000000000003E-2</v>
+        <v>0.23230000000000001</v>
       </c>
     </row>
     <row r="99" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B99" s="3" t="s">
-        <v>293</v>
+        <v>170</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>294</v>
+        <v>171</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F99" s="3">
         <v>4</v>
       </c>
       <c r="G99" s="3">
         <v>4</v>
       </c>
       <c r="H99" s="3">
-        <v>103.86</v>
+        <v>338.66</v>
       </c>
       <c r="I99" s="3">
-        <v>78.47</v>
+        <v>396.73</v>
       </c>
       <c r="J99" s="4">
-        <v>2.2200000000000001E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K99" s="4">
         <v>6.4199999999999993E-2</v>
       </c>
       <c r="L99" s="4">
-        <v>0.1774</v>
+        <v>9.8400000000000001E-2</v>
       </c>
       <c r="M99" s="4">
-        <v>0.23230000000000001</v>
+        <v>0.1144</v>
       </c>
       <c r="N99" s="4">
-        <v>0.31090000000000001</v>
+        <v>0.26850000000000002</v>
       </c>
       <c r="O99" s="4">
-        <v>0.14779999999999999</v>
+        <v>0.48170000000000002</v>
       </c>
       <c r="P99" s="3">
-        <v>15.48</v>
+        <v>13.49</v>
       </c>
       <c r="Q99" s="3">
         <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>1.77E-2</v>
+        <v>-0.13969999999999999</v>
       </c>
     </row>
     <row r="100" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B100" s="3" t="s">
-        <v>76</v>
+        <v>384</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>77</v>
+        <v>385</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F100" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G100" s="3">
         <v>4</v>
       </c>
       <c r="H100" s="3">
-        <v>757.97</v>
+        <v>47.19</v>
       </c>
       <c r="I100" s="3">
-        <v>782.88</v>
+        <v>47.08</v>
       </c>
       <c r="J100" s="4">
-        <v>2.47E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="K100" s="4">
-        <v>0.21010000000000001</v>
+        <v>2.6100000000000002E-2</v>
       </c>
       <c r="L100" s="4">
-        <v>8.5900000000000004E-2</v>
+        <v>2.06E-2</v>
       </c>
       <c r="M100" s="4">
-        <v>0.1201</v>
+        <v>0.11020000000000001</v>
       </c>
       <c r="N100" s="4">
-        <v>1.9925999999999999</v>
+        <v>0.27139999999999997</v>
       </c>
       <c r="O100" s="4">
-        <v>-15.8596</v>
+        <v>0.1661</v>
       </c>
       <c r="P100" s="3">
-        <v>69.45</v>
+        <v>15.74</v>
       </c>
       <c r="Q100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>1.7899999999999999E-2</v>
+        <v>0.1124</v>
       </c>
     </row>
     <row r="101" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B101" s="3" t="s">
-        <v>516</v>
+        <v>244</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>517</v>
+        <v>245</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F101" s="3">
         <v>4</v>
       </c>
       <c r="G101" s="3">
         <v>4</v>
       </c>
       <c r="H101" s="3">
-        <v>320.36</v>
+        <v>30.43</v>
       </c>
       <c r="I101" s="3">
-        <v>109.2</v>
+        <v>0</v>
       </c>
       <c r="J101" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>4.1200000000000001E-2</v>
       </c>
       <c r="K101" s="4">
-        <v>0.2344</v>
+        <v>0.22850000000000001</v>
       </c>
       <c r="L101" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>0.26490000000000002</v>
       </c>
       <c r="M101" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>5.6800000000000003E-2</v>
       </c>
       <c r="N101" s="4">
-        <v>0.39539999999999997</v>
+        <v>1.0243</v>
       </c>
       <c r="O101" s="4">
-        <v>0.47920000000000001</v>
+        <v>-0.31319999999999998</v>
       </c>
       <c r="P101" s="3">
-        <v>31.78</v>
+        <v>24.5</v>
       </c>
       <c r="Q101" s="3">
         <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>1.6E-2</v>
+        <v>-1.6299999999999999E-2</v>
       </c>
     </row>
     <row r="102" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B102" s="3" t="s">
-        <v>565</v>
+        <v>292</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>566</v>
+        <v>293</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G102" s="3">
         <v>4</v>
       </c>
       <c r="H102" s="3">
-        <v>92.01</v>
+        <v>110.18</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>78.47</v>
       </c>
       <c r="J102" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>2.0899999999999998E-2</v>
       </c>
       <c r="K102" s="4">
-        <v>3.2399999999999998E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="L102" s="4">
-        <v>4.7100000000000003E-2</v>
+        <v>0.1774</v>
       </c>
       <c r="M102" s="4">
-        <v>5.2400000000000002E-2</v>
+        <v>0.23230000000000001</v>
       </c>
       <c r="N102" s="4">
-        <v>0.93</v>
+        <v>0.31090000000000001</v>
       </c>
       <c r="O102" s="4">
-        <v>-0.43680000000000002</v>
+        <v>0.14779999999999999</v>
       </c>
       <c r="P102" s="3">
-        <v>22.58</v>
+        <v>16.43</v>
       </c>
       <c r="Q102" s="3">
         <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>6.5299999999999997E-2</v>
       </c>
     </row>
     <row r="103" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B103" s="3" t="s">
-        <v>314</v>
+        <v>76</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>315</v>
+        <v>77</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F103" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G103" s="3">
         <v>4</v>
       </c>
       <c r="H103" s="3">
-        <v>351.3</v>
+        <v>801.99</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>782.88</v>
       </c>
       <c r="J103" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>2.3199999999999998E-2</v>
       </c>
       <c r="K103" s="4">
-        <v>9.11E-2</v>
+        <v>0.21010000000000001</v>
       </c>
       <c r="L103" s="4">
-        <v>9.2899999999999996E-2</v>
+        <v>8.5900000000000004E-2</v>
       </c>
       <c r="M103" s="4">
-        <v>7.1599999999999997E-2</v>
+        <v>0.1157</v>
       </c>
       <c r="N103" s="4">
-        <v>0.36220000000000002</v>
+        <v>1.9925999999999999</v>
       </c>
       <c r="O103" s="4">
-        <v>0.13780000000000001</v>
+        <v>-15.8596</v>
       </c>
       <c r="P103" s="3">
-        <v>27.3</v>
+        <v>74.2</v>
       </c>
       <c r="Q103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R103" s="4">
-        <v>1.89E-2</v>
+        <v>-9.4E-2</v>
       </c>
     </row>
     <row r="104" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B104" s="3" t="s">
-        <v>78</v>
+        <v>501</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>79</v>
+        <v>502</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F104" s="3">
         <v>4</v>
       </c>
       <c r="G104" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H104" s="3">
-        <v>153</v>
+        <v>362.41</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>109.2</v>
       </c>
       <c r="J104" s="4">
-        <v>1.01E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K104" s="4">
-        <v>8.5199999999999998E-2</v>
+        <v>0.2344</v>
       </c>
       <c r="L104" s="4">
-        <v>3.1099999999999999E-2</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="M104" s="4">
-        <v>7.8600000000000003E-2</v>
+        <v>7.1199999999999999E-2</v>
       </c>
       <c r="N104" s="4">
-        <v>0.25190000000000001</v>
+        <v>0.30170000000000002</v>
       </c>
       <c r="O104" s="4">
-        <v>0.2228</v>
+        <v>0.47920000000000001</v>
       </c>
       <c r="P104" s="3">
-        <v>24.88</v>
+        <v>36.25</v>
       </c>
       <c r="Q104" s="3">
         <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>1.14E-2</v>
+        <v>0.15429999999999999</v>
       </c>
     </row>
     <row r="105" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B105" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F105" s="3">
         <v>4</v>
       </c>
       <c r="G105" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H105" s="3">
-        <v>130.72999999999999</v>
+        <v>162.21</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
       <c r="J105" s="4">
-        <v>4.9799999999999997E-2</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="K105" s="4">
-        <v>3.8800000000000001E-2</v>
+        <v>8.5199999999999998E-2</v>
       </c>
       <c r="L105" s="4">
-        <v>0.19769999999999999</v>
+        <v>3.1099999999999999E-2</v>
       </c>
       <c r="M105" s="4">
-        <v>0.12470000000000001</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="N105" s="4">
-        <v>1.6115999999999999</v>
+        <v>0.25190000000000001</v>
       </c>
       <c r="O105" s="4">
-        <v>0.79490000000000005</v>
+        <v>0.2228</v>
       </c>
       <c r="P105" s="3">
-        <v>29.08</v>
+        <v>26.41</v>
       </c>
       <c r="Q105" s="3">
         <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>0.49440000000000001</v>
       </c>
     </row>
     <row r="106" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B106" s="3" t="s">
-        <v>444</v>
+        <v>80</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>445</v>
+        <v>81</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F106" s="3">
         <v>4</v>
       </c>
       <c r="G106" s="3">
         <v>4</v>
       </c>
       <c r="H106" s="3">
-        <v>41.74</v>
+        <v>138.07</v>
       </c>
       <c r="I106" s="3">
-        <v>28.6</v>
+        <v>0</v>
       </c>
       <c r="J106" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
       <c r="K106" s="4">
-        <v>7.2900000000000006E-2</v>
+        <v>3.8800000000000001E-2</v>
       </c>
       <c r="L106" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>0.19769999999999999</v>
       </c>
       <c r="M106" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>0.1186</v>
       </c>
       <c r="N106" s="4">
-        <v>0.77639999999999998</v>
+        <v>1.6115999999999999</v>
       </c>
       <c r="O106" s="4">
-        <v>1.0103</v>
+        <v>0.79490000000000005</v>
       </c>
       <c r="P106" s="3">
-        <v>39.71</v>
+        <v>30.88</v>
       </c>
       <c r="Q106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>2.1700000000000001E-2</v>
+        <v>-7.3899999999999993E-2</v>
       </c>
     </row>
     <row r="107" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B107" s="3" t="s">
-        <v>176</v>
+        <v>433</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>177</v>
+        <v>434</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F107" s="3">
         <v>4</v>
       </c>
       <c r="G107" s="3">
         <v>4</v>
       </c>
       <c r="H107" s="3">
-        <v>162.49</v>
+        <v>46.37</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>31.2</v>
       </c>
       <c r="J107" s="4">
-        <v>1.04E-2</v>
+        <v>2.1399999999999999E-2</v>
       </c>
       <c r="K107" s="4">
-        <v>0.2205</v>
+        <v>7.2900000000000006E-2</v>
       </c>
       <c r="L107" s="4">
-        <v>0.16400000000000001</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="M107" s="4">
-        <v>8.1799999999999998E-2</v>
+        <v>7.9600000000000004E-2</v>
       </c>
       <c r="N107" s="4">
-        <v>0.25409999999999999</v>
+        <v>0.79830000000000001</v>
       </c>
       <c r="O107" s="4">
-        <v>0.1537</v>
+        <v>0.95579999999999998</v>
       </c>
       <c r="P107" s="3">
-        <v>23.25</v>
+        <v>40.950000000000003</v>
       </c>
       <c r="Q107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R107" s="4">
-        <v>1.47E-2</v>
+        <v>0.24110000000000001</v>
       </c>
     </row>
     <row r="108" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B108" s="3" t="s">
-        <v>446</v>
+        <v>176</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>447</v>
+        <v>177</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G108" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H108" s="3">
-        <v>292.77999999999997</v>
+        <v>170.84</v>
       </c>
       <c r="I108" s="3">
-        <v>121.8</v>
+        <v>0</v>
       </c>
       <c r="J108" s="4">
-        <v>2.01E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="K108" s="4">
-        <v>0.13189999999999999</v>
+        <v>0.2205</v>
       </c>
       <c r="L108" s="4">
-        <v>3.4599999999999999E-2</v>
+        <v>0.16400000000000001</v>
       </c>
       <c r="M108" s="4">
-        <v>0.17119999999999999</v>
+        <v>8.1799999999999998E-2</v>
       </c>
       <c r="N108" s="4">
-        <v>0.3276</v>
+        <v>0.25409999999999999</v>
       </c>
       <c r="O108" s="4">
-        <v>0.3105</v>
+        <v>0.1537</v>
       </c>
       <c r="P108" s="3">
-        <v>15.94</v>
+        <v>24.79</v>
       </c>
       <c r="Q108" s="3">
         <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>1.9400000000000001E-2</v>
+        <v>0.60309999999999997</v>
       </c>
     </row>
     <row r="109" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B109" s="3" t="s">
-        <v>82</v>
+        <v>562</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>83</v>
+        <v>563</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="3">
         <v>3</v>
       </c>
       <c r="G109" s="3">
         <v>3</v>
       </c>
       <c r="H109" s="3">
-        <v>31.17</v>
+        <v>19.059999999999999</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
-      <c r="J109" s="4">
-        <v>2.4500000000000001E-2</v>
+      <c r="J109" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="K109" s="4">
-        <v>3.6200000000000003E-2</v>
+        <v>0.1249</v>
       </c>
       <c r="L109" s="4">
-        <v>4.6199999999999998E-2</v>
+        <v>0.1217</v>
       </c>
       <c r="M109" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>8.5500000000000007E-2</v>
       </c>
       <c r="N109" s="4">
-        <v>0.46060000000000001</v>
+        <v>1.0214000000000001</v>
       </c>
       <c r="O109" s="4">
-        <v>0.34549999999999997</v>
+        <v>1.3524</v>
       </c>
       <c r="P109" s="3">
-        <v>18.36</v>
+        <v>8.2100000000000009</v>
       </c>
       <c r="Q109" s="3">
         <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>1.8800000000000001E-2</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="110" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B110" s="3" t="s">
-        <v>397</v>
+        <v>435</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>398</v>
+        <v>436</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F110" s="3">
         <v>3</v>
       </c>
       <c r="G110" s="3">
         <v>3</v>
       </c>
       <c r="H110" s="3">
-        <v>48.23</v>
+        <v>353.44</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>121.8</v>
       </c>
       <c r="J110" s="4">
-        <v>3.3500000000000002E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K110" s="4">
-        <v>0.12839999999999999</v>
+        <v>8.6499999999999994E-2</v>
       </c>
       <c r="L110" s="4">
-        <v>3.2300000000000002E-2</v>
+        <v>2.3800000000000002E-2</v>
       </c>
       <c r="M110" s="4">
-        <v>7.3499999999999996E-2</v>
+        <v>0.17119999999999999</v>
       </c>
       <c r="N110" s="4">
-        <v>0.46029999999999999</v>
+        <v>0.3276</v>
       </c>
       <c r="O110" s="4">
-        <v>0.40570000000000001</v>
+        <v>0.3105</v>
       </c>
       <c r="P110" s="3">
-        <v>14.3</v>
+        <v>19.510000000000002</v>
       </c>
       <c r="Q110" s="3">
         <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>3.5799999999999998E-2</v>
+        <v>0.38779999999999998</v>
       </c>
     </row>
     <row r="111" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B111" s="3" t="s">
-        <v>328</v>
+        <v>82</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>329</v>
+        <v>83</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F111" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G111" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H111" s="3">
-        <v>214.72</v>
+        <v>33.299999999999997</v>
       </c>
       <c r="I111" s="3">
-        <v>32.4</v>
+        <v>0</v>
       </c>
       <c r="J111" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>2.35E-2</v>
       </c>
       <c r="K111" s="4">
-        <v>0.2286</v>
+        <v>3.6200000000000003E-2</v>
       </c>
       <c r="L111" s="4">
-        <v>8.6800000000000002E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="M111" s="4">
-        <v>8.09E-2</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="N111" s="4">
-        <v>0.50170000000000003</v>
+        <v>0.41789999999999999</v>
       </c>
       <c r="O111" s="4">
-        <v>-0.3014</v>
+        <v>0.34549999999999997</v>
       </c>
       <c r="P111" s="3">
-        <v>44.42</v>
+        <v>18.329999999999998</v>
       </c>
       <c r="Q111" s="3">
         <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>1.0699999999999999E-2</v>
+        <v>-0.10340000000000001</v>
       </c>
     </row>
     <row r="112" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B112" s="3" t="s">
-        <v>330</v>
+        <v>386</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>329</v>
+        <v>387</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F112" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G112" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H112" s="3">
-        <v>295.45999999999998</v>
+        <v>52.76</v>
       </c>
       <c r="I112" s="3">
-        <v>46.13</v>
+        <v>0</v>
       </c>
       <c r="J112" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>3.0800000000000001E-2</v>
       </c>
       <c r="K112" s="4">
-        <v>0.2286</v>
+        <v>0.12839999999999999</v>
       </c>
       <c r="L112" s="4">
-        <v>8.6800000000000002E-2</v>
+        <v>3.2300000000000002E-2</v>
       </c>
       <c r="M112" s="4">
-        <v>8.09E-2</v>
+        <v>7.3499999999999996E-2</v>
       </c>
       <c r="N112" s="4">
-        <v>0.50170000000000003</v>
+        <v>0.42859999999999998</v>
       </c>
       <c r="O112" s="4">
-        <v>-0.31040000000000001</v>
+        <v>0.40570000000000001</v>
       </c>
       <c r="P112" s="3">
-        <v>44.42</v>
+        <v>14.7</v>
       </c>
       <c r="Q112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>1.0699999999999999E-2</v>
+        <v>0.23580000000000001</v>
       </c>
     </row>
     <row r="113" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B113" s="3" t="s">
-        <v>247</v>
+        <v>325</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>248</v>
+        <v>326</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F113" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G113" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H113" s="3">
-        <v>57.81</v>
+        <v>238.73</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>32.4</v>
       </c>
       <c r="J113" s="4">
-        <v>3.0599999999999999E-2</v>
+        <v>7.6E-3</v>
       </c>
       <c r="K113" s="4">
-        <v>3.2000000000000001E-2</v>
+        <v>0.2286</v>
       </c>
       <c r="L113" s="4">
-        <v>9.7799999999999998E-2</v>
+        <v>8.6800000000000002E-2</v>
       </c>
       <c r="M113" s="4">
-        <v>0.1222</v>
+        <v>7.8899999999999998E-2</v>
       </c>
       <c r="N113" s="4">
-        <v>0.68269999999999997</v>
+        <v>0.50170000000000003</v>
       </c>
       <c r="O113" s="4">
-        <v>1.4978</v>
+        <v>-0.3014</v>
       </c>
       <c r="P113" s="3">
-        <v>32.5</v>
+        <v>48.74</v>
       </c>
       <c r="Q113" s="3">
         <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>2.3599999999999999E-2</v>
+        <v>0.71399999999999997</v>
       </c>
     </row>
     <row r="114" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B114" s="3" t="s">
-        <v>84</v>
+        <v>327</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>85</v>
+        <v>326</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F114" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G114" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H114" s="3">
-        <v>38.69</v>
+        <v>325.89</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>46.13</v>
       </c>
       <c r="J114" s="4">
-        <v>3.7499999999999999E-2</v>
+        <v>7.6E-3</v>
       </c>
       <c r="K114" s="4">
-        <v>8.0100000000000005E-2</v>
+        <v>0.2286</v>
       </c>
       <c r="L114" s="4">
-        <v>6.3E-2</v>
+        <v>8.6800000000000002E-2</v>
       </c>
       <c r="M114" s="4">
-        <v>6.5799999999999997E-2</v>
+        <v>7.8899999999999998E-2</v>
       </c>
       <c r="N114" s="4">
-        <v>0.40910000000000002</v>
+        <v>0.50170000000000003</v>
       </c>
       <c r="O114" s="4">
-        <v>0.30740000000000001</v>
+        <v>-0.31040000000000001</v>
       </c>
       <c r="P114" s="3">
-        <v>9.6</v>
+        <v>48.74</v>
       </c>
       <c r="Q114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R114" s="4">
-        <v>3.27E-2</v>
+        <v>0.60550000000000004</v>
       </c>
     </row>
     <row r="115" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B115" s="3" t="s">
-        <v>331</v>
+        <v>246</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>332</v>
+        <v>247</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F115" s="3">
         <v>3</v>
       </c>
       <c r="G115" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H115" s="3">
-        <v>113.21</v>
+        <v>58.31</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
       <c r="J115" s="4">
-        <v>5.0000000000000001E-3</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K115" s="4">
-        <v>0.1971</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="L115" s="4">
-        <v>0.12690000000000001</v>
+        <v>9.7799999999999998E-2</v>
       </c>
       <c r="M115" s="4">
-        <v>0.11840000000000001</v>
+        <v>0.1222</v>
       </c>
       <c r="N115" s="4">
-        <v>0.13550000000000001</v>
+        <v>0.68269999999999997</v>
       </c>
       <c r="O115" s="4">
-        <v>0.14979999999999999</v>
+        <v>1.4978</v>
       </c>
       <c r="P115" s="3">
-        <v>29.36</v>
+        <v>32.6</v>
       </c>
       <c r="Q115" s="3">
         <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>6.6E-3</v>
+        <v>0.1192</v>
       </c>
     </row>
     <row r="116" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B116" s="3" t="s">
-        <v>399</v>
+        <v>84</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>400</v>
+        <v>85</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F116" s="3">
         <v>3</v>
       </c>
       <c r="G116" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H116" s="3">
-        <v>210.34</v>
+        <v>40.840000000000003</v>
       </c>
       <c r="I116" s="3">
-        <v>45.9</v>
+        <v>0</v>
       </c>
       <c r="J116" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>3.5200000000000002E-2</v>
       </c>
       <c r="K116" s="4">
-        <v>8.5800000000000001E-2</v>
+        <v>8.0100000000000005E-2</v>
       </c>
       <c r="L116" s="4">
-        <v>0.14599999999999999</v>
+        <v>6.3E-2</v>
       </c>
       <c r="M116" s="4">
-        <v>0.10489999999999999</v>
+        <v>6.5799999999999997E-2</v>
       </c>
       <c r="N116" s="4">
-        <v>0.34520000000000001</v>
+        <v>0.3634</v>
       </c>
       <c r="O116" s="4">
-        <v>0.1661</v>
+        <v>0.30740000000000001</v>
       </c>
       <c r="P116" s="3">
-        <v>51.04</v>
+        <v>10.53</v>
       </c>
       <c r="Q116" s="3">
         <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>5.4000000000000003E-3</v>
+        <v>-3.8300000000000001E-2</v>
       </c>
     </row>
     <row r="117" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B117" s="3" t="s">
-        <v>518</v>
+        <v>328</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>519</v>
+        <v>329</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F117" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G117" s="3">
         <v>4</v>
       </c>
       <c r="H117" s="3">
-        <v>51.22</v>
+        <v>110.23</v>
       </c>
       <c r="I117" s="3">
-        <v>52.75</v>
+        <v>0</v>
       </c>
       <c r="J117" s="4">
-        <v>3.61E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="K117" s="4">
-        <v>5.33E-2</v>
+        <v>0.1971</v>
       </c>
       <c r="L117" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.12690000000000001</v>
       </c>
       <c r="M117" s="4">
-        <v>5.0900000000000001E-2</v>
+        <v>0.1116</v>
       </c>
       <c r="N117" s="4">
-        <v>0.74529999999999996</v>
+        <v>0.13550000000000001</v>
       </c>
       <c r="O117" s="4">
-        <v>-0.33289999999999997</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="P117" s="3">
-        <v>20.83</v>
+        <v>28.76</v>
       </c>
       <c r="Q117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>0.1636</v>
       </c>
     </row>
     <row r="118" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B118" s="3" t="s">
-        <v>520</v>
+        <v>388</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>519</v>
+        <v>389</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F118" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G118" s="3">
         <v>4</v>
       </c>
       <c r="H118" s="3">
-        <v>70.41</v>
+        <v>210.71</v>
       </c>
       <c r="I118" s="3">
-        <v>71.069999999999993</v>
+        <v>45.9</v>
       </c>
       <c r="J118" s="4">
-        <v>3.6499999999999998E-2</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="K118" s="4">
-        <v>5.2600000000000001E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="L118" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="M118" s="4">
-        <v>5.0999999999999997E-2</v>
+        <v>0.10489999999999999</v>
       </c>
       <c r="N118" s="4">
-        <v>0.74529999999999996</v>
+        <v>0.34520000000000001</v>
       </c>
       <c r="O118" s="4">
-        <v>-0.33610000000000001</v>
+        <v>0.1661</v>
       </c>
       <c r="P118" s="3">
-        <v>20.83</v>
+        <v>50.6</v>
       </c>
       <c r="Q118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>-0.1973</v>
       </c>
     </row>
     <row r="119" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B119" s="3" t="s">
-        <v>448</v>
+        <v>504</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>449</v>
+        <v>503</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F119" s="3">
         <v>4</v>
       </c>
       <c r="G119" s="3">
         <v>4</v>
       </c>
       <c r="H119" s="3">
-        <v>74.55</v>
+        <v>73.77</v>
       </c>
       <c r="I119" s="3">
-        <v>25.37</v>
+        <v>71.069999999999993</v>
       </c>
       <c r="J119" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="K119" s="4">
-        <v>0.19520000000000001</v>
+        <v>5.2600000000000001E-2</v>
       </c>
       <c r="L119" s="4">
-        <v>0.12429999999999999</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M119" s="4">
-        <v>7.0300000000000001E-2</v>
+        <v>5.0200000000000002E-2</v>
       </c>
       <c r="N119" s="4">
-        <v>0.29670000000000002</v>
+        <v>0.74529999999999996</v>
       </c>
       <c r="O119" s="4">
-        <v>0.63519999999999999</v>
+        <v>-0.33610000000000001</v>
       </c>
       <c r="P119" s="3">
-        <v>18.8</v>
+        <v>21.41</v>
       </c>
       <c r="Q119" s="3">
         <v>1</v>
       </c>
       <c r="R119" s="4">
-        <v>2.7799999999999998E-2</v>
+        <v>0.2001</v>
       </c>
     </row>
     <row r="120" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B120" s="3" t="s">
-        <v>86</v>
+        <v>437</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>87</v>
+        <v>438</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F120" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G120" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H120" s="3">
-        <v>20.239999999999998</v>
+        <v>87.35</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>25.37</v>
       </c>
       <c r="J120" s="4">
-        <v>3.7600000000000001E-2</v>
+        <v>1.38E-2</v>
       </c>
       <c r="K120" s="4">
-        <v>0.1206</v>
+        <v>0.19520000000000001</v>
       </c>
       <c r="L120" s="4">
-        <v>8.3099999999999993E-2</v>
+        <v>0.12429999999999999</v>
       </c>
       <c r="M120" s="4">
-        <v>0.11169999999999999</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="N120" s="4">
-        <v>0.43869999999999998</v>
+        <v>0.29670000000000002</v>
       </c>
       <c r="O120" s="4">
-        <v>0.50429999999999997</v>
+        <v>0.63519999999999999</v>
       </c>
       <c r="P120" s="3">
-        <v>10.57</v>
+        <v>22.4</v>
       </c>
       <c r="Q120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R120" s="4">
-        <v>3.6799999999999999E-2</v>
+        <v>1.5067999999999999</v>
       </c>
     </row>
     <row r="121" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B121" s="3" t="s">
-        <v>249</v>
+        <v>86</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>250</v>
+        <v>87</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
         <v>3</v>
       </c>
       <c r="G121" s="3">
         <v>3</v>
       </c>
       <c r="H121" s="3">
-        <v>39.869999999999997</v>
+        <v>21.58</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
       <c r="J121" s="4">
-        <v>2.58E-2</v>
+        <v>3.61E-2</v>
       </c>
       <c r="K121" s="4">
-        <v>0.1416</v>
+        <v>0.1206</v>
       </c>
       <c r="L121" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>8.3099999999999993E-2</v>
       </c>
       <c r="M121" s="4">
-        <v>0.1305</v>
+        <v>0.11169999999999999</v>
       </c>
       <c r="N121" s="4">
-        <v>0.26579999999999998</v>
+        <v>0.34439999999999998</v>
       </c>
       <c r="O121" s="4">
-        <v>0.34639999999999999</v>
+        <v>0.50429999999999997</v>
       </c>
       <c r="P121" s="3">
-        <v>10.5</v>
+        <v>10.11</v>
       </c>
       <c r="Q121" s="3">
         <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>3.2199999999999999E-2</v>
+        <v>0.1075</v>
       </c>
     </row>
     <row r="122" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B122" s="3" t="s">
-        <v>88</v>
+        <v>248</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>89</v>
+        <v>249</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="3">
         <v>3</v>
       </c>
       <c r="G122" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H122" s="3">
-        <v>40.47</v>
+        <v>39.58</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
       <c r="J122" s="4">
-        <v>2.8500000000000001E-2</v>
+        <v>2.63E-2</v>
       </c>
       <c r="K122" s="4">
-        <v>4.0099999999999997E-2</v>
+        <v>0.1416</v>
       </c>
       <c r="L122" s="4">
-        <v>9.5299999999999996E-2</v>
+        <v>5.1299999999999998E-2</v>
       </c>
       <c r="M122" s="4">
-        <v>8.8300000000000003E-2</v>
+        <v>0.1305</v>
       </c>
       <c r="N122" s="4">
-        <v>0.38</v>
+        <v>0.26579999999999998</v>
       </c>
       <c r="O122" s="4">
-        <v>0.29470000000000002</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P122" s="3">
-        <v>14.24</v>
+        <v>10.31</v>
       </c>
       <c r="Q122" s="3">
         <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>2.5999999999999999E-2</v>
+        <v>0.26419999999999999</v>
       </c>
     </row>
     <row r="123" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B123" s="3" t="s">
-        <v>521</v>
+        <v>88</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>522</v>
+        <v>89</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G123" s="3">
         <v>4</v>
       </c>
       <c r="H123" s="3">
-        <v>67.260000000000005</v>
+        <v>43.13</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
       <c r="J123" s="4">
-        <v>2.3199999999999998E-2</v>
+        <v>2.87E-2</v>
       </c>
       <c r="K123" s="4">
-        <v>0.51870000000000005</v>
+        <v>4.0099999999999997E-2</v>
       </c>
       <c r="L123" s="4">
-        <v>0.121</v>
+        <v>9.5299999999999996E-2</v>
       </c>
       <c r="M123" s="4">
-        <v>0.1951</v>
+        <v>8.2600000000000007E-2</v>
       </c>
       <c r="N123" s="4">
-        <v>0.3553</v>
+        <v>0.38619999999999999</v>
       </c>
       <c r="O123" s="4">
-        <v>0.80979999999999996</v>
+        <v>0.29470000000000002</v>
       </c>
       <c r="P123" s="3">
-        <v>8.9600000000000009</v>
+        <v>14.27</v>
       </c>
       <c r="Q123" s="3">
         <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>3.0099999999999998E-2</v>
+        <v>8.6300000000000002E-2</v>
       </c>
     </row>
     <row r="124" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B124" s="3" t="s">
-        <v>567</v>
+        <v>505</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>568</v>
+        <v>506</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G124" s="3">
         <v>4</v>
       </c>
       <c r="H124" s="3">
-        <v>344.55</v>
+        <v>67.3</v>
       </c>
       <c r="I124" s="3">
-        <v>172.29</v>
+        <v>0</v>
       </c>
       <c r="J124" s="4">
-        <v>1.77E-2</v>
+        <v>2.3199999999999998E-2</v>
       </c>
       <c r="K124" s="4">
-        <v>6.9000000000000006E-2</v>
+        <v>0.51870000000000005</v>
       </c>
       <c r="L124" s="4">
-        <v>6.3100000000000003E-2</v>
+        <v>0.121</v>
       </c>
       <c r="M124" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>0.1951</v>
       </c>
       <c r="N124" s="4">
-        <v>0.4138</v>
+        <v>0.3553</v>
       </c>
       <c r="O124" s="4">
-        <v>0.32769999999999999</v>
+        <v>0.80979999999999996</v>
       </c>
       <c r="P124" s="3">
-        <v>22</v>
+        <v>8.9700000000000006</v>
       </c>
       <c r="Q124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>2.1299999999999999E-2</v>
+        <v>0.53420000000000001</v>
       </c>
     </row>
     <row r="125" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B125" s="3" t="s">
-        <v>295</v>
+        <v>541</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>296</v>
+        <v>542</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F125" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G125" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H125" s="3">
-        <v>76.599999999999994</v>
+        <v>355.34</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>172.29</v>
       </c>
       <c r="J125" s="4">
-        <v>1.15E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K125" s="4">
-        <v>2.5000000000000001E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="L125" s="4">
-        <v>4.1000000000000002E-2</v>
+        <v>6.3100000000000003E-2</v>
       </c>
       <c r="M125" s="4">
-        <v>0.20030000000000001</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="N125" s="4">
-        <v>0.65549999999999997</v>
+        <v>0.3841</v>
       </c>
       <c r="O125" s="4">
-        <v>0.13009999999999999</v>
+        <v>0.40239999999999998</v>
       </c>
       <c r="P125" s="3">
-        <v>76.86</v>
+        <v>23</v>
       </c>
       <c r="Q125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R125" s="4">
-        <v>1.09E-2</v>
+        <v>0.37590000000000001</v>
       </c>
     </row>
     <row r="126" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B126" s="3" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F126" s="3">
         <v>3</v>
       </c>
       <c r="G126" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H126" s="3">
-        <v>83.48</v>
+        <v>83.13</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
       <c r="J126" s="4">
-        <v>1.43E-2</v>
+        <v>1.0800000000000001E-2</v>
       </c>
       <c r="K126" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="L126" s="4">
-        <v>5.8400000000000001E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="M126" s="4">
-        <v>9.4700000000000006E-2</v>
+        <v>0.19639999999999999</v>
       </c>
       <c r="N126" s="4">
-        <v>0.36180000000000001</v>
+        <v>0.65549999999999997</v>
       </c>
       <c r="O126" s="4">
-        <v>0.29020000000000001</v>
+        <v>0.13009999999999999</v>
       </c>
       <c r="P126" s="3">
-        <v>28.25</v>
+        <v>83.26</v>
       </c>
       <c r="Q126" s="3">
         <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>1.23E-2</v>
+        <v>0.1087</v>
       </c>
     </row>
     <row r="127" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B127" s="3" t="s">
-        <v>450</v>
+        <v>278</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>451</v>
+        <v>279</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" s="3">
         <v>3</v>
       </c>
       <c r="G127" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H127" s="3">
-        <v>44.96</v>
+        <v>88.75</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
       <c r="J127" s="4">
-        <v>6.9800000000000001E-2</v>
+        <v>1.3299999999999999E-2</v>
       </c>
       <c r="K127" s="4">
-        <v>3.9899999999999998E-2</v>
+        <v>8.8400000000000006E-2</v>
       </c>
       <c r="L127" s="4">
-        <v>6.4600000000000005E-2</v>
+        <v>5.8400000000000001E-2</v>
       </c>
       <c r="M127" s="4">
-        <v>0.24729999999999999</v>
+        <v>9.4700000000000006E-2</v>
       </c>
       <c r="N127" s="4">
-        <v>1.0593999999999999</v>
+        <v>0.34949999999999998</v>
       </c>
       <c r="O127" s="4">
-        <v>0.86199999999999999</v>
+        <v>0.28739999999999999</v>
       </c>
       <c r="P127" s="3">
-        <v>16.059999999999999</v>
+        <v>28.78</v>
       </c>
       <c r="Q127" s="3">
         <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>5.79E-2</v>
+        <v>7.6300000000000007E-2</v>
       </c>
     </row>
     <row r="128" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B128" s="3" t="s">
-        <v>204</v>
+        <v>439</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>205</v>
+        <v>440</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F128" s="3">
         <v>3</v>
       </c>
       <c r="G128" s="3">
         <v>3</v>
       </c>
       <c r="H128" s="3">
-        <v>125.18</v>
+        <v>44.27</v>
       </c>
       <c r="I128" s="3">
-        <v>100.22</v>
+        <v>0</v>
       </c>
       <c r="J128" s="4">
-        <v>3.2800000000000003E-2</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="K128" s="4">
-        <v>0.39079999999999998</v>
+        <v>3.9899999999999998E-2</v>
       </c>
       <c r="L128" s="4">
-        <v>7.7899999999999997E-2</v>
+        <v>6.4600000000000005E-2</v>
       </c>
       <c r="M128" s="4">
-        <v>5.45E-2</v>
+        <v>0.2525</v>
       </c>
       <c r="N128" s="4">
-        <v>0.61570000000000003</v>
+        <v>1.0593999999999999</v>
       </c>
       <c r="O128" s="4">
-        <v>4.2248000000000001</v>
+        <v>0.86199999999999999</v>
       </c>
       <c r="P128" s="3">
-        <v>21.61</v>
+        <v>15.95</v>
       </c>
       <c r="Q128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>2.64E-2</v>
+        <v>-2.07E-2</v>
       </c>
     </row>
     <row r="129" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B129" s="3" t="s">
-        <v>569</v>
+        <v>203</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>570</v>
+        <v>204</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F129" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G129" s="3">
         <v>3</v>
       </c>
       <c r="H129" s="3">
-        <v>205.75</v>
+        <v>142.84</v>
       </c>
       <c r="I129" s="3">
-        <v>75.599999999999994</v>
+        <v>100.22</v>
       </c>
       <c r="J129" s="4">
-        <v>1.7899999999999999E-2</v>
+        <v>2.92E-2</v>
       </c>
       <c r="K129" s="4">
-        <v>9.4200000000000006E-2</v>
+        <v>0.39079999999999998</v>
       </c>
       <c r="L129" s="4">
-        <v>0.1065</v>
+        <v>7.7899999999999997E-2</v>
       </c>
       <c r="M129" s="4">
-        <v>6.5799999999999997E-2</v>
+        <v>5.28E-2</v>
       </c>
       <c r="N129" s="4">
-        <v>0.40860000000000002</v>
+        <v>0.61570000000000003</v>
       </c>
       <c r="O129" s="4">
-        <v>0.47649999999999998</v>
+        <v>4.2248000000000001</v>
       </c>
       <c r="P129" s="3">
-        <v>24.87</v>
+        <v>24.61</v>
       </c>
       <c r="Q129" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R129" s="4">
-        <v>2.2100000000000002E-2</v>
+        <v>0.2576</v>
       </c>
     </row>
     <row r="130" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B130" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C130" s="3" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="3">
         <v>4</v>
       </c>
       <c r="G130" s="3">
         <v>4</v>
       </c>
       <c r="H130" s="3">
-        <v>898.98</v>
+        <v>939.49</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
       <c r="J130" s="4">
-        <v>1.7899999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="K130" s="4">
         <v>0.1477</v>
       </c>
       <c r="L130" s="4">
         <v>0.18920000000000001</v>
       </c>
       <c r="M130" s="4">
         <v>0.22869999999999999</v>
       </c>
       <c r="N130" s="4">
-        <v>0.28100000000000003</v>
+        <v>0.2576</v>
       </c>
       <c r="O130" s="4">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="P130" s="3">
-        <v>18.149999999999999</v>
+        <v>18.3</v>
       </c>
       <c r="Q130" s="3">
         <v>0</v>
       </c>
       <c r="R130" s="4">
-        <v>2.4899999999999999E-2</v>
+        <v>0.52680000000000005</v>
       </c>
     </row>
     <row r="131" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B131" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>91</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="3">
         <v>3</v>
       </c>
       <c r="G131" s="3">
         <v>3</v>
       </c>
       <c r="H131" s="3">
-        <v>131.84</v>
+        <v>126.48</v>
       </c>
       <c r="I131" s="3">
         <v>101.23</v>
       </c>
       <c r="J131" s="4">
-        <v>4.4299999999999999E-2</v>
+        <v>4.4999999999999998E-2</v>
       </c>
       <c r="K131" s="4">
         <v>9.4899999999999998E-2</v>
       </c>
       <c r="L131" s="4">
         <v>0.20449999999999999</v>
       </c>
       <c r="M131" s="4">
         <v>0.26540000000000002</v>
       </c>
       <c r="N131" s="4">
         <v>0.27689999999999998</v>
       </c>
       <c r="O131" s="4">
         <v>9.6100000000000005E-2</v>
       </c>
       <c r="P131" s="3">
-        <v>9.58</v>
+        <v>9.44</v>
       </c>
       <c r="Q131" s="3">
         <v>1</v>
       </c>
       <c r="R131" s="4">
-        <v>2.53E-2</v>
+        <v>-0.16839999999999999</v>
       </c>
     </row>
     <row r="132" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B132" s="3" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F132" s="3">
         <v>4</v>
       </c>
       <c r="G132" s="3">
         <v>4</v>
       </c>
       <c r="H132" s="3">
-        <v>1035.07</v>
+        <v>1155.3900000000001</v>
       </c>
       <c r="I132" s="3">
         <v>257.3</v>
       </c>
       <c r="J132" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="K132" s="4">
         <v>0.22600000000000001</v>
       </c>
       <c r="L132" s="4">
         <v>8.5099999999999995E-2</v>
       </c>
       <c r="M132" s="4">
         <v>7.9299999999999995E-2</v>
       </c>
       <c r="N132" s="4">
-        <v>0.2064</v>
+        <v>0.24610000000000001</v>
       </c>
       <c r="O132" s="4">
         <v>0.37180000000000002</v>
       </c>
       <c r="P132" s="3">
-        <v>28.59</v>
+        <v>32.22</v>
       </c>
       <c r="Q132" s="3">
         <v>0</v>
       </c>
       <c r="R132" s="4">
-        <v>1.04E-2</v>
+        <v>5.6599999999999998E-2</v>
       </c>
     </row>
     <row r="133" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B133" s="3" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3">
         <v>4</v>
       </c>
       <c r="G133" s="3">
         <v>4</v>
       </c>
       <c r="H133" s="3">
-        <v>472.11</v>
+        <v>498.89</v>
       </c>
       <c r="I133" s="3">
         <v>88.87</v>
       </c>
       <c r="J133" s="4">
-        <v>6.1000000000000004E-3</v>
+        <v>6.3E-3</v>
       </c>
       <c r="K133" s="4">
         <v>0.1883</v>
       </c>
       <c r="L133" s="4">
         <v>7.6100000000000001E-2</v>
       </c>
       <c r="M133" s="4">
         <v>0.1099</v>
       </c>
       <c r="N133" s="4">
-        <v>0.11940000000000001</v>
+        <v>9.8900000000000002E-2</v>
       </c>
       <c r="O133" s="4">
-        <v>8.4199999999999997E-2</v>
+        <v>8.8300000000000003E-2</v>
       </c>
       <c r="P133" s="3">
-        <v>18.28</v>
+        <v>17.59</v>
       </c>
       <c r="Q133" s="3">
         <v>0</v>
       </c>
       <c r="R133" s="4">
-        <v>8.6E-3</v>
+        <v>0.49740000000000001</v>
       </c>
     </row>
     <row r="134" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B134" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>93</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F134" s="3">
         <v>4</v>
       </c>
       <c r="G134" s="3">
         <v>5</v>
       </c>
       <c r="H134" s="3">
-        <v>346.39</v>
+        <v>381.05</v>
       </c>
       <c r="I134" s="3">
         <v>283.88</v>
       </c>
       <c r="J134" s="4">
-        <v>2.6700000000000002E-2</v>
+        <v>2.4299999999999999E-2</v>
       </c>
       <c r="K134" s="4">
         <v>4.2700000000000002E-2</v>
       </c>
       <c r="L134" s="4">
         <v>4.5499999999999999E-2</v>
       </c>
       <c r="M134" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>8.3900000000000002E-2</v>
       </c>
       <c r="N134" s="4">
         <v>0.60309999999999997</v>
       </c>
       <c r="O134" s="4">
         <v>0.65329999999999999</v>
       </c>
       <c r="P134" s="3">
-        <v>23.53</v>
+        <v>26</v>
       </c>
       <c r="Q134" s="3">
         <v>1</v>
       </c>
       <c r="R134" s="4">
-        <v>2.18E-2</v>
+        <v>-5.16E-2</v>
       </c>
     </row>
     <row r="135" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B135" s="3" t="s">
-        <v>571</v>
+        <v>543</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>572</v>
+        <v>544</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F135" s="3">
         <v>4</v>
       </c>
       <c r="G135" s="3">
         <v>3</v>
       </c>
       <c r="H135" s="3">
-        <v>34.06</v>
+        <v>35.159999999999997</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
       <c r="J135" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>8.7400000000000005E-2</v>
       </c>
       <c r="K135" s="4">
         <v>0.1623</v>
       </c>
       <c r="L135" s="4">
         <v>8.1199999999999994E-2</v>
       </c>
       <c r="M135" s="4">
         <v>0.1057</v>
       </c>
       <c r="N135" s="4">
-        <v>1.0547</v>
+        <v>0</v>
       </c>
       <c r="O135" s="4">
         <v>0.45450000000000002</v>
       </c>
       <c r="P135" s="3">
-        <v>12.03</v>
+        <v>12.3</v>
       </c>
       <c r="Q135" s="3">
         <v>0</v>
       </c>
       <c r="R135" s="4">
-        <v>7.46E-2</v>
+        <v>-8.7999999999999995E-2</v>
       </c>
     </row>
     <row r="136" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B136" s="3" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="3">
         <v>4</v>
       </c>
       <c r="G136" s="3">
         <v>4</v>
       </c>
       <c r="H136" s="3">
-        <v>139.61000000000001</v>
+        <v>138.44999999999999</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
       <c r="J136" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>1.7500000000000002E-2</v>
       </c>
       <c r="K136" s="4">
         <v>0.2089</v>
       </c>
       <c r="L136" s="4">
         <v>6.3100000000000003E-2</v>
       </c>
       <c r="M136" s="4">
-        <v>0.10349999999999999</v>
+        <v>0.1002</v>
       </c>
       <c r="N136" s="4">
-        <v>0.18160000000000001</v>
+        <v>0.15679999999999999</v>
       </c>
       <c r="O136" s="4">
         <v>9.9299999999999999E-2</v>
       </c>
       <c r="P136" s="3">
-        <v>11.36</v>
+        <v>10.38</v>
       </c>
       <c r="Q136" s="3">
         <v>0</v>
       </c>
       <c r="R136" s="4">
-        <v>2.18E-2</v>
+        <v>0.24199999999999999</v>
       </c>
     </row>
     <row r="137" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B137" s="3" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F137" s="3">
         <v>3</v>
       </c>
       <c r="G137" s="3">
         <v>3</v>
       </c>
       <c r="H137" s="3">
-        <v>14.21</v>
+        <v>15.87</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
       <c r="J137" s="4">
-        <v>4.9500000000000002E-2</v>
+        <v>4.4600000000000001E-2</v>
       </c>
       <c r="K137" s="4">
         <v>0.13800000000000001</v>
       </c>
       <c r="L137" s="4">
         <v>3.27E-2</v>
       </c>
       <c r="M137" s="4">
-        <v>0.25690000000000002</v>
+        <v>0.23519999999999999</v>
       </c>
       <c r="N137" s="4">
         <v>0.2253</v>
       </c>
       <c r="O137" s="4">
         <v>-0.35349999999999998</v>
       </c>
       <c r="P137" s="3">
-        <v>9</v>
+        <v>10.039999999999999</v>
       </c>
       <c r="Q137" s="3">
         <v>0</v>
       </c>
       <c r="R137" s="4">
-        <v>3.95E-2</v>
+        <v>4.8500000000000001E-2</v>
       </c>
     </row>
     <row r="138" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B138" s="3" t="s">
-        <v>402</v>
+        <v>391</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>401</v>
+        <v>390</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F138" s="3">
         <v>4</v>
       </c>
       <c r="G138" s="3">
         <v>4</v>
       </c>
       <c r="H138" s="3">
-        <v>160.88</v>
+        <v>191.04</v>
       </c>
       <c r="I138" s="3">
         <v>31.77</v>
       </c>
       <c r="J138" s="4">
-        <v>6.7000000000000002E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="K138" s="4">
         <v>0.41520000000000001</v>
       </c>
       <c r="L138" s="4">
         <v>0.21490000000000001</v>
       </c>
       <c r="M138" s="4">
         <v>0.25480000000000003</v>
       </c>
       <c r="N138" s="4">
         <v>0.1623</v>
       </c>
       <c r="O138" s="4">
         <v>-0.61829999999999996</v>
       </c>
       <c r="P138" s="3">
-        <v>24.25</v>
+        <v>27.15</v>
       </c>
       <c r="Q138" s="3">
         <v>0</v>
       </c>
       <c r="R138" s="4">
-        <v>1.6E-2</v>
+        <v>0.84909999999999997</v>
       </c>
     </row>
     <row r="139" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B139" s="3" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F139" s="3">
         <v>4</v>
       </c>
       <c r="G139" s="3">
         <v>3</v>
       </c>
       <c r="H139" s="3">
-        <v>42.93</v>
+        <v>37.22</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
       <c r="J139" s="4">
-        <v>3.8399999999999997E-2</v>
+        <v>4.3400000000000001E-2</v>
       </c>
       <c r="K139" s="4">
         <v>0.58220000000000005</v>
       </c>
       <c r="L139" s="4">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="M139" s="4">
         <v>0.09</v>
       </c>
       <c r="N139" s="4">
         <v>0.33439999999999998</v>
       </c>
       <c r="O139" s="4">
         <v>0.35210000000000002</v>
       </c>
       <c r="P139" s="3">
-        <v>9.7100000000000009</v>
+        <v>8.27</v>
       </c>
       <c r="Q139" s="3">
         <v>0</v>
       </c>
       <c r="R139" s="4">
-        <v>3.3099999999999997E-2</v>
+        <v>-0.2833</v>
       </c>
     </row>
     <row r="140" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B140" s="3" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F140" s="3">
         <v>3</v>
       </c>
       <c r="G140" s="3">
         <v>3</v>
       </c>
       <c r="H140" s="3">
-        <v>49.81</v>
+        <v>52.64</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
       <c r="J140" s="4">
-        <v>3.4299999999999997E-2</v>
+        <v>3.3500000000000002E-2</v>
       </c>
       <c r="K140" s="4">
         <v>8.0199999999999994E-2</v>
       </c>
       <c r="L140" s="4">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="M140" s="4">
         <v>5.9200000000000003E-2</v>
       </c>
       <c r="N140" s="4">
         <v>0.55479999999999996</v>
       </c>
       <c r="O140" s="4">
         <v>-0.2215</v>
       </c>
       <c r="P140" s="3">
-        <v>15.56</v>
+        <v>16.690000000000001</v>
       </c>
       <c r="Q140" s="3">
         <v>0</v>
       </c>
       <c r="R140" s="4">
-        <v>2.3E-2</v>
+        <v>4.2500000000000003E-2</v>
       </c>
     </row>
     <row r="141" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B141" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C141" s="3" t="s">
         <v>95</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F141" s="3">
         <v>4</v>
       </c>
       <c r="G141" s="3">
         <v>4</v>
       </c>
       <c r="H141" s="3">
-        <v>451.13</v>
+        <v>503.76</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
       <c r="J141" s="4">
-        <v>1.2800000000000001E-2</v>
+        <v>1.15E-2</v>
       </c>
       <c r="K141" s="4">
         <v>0.21729999999999999</v>
       </c>
       <c r="L141" s="4">
         <v>9.0800000000000006E-2</v>
       </c>
       <c r="M141" s="4">
-        <v>7.7200000000000005E-2</v>
+        <v>7.3099999999999998E-2</v>
       </c>
       <c r="N141" s="4">
         <v>0.34499999999999997</v>
       </c>
       <c r="O141" s="4">
         <v>0.33150000000000002</v>
       </c>
       <c r="P141" s="3">
-        <v>27.44</v>
+        <v>31.25</v>
       </c>
       <c r="Q141" s="3">
         <v>0</v>
       </c>
       <c r="R141" s="4">
-        <v>1.67E-2</v>
+        <v>0.22869999999999999</v>
       </c>
     </row>
     <row r="142" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B142" s="3" t="s">
-        <v>523</v>
+        <v>507</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>524</v>
+        <v>508</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F142" s="3">
         <v>3</v>
       </c>
       <c r="G142" s="3">
         <v>3</v>
       </c>
       <c r="H142" s="3">
-        <v>33.86</v>
+        <v>36.35</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
       <c r="J142" s="4">
-        <v>3.0499999999999999E-2</v>
+        <v>3.0800000000000001E-2</v>
       </c>
       <c r="K142" s="4">
         <v>5.1499999999999997E-2</v>
       </c>
       <c r="L142" s="4">
         <v>2.3599999999999999E-2</v>
       </c>
       <c r="M142" s="4">
         <v>5.1299999999999998E-2</v>
       </c>
       <c r="N142" s="4">
-        <v>0.30009999999999998</v>
+        <v>0.31180000000000002</v>
       </c>
       <c r="O142" s="4">
         <v>0.27879999999999999</v>
       </c>
       <c r="P142" s="3">
-        <v>10.49</v>
+        <v>11.11</v>
       </c>
       <c r="Q142" s="3">
         <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>5.3400000000000003E-2</v>
       </c>
     </row>
     <row r="143" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B143" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C143" s="3" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="3">
         <v>3</v>
       </c>
       <c r="G143" s="3">
         <v>3</v>
       </c>
       <c r="H143" s="3">
-        <v>161.44</v>
+        <v>163.08000000000001</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
       <c r="J143" s="4">
-        <v>1.2E-2</v>
+        <v>1.11E-2</v>
       </c>
       <c r="K143" s="4">
         <v>7.8600000000000003E-2</v>
       </c>
       <c r="L143" s="4">
         <v>8.7300000000000003E-2</v>
       </c>
       <c r="M143" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>8.2699999999999996E-2</v>
       </c>
       <c r="N143" s="4">
         <v>0.37730000000000002</v>
       </c>
       <c r="O143" s="4">
         <v>0.26640000000000003</v>
       </c>
       <c r="P143" s="3">
-        <v>29.17</v>
+        <v>29.68</v>
       </c>
       <c r="Q143" s="3">
         <v>0</v>
       </c>
       <c r="R143" s="4">
-        <v>1.24E-2</v>
+        <v>9.1999999999999998E-2</v>
       </c>
     </row>
     <row r="144" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B144" s="3" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F144" s="3">
         <v>4</v>
       </c>
       <c r="G144" s="3">
         <v>3</v>
       </c>
       <c r="H144" s="3">
-        <v>331.66</v>
+        <v>324.02999999999997</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
       <c r="J144" s="4">
-        <v>8.3999999999999995E-3</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="K144" s="4">
         <v>0.59470000000000001</v>
       </c>
       <c r="L144" s="4">
         <v>0.20930000000000001</v>
       </c>
       <c r="M144" s="4">
         <v>0.1318</v>
       </c>
       <c r="N144" s="4">
         <v>0.12509999999999999</v>
       </c>
       <c r="O144" s="4">
         <v>9.1499999999999998E-2</v>
       </c>
       <c r="P144" s="3">
-        <v>22.56</v>
+        <v>22.22</v>
       </c>
       <c r="Q144" s="3">
         <v>0</v>
       </c>
       <c r="R144" s="4">
-        <v>1.7999999999999999E-2</v>
+        <v>0.8276</v>
       </c>
     </row>
     <row r="145" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B145" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C145" s="3" t="s">
         <v>179</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F145" s="3">
         <v>3</v>
       </c>
       <c r="G145" s="3">
         <v>3</v>
       </c>
       <c r="H145" s="3">
-        <v>179.53</v>
+        <v>201.76</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
       <c r="J145" s="4">
-        <v>1.6E-2</v>
+        <v>1.43E-2</v>
       </c>
       <c r="K145" s="4">
         <v>5.0700000000000002E-2</v>
       </c>
       <c r="L145" s="4">
         <v>7.7899999999999997E-2</v>
       </c>
       <c r="M145" s="4">
         <v>7.2599999999999998E-2</v>
       </c>
       <c r="N145" s="4">
         <v>0.41410000000000002</v>
       </c>
       <c r="O145" s="4">
         <v>0.3624</v>
       </c>
       <c r="P145" s="3">
-        <v>28.1</v>
+        <v>31.87</v>
       </c>
       <c r="Q145" s="3">
         <v>0</v>
       </c>
       <c r="R145" s="4">
-        <v>1.12E-2</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="146" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B146" s="3" t="s">
-        <v>525</v>
+        <v>509</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>526</v>
+        <v>510</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F146" s="3">
         <v>4</v>
       </c>
       <c r="G146" s="3">
         <v>4</v>
       </c>
       <c r="H146" s="3">
-        <v>284.47000000000003</v>
+        <v>255.62</v>
       </c>
       <c r="I146" s="3">
         <v>-71.3</v>
       </c>
       <c r="J146" s="4">
-        <v>1.8800000000000001E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="K146" s="4">
         <v>0.18</v>
       </c>
       <c r="L146" s="4">
         <v>0.16159999999999999</v>
       </c>
       <c r="M146" s="4">
         <v>9.8900000000000002E-2</v>
       </c>
       <c r="N146" s="4">
         <v>0.39100000000000001</v>
       </c>
       <c r="O146" s="4">
         <v>0.23300000000000001</v>
       </c>
       <c r="P146" s="3">
-        <v>17</v>
+        <v>15.19</v>
       </c>
       <c r="Q146" s="3">
         <v>1</v>
       </c>
       <c r="R146" s="4">
-        <v>2.07E-2</v>
+        <v>-1.5800000000000002E-2</v>
       </c>
     </row>
     <row r="147" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B147" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C147" s="3" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F147" s="3">
         <v>3</v>
       </c>
       <c r="G147" s="3">
         <v>3</v>
       </c>
       <c r="H147" s="3">
-        <v>51.08</v>
+        <v>48.4</v>
       </c>
       <c r="I147" s="3">
         <v>103.92</v>
       </c>
       <c r="J147" s="4">
-        <v>0.14299999999999999</v>
+        <v>0.1575</v>
       </c>
       <c r="K147" s="4">
         <v>5.62E-2</v>
       </c>
       <c r="L147" s="4">
         <v>0.1875</v>
       </c>
       <c r="M147" s="4">
         <v>0.112</v>
       </c>
       <c r="N147" s="4">
         <v>1.3624000000000001</v>
       </c>
       <c r="O147" s="4">
         <v>1.3125</v>
       </c>
       <c r="P147" s="3">
-        <v>12.55</v>
+        <v>11.44</v>
       </c>
       <c r="Q147" s="3">
         <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>7.0000000000000007E-2</v>
+        <v>-0.2278</v>
       </c>
     </row>
     <row r="148" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B148" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C148" s="3" t="s">
         <v>97</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F148" s="3">
         <v>4</v>
       </c>
       <c r="G148" s="3">
         <v>4</v>
       </c>
       <c r="H148" s="3">
-        <v>675.33</v>
+        <v>434.09</v>
       </c>
       <c r="I148" s="3">
         <v>392.81</v>
       </c>
       <c r="J148" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>9.9000000000000008E-3</v>
       </c>
       <c r="K148" s="4">
         <v>0.157</v>
       </c>
       <c r="L148" s="4">
         <v>0.1953</v>
       </c>
       <c r="M148" s="4">
         <v>0.1487</v>
       </c>
       <c r="N148" s="4">
         <v>0.30759999999999998</v>
       </c>
       <c r="O148" s="4">
         <v>0.19420000000000001</v>
       </c>
       <c r="P148" s="3">
-        <v>45.99</v>
+        <v>33.369999999999997</v>
       </c>
       <c r="Q148" s="3">
         <v>0</v>
       </c>
       <c r="R148" s="4">
-        <v>6.1999999999999998E-3</v>
+        <v>-0.1835</v>
       </c>
     </row>
     <row r="149" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B149" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F149" s="3">
         <v>4</v>
       </c>
       <c r="G149" s="3">
         <v>4</v>
       </c>
       <c r="H149" s="3">
-        <v>27.34</v>
+        <v>26.17</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
       <c r="J149" s="4">
-        <v>4.4400000000000002E-2</v>
+        <v>4.5699999999999998E-2</v>
       </c>
       <c r="K149" s="4">
         <v>0.222</v>
       </c>
       <c r="L149" s="4">
         <v>8.2000000000000003E-2</v>
       </c>
       <c r="M149" s="4">
-        <v>0.1429</v>
+        <v>0.13539999999999999</v>
       </c>
       <c r="N149" s="4">
         <v>1.9072</v>
       </c>
       <c r="O149" s="4">
         <v>0.73499999999999999</v>
       </c>
       <c r="P149" s="3">
-        <v>28.33</v>
+        <v>27.42</v>
       </c>
       <c r="Q149" s="3">
         <v>0</v>
       </c>
       <c r="R149" s="4">
-        <v>2.8500000000000001E-2</v>
+        <v>-0.1216</v>
       </c>
     </row>
     <row r="150" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B150" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C150" s="3" t="s">
         <v>99</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F150" s="3">
         <v>4</v>
       </c>
       <c r="G150" s="3">
         <v>4</v>
       </c>
       <c r="H150" s="3">
-        <v>251.59</v>
+        <v>278.93</v>
       </c>
       <c r="I150" s="3">
         <v>247.32</v>
       </c>
       <c r="J150" s="4">
-        <v>2.5700000000000001E-2</v>
+        <v>2.4400000000000002E-2</v>
       </c>
       <c r="K150" s="4">
         <v>9.2499999999999999E-2</v>
       </c>
       <c r="L150" s="4">
         <v>4.7800000000000002E-2</v>
       </c>
       <c r="M150" s="4">
         <v>7.0699999999999999E-2</v>
       </c>
       <c r="N150" s="4">
-        <v>0.49230000000000002</v>
+        <v>0.73050000000000004</v>
       </c>
       <c r="O150" s="4">
         <v>0.61899999999999999</v>
       </c>
       <c r="P150" s="3">
-        <v>24.27</v>
+        <v>27.06</v>
       </c>
       <c r="Q150" s="3">
         <v>1</v>
       </c>
       <c r="R150" s="4">
-        <v>2.2200000000000001E-2</v>
+        <v>6.0299999999999999E-2</v>
       </c>
     </row>
     <row r="151" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B151" s="3" t="s">
-        <v>527</v>
+        <v>392</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>528</v>
+        <v>393</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F151" s="3">
         <v>3</v>
       </c>
       <c r="G151" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H151" s="3">
-        <v>63.35</v>
+        <v>80.45</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
       <c r="J151" s="4">
-        <v>2.58E-2</v>
+        <v>3.3599999999999998E-2</v>
       </c>
       <c r="K151" s="4">
-        <v>1.4E-2</v>
+        <v>0.94450000000000001</v>
       </c>
       <c r="L151" s="4">
-        <v>9.7299999999999998E-2</v>
+        <v>0.10290000000000001</v>
       </c>
       <c r="M151" s="4">
-        <v>0.2167</v>
+        <v>6.5600000000000006E-2</v>
       </c>
       <c r="N151" s="4">
-        <v>0.43780000000000002</v>
+        <v>0.93179999999999996</v>
       </c>
       <c r="O151" s="4">
-        <v>-0.93859999999999999</v>
+        <v>0.73860000000000003</v>
       </c>
       <c r="P151" s="3">
-        <v>21.5</v>
+        <v>28.36</v>
       </c>
       <c r="Q151" s="3">
         <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>2.7099999999999999E-2</v>
+        <v>-0.26140000000000002</v>
       </c>
     </row>
     <row r="152" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B152" s="3" t="s">
-        <v>403</v>
+        <v>100</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>404</v>
+        <v>101</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F152" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G152" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H152" s="3">
-        <v>92.08</v>
+        <v>314.73</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>195</v>
       </c>
       <c r="J152" s="4">
-        <v>3.4599999999999999E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="K152" s="4">
-        <v>0.94450000000000001</v>
+        <v>0.17849999999999999</v>
       </c>
       <c r="L152" s="4">
-        <v>0.10290000000000001</v>
+        <v>8.3900000000000002E-2</v>
       </c>
       <c r="M152" s="4">
-        <v>6.5600000000000006E-2</v>
+        <v>0.10009999999999999</v>
       </c>
       <c r="N152" s="4">
-        <v>0.93179999999999996</v>
+        <v>0.28079999999999999</v>
       </c>
       <c r="O152" s="4">
-        <v>0.73860000000000003</v>
+        <v>0.35020000000000001</v>
       </c>
       <c r="P152" s="3">
-        <v>27.54</v>
+        <v>15.73</v>
       </c>
       <c r="Q152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R152" s="4">
-        <v>1.8100000000000002E-2</v>
+        <v>0.17899999999999999</v>
       </c>
     </row>
     <row r="153" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B153" s="3" t="s">
-        <v>100</v>
+        <v>269</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>101</v>
+        <v>270</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F153" s="3">
         <v>4</v>
       </c>
       <c r="G153" s="3">
         <v>4</v>
       </c>
       <c r="H153" s="3">
-        <v>323.10000000000002</v>
+        <v>34.619999999999997</v>
       </c>
       <c r="I153" s="3">
-        <v>195</v>
+        <v>45.29</v>
       </c>
       <c r="J153" s="4">
-        <v>1.89E-2</v>
+        <v>2.63E-2</v>
       </c>
       <c r="K153" s="4">
-        <v>0.17849999999999999</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="L153" s="4">
-        <v>8.3900000000000002E-2</v>
+        <v>0.14349999999999999</v>
       </c>
       <c r="M153" s="4">
-        <v>0.10009999999999999</v>
+        <v>0.1197</v>
       </c>
       <c r="N153" s="4">
-        <v>0.2424</v>
+        <v>0.64449999999999996</v>
       </c>
       <c r="O153" s="4">
-        <v>0.35020000000000001</v>
+        <v>0.4793</v>
       </c>
       <c r="P153" s="3">
-        <v>15.71</v>
+        <v>24.19</v>
       </c>
       <c r="Q153" s="3">
         <v>1</v>
       </c>
       <c r="R153" s="4">
-        <v>2.52E-2</v>
+        <v>9.1899999999999996E-2</v>
       </c>
     </row>
     <row r="154" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B154" s="3" t="s">
-        <v>270</v>
+        <v>102</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>271</v>
+        <v>103</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F154" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G154" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H154" s="3">
-        <v>32.979999999999997</v>
+        <v>59.41</v>
       </c>
       <c r="I154" s="3">
-        <v>45.29</v>
+        <v>0</v>
       </c>
       <c r="J154" s="4">
-        <v>2.7900000000000001E-2</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K154" s="4">
-        <v>7.3200000000000001E-2</v>
+        <v>0.152</v>
       </c>
       <c r="L154" s="4">
-        <v>0.14349999999999999</v>
+        <v>9.01E-2</v>
       </c>
       <c r="M154" s="4">
-        <v>0.12889999999999999</v>
+        <v>0.15809999999999999</v>
       </c>
       <c r="N154" s="4">
-        <v>0.64449999999999996</v>
+        <v>0.16089999999999999</v>
       </c>
       <c r="O154" s="4">
-        <v>0.4793</v>
+        <v>0.23630000000000001</v>
       </c>
       <c r="P154" s="3">
-        <v>22.8</v>
+        <v>9.65</v>
       </c>
       <c r="Q154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R154" s="4">
-        <v>2.0299999999999999E-2</v>
+        <v>-0.1053</v>
       </c>
     </row>
     <row r="155" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B155" s="3" t="s">
-        <v>102</v>
+        <v>332</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>103</v>
+        <v>333</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F155" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G155" s="3">
         <v>3</v>
       </c>
       <c r="H155" s="3">
-        <v>56.44</v>
+        <v>27.98</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
       <c r="J155" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>3.3500000000000002E-2</v>
       </c>
       <c r="K155" s="4">
-        <v>0.17929999999999999</v>
+        <v>4.0300000000000002E-2</v>
       </c>
       <c r="L155" s="4">
-        <v>9.35E-2</v>
+        <v>6.8400000000000002E-2</v>
       </c>
       <c r="M155" s="4">
-        <v>0.15809999999999999</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="N155" s="4">
-        <v>0</v>
+        <v>0.83760000000000001</v>
       </c>
       <c r="O155" s="4">
-        <v>0.20250000000000001</v>
+        <v>0.78049999999999997</v>
       </c>
       <c r="P155" s="3">
-        <v>8.0500000000000007</v>
+        <v>23.67</v>
       </c>
       <c r="Q155" s="3">
         <v>0</v>
       </c>
       <c r="R155" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>-0.12920000000000001</v>
       </c>
     </row>
     <row r="156" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B156" s="3" t="s">
-        <v>335</v>
+        <v>447</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>336</v>
+        <v>448</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F156" s="3">
         <v>3</v>
       </c>
       <c r="G156" s="3">
         <v>3</v>
       </c>
       <c r="H156" s="3">
-        <v>28.25</v>
+        <v>46.3</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>24.48</v>
       </c>
       <c r="J156" s="4">
-        <v>3.3000000000000002E-2</v>
+        <v>4.7500000000000001E-2</v>
       </c>
       <c r="K156" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>0.52080000000000004</v>
       </c>
       <c r="L156" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>0.19270000000000001</v>
       </c>
       <c r="M156" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>0.2707</v>
       </c>
       <c r="N156" s="4">
-        <v>0.83760000000000001</v>
+        <v>0.96060000000000001</v>
       </c>
       <c r="O156" s="4">
-        <v>0.78049999999999997</v>
+        <v>0.88039999999999996</v>
       </c>
       <c r="P156" s="3">
-        <v>24.03</v>
+        <v>24.2</v>
       </c>
       <c r="Q156" s="3">
         <v>0</v>
       </c>
       <c r="R156" s="4">
-        <v>2.4299999999999999E-2</v>
+        <v>0.17899999999999999</v>
       </c>
     </row>
     <row r="157" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B157" s="3" t="s">
-        <v>458</v>
+        <v>104</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>459</v>
+        <v>105</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F157" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G157" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H157" s="3">
-        <v>43.5</v>
+        <v>1356.7</v>
       </c>
       <c r="I157" s="3">
-        <v>24.48</v>
+        <v>277.39999999999998</v>
       </c>
       <c r="J157" s="4">
-        <v>4.99E-2</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="K157" s="4">
-        <v>0.52080000000000004</v>
+        <v>0.29449999999999998</v>
       </c>
       <c r="L157" s="4">
-        <v>0.19270000000000001</v>
+        <v>0.15579999999999999</v>
       </c>
       <c r="M157" s="4">
-        <v>0.2707</v>
+        <v>0.15820000000000001</v>
       </c>
       <c r="N157" s="4">
-        <v>0.96060000000000001</v>
+        <v>0.22309999999999999</v>
       </c>
       <c r="O157" s="4">
-        <v>0.88039999999999996</v>
+        <v>0.22470000000000001</v>
       </c>
       <c r="P157" s="3">
-        <v>23.01</v>
+        <v>41.04</v>
       </c>
       <c r="Q157" s="3">
         <v>0</v>
       </c>
       <c r="R157" s="4">
-        <v>6.0499999999999998E-2</v>
+        <v>0.92179999999999995</v>
       </c>
     </row>
     <row r="158" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B158" s="3" t="s">
-        <v>104</v>
+        <v>511</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>105</v>
+        <v>512</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F158" s="3">
         <v>4</v>
       </c>
       <c r="G158" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H158" s="3">
-        <v>1265.54</v>
+        <v>64.180000000000007</v>
       </c>
       <c r="I158" s="3">
-        <v>277.39999999999998</v>
+        <v>39.85</v>
       </c>
       <c r="J158" s="4">
-        <v>6.1000000000000004E-3</v>
+        <v>2.2200000000000001E-2</v>
       </c>
       <c r="K158" s="4">
-        <v>0.29449999999999998</v>
+        <v>3.9800000000000002E-2</v>
       </c>
       <c r="L158" s="4">
-        <v>0.15579999999999999</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="M158" s="4">
-        <v>0.1615</v>
+        <v>0.13869999999999999</v>
       </c>
       <c r="N158" s="4">
-        <v>0.22309999999999999</v>
+        <v>0.33529999999999999</v>
       </c>
       <c r="O158" s="4">
-        <v>0.248</v>
+        <v>0.38740000000000002</v>
       </c>
       <c r="P158" s="3">
-        <v>39.11</v>
+        <v>58.77</v>
       </c>
       <c r="Q158" s="3">
         <v>0</v>
       </c>
       <c r="R158" s="4">
-        <v>1.11E-2</v>
+        <v>1.5699999999999999E-2</v>
       </c>
     </row>
     <row r="159" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B159" s="3" t="s">
-        <v>529</v>
+        <v>449</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>530</v>
+        <v>450</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F159" s="3">
         <v>4</v>
       </c>
       <c r="G159" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H159" s="3">
-        <v>62.29</v>
+        <v>65.459999999999994</v>
       </c>
       <c r="I159" s="3">
-        <v>39.85</v>
+        <v>19.93</v>
       </c>
       <c r="J159" s="4">
-        <v>2.24E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="K159" s="4">
-        <v>3.9800000000000002E-2</v>
+        <v>0.21390000000000001</v>
       </c>
       <c r="L159" s="4">
-        <v>2.1000000000000001E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="M159" s="4">
-        <v>0.14530000000000001</v>
+        <v>0.1144</v>
       </c>
       <c r="N159" s="4">
-        <v>0.33529999999999999</v>
+        <v>0.28029999999999999</v>
       </c>
       <c r="O159" s="4">
-        <v>0.38740000000000002</v>
+        <v>0.19919999999999999</v>
       </c>
       <c r="P159" s="3">
-        <v>57.16</v>
+        <v>30.69</v>
       </c>
       <c r="Q159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R159" s="4">
-        <v>2.1999999999999999E-2</v>
+        <v>0.40970000000000001</v>
       </c>
     </row>
     <row r="160" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B160" s="3" t="s">
-        <v>460</v>
+        <v>394</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>461</v>
+        <v>395</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="F160" s="3">
         <v>4</v>
       </c>
       <c r="G160" s="3">
         <v>4</v>
       </c>
       <c r="H160" s="3">
-        <v>61.89</v>
+        <v>126.05</v>
       </c>
       <c r="I160" s="3">
-        <v>19.93</v>
-[...2 lines deleted...]
-        <v>9.1000000000000004E-3</v>
+        <v>0</v>
+      </c>
+      <c r="J160" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="K160" s="4">
-        <v>0.21390000000000001</v>
+        <v>0.1206</v>
       </c>
       <c r="L160" s="4">
-        <v>3.4000000000000002E-2</v>
+        <v>7.4800000000000005E-2</v>
       </c>
       <c r="M160" s="4">
-        <v>0.1144</v>
+        <v>0.22470000000000001</v>
       </c>
       <c r="N160" s="4">
-        <v>0.28029999999999999</v>
+        <v>1.6012</v>
       </c>
       <c r="O160" s="4">
-        <v>0.19919999999999999</v>
+        <v>0.90410000000000001</v>
       </c>
       <c r="P160" s="3">
-        <v>30.18</v>
+        <v>30.05</v>
       </c>
       <c r="Q160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R160" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>8.0299999999999996E-2</v>
       </c>
     </row>
     <row r="161" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B161" s="3" t="s">
-        <v>405</v>
+        <v>545</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>406</v>
+        <v>546</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F161" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G161" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H161" s="3">
-        <v>127.49</v>
+        <v>221</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>75.53</v>
+      </c>
+      <c r="J161" s="4">
+        <v>0.02</v>
       </c>
       <c r="K161" s="4">
-        <v>0.1206</v>
+        <v>3.7400000000000003E-2</v>
       </c>
       <c r="L161" s="4">
-        <v>7.4800000000000005E-2</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="M161" s="4">
-        <v>0.19919999999999999</v>
+        <v>0.1007</v>
       </c>
       <c r="N161" s="4">
-        <v>1.6012</v>
+        <v>0.23910000000000001</v>
       </c>
       <c r="O161" s="4">
-        <v>0.90410000000000001</v>
+        <v>-0.68669999999999998</v>
       </c>
       <c r="P161" s="3">
-        <v>29.94</v>
+        <v>12.25</v>
       </c>
       <c r="Q161" s="3">
         <v>0</v>
       </c>
       <c r="R161" s="4">
-        <v>4.4200000000000003E-2</v>
+        <v>0.30080000000000001</v>
       </c>
     </row>
     <row r="162" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B162" s="3" t="s">
-        <v>573</v>
+        <v>451</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>574</v>
+        <v>452</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F162" s="3">
         <v>3</v>
       </c>
       <c r="G162" s="3">
         <v>3</v>
       </c>
       <c r="H162" s="3">
-        <v>217.11</v>
+        <v>150.87</v>
       </c>
       <c r="I162" s="3">
-        <v>75.53</v>
+        <v>0</v>
       </c>
       <c r="J162" s="4">
-        <v>2.0199999999999999E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K162" s="4">
-        <v>3.7400000000000003E-2</v>
+        <v>2.7199999999999998E-2</v>
       </c>
       <c r="L162" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M162" s="4">
-        <v>0.10489999999999999</v>
+        <v>9.6699999999999994E-2</v>
       </c>
       <c r="N162" s="4">
-        <v>0.23910000000000001</v>
+        <v>0.76619999999999999</v>
       </c>
       <c r="O162" s="4">
-        <v>-0.68669999999999998</v>
+        <v>0.37290000000000001</v>
       </c>
       <c r="P162" s="3">
-        <v>12.12</v>
+        <v>21.06</v>
       </c>
       <c r="Q162" s="3">
         <v>0</v>
       </c>
       <c r="R162" s="4">
-        <v>2.0899999999999998E-2</v>
+        <v>0.52800000000000002</v>
       </c>
     </row>
     <row r="163" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B163" s="3" t="s">
-        <v>462</v>
+        <v>106</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>463</v>
+        <v>107</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F163" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G163" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H163" s="3">
-        <v>123.46</v>
+        <v>271.26</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
       <c r="J163" s="4">
-        <v>3.7199999999999997E-2</v>
+        <v>1.18E-2</v>
       </c>
       <c r="K163" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>0.22289999999999999</v>
       </c>
       <c r="L163" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>9.4799999999999995E-2</v>
       </c>
       <c r="M163" s="4">
-        <v>0.10440000000000001</v>
+        <v>8.9499999999999996E-2</v>
       </c>
       <c r="N163" s="4">
-        <v>0.76619999999999999</v>
+        <v>0.35160000000000002</v>
       </c>
       <c r="O163" s="4">
-        <v>0.37290000000000001</v>
+        <v>0.3049</v>
       </c>
       <c r="P163" s="3">
-        <v>17.260000000000002</v>
+        <v>28.66</v>
       </c>
       <c r="Q163" s="3">
         <v>0</v>
       </c>
       <c r="R163" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>0.41020000000000001</v>
       </c>
     </row>
     <row r="164" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B164" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F164" s="3">
         <v>4</v>
       </c>
       <c r="G164" s="3">
         <v>4</v>
       </c>
       <c r="H164" s="3">
-        <v>244.68</v>
+        <v>508.63</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>183.73</v>
       </c>
       <c r="J164" s="4">
-        <v>1.2999999999999999E-2</v>
+        <v>1.0500000000000001E-2</v>
       </c>
       <c r="K164" s="4">
-        <v>0.22289999999999999</v>
+        <v>0.20680000000000001</v>
       </c>
       <c r="L164" s="4">
-        <v>9.4799999999999995E-2</v>
+        <v>8.0199999999999994E-2</v>
       </c>
       <c r="M164" s="4">
-        <v>8.9499999999999996E-2</v>
+        <v>0.10390000000000001</v>
       </c>
       <c r="N164" s="4">
-        <v>0.35160000000000002</v>
+        <v>0.21809999999999999</v>
       </c>
       <c r="O164" s="4">
-        <v>0.3049</v>
+        <v>0.27600000000000002</v>
       </c>
       <c r="P164" s="3">
-        <v>26.07</v>
+        <v>22.87</v>
       </c>
       <c r="Q164" s="3">
         <v>0</v>
       </c>
       <c r="R164" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>-0.14219999999999999</v>
       </c>
     </row>
     <row r="165" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B165" s="3" t="s">
-        <v>357</v>
+        <v>334</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>358</v>
+        <v>335</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F165" s="3">
         <v>4</v>
       </c>
       <c r="G165" s="3">
         <v>4</v>
       </c>
       <c r="H165" s="3">
-        <v>295.04000000000002</v>
+        <v>463.6</v>
       </c>
       <c r="I165" s="3">
-        <v>149.33000000000001</v>
+        <v>96.26</v>
       </c>
       <c r="J165" s="4">
-        <v>1.67E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="K165" s="4">
-        <v>0.1242</v>
+        <v>0.25979999999999998</v>
       </c>
       <c r="L165" s="4">
-        <v>3.6299999999999999E-2</v>
+        <v>4.2200000000000001E-2</v>
       </c>
       <c r="M165" s="4">
-        <v>7.1400000000000005E-2</v>
+        <v>8.7800000000000003E-2</v>
       </c>
       <c r="N165" s="4">
-        <v>0.58989999999999998</v>
+        <v>0.40439999999999998</v>
       </c>
       <c r="O165" s="4">
-        <v>0.47589999999999999</v>
+        <v>0.54610000000000003</v>
       </c>
       <c r="P165" s="3">
-        <v>30.87</v>
+        <v>30.81</v>
       </c>
       <c r="Q165" s="3">
         <v>0</v>
       </c>
       <c r="R165" s="4">
-        <v>2.1100000000000001E-2</v>
+        <v>2.6700000000000002E-2</v>
       </c>
     </row>
     <row r="166" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B166" s="3" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>109</v>
+        <v>254</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F166" s="3">
         <v>4</v>
       </c>
       <c r="G166" s="3">
         <v>4</v>
       </c>
       <c r="H166" s="3">
-        <v>495.7</v>
+        <v>1003.14</v>
       </c>
       <c r="I166" s="3">
-        <v>183.73</v>
+        <v>147.26</v>
       </c>
       <c r="J166" s="4">
-        <v>1.0500000000000001E-2</v>
+        <v>6.6E-3</v>
       </c>
       <c r="K166" s="4">
-        <v>0.20680000000000001</v>
+        <v>0.2467</v>
       </c>
       <c r="L166" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>0.19350000000000001</v>
       </c>
       <c r="M166" s="4">
-        <v>0.10390000000000001</v>
+        <v>0.152</v>
       </c>
       <c r="N166" s="4">
-        <v>0.2011</v>
+        <v>0.4587</v>
       </c>
       <c r="O166" s="4">
-        <v>0.31519999999999998</v>
+        <v>0.80900000000000005</v>
       </c>
       <c r="P166" s="3">
-        <v>20.97</v>
+        <v>49.07</v>
       </c>
       <c r="Q166" s="3">
         <v>0</v>
       </c>
       <c r="R166" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>0.2979</v>
       </c>
     </row>
     <row r="167" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B167" s="3" t="s">
-        <v>337</v>
+        <v>219</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>338</v>
+        <v>220</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F167" s="3">
         <v>4</v>
       </c>
       <c r="G167" s="3">
         <v>4</v>
       </c>
       <c r="H167" s="3">
-        <v>423.61</v>
+        <v>87.54</v>
       </c>
       <c r="I167" s="3">
-        <v>96.26</v>
+        <v>43.01</v>
       </c>
       <c r="J167" s="4">
-        <v>1.4200000000000001E-2</v>
+        <v>9.2999999999999992E-3</v>
       </c>
       <c r="K167" s="4">
-        <v>0.25979999999999998</v>
+        <v>0.17019999999999999</v>
       </c>
       <c r="L167" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>0.13239999999999999</v>
       </c>
       <c r="M167" s="4">
-        <v>9.3399999999999997E-2</v>
+        <v>0.14299999999999999</v>
       </c>
       <c r="N167" s="4">
-        <v>0.40439999999999998</v>
+        <v>0.32650000000000001</v>
       </c>
       <c r="O167" s="4">
-        <v>0.54610000000000003</v>
+        <v>0.25929999999999997</v>
       </c>
       <c r="P167" s="3">
-        <v>28.22</v>
+        <v>37.86</v>
       </c>
       <c r="Q167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R167" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>-8.6199999999999999E-2</v>
       </c>
     </row>
     <row r="168" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B168" s="3" t="s">
-        <v>254</v>
+        <v>110</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>255</v>
+        <v>111</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F168" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G168" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H168" s="3">
-        <v>1076.32</v>
+        <v>66.52</v>
       </c>
       <c r="I168" s="3">
-        <v>147.26</v>
+        <v>0</v>
       </c>
       <c r="J168" s="4">
-        <v>6.4999999999999997E-3</v>
+        <v>3.2899999999999999E-2</v>
       </c>
       <c r="K168" s="4">
-        <v>0.2467</v>
+        <v>5.5300000000000002E-2</v>
       </c>
       <c r="L168" s="4">
-        <v>0.19350000000000001</v>
+        <v>3.95E-2</v>
       </c>
       <c r="M168" s="4">
-        <v>0.15179999999999999</v>
+        <v>5.7799999999999997E-2</v>
       </c>
       <c r="N168" s="4">
-        <v>0.4587</v>
+        <v>0.71299999999999997</v>
       </c>
       <c r="O168" s="4">
-        <v>0.80900000000000005</v>
+        <v>-0.39269999999999999</v>
       </c>
       <c r="P168" s="3">
-        <v>52.4</v>
+        <v>20.49</v>
       </c>
       <c r="Q168" s="3">
         <v>0</v>
       </c>
       <c r="R168" s="4">
-        <v>1.0800000000000001E-2</v>
+        <v>0.13389999999999999</v>
       </c>
     </row>
     <row r="169" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B169" s="3" t="s">
-        <v>220</v>
+        <v>112</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>221</v>
+        <v>113</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F169" s="3">
         <v>4</v>
       </c>
       <c r="G169" s="3">
         <v>4</v>
       </c>
       <c r="H169" s="3">
-        <v>84.6</v>
+        <v>230.16</v>
       </c>
       <c r="I169" s="3">
-        <v>43.01</v>
+        <v>43.4</v>
       </c>
       <c r="J169" s="4">
-        <v>9.4000000000000004E-3</v>
+        <v>4.4000000000000003E-3</v>
       </c>
       <c r="K169" s="4">
-        <v>0.17019999999999999</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="L169" s="4">
-        <v>0.13239999999999999</v>
+        <v>0.1043</v>
       </c>
       <c r="M169" s="4">
-        <v>0.1487</v>
+        <v>0.13950000000000001</v>
       </c>
       <c r="N169" s="4">
-        <v>0.32650000000000001</v>
+        <v>0.2203</v>
       </c>
       <c r="O169" s="4">
-        <v>0.25929999999999997</v>
+        <v>0.19470000000000001</v>
       </c>
       <c r="P169" s="3">
-        <v>37.229999999999997</v>
+        <v>48.68</v>
       </c>
       <c r="Q169" s="3">
         <v>1</v>
       </c>
       <c r="R169" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>1.9885999999999999</v>
       </c>
     </row>
     <row r="170" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B170" s="3" t="s">
-        <v>339</v>
+        <v>564</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>340</v>
+        <v>565</v>
       </c>
       <c r="D170" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F170" s="3">
         <v>3</v>
       </c>
       <c r="G170" s="3">
         <v>3</v>
       </c>
       <c r="H170" s="3">
-        <v>28.16</v>
+        <v>46.28</v>
       </c>
       <c r="I170" s="3">
-        <v>14.13</v>
+        <v>22.76</v>
       </c>
       <c r="J170" s="4">
-        <v>3.4000000000000002E-2</v>
+        <v>3.3799999999999997E-2</v>
       </c>
       <c r="K170" s="4">
-        <v>4.6600000000000003E-2</v>
+        <v>4.0899999999999999E-2</v>
       </c>
       <c r="L170" s="4">
-        <v>2.9600000000000001E-2</v>
+        <v>0.12959999999999999</v>
       </c>
       <c r="M170" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.1</v>
       </c>
       <c r="N170" s="4">
-        <v>0.33700000000000002</v>
+        <v>0.57920000000000005</v>
       </c>
       <c r="O170" s="4">
-        <v>0.22470000000000001</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="P170" s="3">
-        <v>11.14</v>
+        <v>16.66</v>
       </c>
       <c r="Q170" s="3">
         <v>0</v>
       </c>
       <c r="R170" s="4">
-        <v>3.3399999999999999E-2</v>
+        <v>-0.2321</v>
       </c>
     </row>
     <row r="171" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B171" s="3" t="s">
-        <v>110</v>
+        <v>453</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>111</v>
+        <v>454</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F171" s="3">
         <v>3</v>
       </c>
       <c r="G171" s="3">
         <v>3</v>
       </c>
       <c r="H171" s="3">
-        <v>65.03</v>
+        <v>37.229999999999997</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
       <c r="J171" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="K171" s="4">
-        <v>5.5300000000000002E-2</v>
+        <v>7.3300000000000004E-2</v>
       </c>
       <c r="L171" s="4">
-        <v>3.95E-2</v>
+        <v>5.8900000000000001E-2</v>
       </c>
       <c r="M171" s="4">
-        <v>5.7799999999999997E-2</v>
+        <v>0.12520000000000001</v>
       </c>
       <c r="N171" s="4">
-        <v>0.71299999999999997</v>
+        <v>0.35110000000000002</v>
       </c>
       <c r="O171" s="4">
-        <v>-0.39269999999999999</v>
+        <v>0.29289999999999999</v>
       </c>
       <c r="P171" s="3">
-        <v>20.34</v>
+        <v>17.2</v>
       </c>
       <c r="Q171" s="3">
         <v>0</v>
       </c>
       <c r="R171" s="4">
-        <v>3.1199999999999999E-2</v>
+        <v>-0.15770000000000001</v>
       </c>
     </row>
     <row r="172" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B172" s="3" t="s">
-        <v>112</v>
+        <v>396</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>113</v>
+        <v>397</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F172" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G172" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H172" s="3">
-        <v>175.26</v>
+        <v>550.85</v>
       </c>
       <c r="I172" s="3">
-        <v>43.4</v>
+        <v>407.83</v>
       </c>
       <c r="J172" s="4">
-        <v>6.0000000000000001E-3</v>
+        <v>6.3E-3</v>
       </c>
       <c r="K172" s="4">
-        <v>0.17599999999999999</v>
+        <v>0.19639999999999999</v>
       </c>
       <c r="L172" s="4">
-        <v>0.1043</v>
+        <v>0.1552</v>
       </c>
       <c r="M172" s="4">
-        <v>0.14410000000000001</v>
+        <v>0.1394</v>
       </c>
       <c r="N172" s="4">
-        <v>0.2203</v>
+        <v>0.1867</v>
       </c>
       <c r="O172" s="4">
-        <v>0.2127</v>
+        <v>0.17030000000000001</v>
       </c>
       <c r="P172" s="3">
-        <v>37.96</v>
+        <v>33.340000000000003</v>
       </c>
       <c r="Q172" s="3">
         <v>1</v>
       </c>
       <c r="R172" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
     </row>
     <row r="173" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B173" s="3" t="s">
-        <v>464</v>
+        <v>513</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>465</v>
+        <v>514</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F173" s="3">
         <v>3</v>
       </c>
       <c r="G173" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H173" s="3">
-        <v>38.06</v>
+        <v>132.21</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
       <c r="J173" s="4">
-        <v>2.46E-2</v>
+        <v>4.6300000000000001E-2</v>
       </c>
       <c r="K173" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>0.16569999999999999</v>
       </c>
       <c r="L173" s="4">
-        <v>5.8900000000000001E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="M173" s="4">
-        <v>0.1298</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N173" s="4">
-        <v>0.35110000000000002</v>
+        <v>1.3220000000000001</v>
       </c>
       <c r="O173" s="4">
-        <v>0.29289999999999999</v>
+        <v>0.88759999999999994</v>
       </c>
       <c r="P173" s="3">
-        <v>18.190000000000001</v>
+        <v>28.01</v>
       </c>
       <c r="Q173" s="3">
         <v>0</v>
       </c>
       <c r="R173" s="4">
-        <v>2.3E-2</v>
+        <v>-9.4600000000000004E-2</v>
       </c>
     </row>
     <row r="174" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B174" s="3" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F174" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G174" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H174" s="3">
-        <v>575.20000000000005</v>
+        <v>68.069999999999993</v>
       </c>
       <c r="I174" s="3">
-        <v>407.83</v>
+        <v>0</v>
       </c>
       <c r="J174" s="4">
-        <v>6.1000000000000004E-3</v>
+        <v>1.8599999999999998E-2</v>
       </c>
       <c r="K174" s="4">
-        <v>0.19639999999999999</v>
+        <v>5.0200000000000002E-2</v>
       </c>
       <c r="L174" s="4">
-        <v>0.1552</v>
+        <v>1.11E-2</v>
       </c>
       <c r="M174" s="4">
-        <v>0.1394</v>
+        <v>0.17230000000000001</v>
       </c>
       <c r="N174" s="4">
-        <v>0.19620000000000001</v>
+        <v>0.30780000000000002</v>
       </c>
       <c r="O174" s="4">
-        <v>0.1661</v>
+        <v>0.30730000000000002</v>
       </c>
       <c r="P174" s="3">
-        <v>36.590000000000003</v>
+        <v>17.45</v>
       </c>
       <c r="Q174" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R174" s="4">
-        <v>6.0000000000000001E-3</v>
+        <v>-0.1265</v>
       </c>
     </row>
     <row r="175" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B175" s="3" t="s">
-        <v>531</v>
+        <v>400</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>532</v>
+        <v>401</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F175" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G175" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H175" s="3">
-        <v>136.66999999999999</v>
+        <v>164.9</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
       <c r="J175" s="4">
-        <v>4.5600000000000002E-2</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="K175" s="4">
-        <v>0.16569999999999999</v>
+        <v>0.2429</v>
       </c>
       <c r="L175" s="4">
-        <v>5.6000000000000001E-2</v>
+        <v>7.2599999999999998E-2</v>
       </c>
       <c r="M175" s="4">
-        <v>8.6099999999999996E-2</v>
+        <v>0.09</v>
       </c>
       <c r="N175" s="4">
-        <v>1.3220000000000001</v>
+        <v>9.4E-2</v>
       </c>
       <c r="O175" s="4">
-        <v>0.88759999999999994</v>
+        <v>0.28370000000000001</v>
       </c>
       <c r="P175" s="3">
-        <v>28.44</v>
+        <v>12.57</v>
       </c>
       <c r="Q175" s="3">
         <v>0</v>
       </c>
       <c r="R175" s="4">
-        <v>3.44E-2</v>
+        <v>0.23039999999999999</v>
       </c>
     </row>
     <row r="176" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B176" s="3" t="s">
-        <v>533</v>
+        <v>255</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>534</v>
+        <v>256</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F176" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G176" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H176" s="3">
-        <v>59.39</v>
+        <v>319.39</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>195.3</v>
       </c>
       <c r="J176" s="4">
-        <v>5.1799999999999999E-2</v>
+        <v>2.3400000000000001E-2</v>
       </c>
       <c r="K176" s="4">
-        <v>0.74550000000000005</v>
+        <v>0.1323</v>
       </c>
       <c r="L176" s="4">
-        <v>0.20319999999999999</v>
+        <v>6.4600000000000005E-2</v>
       </c>
       <c r="M176" s="4">
-        <v>5.0599999999999999E-2</v>
+        <v>7.1300000000000002E-2</v>
       </c>
       <c r="N176" s="4">
-        <v>0.70569999999999999</v>
+        <v>0.59219999999999995</v>
       </c>
       <c r="O176" s="4">
-        <v>1.0524</v>
+        <v>0.6865</v>
       </c>
       <c r="P176" s="3">
-        <v>9.98</v>
+        <v>27.25</v>
       </c>
       <c r="Q176" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R176" s="4">
-        <v>6.1800000000000001E-2</v>
+        <v>0.1239</v>
       </c>
     </row>
     <row r="177" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B177" s="3" t="s">
-        <v>409</v>
+        <v>114</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>410</v>
+        <v>115</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F177" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G177" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H177" s="3">
-        <v>64.23</v>
+        <v>471.02</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>259.95</v>
       </c>
       <c r="J177" s="4">
-        <v>1.9300000000000001E-2</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="K177" s="4">
-        <v>5.0200000000000002E-2</v>
+        <v>5.8900000000000001E-2</v>
       </c>
       <c r="L177" s="4">
-        <v>1.11E-2</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="M177" s="4">
-        <v>0.17230000000000001</v>
+        <v>0.1033</v>
       </c>
       <c r="N177" s="4">
-        <v>0.30780000000000002</v>
+        <v>0.31209999999999999</v>
       </c>
       <c r="O177" s="4">
-        <v>0.30730000000000002</v>
+        <v>0.2873</v>
       </c>
       <c r="P177" s="3">
-        <v>16.440000000000001</v>
+        <v>37.68</v>
       </c>
       <c r="Q177" s="3">
         <v>0</v>
       </c>
       <c r="R177" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>4.9399999999999999E-2</v>
       </c>
     </row>
     <row r="178" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B178" s="3" t="s">
-        <v>411</v>
+        <v>221</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>412</v>
+        <v>222</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F178" s="3">
         <v>4</v>
       </c>
       <c r="G178" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H178" s="3">
-        <v>123.06</v>
+        <v>59.51</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>70.67</v>
       </c>
       <c r="J178" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.4099999999999998E-2</v>
       </c>
       <c r="K178" s="4">
-        <v>0.2429</v>
+        <v>1.6299999999999999E-2</v>
       </c>
       <c r="L178" s="4">
-        <v>7.2599999999999998E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="M178" s="4">
-        <v>9.2399999999999996E-2</v>
+        <v>0.1008</v>
       </c>
       <c r="N178" s="4">
-        <v>9.4E-2</v>
+        <v>0.51980000000000004</v>
       </c>
       <c r="O178" s="4">
-        <v>0.28370000000000001</v>
+        <v>1.0782</v>
       </c>
       <c r="P178" s="3">
-        <v>9.48</v>
+        <v>21.93</v>
       </c>
       <c r="Q178" s="3">
         <v>0</v>
       </c>
       <c r="R178" s="4">
-        <v>1.37E-2</v>
+        <v>5.4600000000000003E-2</v>
       </c>
     </row>
     <row r="179" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B179" s="3" t="s">
-        <v>256</v>
+        <v>280</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>257</v>
+        <v>281</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F179" s="3">
         <v>4</v>
       </c>
       <c r="G179" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H179" s="3">
-        <v>316.13</v>
+        <v>123.69</v>
       </c>
       <c r="I179" s="3">
-        <v>195.3</v>
+        <v>0</v>
       </c>
       <c r="J179" s="4">
-        <v>2.3599999999999999E-2</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="K179" s="4">
-        <v>0.1323</v>
+        <v>0.40110000000000001</v>
       </c>
       <c r="L179" s="4">
-        <v>6.4600000000000005E-2</v>
+        <v>0.1154</v>
       </c>
       <c r="M179" s="4">
-        <v>7.2999999999999995E-2</v>
+        <v>0.3599</v>
       </c>
       <c r="N179" s="4">
-        <v>0.59219999999999995</v>
+        <v>0.14510000000000001</v>
       </c>
       <c r="O179" s="4">
-        <v>0.6865</v>
+        <v>0.15379999999999999</v>
       </c>
       <c r="P179" s="3">
-        <v>26.94</v>
+        <v>18.47</v>
       </c>
       <c r="Q179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R179" s="4">
-        <v>2.2700000000000001E-2</v>
+        <v>0.80389999999999995</v>
       </c>
     </row>
     <row r="180" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B180" s="3" t="s">
-        <v>114</v>
+        <v>336</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>115</v>
+        <v>337</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F180" s="3">
         <v>4</v>
       </c>
       <c r="G180" s="3">
         <v>4</v>
       </c>
       <c r="H180" s="3">
-        <v>509.52</v>
+        <v>1165.3399999999999</v>
       </c>
       <c r="I180" s="3">
-        <v>259.95</v>
+        <v>0</v>
       </c>
       <c r="J180" s="4">
-        <v>7.4999999999999997E-3</v>
+        <v>5.3E-3</v>
       </c>
       <c r="K180" s="4">
-        <v>5.8900000000000001E-2</v>
+        <v>0.62109999999999999</v>
       </c>
       <c r="L180" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>0.25800000000000001</v>
       </c>
       <c r="M180" s="4">
-        <v>0.1091</v>
+        <v>0.2555</v>
       </c>
       <c r="N180" s="4">
-        <v>0.31209999999999999</v>
+        <v>0.13789999999999999</v>
       </c>
       <c r="O180" s="4">
-        <v>0.2873</v>
+        <v>0.38690000000000002</v>
       </c>
       <c r="P180" s="3">
-        <v>40.24</v>
+        <v>29.96</v>
       </c>
       <c r="Q180" s="3">
         <v>0</v>
       </c>
       <c r="R180" s="4">
-        <v>7.9000000000000008E-3</v>
+        <v>0.88129999999999997</v>
       </c>
     </row>
     <row r="181" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B181" s="3" t="s">
-        <v>222</v>
+        <v>314</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>223</v>
+        <v>315</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="F181" s="3">
         <v>4</v>
       </c>
       <c r="G181" s="3">
         <v>4</v>
       </c>
       <c r="H181" s="3">
-        <v>54.29</v>
+        <v>115.85</v>
       </c>
       <c r="I181" s="3">
-        <v>70.67</v>
+        <v>89.25</v>
       </c>
       <c r="J181" s="4">
-        <v>3.6700000000000003E-2</v>
+        <v>0.03</v>
       </c>
       <c r="K181" s="4">
-        <v>1.6299999999999999E-2</v>
+        <v>0.33629999999999999</v>
       </c>
       <c r="L181" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>9.1200000000000003E-2</v>
       </c>
       <c r="M181" s="4">
-        <v>0.1008</v>
+        <v>5.4100000000000002E-2</v>
       </c>
       <c r="N181" s="4">
-        <v>0.51980000000000004</v>
+        <v>0</v>
       </c>
       <c r="O181" s="4">
-        <v>1.0782</v>
+        <v>0.62139999999999995</v>
       </c>
       <c r="P181" s="3">
-        <v>20.37</v>
+        <v>15.32</v>
       </c>
       <c r="Q181" s="3">
         <v>0</v>
       </c>
       <c r="R181" s="4">
-        <v>2.4799999999999999E-2</v>
+        <v>0.1787</v>
       </c>
     </row>
     <row r="182" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B182" s="3" t="s">
-        <v>281</v>
+        <v>566</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>282</v>
+        <v>194</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F182" s="3">
         <v>4</v>
       </c>
       <c r="G182" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H182" s="3">
-        <v>117.34</v>
+        <v>188.48</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
       <c r="J182" s="4">
-        <v>8.6999999999999994E-3</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="K182" s="4">
-        <v>0.40110000000000001</v>
+        <v>0.16159999999999999</v>
       </c>
       <c r="L182" s="4">
-        <v>0.1154</v>
+        <v>8.9599999999999999E-2</v>
       </c>
       <c r="M182" s="4">
-        <v>0.37969999999999998</v>
+        <v>0.12959999999999999</v>
       </c>
       <c r="N182" s="4">
-        <v>0.151</v>
+        <v>0.4098</v>
       </c>
       <c r="O182" s="4">
-        <v>0.15379999999999999</v>
+        <v>0.31840000000000002</v>
       </c>
       <c r="P182" s="3">
-        <v>17.27</v>
+        <v>22.38</v>
       </c>
       <c r="Q182" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R182" s="4">
-        <v>1.21E-2</v>
+        <v>-0.12690000000000001</v>
       </c>
     </row>
     <row r="183" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B183" s="3" t="s">
-        <v>194</v>
+        <v>296</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>195</v>
+        <v>297</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F183" s="3">
         <v>4</v>
       </c>
       <c r="G183" s="3">
         <v>4</v>
       </c>
       <c r="H183" s="3">
-        <v>185.49</v>
+        <v>93.11</v>
       </c>
       <c r="I183" s="3">
-        <v>0</v>
+        <v>87.21</v>
       </c>
       <c r="J183" s="4">
-        <v>1.95E-2</v>
+        <v>1.78E-2</v>
       </c>
       <c r="K183" s="4">
-        <v>0.16159999999999999</v>
+        <v>6.88E-2</v>
       </c>
       <c r="L183" s="4">
-        <v>8.9599999999999999E-2</v>
+        <v>3.4299999999999997E-2</v>
       </c>
       <c r="M183" s="4">
-        <v>0.12959999999999999</v>
+        <v>9.8599999999999993E-2</v>
       </c>
       <c r="N183" s="4">
-        <v>0.36919999999999997</v>
+        <v>0.3115</v>
       </c>
       <c r="O183" s="4">
-        <v>0.34360000000000002</v>
+        <v>0.30259999999999998</v>
       </c>
       <c r="P183" s="3">
-        <v>22.15</v>
+        <v>20.25</v>
       </c>
       <c r="Q183" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R183" s="4">
-        <v>1.4200000000000001E-2</v>
+        <v>2.0799999999999999E-2</v>
       </c>
     </row>
     <row r="184" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B184" s="3" t="s">
-        <v>341</v>
+        <v>116</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>342</v>
+        <v>117</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F184" s="3">
         <v>4</v>
       </c>
       <c r="G184" s="3">
         <v>4</v>
       </c>
       <c r="H184" s="3">
-        <v>944.4</v>
+        <v>182.86</v>
       </c>
       <c r="I184" s="3">
-        <v>0</v>
+        <v>83.28</v>
       </c>
       <c r="J184" s="4">
-        <v>6.7000000000000002E-3</v>
+        <v>2.1600000000000001E-2</v>
       </c>
       <c r="K184" s="4">
-        <v>0.62109999999999999</v>
+        <v>8.6400000000000005E-2</v>
       </c>
       <c r="L184" s="4">
-        <v>0.25800000000000001</v>
+        <v>0.17299999999999999</v>
       </c>
       <c r="M184" s="4">
-        <v>0.2555</v>
+        <v>0.22420000000000001</v>
       </c>
       <c r="N184" s="4">
-        <v>0.13789999999999999</v>
+        <v>0</v>
       </c>
       <c r="O184" s="4">
-        <v>0.38690000000000002</v>
+        <v>0.62729999999999997</v>
       </c>
       <c r="P184" s="3">
-        <v>23.93</v>
+        <v>17.920000000000002</v>
       </c>
       <c r="Q184" s="3">
         <v>0</v>
       </c>
       <c r="R184" s="4">
-        <v>7.0000000000000001E-3</v>
+        <v>0.38579999999999998</v>
       </c>
     </row>
     <row r="185" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B185" s="3" t="s">
-        <v>317</v>
+        <v>223</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>318</v>
+        <v>224</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F185" s="3">
         <v>4</v>
       </c>
       <c r="G185" s="3">
         <v>4</v>
       </c>
       <c r="H185" s="3">
-        <v>104.74</v>
+        <v>581.07000000000005</v>
       </c>
       <c r="I185" s="3">
-        <v>89.25</v>
+        <v>0</v>
       </c>
       <c r="J185" s="4">
-        <v>3.3599999999999998E-2</v>
+        <v>1.3100000000000001E-2</v>
       </c>
       <c r="K185" s="4">
-        <v>0.33629999999999999</v>
+        <v>0.17499999999999999</v>
       </c>
       <c r="L185" s="4">
-        <v>9.1200000000000003E-2</v>
+        <v>0.125</v>
       </c>
       <c r="M185" s="4">
-        <v>5.7500000000000002E-2</v>
+        <v>0.1898</v>
       </c>
       <c r="N185" s="4">
-        <v>0.46400000000000002</v>
+        <v>0.44080000000000003</v>
       </c>
       <c r="O185" s="4">
-        <v>0.62139999999999995</v>
+        <v>0.38690000000000002</v>
       </c>
       <c r="P185" s="3">
-        <v>13.37</v>
+        <v>37.07</v>
       </c>
       <c r="Q185" s="3">
         <v>0</v>
       </c>
       <c r="R185" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>8.6400000000000005E-2</v>
       </c>
     </row>
     <row r="186" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B186" s="3" t="s">
-        <v>297</v>
+        <v>515</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>298</v>
+        <v>516</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F186" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G186" s="3">
         <v>4</v>
       </c>
       <c r="H186" s="3">
-        <v>98.42</v>
+        <v>51.39</v>
       </c>
       <c r="I186" s="3">
-        <v>79.180000000000007</v>
+        <v>0</v>
       </c>
       <c r="J186" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>2.7699999999999999E-2</v>
       </c>
       <c r="K186" s="4">
-        <v>7.2900000000000006E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="L186" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>6.59E-2</v>
       </c>
       <c r="M186" s="4">
-        <v>9.8599999999999993E-2</v>
+        <v>5.4199999999999998E-2</v>
       </c>
       <c r="N186" s="4">
-        <v>0.3115</v>
+        <v>0.52910000000000001</v>
       </c>
       <c r="O186" s="4">
-        <v>0.29070000000000001</v>
+        <v>-0.77839999999999998</v>
       </c>
       <c r="P186" s="3">
-        <v>21.21</v>
+        <v>21.8</v>
       </c>
       <c r="Q186" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R186" s="4">
-        <v>1.55E-2</v>
+        <v>5.2299999999999999E-2</v>
       </c>
     </row>
     <row r="187" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B187" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F187" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G187" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H187" s="3">
-        <v>179.7</v>
+        <v>411.1</v>
       </c>
       <c r="I187" s="3">
-        <v>83.28</v>
+        <v>251.65</v>
       </c>
       <c r="J187" s="4">
-        <v>2.2599999999999999E-2</v>
+        <v>8.6E-3</v>
       </c>
       <c r="K187" s="4">
-        <v>8.6400000000000005E-2</v>
+        <v>0.1593</v>
       </c>
       <c r="L187" s="4">
-        <v>0.17299999999999999</v>
+        <v>0.13900000000000001</v>
       </c>
       <c r="M187" s="4">
-        <v>0.22420000000000001</v>
+        <v>0.1021</v>
       </c>
       <c r="N187" s="4">
-        <v>0.44879999999999998</v>
+        <v>0.24229999999999999</v>
       </c>
       <c r="O187" s="4">
-        <v>0.62729999999999997</v>
+        <v>0.32640000000000002</v>
       </c>
       <c r="P187" s="3">
-        <v>18.170000000000002</v>
+        <v>26.49</v>
       </c>
       <c r="Q187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R187" s="4">
-        <v>3.27E-2</v>
+        <v>3.7900000000000003E-2</v>
       </c>
     </row>
     <row r="188" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B188" s="3" t="s">
-        <v>224</v>
+        <v>257</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>225</v>
+        <v>258</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F188" s="3">
         <v>4</v>
       </c>
       <c r="G188" s="3">
         <v>4</v>
       </c>
       <c r="H188" s="3">
-        <v>576.54</v>
+        <v>409.6</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>220.55</v>
       </c>
       <c r="J188" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K188" s="4">
-        <v>0.17499999999999999</v>
+        <v>0.1797</v>
       </c>
       <c r="L188" s="4">
-        <v>0.125</v>
+        <v>8.8200000000000001E-2</v>
       </c>
       <c r="M188" s="4">
-        <v>0.1978</v>
+        <v>0.1066</v>
       </c>
       <c r="N188" s="4">
-        <v>0.45850000000000002</v>
+        <v>0.42680000000000001</v>
       </c>
       <c r="O188" s="4">
-        <v>0.39360000000000001</v>
+        <v>0.29409999999999997</v>
       </c>
       <c r="P188" s="3">
-        <v>36.020000000000003</v>
+        <v>32.86</v>
       </c>
       <c r="Q188" s="3">
         <v>0</v>
       </c>
       <c r="R188" s="4">
-        <v>9.4999999999999998E-3</v>
+        <v>-0.13789999999999999</v>
       </c>
     </row>
     <row r="189" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B189" s="3" t="s">
-        <v>535</v>
+        <v>350</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>536</v>
+        <v>351</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F189" s="3">
         <v>3</v>
       </c>
       <c r="G189" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H189" s="3">
-        <v>52.21</v>
+        <v>16.82</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
       <c r="J189" s="4">
-        <v>2.7900000000000001E-2</v>
+        <v>5.0599999999999999E-2</v>
       </c>
       <c r="K189" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L189" s="4">
-        <v>6.59E-2</v>
+        <v>0.12509999999999999</v>
       </c>
       <c r="M189" s="4">
-        <v>5.62E-2</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="N189" s="4">
-        <v>0.52910000000000001</v>
+        <v>0.60229999999999995</v>
       </c>
       <c r="O189" s="4">
-        <v>-0.77839999999999998</v>
+        <v>0.37930000000000003</v>
       </c>
       <c r="P189" s="3">
-        <v>21.7</v>
+        <v>15.67</v>
       </c>
       <c r="Q189" s="3">
         <v>0</v>
       </c>
       <c r="R189" s="4">
-        <v>1.78E-2</v>
+        <v>0.23530000000000001</v>
       </c>
     </row>
     <row r="190" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B190" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F190" s="3">
         <v>5</v>
       </c>
       <c r="G190" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H190" s="3">
-        <v>484.77</v>
+        <v>164.5</v>
       </c>
       <c r="I190" s="3">
-        <v>251.65</v>
+        <v>175.25</v>
       </c>
       <c r="J190" s="4">
-        <v>7.4999999999999997E-3</v>
+        <v>3.0300000000000001E-2</v>
       </c>
       <c r="K190" s="4">
-        <v>0.1593</v>
+        <v>0.1053</v>
       </c>
       <c r="L190" s="4">
-        <v>0.13900000000000001</v>
+        <v>9.9599999999999994E-2</v>
       </c>
       <c r="M190" s="4">
-        <v>0.1022</v>
+        <v>0.1079</v>
       </c>
       <c r="N190" s="4">
-        <v>0.24229999999999999</v>
+        <v>0.4577</v>
       </c>
       <c r="O190" s="4">
-        <v>0.31630000000000003</v>
+        <v>0.54910000000000003</v>
       </c>
       <c r="P190" s="3">
-        <v>34.57</v>
+        <v>16.239999999999998</v>
       </c>
       <c r="Q190" s="3">
         <v>1</v>
       </c>
       <c r="R190" s="4">
-        <v>8.6E-3</v>
+        <v>0.3301</v>
       </c>
     </row>
     <row r="191" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B191" s="3" t="s">
-        <v>258</v>
+        <v>455</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>259</v>
+        <v>456</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F191" s="3">
         <v>4</v>
       </c>
       <c r="G191" s="3">
         <v>4</v>
       </c>
       <c r="H191" s="3">
-        <v>372.89</v>
+        <v>87.51</v>
       </c>
       <c r="I191" s="3">
-        <v>220.55</v>
+        <v>0</v>
       </c>
       <c r="J191" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>1.12E-2</v>
       </c>
       <c r="K191" s="4">
-        <v>0.1797</v>
+        <v>8.4699999999999998E-2</v>
       </c>
       <c r="L191" s="4">
-        <v>8.8200000000000001E-2</v>
+        <v>7.7399999999999997E-2</v>
       </c>
       <c r="M191" s="4">
-        <v>0.1124</v>
+        <v>0.1041</v>
       </c>
       <c r="N191" s="4">
-        <v>0.42680000000000001</v>
+        <v>0.34489999999999998</v>
       </c>
       <c r="O191" s="4">
-        <v>0.29409999999999997</v>
+        <v>0.27929999999999999</v>
       </c>
       <c r="P191" s="3">
-        <v>29.69</v>
+        <v>31.3</v>
       </c>
       <c r="Q191" s="3">
         <v>0</v>
       </c>
       <c r="R191" s="4">
-        <v>1.18E-2</v>
+        <v>0.19639999999999999</v>
       </c>
     </row>
     <row r="192" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B192" s="3" t="s">
-        <v>575</v>
+        <v>122</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>576</v>
+        <v>123</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F192" s="3">
         <v>3</v>
       </c>
       <c r="G192" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H192" s="3">
-        <v>206.73</v>
+        <v>278.05</v>
       </c>
       <c r="I192" s="3">
-        <v>0</v>
+        <v>268.42</v>
       </c>
       <c r="J192" s="4">
-        <v>2.92E-2</v>
+        <v>1.18E-2</v>
       </c>
       <c r="K192" s="4">
-        <v>0.10299999999999999</v>
+        <v>0.1108</v>
       </c>
       <c r="L192" s="4">
-        <v>0.1002</v>
+        <v>5.28E-2</v>
       </c>
       <c r="M192" s="4">
-        <v>5.3100000000000001E-2</v>
+        <v>0.156</v>
       </c>
       <c r="N192" s="4">
-        <v>0.36630000000000001</v>
+        <v>0.36959999999999998</v>
       </c>
       <c r="O192" s="4">
-        <v>0.34760000000000002</v>
+        <v>0.27089999999999997</v>
       </c>
       <c r="P192" s="3">
-        <v>12.68</v>
+        <v>32.49</v>
       </c>
       <c r="Q192" s="3">
         <v>0</v>
       </c>
       <c r="R192" s="4">
-        <v>3.27E-2</v>
+        <v>0.29680000000000001</v>
       </c>
     </row>
     <row r="193" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B193" s="3" t="s">
-        <v>359</v>
+        <v>304</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>360</v>
+        <v>305</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F193" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G193" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H193" s="3">
-        <v>16.149999999999999</v>
+        <v>88.8</v>
       </c>
       <c r="I193" s="3">
-        <v>0</v>
+        <v>87.1</v>
       </c>
       <c r="J193" s="4">
-        <v>5.2400000000000002E-2</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="K193" s="4">
-        <v>0.11559999999999999</v>
+        <v>0.15620000000000001</v>
       </c>
       <c r="L193" s="4">
-        <v>0.12509999999999999</v>
+        <v>7.8799999999999995E-2</v>
       </c>
       <c r="M193" s="4">
-        <v>0.1847</v>
+        <v>9.6299999999999997E-2</v>
       </c>
       <c r="N193" s="4">
-        <v>0.60229999999999995</v>
+        <v>0.51780000000000004</v>
       </c>
       <c r="O193" s="4">
-        <v>0.37930000000000003</v>
+        <v>1.4575</v>
       </c>
       <c r="P193" s="3">
-        <v>15.13</v>
+        <v>26.91</v>
       </c>
       <c r="Q193" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R193" s="4">
-        <v>4.99E-2</v>
+        <v>0.25290000000000001</v>
       </c>
     </row>
     <row r="194" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B194" s="3" t="s">
-        <v>120</v>
+        <v>457</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>121</v>
+        <v>458</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F194" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G194" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H194" s="3">
-        <v>175.72</v>
+        <v>6.11</v>
       </c>
       <c r="I194" s="3">
-        <v>175.25</v>
+        <v>3.87</v>
       </c>
       <c r="J194" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>5.74E-2</v>
       </c>
       <c r="K194" s="4">
-        <v>0.1053</v>
+        <v>0.1163</v>
       </c>
       <c r="L194" s="4">
-        <v>9.9599999999999994E-2</v>
+        <v>0.15529999999999999</v>
       </c>
       <c r="M194" s="4">
-        <v>0.1079</v>
+        <v>5.5899999999999998E-2</v>
       </c>
       <c r="N194" s="4">
-        <v>0.4577</v>
+        <v>0.99829999999999997</v>
       </c>
       <c r="O194" s="4">
-        <v>0.54910000000000003</v>
+        <v>0.54449999999999998</v>
       </c>
       <c r="P194" s="3">
-        <v>17.43</v>
+        <v>9.31</v>
       </c>
       <c r="Q194" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R194" s="4">
-        <v>3.8800000000000001E-2</v>
+        <v>0.25950000000000001</v>
       </c>
     </row>
     <row r="195" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B195" s="3" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F195" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G195" s="3">
         <v>4</v>
       </c>
       <c r="H195" s="3">
-        <v>97.46</v>
+        <v>693.89</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
       <c r="J195" s="4">
-        <v>1.1299999999999999E-2</v>
+        <v>1.77E-2</v>
       </c>
       <c r="K195" s="4">
-        <v>8.4699999999999998E-2</v>
+        <v>0.13969999999999999</v>
       </c>
       <c r="L195" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>6.4199999999999993E-2</v>
       </c>
       <c r="M195" s="4">
-        <v>0.1041</v>
+        <v>8.1600000000000006E-2</v>
       </c>
       <c r="N195" s="4">
-        <v>0.48430000000000001</v>
+        <v>0.20810000000000001</v>
       </c>
       <c r="O195" s="4">
-        <v>0.27929999999999999</v>
+        <v>0.18659999999999999</v>
       </c>
       <c r="P195" s="3">
-        <v>34</v>
+        <v>14.7</v>
       </c>
       <c r="Q195" s="3">
         <v>0</v>
       </c>
       <c r="R195" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>0.42420000000000002</v>
       </c>
     </row>
     <row r="196" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B196" s="3" t="s">
-        <v>122</v>
+        <v>461</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>123</v>
+        <v>462</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F196" s="3">
         <v>3</v>
       </c>
       <c r="G196" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H196" s="3">
-        <v>243.43</v>
+        <v>51.79</v>
       </c>
       <c r="I196" s="3">
-        <v>268.42</v>
+        <v>0</v>
       </c>
       <c r="J196" s="4">
-        <v>1.3599999999999999E-2</v>
+        <v>3.7999999999999999E-2</v>
       </c>
       <c r="K196" s="4">
-        <v>0.1108</v>
+        <v>0.18559999999999999</v>
       </c>
       <c r="L196" s="4">
-        <v>5.28E-2</v>
+        <v>3.1699999999999999E-2</v>
       </c>
       <c r="M196" s="4">
-        <v>0.1575</v>
+        <v>7.4300000000000005E-2</v>
       </c>
       <c r="N196" s="4">
-        <v>0.36649999999999999</v>
+        <v>0.54530000000000001</v>
       </c>
       <c r="O196" s="4">
-        <v>0.27089999999999997</v>
+        <v>-0.93889999999999996</v>
       </c>
       <c r="P196" s="3">
-        <v>28.21</v>
+        <v>16.02</v>
       </c>
       <c r="Q196" s="3">
         <v>0</v>
       </c>
       <c r="R196" s="4">
-        <v>1.0999999999999999E-2</v>
+        <v>8.2900000000000001E-2</v>
       </c>
     </row>
     <row r="197" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B197" s="3" t="s">
-        <v>305</v>
+        <v>463</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>306</v>
+        <v>464</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F197" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G197" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H197" s="3">
-        <v>80.03</v>
+        <v>6.21</v>
       </c>
       <c r="I197" s="3">
-        <v>87.1</v>
+        <v>0</v>
       </c>
       <c r="J197" s="4">
-        <v>2.8500000000000001E-2</v>
+        <v>6.08E-2</v>
       </c>
       <c r="K197" s="4">
-        <v>0.15620000000000001</v>
+        <v>0.29449999999999998</v>
       </c>
       <c r="L197" s="4">
-        <v>7.8799999999999995E-2</v>
+        <v>6.7799999999999999E-2</v>
       </c>
       <c r="M197" s="4">
-        <v>0.10249999999999999</v>
+        <v>0.2167</v>
       </c>
       <c r="N197" s="4">
-        <v>0.60970000000000002</v>
+        <v>0.54490000000000005</v>
       </c>
       <c r="O197" s="4">
-        <v>1.4832000000000001</v>
+        <v>-1.0264</v>
       </c>
       <c r="P197" s="3">
-        <v>25.26</v>
+        <v>30.88</v>
       </c>
       <c r="Q197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R197" s="4">
-        <v>2.41E-2</v>
+        <v>-0.1018</v>
       </c>
     </row>
     <row r="198" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B198" s="3" t="s">
-        <v>468</v>
+        <v>306</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>469</v>
+        <v>307</v>
       </c>
       <c r="D198" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F198" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G198" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H198" s="3">
-        <v>5.64</v>
+        <v>705</v>
       </c>
       <c r="I198" s="3">
-        <v>3.87</v>
+        <v>498.96</v>
       </c>
       <c r="J198" s="4">
-        <v>6.2600000000000003E-2</v>
+        <v>1.35E-2</v>
       </c>
       <c r="K198" s="4">
-        <v>0.1163</v>
+        <v>7.8899999999999998E-2</v>
       </c>
       <c r="L198" s="4">
-        <v>0.15529999999999999</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="M198" s="4">
-        <v>6.4899999999999999E-2</v>
+        <v>9.1600000000000001E-2</v>
       </c>
       <c r="N198" s="4">
-        <v>0.99829999999999997</v>
+        <v>0.30940000000000001</v>
       </c>
       <c r="O198" s="4">
-        <v>0.54449999999999998</v>
+        <v>0.39100000000000001</v>
       </c>
       <c r="P198" s="3">
-        <v>8.5299999999999994</v>
+        <v>24.21</v>
       </c>
       <c r="Q198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R198" s="4">
-        <v>5.96E-2</v>
+        <v>0.4289</v>
       </c>
     </row>
     <row r="199" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B199" s="3" t="s">
-        <v>470</v>
+        <v>517</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>471</v>
+        <v>518</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F199" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G199" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H199" s="3">
-        <v>712.7</v>
+        <v>152.12</v>
       </c>
       <c r="I199" s="3">
-        <v>0</v>
+        <v>30.51</v>
       </c>
       <c r="J199" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="K199" s="4">
-        <v>0.13969999999999999</v>
+        <v>1.34E-2</v>
       </c>
       <c r="L199" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.26779999999999998</v>
       </c>
       <c r="M199" s="4">
-        <v>8.1600000000000006E-2</v>
+        <v>7.4300000000000005E-2</v>
       </c>
       <c r="N199" s="4">
-        <v>0.20810000000000001</v>
+        <v>0.32419999999999999</v>
       </c>
       <c r="O199" s="4">
-        <v>0.18659999999999999</v>
+        <v>0.2407</v>
       </c>
       <c r="P199" s="3">
-        <v>15.41</v>
+        <v>22.76</v>
       </c>
       <c r="Q199" s="3">
         <v>0</v>
       </c>
       <c r="R199" s="4">
-        <v>2.1700000000000001E-2</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="200" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B200" s="3" t="s">
-        <v>472</v>
+        <v>124</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>473</v>
+        <v>121</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F200" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G200" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H200" s="3">
-        <v>46.42</v>
+        <v>120.8</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
       <c r="J200" s="4">
-        <v>4.1000000000000002E-2</v>
+        <v>0.03</v>
       </c>
       <c r="K200" s="4">
-        <v>0.18559999999999999</v>
+        <v>0.1053</v>
       </c>
       <c r="L200" s="4">
-        <v>3.1699999999999999E-2</v>
+        <v>9.9599999999999994E-2</v>
       </c>
       <c r="M200" s="4">
-        <v>7.7600000000000002E-2</v>
+        <v>0.1079</v>
       </c>
       <c r="N200" s="4">
-        <v>0.54530000000000001</v>
+        <v>0.4577</v>
       </c>
       <c r="O200" s="4">
-        <v>-0.93889999999999996</v>
+        <v>0.54910000000000003</v>
       </c>
       <c r="P200" s="3">
-        <v>13.9</v>
+        <v>16.239999999999998</v>
       </c>
       <c r="Q200" s="3">
         <v>0</v>
       </c>
       <c r="R200" s="4">
-        <v>3.5799999999999998E-2</v>
+        <v>0.42430000000000001</v>
       </c>
     </row>
     <row r="201" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B201" s="3" t="s">
-        <v>474</v>
+        <v>402</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>475</v>
+        <v>403</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F201" s="3">
         <v>4</v>
       </c>
       <c r="G201" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H201" s="3">
-        <v>57.24</v>
+        <v>50.35</v>
       </c>
       <c r="I201" s="3">
-        <v>67.64</v>
+        <v>24.13</v>
       </c>
       <c r="J201" s="4">
-        <v>2.7900000000000001E-2</v>
+        <v>1.9800000000000002E-2</v>
       </c>
       <c r="K201" s="4">
-        <v>2.1700000000000001E-2</v>
+        <v>0.20960000000000001</v>
       </c>
       <c r="L201" s="4">
-        <v>3.95E-2</v>
+        <v>0.19980000000000001</v>
       </c>
       <c r="M201" s="4">
-        <v>9.3399999999999997E-2</v>
+        <v>0.18970000000000001</v>
       </c>
       <c r="N201" s="4">
-        <v>0.72599999999999998</v>
+        <v>0</v>
       </c>
       <c r="O201" s="4">
-        <v>0.77529999999999999</v>
+        <v>0.8468</v>
       </c>
       <c r="P201" s="3">
-        <v>34.43</v>
+        <v>13.65</v>
       </c>
       <c r="Q201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R201" s="4">
-        <v>1.34E-2</v>
+        <v>-0.26740000000000003</v>
       </c>
     </row>
     <row r="202" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B202" s="3" t="s">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>477</v>
+        <v>520</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F202" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G202" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H202" s="3">
-        <v>5.63</v>
+        <v>189.69</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>29.68</v>
       </c>
       <c r="J202" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="K202" s="4">
-        <v>0.29449999999999998</v>
+        <v>0.1181</v>
       </c>
       <c r="L202" s="4">
         <v>6.7799999999999999E-2</v>
       </c>
       <c r="M202" s="4">
-        <v>0.2457</v>
+        <v>0.35620000000000002</v>
       </c>
       <c r="N202" s="4">
-        <v>0.54490000000000005</v>
+        <v>0.18859999999999999</v>
       </c>
       <c r="O202" s="4">
-        <v>-1.0264</v>
+        <v>0.25269999999999998</v>
       </c>
       <c r="P202" s="3">
-        <v>28.26</v>
+        <v>37.44</v>
       </c>
       <c r="Q202" s="3">
         <v>0</v>
       </c>
       <c r="R202" s="4">
-        <v>4.1200000000000001E-2</v>
+        <v>2.9700000000000001E-2</v>
       </c>
     </row>
     <row r="203" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B203" s="3" t="s">
-        <v>307</v>
+        <v>465</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>308</v>
+        <v>466</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F203" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G203" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H203" s="3">
-        <v>584.38</v>
+        <v>64.069999999999993</v>
       </c>
       <c r="I203" s="3">
-        <v>498.96</v>
+        <v>0</v>
       </c>
       <c r="J203" s="4">
-        <v>1.6299999999999999E-2</v>
+        <v>6.4299999999999996E-2</v>
       </c>
       <c r="K203" s="4">
-        <v>7.8899999999999998E-2</v>
+        <v>1.66E-2</v>
       </c>
       <c r="L203" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>4.4400000000000002E-2</v>
       </c>
       <c r="M203" s="4">
-        <v>9.6600000000000005E-2</v>
+        <v>5.2400000000000002E-2</v>
       </c>
       <c r="N203" s="4">
-        <v>0.28389999999999999</v>
+        <v>0.97840000000000005</v>
       </c>
       <c r="O203" s="4">
-        <v>0.68869999999999998</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="P203" s="3">
-        <v>20.440000000000001</v>
+        <v>10.88</v>
       </c>
       <c r="Q203" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R203" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>0.2923</v>
       </c>
     </row>
     <row r="204" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B204" s="3" t="s">
-        <v>537</v>
+        <v>404</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>538</v>
+        <v>405</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F204" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G204" s="3">
         <v>3</v>
       </c>
       <c r="H204" s="3">
-        <v>157.03</v>
+        <v>40.21</v>
       </c>
       <c r="I204" s="3">
-        <v>30.51</v>
-[...2 lines deleted...]
-        <v>1.1299999999999999E-2</v>
+        <v>15.86</v>
+      </c>
+      <c r="J204" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="K204" s="4">
-        <v>1.34E-2</v>
+        <v>0.1216</v>
       </c>
       <c r="L204" s="4">
-        <v>0.26779999999999998</v>
+        <v>3.1300000000000001E-2</v>
       </c>
       <c r="M204" s="4">
-        <v>7.4300000000000005E-2</v>
+        <v>0.15629999999999999</v>
       </c>
       <c r="N204" s="4">
-        <v>0.32419999999999999</v>
+        <v>0.30690000000000001</v>
       </c>
       <c r="O204" s="4">
-        <v>0.2407</v>
+        <v>0.60160000000000002</v>
       </c>
       <c r="P204" s="3">
-        <v>23.36</v>
+        <v>10.79</v>
       </c>
       <c r="Q204" s="3">
         <v>0</v>
       </c>
       <c r="R204" s="4">
-        <v>3.04E-2</v>
+        <v>0.24729999999999999</v>
       </c>
     </row>
     <row r="205" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B205" s="3" t="s">
-        <v>124</v>
+        <v>259</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>121</v>
+        <v>260</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F205" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G205" s="3">
         <v>4</v>
       </c>
       <c r="H205" s="3">
-        <v>128.11000000000001</v>
+        <v>159.30000000000001</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
       <c r="J205" s="4">
-        <v>2.86E-2</v>
+        <v>1.5299999999999999E-2</v>
       </c>
       <c r="K205" s="4">
-        <v>0.1053</v>
+        <v>0.1724</v>
       </c>
       <c r="L205" s="4">
-        <v>9.9599999999999994E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="M205" s="4">
-        <v>0.1079</v>
+        <v>0.1012</v>
       </c>
       <c r="N205" s="4">
-        <v>0.4577</v>
+        <v>0.20530000000000001</v>
       </c>
       <c r="O205" s="4">
-        <v>0.54910000000000003</v>
+        <v>0.2281</v>
       </c>
       <c r="P205" s="3">
-        <v>17.43</v>
+        <v>15.9</v>
       </c>
       <c r="Q205" s="3">
         <v>0</v>
       </c>
       <c r="R205" s="4">
-        <v>3.8800000000000001E-2</v>
+        <v>0.34810000000000002</v>
       </c>
     </row>
     <row r="206" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B206" s="3" t="s">
-        <v>413</v>
+        <v>282</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>414</v>
+        <v>283</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F206" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G206" s="3">
         <v>3</v>
       </c>
       <c r="H206" s="3">
-        <v>48.12</v>
+        <v>23.18</v>
       </c>
       <c r="I206" s="3">
-        <v>24.13</v>
+        <v>19.07</v>
       </c>
       <c r="J206" s="4">
-        <v>2.4299999999999999E-2</v>
+        <v>4.4400000000000002E-2</v>
       </c>
       <c r="K206" s="4">
-        <v>0.20960000000000001</v>
+        <v>0.37830000000000003</v>
       </c>
       <c r="L206" s="4">
-        <v>0.19980000000000001</v>
+        <v>9.3799999999999994E-2</v>
       </c>
       <c r="M206" s="4">
-        <v>0.18970000000000001</v>
+        <v>7.85E-2</v>
       </c>
       <c r="N206" s="4">
-        <v>0.50190000000000001</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O206" s="4">
-        <v>0.8468</v>
+        <v>0.30199999999999999</v>
       </c>
       <c r="P206" s="3">
-        <v>13.15</v>
+        <v>12.96</v>
       </c>
       <c r="Q206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R206" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>-0.1198</v>
       </c>
     </row>
     <row r="207" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B207" s="3" t="s">
-        <v>539</v>
+        <v>284</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>540</v>
+        <v>283</v>
       </c>
       <c r="D207" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F207" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G207" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H207" s="3">
-        <v>159.31</v>
+        <v>31.61</v>
       </c>
       <c r="I207" s="3">
-        <v>29.68</v>
+        <v>25.74</v>
       </c>
       <c r="J207" s="4">
-        <v>7.1000000000000004E-3</v>
+        <v>4.58E-2</v>
       </c>
       <c r="K207" s="4">
-        <v>0.1181</v>
+        <v>0.4158</v>
       </c>
       <c r="L207" s="4">
-        <v>6.7799999999999999E-2</v>
+        <v>9.4600000000000004E-2</v>
       </c>
       <c r="M207" s="4">
-        <v>0.35620000000000002</v>
+        <v>7.4399999999999994E-2</v>
       </c>
       <c r="N207" s="4">
-        <v>0.18859999999999999</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O207" s="4">
-        <v>0.25269999999999998</v>
+        <v>0.30130000000000001</v>
       </c>
       <c r="P207" s="3">
-        <v>31.66</v>
+        <v>12.96</v>
       </c>
       <c r="Q207" s="3">
         <v>0</v>
       </c>
       <c r="R207" s="4">
-        <v>4.1000000000000003E-3</v>
+        <v>-0.1739</v>
       </c>
     </row>
     <row r="208" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B208" s="3" t="s">
-        <v>478</v>
+        <v>567</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>479</v>
+        <v>568</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F208" s="3">
         <v>3</v>
       </c>
       <c r="G208" s="3">
         <v>3</v>
       </c>
       <c r="H208" s="3">
-        <v>69.16</v>
+        <v>87.16</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
       <c r="J208" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="K208" s="4">
-        <v>1.66E-2</v>
+        <v>0.10249999999999999</v>
       </c>
       <c r="L208" s="4">
-        <v>4.4400000000000002E-2</v>
+        <v>2.3300000000000001E-2</v>
       </c>
       <c r="M208" s="4">
-        <v>6.0400000000000002E-2</v>
+        <v>0.15579999999999999</v>
       </c>
       <c r="N208" s="4">
-        <v>0.97840000000000005</v>
+        <v>0.47310000000000002</v>
       </c>
       <c r="O208" s="4">
-        <v>0.16589999999999999</v>
+        <v>0.4481</v>
       </c>
       <c r="P208" s="3">
-        <v>11.59</v>
+        <v>24.84</v>
       </c>
       <c r="Q208" s="3">
         <v>0</v>
       </c>
       <c r="R208" s="4">
-        <v>8.2799999999999999E-2</v>
+        <v>-7.2499999999999995E-2</v>
       </c>
     </row>
     <row r="209" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B209" s="3" t="s">
-        <v>480</v>
+        <v>125</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>481</v>
+        <v>126</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F209" s="3">
         <v>4</v>
       </c>
       <c r="G209" s="3">
         <v>4</v>
       </c>
       <c r="H209" s="3">
-        <v>198.4</v>
+        <v>49.14</v>
       </c>
       <c r="I209" s="3">
-        <v>83.46</v>
+        <v>45</v>
       </c>
       <c r="J209" s="4">
-        <v>1.04E-2</v>
+        <v>3.7999999999999999E-2</v>
       </c>
       <c r="K209" s="4">
-        <v>5.5300000000000002E-2</v>
+        <v>0.2228</v>
       </c>
       <c r="L209" s="4">
-        <v>8.4199999999999997E-2</v>
+        <v>0.1099</v>
       </c>
       <c r="M209" s="4">
-        <v>0.15809999999999999</v>
+        <v>9.6100000000000005E-2</v>
       </c>
       <c r="N209" s="4">
-        <v>0.38119999999999998</v>
+        <v>0.2747</v>
       </c>
       <c r="O209" s="4">
-        <v>-0.40739999999999998</v>
+        <v>0.29110000000000003</v>
       </c>
       <c r="P209" s="3">
-        <v>33.97</v>
+        <v>7.84</v>
       </c>
       <c r="Q209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R209" s="4">
         <v>1.38E-2</v>
       </c>
     </row>
     <row r="210" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B210" s="3" t="s">
-        <v>415</v>
+        <v>127</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>416</v>
+        <v>128</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F210" s="3">
         <v>4</v>
       </c>
       <c r="G210" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H210" s="3">
-        <v>46.2</v>
+        <v>159.94</v>
       </c>
       <c r="I210" s="3">
-        <v>15.86</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>0</v>
+      </c>
+      <c r="J210" s="4">
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="K210" s="4">
-        <v>0.1216</v>
+        <v>0.16109999999999999</v>
       </c>
       <c r="L210" s="4">
-        <v>3.1300000000000001E-2</v>
+        <v>8.4599999999999995E-2</v>
       </c>
       <c r="M210" s="4">
-        <v>0.15629999999999999</v>
+        <v>0.25259999999999999</v>
       </c>
       <c r="N210" s="4">
-        <v>0.89870000000000005</v>
+        <v>0.29859999999999998</v>
       </c>
       <c r="O210" s="4">
-        <v>0.60160000000000002</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P210" s="3">
-        <v>13.7</v>
+        <v>11.18</v>
       </c>
       <c r="Q210" s="3">
         <v>0</v>
       </c>
       <c r="R210" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>-8.3000000000000001E-3</v>
       </c>
     </row>
     <row r="211" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B211" s="3" t="s">
-        <v>260</v>
+        <v>129</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>261</v>
+        <v>130</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F211" s="3">
         <v>4</v>
       </c>
       <c r="G211" s="3">
         <v>4</v>
       </c>
       <c r="H211" s="3">
-        <v>131.11000000000001</v>
+        <v>97.16</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>89.86</v>
       </c>
       <c r="J211" s="4">
-        <v>1.5599999999999999E-2</v>
+        <v>4.2200000000000001E-2</v>
       </c>
       <c r="K211" s="4">
-        <v>0.1724</v>
+        <v>8.8599999999999998E-2</v>
       </c>
       <c r="L211" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>0.08</v>
       </c>
       <c r="M211" s="4">
-        <v>0.1065</v>
+        <v>0.11219999999999999</v>
       </c>
       <c r="N211" s="4">
-        <v>0.17610000000000001</v>
+        <v>0.87409999999999999</v>
       </c>
       <c r="O211" s="4">
-        <v>0.17119999999999999</v>
+        <v>0.79379999999999995</v>
       </c>
       <c r="P211" s="3">
-        <v>12.71</v>
+        <v>23.22</v>
       </c>
       <c r="Q211" s="3">
         <v>0</v>
       </c>
       <c r="R211" s="4">
-        <v>1.61E-2</v>
+        <v>-0.28139999999999998</v>
       </c>
     </row>
     <row r="212" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B212" s="3" t="s">
-        <v>283</v>
+        <v>208</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>284</v>
+        <v>209</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F212" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G212" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H212" s="3">
-        <v>33.81</v>
+        <v>155.32</v>
       </c>
       <c r="I212" s="3">
-        <v>19.07</v>
+        <v>137.41</v>
       </c>
       <c r="J212" s="4">
-        <v>3.3000000000000002E-2</v>
+        <v>2.76E-2</v>
       </c>
       <c r="K212" s="4">
-        <v>0.37830000000000003</v>
+        <v>5.2900000000000003E-2</v>
       </c>
       <c r="L212" s="4">
-        <v>9.3799999999999994E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="M212" s="4">
-        <v>8.7499999999999994E-2</v>
+        <v>5.7200000000000001E-2</v>
       </c>
       <c r="N212" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.61250000000000004</v>
       </c>
       <c r="O212" s="4">
-        <v>0.30199999999999999</v>
+        <v>0.67879999999999996</v>
       </c>
       <c r="P212" s="3">
-        <v>17.489999999999998</v>
+        <v>23.01</v>
       </c>
       <c r="Q212" s="3">
         <v>1</v>
       </c>
       <c r="R212" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>-6.7400000000000002E-2</v>
       </c>
     </row>
     <row r="213" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B213" s="3" t="s">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
       <c r="D213" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F213" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G213" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H213" s="3">
-        <v>46.5</v>
+        <v>964.3</v>
       </c>
       <c r="I213" s="3">
-        <v>25.74</v>
+        <v>354.46</v>
       </c>
       <c r="J213" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>7.6E-3</v>
       </c>
       <c r="K213" s="4">
-        <v>0.4158</v>
+        <v>0.20710000000000001</v>
       </c>
       <c r="L213" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>8.2000000000000003E-2</v>
       </c>
       <c r="M213" s="4">
-        <v>8.2100000000000006E-2</v>
+        <v>0.1484</v>
       </c>
       <c r="N213" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.24379999999999999</v>
       </c>
       <c r="O213" s="4">
-        <v>0.30120000000000002</v>
+        <v>0.26860000000000001</v>
       </c>
       <c r="P213" s="3">
-        <v>17.489999999999998</v>
+        <v>35.18</v>
       </c>
       <c r="Q213" s="3">
         <v>0</v>
       </c>
       <c r="R213" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>0.38159999999999999</v>
       </c>
     </row>
     <row r="214" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B214" s="3" t="s">
-        <v>125</v>
+        <v>285</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>126</v>
+        <v>286</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F214" s="3">
         <v>4</v>
       </c>
       <c r="G214" s="3">
         <v>4</v>
       </c>
       <c r="H214" s="3">
-        <v>47.84</v>
+        <v>130.41999999999999</v>
       </c>
       <c r="I214" s="3">
-        <v>44.02</v>
+        <v>0</v>
       </c>
       <c r="J214" s="4">
-        <v>3.8100000000000002E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="K214" s="4">
-        <v>0.2228</v>
+        <v>0.2014</v>
       </c>
       <c r="L214" s="4">
-        <v>0.1099</v>
+        <v>9.8100000000000007E-2</v>
       </c>
       <c r="M214" s="4">
-        <v>9.6100000000000005E-2</v>
+        <v>0.12089999999999999</v>
       </c>
       <c r="N214" s="4">
-        <v>0.25800000000000001</v>
+        <v>8.0799999999999997E-2</v>
       </c>
       <c r="O214" s="4">
-        <v>0.25679999999999997</v>
+        <v>0.10100000000000001</v>
       </c>
       <c r="P214" s="3">
-        <v>7.62</v>
+        <v>11.73</v>
       </c>
       <c r="Q214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R214" s="4">
-        <v>3.1099999999999999E-2</v>
+        <v>0.1736</v>
       </c>
     </row>
     <row r="215" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B215" s="3" t="s">
-        <v>127</v>
+        <v>406</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>128</v>
+        <v>407</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F215" s="3">
         <v>4</v>
       </c>
       <c r="G215" s="3">
         <v>4</v>
       </c>
       <c r="H215" s="3">
-        <v>165.52</v>
+        <v>131.88999999999999</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>99.15</v>
       </c>
       <c r="J215" s="4">
-        <v>3.32E-2</v>
+        <v>3.1199999999999999E-2</v>
       </c>
       <c r="K215" s="4">
-        <v>0.16109999999999999</v>
+        <v>0.1118</v>
       </c>
       <c r="L215" s="4">
-        <v>8.4599999999999995E-2</v>
+        <v>0.14510000000000001</v>
       </c>
       <c r="M215" s="4">
-        <v>0.2571</v>
+        <v>0.11260000000000001</v>
       </c>
       <c r="N215" s="4">
-        <v>0.29859999999999998</v>
+        <v>1.1294999999999999</v>
       </c>
       <c r="O215" s="4">
-        <v>0.34639999999999999</v>
+        <v>0.87029999999999996</v>
       </c>
       <c r="P215" s="3">
-        <v>11.71</v>
+        <v>37.08</v>
       </c>
       <c r="Q215" s="3">
         <v>0</v>
       </c>
       <c r="R215" s="4">
-        <v>2.0899999999999998E-2</v>
+        <v>0.1399</v>
       </c>
     </row>
     <row r="216" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B216" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F216" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G216" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H216" s="3">
-        <v>114.89</v>
+        <v>233.85</v>
       </c>
       <c r="I216" s="3">
-        <v>89.86</v>
+        <v>0</v>
       </c>
       <c r="J216" s="4">
-        <v>3.85E-2</v>
+        <v>2.9899999999999999E-2</v>
       </c>
       <c r="K216" s="4">
-        <v>8.7599999999999997E-2</v>
+        <v>0.1943</v>
       </c>
       <c r="L216" s="4">
-        <v>7.8299999999999995E-2</v>
+        <v>5.9799999999999999E-2</v>
       </c>
       <c r="M216" s="4">
-        <v>0.11219999999999999</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N216" s="4">
-        <v>0.87409999999999999</v>
+        <v>0</v>
       </c>
       <c r="O216" s="4">
-        <v>0.79379999999999995</v>
+        <v>0.30640000000000001</v>
       </c>
       <c r="P216" s="3">
-        <v>25.18</v>
+        <v>14.08</v>
       </c>
       <c r="Q216" s="3">
         <v>0</v>
       </c>
       <c r="R216" s="4">
-        <v>2.6100000000000002E-2</v>
+        <v>0.1938</v>
       </c>
     </row>
     <row r="217" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B217" s="3" t="s">
-        <v>361</v>
+        <v>180</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>362</v>
+        <v>181</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F217" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G217" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H217" s="3">
-        <v>112.8</v>
+        <v>263.75</v>
       </c>
       <c r="I217" s="3">
-        <v>34.65</v>
+        <v>0</v>
       </c>
       <c r="J217" s="4">
-        <v>1.18E-2</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="K217" s="4">
-        <v>0.15440000000000001</v>
+        <v>0.17829999999999999</v>
       </c>
       <c r="L217" s="4">
-        <v>9.5399999999999999E-2</v>
+        <v>7.7399999999999997E-2</v>
       </c>
       <c r="M217" s="4">
-        <v>0.16650000000000001</v>
+        <v>0.20030000000000001</v>
       </c>
       <c r="N217" s="4">
-        <v>0.52649999999999997</v>
+        <v>0.157</v>
       </c>
       <c r="O217" s="4">
-        <v>0.70479999999999998</v>
+        <v>0.16159999999999999</v>
       </c>
       <c r="P217" s="3">
-        <v>21.84</v>
+        <v>12.12</v>
       </c>
       <c r="Q217" s="3">
         <v>0</v>
       </c>
       <c r="R217" s="4">
-        <v>1.23E-2</v>
+        <v>-7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="218" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B218" s="3" t="s">
-        <v>577</v>
+        <v>316</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>578</v>
+        <v>317</v>
       </c>
       <c r="D218" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F218" s="3">
         <v>3</v>
       </c>
       <c r="G218" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H218" s="3">
-        <v>80.709999999999994</v>
+        <v>29.65</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
       <c r="J218" s="4">
-        <v>3.15E-2</v>
+        <v>3.5799999999999998E-2</v>
       </c>
       <c r="K218" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>0.45660000000000001</v>
       </c>
       <c r="L218" s="4">
-        <v>4.0599999999999997E-2</v>
+        <v>0.23980000000000001</v>
       </c>
       <c r="M218" s="4">
-        <v>5.1499999999999997E-2</v>
+        <v>0.32990000000000003</v>
       </c>
       <c r="N218" s="4">
-        <v>0.67490000000000006</v>
+        <v>1.1101000000000001</v>
       </c>
       <c r="O218" s="4">
-        <v>-7.0168999999999997</v>
+        <v>0.9304</v>
       </c>
       <c r="P218" s="3">
-        <v>19.23</v>
+        <v>31.18</v>
       </c>
       <c r="Q218" s="3">
         <v>0</v>
       </c>
       <c r="R218" s="4">
-        <v>3.2899999999999999E-2</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="219" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B219" s="3" t="s">
-        <v>209</v>
+        <v>408</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>210</v>
+        <v>409</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F219" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G219" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H219" s="3">
-        <v>142.59</v>
+        <v>50.37</v>
       </c>
       <c r="I219" s="3">
-        <v>137.41</v>
+        <v>24.27</v>
       </c>
       <c r="J219" s="4">
-        <v>2.93E-2</v>
+        <v>2.7400000000000001E-2</v>
       </c>
       <c r="K219" s="4">
-        <v>5.2900000000000003E-2</v>
+        <v>0.1041</v>
       </c>
       <c r="L219" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>5.4399999999999997E-2</v>
       </c>
       <c r="M219" s="4">
-        <v>5.7200000000000001E-2</v>
+        <v>9.7299999999999998E-2</v>
       </c>
       <c r="N219" s="4">
-        <v>0.61250000000000004</v>
+        <v>0.40360000000000001</v>
       </c>
       <c r="O219" s="4">
-        <v>0.66759999999999997</v>
+        <v>0.2339</v>
       </c>
       <c r="P219" s="3">
-        <v>21.09</v>
+        <v>14.41</v>
       </c>
       <c r="Q219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R219" s="4">
-        <v>2.3800000000000002E-2</v>
+        <v>0.62490000000000001</v>
       </c>
     </row>
     <row r="220" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B220" s="3" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F220" s="3">
         <v>4</v>
       </c>
       <c r="G220" s="3">
         <v>4</v>
       </c>
       <c r="H220" s="3">
-        <v>886.97</v>
+        <v>40.57</v>
       </c>
       <c r="I220" s="3">
-        <v>354.46</v>
+        <v>0</v>
       </c>
       <c r="J220" s="4">
-        <v>8.2000000000000007E-3</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="K220" s="4">
-        <v>0.20710000000000001</v>
+        <v>0.2324</v>
       </c>
       <c r="L220" s="4">
-        <v>8.2000000000000003E-2</v>
+        <v>0.24759999999999999</v>
       </c>
       <c r="M220" s="4">
-        <v>0.1484</v>
+        <v>0.1487</v>
       </c>
       <c r="N220" s="4">
-        <v>0.24379999999999999</v>
+        <v>1.3984000000000001</v>
       </c>
       <c r="O220" s="4">
-        <v>0.25969999999999999</v>
+        <v>1.9701</v>
       </c>
       <c r="P220" s="3">
-        <v>31.16</v>
+        <v>28.59</v>
       </c>
       <c r="Q220" s="3">
         <v>0</v>
       </c>
       <c r="R220" s="4">
-        <v>1.3599999999999999E-2</v>
+        <v>5.0900000000000001E-2</v>
       </c>
     </row>
     <row r="221" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B221" s="3" t="s">
-        <v>286</v>
+        <v>467</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>287</v>
+        <v>468</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F221" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G221" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H221" s="3">
-        <v>119.1</v>
+        <v>29.84</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
       <c r="J221" s="4">
-        <v>8.6999999999999994E-3</v>
+        <v>3.6400000000000002E-2</v>
       </c>
       <c r="K221" s="4">
-        <v>0.2014</v>
+        <v>0.17299999999999999</v>
       </c>
       <c r="L221" s="4">
-        <v>9.8100000000000007E-2</v>
+        <v>3.3700000000000001E-2</v>
       </c>
       <c r="M221" s="4">
-        <v>0.12970000000000001</v>
+        <v>0.1069</v>
       </c>
       <c r="N221" s="4">
-        <v>5.5599999999999997E-2</v>
+        <v>0.43380000000000002</v>
       </c>
       <c r="O221" s="4">
-        <v>0.1094</v>
+        <v>0.47810000000000002</v>
       </c>
       <c r="P221" s="3">
-        <v>9.2200000000000006</v>
+        <v>12.96</v>
       </c>
       <c r="Q221" s="3">
         <v>0</v>
       </c>
       <c r="R221" s="4">
-        <v>1.01E-2</v>
+        <v>0.26369999999999999</v>
       </c>
     </row>
     <row r="222" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B222" s="3" t="s">
-        <v>417</v>
+        <v>261</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>418</v>
+        <v>262</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F222" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G222" s="3">
         <v>4</v>
       </c>
       <c r="H222" s="3">
-        <v>127.58</v>
+        <v>265.02</v>
       </c>
       <c r="I222" s="3">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="J222" s="4">
-        <v>3.1800000000000002E-2</v>
+        <v>7.3000000000000001E-3</v>
       </c>
       <c r="K222" s="4">
-        <v>0.1118</v>
+        <v>0.2137</v>
       </c>
       <c r="L222" s="4">
-        <v>0.14510000000000001</v>
+        <v>8.8400000000000006E-2</v>
       </c>
       <c r="M222" s="4">
-        <v>0.1173</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="N222" s="4">
-        <v>0.95669999999999999</v>
+        <v>0.32700000000000001</v>
       </c>
       <c r="O222" s="4">
-        <v>0.87029999999999996</v>
+        <v>-0.18970000000000001</v>
       </c>
       <c r="P222" s="3">
-        <v>37.04</v>
+        <v>35.57</v>
       </c>
       <c r="Q222" s="3">
         <v>0</v>
       </c>
       <c r="R222" s="4">
-        <v>2.64E-2</v>
+        <v>0.85980000000000001</v>
       </c>
     </row>
     <row r="223" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B223" s="3" t="s">
-        <v>131</v>
+        <v>469</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>132</v>
+        <v>470</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F223" s="3">
         <v>3</v>
       </c>
       <c r="G223" s="3">
         <v>3</v>
       </c>
       <c r="H223" s="3">
-        <v>212.87</v>
+        <v>96.43</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
       <c r="J223" s="4">
-        <v>3.2399999999999998E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="K223" s="4">
-        <v>0.1943</v>
+        <v>3.4099999999999998E-2</v>
       </c>
       <c r="L223" s="4">
-        <v>5.9799999999999999E-2</v>
+        <v>4.2200000000000001E-2</v>
       </c>
       <c r="M223" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>5.0999999999999997E-2</v>
       </c>
       <c r="N223" s="4">
-        <v>0.46160000000000001</v>
+        <v>0.56269999999999998</v>
       </c>
       <c r="O223" s="4">
-        <v>0.30640000000000001</v>
+        <v>1.1986000000000001</v>
       </c>
       <c r="P223" s="3">
-        <v>13.57</v>
+        <v>15.35</v>
       </c>
       <c r="Q223" s="3">
         <v>0</v>
       </c>
       <c r="R223" s="4">
-        <v>3.4000000000000002E-2</v>
+        <v>0.64039999999999997</v>
       </c>
     </row>
     <row r="224" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B224" s="3" t="s">
-        <v>180</v>
+        <v>521</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>181</v>
+        <v>522</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F224" s="3">
         <v>4</v>
       </c>
       <c r="G224" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H224" s="3">
-        <v>260.89999999999998</v>
+        <v>251.43</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>100.16</v>
       </c>
       <c r="J224" s="4">
-        <v>1.61E-2</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="K224" s="4">
-        <v>0.17829999999999999</v>
+        <v>0.1535</v>
       </c>
       <c r="L224" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>0.112</v>
       </c>
       <c r="M224" s="4">
-        <v>0.21060000000000001</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="N224" s="4">
-        <v>0.157</v>
+        <v>0.22189999999999999</v>
       </c>
       <c r="O224" s="4">
-        <v>0.16159999999999999</v>
+        <v>0.18609999999999999</v>
       </c>
       <c r="P224" s="3">
-        <v>11.88</v>
+        <v>24.85</v>
       </c>
       <c r="Q224" s="3">
         <v>0</v>
       </c>
       <c r="R224" s="4">
-        <v>1.34E-2</v>
+        <v>6.8400000000000002E-2</v>
       </c>
     </row>
     <row r="225" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B225" s="3" t="s">
-        <v>319</v>
+        <v>133</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>320</v>
+        <v>134</v>
       </c>
       <c r="D225" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F225" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G225" s="3">
         <v>4</v>
       </c>
       <c r="H225" s="3">
-        <v>27.26</v>
+        <v>62.98</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>50.35</v>
       </c>
       <c r="J225" s="4">
-        <v>3.8899999999999997E-2</v>
+        <v>1.15E-2</v>
       </c>
       <c r="K225" s="4">
-        <v>0.45660000000000001</v>
+        <v>0.14349999999999999</v>
       </c>
       <c r="L225" s="4">
-        <v>0.23980000000000001</v>
+        <v>0.1123</v>
       </c>
       <c r="M225" s="4">
-        <v>0.32990000000000003</v>
+        <v>0.2064</v>
       </c>
       <c r="N225" s="4">
-        <v>1.1101000000000001</v>
+        <v>0.63919999999999999</v>
       </c>
       <c r="O225" s="4">
-        <v>0.9304</v>
+        <v>0.4733</v>
       </c>
       <c r="P225" s="3">
-        <v>28.72</v>
+        <v>59.15</v>
       </c>
       <c r="Q225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R225" s="4">
-        <v>3.6900000000000002E-2</v>
+        <v>0.29470000000000002</v>
       </c>
     </row>
     <row r="226" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B226" s="3" t="s">
-        <v>419</v>
+        <v>227</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>420</v>
+        <v>228</v>
       </c>
       <c r="D226" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F226" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G226" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H226" s="3">
-        <v>51.47</v>
+        <v>191.15</v>
       </c>
       <c r="I226" s="3">
-        <v>24.27</v>
+        <v>0</v>
       </c>
       <c r="J226" s="4">
-        <v>2.75E-2</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="K226" s="4">
-        <v>0.1041</v>
+        <v>0.95179999999999998</v>
       </c>
       <c r="L226" s="4">
-        <v>5.4399999999999997E-2</v>
+        <v>0.114</v>
       </c>
       <c r="M226" s="4">
-        <v>0.11840000000000001</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="N226" s="4">
-        <v>0.40360000000000001</v>
+        <v>0.23380000000000001</v>
       </c>
       <c r="O226" s="4">
-        <v>0.2339</v>
+        <v>0.26400000000000001</v>
       </c>
       <c r="P226" s="3">
-        <v>14.35</v>
+        <v>29.71</v>
       </c>
       <c r="Q226" s="3">
         <v>0</v>
       </c>
       <c r="R226" s="4">
-        <v>3.9399999999999998E-2</v>
+        <v>0.30709999999999998</v>
       </c>
     </row>
     <row r="227" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B227" s="3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F227" s="3">
         <v>3</v>
       </c>
       <c r="G227" s="3">
         <v>4</v>
       </c>
       <c r="H227" s="3">
-        <v>145.41999999999999</v>
+        <v>110.97</v>
       </c>
       <c r="I227" s="3">
-        <v>26.04</v>
+        <v>38.82</v>
       </c>
       <c r="J227" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K227" s="4">
-        <v>5.3400000000000003E-2</v>
+        <v>8.8900000000000007E-2</v>
       </c>
       <c r="L227" s="4">
-        <v>0.26879999999999998</v>
+        <v>5.2499999999999998E-2</v>
       </c>
       <c r="M227" s="4">
-        <v>7.3899999999999993E-2</v>
+        <v>6.9400000000000003E-2</v>
       </c>
       <c r="N227" s="4">
-        <v>0.55269999999999997</v>
+        <v>0.3725</v>
       </c>
       <c r="O227" s="4">
-        <v>0.43280000000000002</v>
+        <v>0.45419999999999999</v>
       </c>
       <c r="P227" s="3">
-        <v>49.6</v>
+        <v>21.38</v>
       </c>
       <c r="Q227" s="3">
         <v>0</v>
       </c>
       <c r="R227" s="4">
-        <v>1.6E-2</v>
+        <v>-9.7900000000000001E-2</v>
       </c>
     </row>
     <row r="228" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B228" s="3" t="s">
-        <v>226</v>
+        <v>135</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>227</v>
+        <v>263</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F228" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G228" s="3">
         <v>4</v>
       </c>
       <c r="H228" s="3">
-        <v>40.36</v>
+        <v>336.01</v>
       </c>
       <c r="I228" s="3">
-        <v>0</v>
+        <v>149.33000000000001</v>
       </c>
       <c r="J228" s="4">
-        <v>4.1799999999999997E-2</v>
+        <v>1.4500000000000001E-2</v>
       </c>
       <c r="K228" s="4">
-        <v>0.2324</v>
+        <v>0.19220000000000001</v>
       </c>
       <c r="L228" s="4">
-        <v>0.24759999999999999</v>
+        <v>9.5799999999999996E-2</v>
       </c>
       <c r="M228" s="4">
-        <v>0.1487</v>
+        <v>0.13220000000000001</v>
       </c>
       <c r="N228" s="4">
-        <v>1.3984000000000001</v>
+        <v>0.2853</v>
       </c>
       <c r="O228" s="4">
-        <v>1.9701</v>
+        <v>0.38129999999999997</v>
       </c>
       <c r="P228" s="3">
-        <v>29.02</v>
+        <v>24.58</v>
       </c>
       <c r="Q228" s="3">
         <v>0</v>
       </c>
       <c r="R228" s="4">
-        <v>2.63E-2</v>
+        <v>0.18129999999999999</v>
       </c>
     </row>
     <row r="229" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B229" s="3" t="s">
-        <v>482</v>
+        <v>136</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>483</v>
+        <v>137</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F229" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G229" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H229" s="3">
-        <v>27.8</v>
+        <v>213.96</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
       <c r="J229" s="4">
-        <v>3.8300000000000001E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K229" s="4">
-        <v>0.17299999999999999</v>
+        <v>0.1734</v>
       </c>
       <c r="L229" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="M229" s="4">
-        <v>0.1069</v>
+        <v>7.5700000000000003E-2</v>
       </c>
       <c r="N229" s="4">
-        <v>0.50449999999999995</v>
+        <v>0.34210000000000002</v>
       </c>
       <c r="O229" s="4">
-        <v>0.46650000000000003</v>
+        <v>0.28710000000000002</v>
       </c>
       <c r="P229" s="3">
-        <v>12.17</v>
+        <v>31.8</v>
       </c>
       <c r="Q229" s="3">
         <v>0</v>
       </c>
       <c r="R229" s="4">
-        <v>4.0099999999999997E-2</v>
+        <v>-1.37E-2</v>
       </c>
     </row>
     <row r="230" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B230" s="3" t="s">
-        <v>262</v>
+        <v>138</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>263</v>
+        <v>139</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F230" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G230" s="3">
         <v>4</v>
       </c>
       <c r="H230" s="3">
-        <v>231.69</v>
+        <v>170.58</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>173.84</v>
       </c>
       <c r="J230" s="4">
-        <v>8.3000000000000001E-3</v>
+        <v>2.8199999999999999E-2</v>
       </c>
       <c r="K230" s="4">
-        <v>0.2137</v>
+        <v>0.1037</v>
       </c>
       <c r="L230" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="M230" s="4">
-        <v>9.9299999999999999E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N230" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.4279</v>
       </c>
       <c r="O230" s="4">
-        <v>-0.18970000000000001</v>
+        <v>0.45269999999999999</v>
       </c>
       <c r="P230" s="3">
-        <v>31.21</v>
+        <v>16.37</v>
       </c>
       <c r="Q230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R230" s="4">
-        <v>1.34E-2</v>
+        <v>0.46539999999999998</v>
       </c>
     </row>
     <row r="231" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B231" s="3" t="s">
-        <v>484</v>
+        <v>140</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>485</v>
+        <v>139</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F231" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G231" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H231" s="3">
-        <v>80.12</v>
+        <v>232.75</v>
       </c>
       <c r="I231" s="3">
-        <v>0</v>
+        <v>231.79</v>
       </c>
       <c r="J231" s="4">
-        <v>3.78E-2</v>
+        <v>2.8500000000000001E-2</v>
       </c>
       <c r="K231" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>0.1032</v>
       </c>
       <c r="L231" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="M231" s="4">
-        <v>5.0999999999999997E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N231" s="4">
-        <v>0.56269999999999998</v>
+        <v>0.4279</v>
       </c>
       <c r="O231" s="4">
-        <v>1.1986000000000001</v>
+        <v>0.4526</v>
       </c>
       <c r="P231" s="3">
-        <v>12.47</v>
+        <v>16.37</v>
       </c>
       <c r="Q231" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R231" s="4">
-        <v>7.9699999999999993E-2</v>
+        <v>0.37509999999999999</v>
       </c>
     </row>
     <row r="232" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B232" s="3" t="s">
-        <v>541</v>
+        <v>214</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>542</v>
+        <v>215</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F232" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G232" s="3">
         <v>3</v>
       </c>
       <c r="H232" s="3">
-        <v>246.61</v>
+        <v>93.04</v>
       </c>
       <c r="I232" s="3">
-        <v>100.16</v>
+        <v>42.99</v>
       </c>
       <c r="J232" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>2.7E-2</v>
       </c>
       <c r="K232" s="4">
-        <v>0.1535</v>
+        <v>0.2389</v>
       </c>
       <c r="L232" s="4">
-        <v>0.112</v>
+        <v>9.9199999999999997E-2</v>
       </c>
       <c r="M232" s="4">
-        <v>7.6999999999999999E-2</v>
+        <v>7.4200000000000002E-2</v>
       </c>
       <c r="N232" s="4">
-        <v>0.22189999999999999</v>
+        <v>1.5002</v>
       </c>
       <c r="O232" s="4">
-        <v>0.18260000000000001</v>
+        <v>1.1916</v>
       </c>
       <c r="P232" s="3">
-        <v>25.07</v>
+        <v>76.38</v>
       </c>
       <c r="Q232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R232" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>-0.1295</v>
       </c>
     </row>
     <row r="233" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B233" s="3" t="s">
-        <v>133</v>
+        <v>471</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>134</v>
+        <v>472</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F233" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G233" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H233" s="3">
-        <v>61.18</v>
+        <v>215.56</v>
       </c>
       <c r="I233" s="3">
-        <v>50.35</v>
+        <v>0</v>
       </c>
       <c r="J233" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>2.07E-2</v>
       </c>
       <c r="K233" s="4">
-        <v>0.14349999999999999</v>
+        <v>0.19600000000000001</v>
       </c>
       <c r="L233" s="4">
-        <v>0.1123</v>
+        <v>9.0899999999999995E-2</v>
       </c>
       <c r="M233" s="4">
-        <v>0.2457</v>
+        <v>0.1356</v>
       </c>
       <c r="N233" s="4">
-        <v>0.63919999999999999</v>
+        <v>0.63290000000000002</v>
       </c>
       <c r="O233" s="4">
-        <v>0.4733</v>
+        <v>0.66200000000000003</v>
       </c>
       <c r="P233" s="3">
-        <v>56.41</v>
+        <v>41.04</v>
       </c>
       <c r="Q233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R233" s="4">
-        <v>1.35E-2</v>
+        <v>1.2890999999999999</v>
       </c>
     </row>
     <row r="234" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B234" s="3" t="s">
-        <v>228</v>
+        <v>141</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>229</v>
+        <v>142</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F234" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G234" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H234" s="3">
-        <v>180.65</v>
+        <v>80.94</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
       <c r="J234" s="4">
-        <v>8.8999999999999999E-3</v>
+        <v>1.6899999999999998E-2</v>
       </c>
       <c r="K234" s="4">
-        <v>0.95179999999999998</v>
+        <v>5.0099999999999999E-2</v>
       </c>
       <c r="L234" s="4">
-        <v>0.114</v>
+        <v>4.0899999999999999E-2</v>
       </c>
       <c r="M234" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="N234" s="4">
-        <v>0.23380000000000001</v>
+        <v>0.33600000000000002</v>
       </c>
       <c r="O234" s="4">
-        <v>0.26400000000000001</v>
+        <v>0.31269999999999998</v>
       </c>
       <c r="P234" s="3">
-        <v>28.51</v>
+        <v>21.83</v>
       </c>
       <c r="Q234" s="3">
         <v>0</v>
       </c>
       <c r="R234" s="4">
-        <v>0.01</v>
+        <v>5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="235" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B235" s="3" t="s">
-        <v>363</v>
+        <v>549</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>364</v>
+        <v>550</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F235" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G235" s="3">
         <v>4</v>
       </c>
       <c r="H235" s="3">
-        <v>105.27</v>
+        <v>84.22</v>
       </c>
       <c r="I235" s="3">
-        <v>38.82</v>
+        <v>0</v>
       </c>
       <c r="J235" s="4">
-        <v>2.0500000000000001E-2</v>
+        <v>1.17E-2</v>
       </c>
       <c r="K235" s="4">
-        <v>0.1021</v>
+        <v>0.1258</v>
       </c>
       <c r="L235" s="4">
-        <v>5.6000000000000001E-2</v>
+        <v>5.9400000000000001E-2</v>
       </c>
       <c r="M235" s="4">
-        <v>6.9400000000000003E-2</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N235" s="4">
-        <v>0.3725</v>
+        <v>0.16750000000000001</v>
       </c>
       <c r="O235" s="4">
-        <v>0.50619999999999998</v>
+        <v>0.19719999999999999</v>
       </c>
       <c r="P235" s="3">
-        <v>19.63</v>
+        <v>15.75</v>
       </c>
       <c r="Q235" s="3">
         <v>0</v>
       </c>
       <c r="R235" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>4.5900000000000003E-2</v>
       </c>
     </row>
     <row r="236" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B236" s="3" t="s">
-        <v>135</v>
+        <v>473</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>264</v>
+        <v>474</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F236" s="3">
         <v>3</v>
       </c>
       <c r="G236" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H236" s="3">
-        <v>295.72000000000003</v>
+        <v>12.98</v>
       </c>
       <c r="I236" s="3">
-        <v>149.33000000000001</v>
+        <v>0</v>
       </c>
       <c r="J236" s="4">
-        <v>1.6500000000000001E-2</v>
+        <v>5.8500000000000003E-2</v>
       </c>
       <c r="K236" s="4">
-        <v>0.19220000000000001</v>
+        <v>3.95E-2</v>
       </c>
       <c r="L236" s="4">
-        <v>9.5799999999999996E-2</v>
+        <v>5.9400000000000001E-2</v>
       </c>
       <c r="M236" s="4">
-        <v>0.13750000000000001</v>
+        <v>7.3099999999999998E-2</v>
       </c>
       <c r="N236" s="4">
-        <v>0.2853</v>
+        <v>0.39300000000000002</v>
       </c>
       <c r="O236" s="4">
-        <v>0.38129999999999997</v>
+        <v>0.46610000000000001</v>
       </c>
       <c r="P236" s="3">
-        <v>21.28</v>
+        <v>7.8</v>
       </c>
       <c r="Q236" s="3">
         <v>0</v>
       </c>
       <c r="R236" s="4">
-        <v>1.6199999999999999E-2</v>
+        <v>0.1386</v>
       </c>
     </row>
     <row r="237" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B237" s="3" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F237" s="3">
         <v>4</v>
       </c>
       <c r="G237" s="3">
         <v>4</v>
       </c>
       <c r="H237" s="3">
-        <v>212.9</v>
+        <v>359.68</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>102.7</v>
       </c>
       <c r="J237" s="4">
-        <v>1.17E-2</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="K237" s="4">
-        <v>0.1734</v>
+        <v>6.8500000000000005E-2</v>
       </c>
       <c r="L237" s="4">
-        <v>0.10199999999999999</v>
+        <v>4.8599999999999997E-2</v>
       </c>
       <c r="M237" s="4">
-        <v>7.5700000000000003E-2</v>
+        <v>0.1071</v>
       </c>
       <c r="N237" s="4">
-        <v>0.34210000000000002</v>
+        <v>0.22869999999999999</v>
       </c>
       <c r="O237" s="4">
-        <v>0.28710000000000002</v>
+        <v>0.31890000000000002</v>
       </c>
       <c r="P237" s="3">
-        <v>31.68</v>
+        <v>35.049999999999997</v>
       </c>
       <c r="Q237" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R237" s="4">
-        <v>1.3299999999999999E-2</v>
+        <v>5.4000000000000003E-3</v>
       </c>
     </row>
     <row r="238" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B238" s="3" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F238" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G238" s="3">
         <v>4</v>
       </c>
       <c r="H238" s="3">
-        <v>169.84</v>
+        <v>94.76</v>
       </c>
       <c r="I238" s="3">
-        <v>173.84</v>
+        <v>28.15</v>
       </c>
       <c r="J238" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="K238" s="4">
-        <v>0.1037</v>
+        <v>0.1439</v>
       </c>
       <c r="L238" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="M238" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>0.14499999999999999</v>
       </c>
       <c r="N238" s="4">
-        <v>0.4279</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="O238" s="4">
-        <v>0.45269999999999999</v>
+        <v>0.17219999999999999</v>
       </c>
       <c r="P238" s="3">
-        <v>16.52</v>
+        <v>15.68</v>
       </c>
       <c r="Q238" s="3">
         <v>1</v>
       </c>
       <c r="R238" s="4">
-        <v>3.8100000000000002E-2</v>
+        <v>0.37930000000000003</v>
       </c>
     </row>
     <row r="239" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B239" s="3" t="s">
-        <v>140</v>
+        <v>475</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>139</v>
+        <v>476</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F239" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G239" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H239" s="3">
-        <v>233.56</v>
+        <v>43.77</v>
       </c>
       <c r="I239" s="3">
-        <v>231.79</v>
+        <v>0</v>
       </c>
       <c r="J239" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="K239" s="4">
-        <v>0.1032</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="L239" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>5.4800000000000001E-2</v>
       </c>
       <c r="M239" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>9.8599999999999993E-2</v>
       </c>
       <c r="N239" s="4">
-        <v>0.4279</v>
+        <v>0.29649999999999999</v>
       </c>
       <c r="O239" s="4">
-        <v>0.4526</v>
+        <v>1.3037000000000001</v>
       </c>
       <c r="P239" s="3">
-        <v>16.52</v>
+        <v>14.87</v>
       </c>
       <c r="Q239" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R239" s="4">
-        <v>3.8100000000000002E-2</v>
+        <v>-0.1986</v>
       </c>
     </row>
     <row r="240" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B240" s="3" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>216</v>
+        <v>148</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F240" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G240" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H240" s="3">
-        <v>86.15</v>
+        <v>378.46</v>
       </c>
       <c r="I240" s="3">
-        <v>42.99</v>
+        <v>302.45</v>
       </c>
       <c r="J240" s="4">
-        <v>2.81E-2</v>
+        <v>2.63E-2</v>
       </c>
       <c r="K240" s="4">
-        <v>0.2389</v>
+        <v>0.1075</v>
       </c>
       <c r="L240" s="4">
-        <v>9.9199999999999997E-2</v>
+        <v>5.3499999999999999E-2</v>
       </c>
       <c r="M240" s="4">
-        <v>7.8399999999999997E-2</v>
+        <v>0.1391</v>
       </c>
       <c r="N240" s="4">
-        <v>1.5002</v>
+        <v>0.38929999999999998</v>
       </c>
       <c r="O240" s="4">
-        <v>1.1349</v>
+        <v>0.43619999999999998</v>
       </c>
       <c r="P240" s="3">
-        <v>54.21</v>
+        <v>19.84</v>
       </c>
       <c r="Q240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R240" s="4">
-        <v>2.2200000000000001E-2</v>
+        <v>8.3799999999999999E-2</v>
       </c>
     </row>
     <row r="241" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B241" s="3" t="s">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>487</v>
+        <v>524</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F241" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G241" s="3">
         <v>3</v>
       </c>
       <c r="H241" s="3">
-        <v>147.21</v>
+        <v>189.4</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
       <c r="J241" s="4">
-        <v>2.5000000000000001E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="K241" s="4">
-        <v>0.19600000000000001</v>
+        <v>0.18890000000000001</v>
       </c>
       <c r="L241" s="4">
-        <v>9.0899999999999995E-2</v>
+        <v>5.96E-2</v>
       </c>
       <c r="M241" s="4">
-        <v>0.16439999999999999</v>
+        <v>7.3400000000000007E-2</v>
       </c>
       <c r="N241" s="4">
-        <v>0.48480000000000001</v>
+        <v>0.60129999999999995</v>
       </c>
       <c r="O241" s="4">
-        <v>0.66200000000000003</v>
+        <v>0.88139999999999996</v>
       </c>
       <c r="P241" s="3">
-        <v>30.77</v>
+        <v>13.36</v>
       </c>
       <c r="Q241" s="3">
         <v>0</v>
       </c>
       <c r="R241" s="4">
-        <v>4.1799999999999997E-2</v>
+        <v>0.1588</v>
       </c>
     </row>
     <row r="242" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B242" s="3" t="s">
-        <v>141</v>
+        <v>477</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>142</v>
+        <v>478</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F242" s="3">
         <v>3</v>
       </c>
       <c r="G242" s="3">
         <v>3</v>
       </c>
       <c r="H242" s="3">
-        <v>78.709999999999994</v>
+        <v>68.59</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
       <c r="J242" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>2.3400000000000001E-2</v>
       </c>
       <c r="K242" s="4">
-        <v>5.0099999999999999E-2</v>
+        <v>0.13639999999999999</v>
       </c>
       <c r="L242" s="4">
-        <v>4.0899999999999999E-2</v>
+        <v>0.05</v>
       </c>
       <c r="M242" s="4">
-        <v>0.1076</v>
+        <v>6.1100000000000002E-2</v>
       </c>
       <c r="N242" s="4">
-        <v>0.33600000000000002</v>
+        <v>0.26169999999999999</v>
       </c>
       <c r="O242" s="4">
-        <v>0.31269999999999998</v>
+        <v>0.20039999999999999</v>
       </c>
       <c r="P242" s="3">
-        <v>21.08</v>
+        <v>11.4</v>
       </c>
       <c r="Q242" s="3">
         <v>0</v>
       </c>
       <c r="R242" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>0.1216</v>
       </c>
     </row>
     <row r="243" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B243" s="3" t="s">
-        <v>579</v>
+        <v>149</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>580</v>
+        <v>150</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F243" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G243" s="3">
         <v>4</v>
       </c>
       <c r="H243" s="3">
-        <v>84.34</v>
+        <v>192.98</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
       <c r="J243" s="4">
-        <v>1.2500000000000001E-2</v>
+        <v>1.0699999999999999E-2</v>
       </c>
       <c r="K243" s="4">
-        <v>0.1258</v>
+        <v>0.23760000000000001</v>
       </c>
       <c r="L243" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>0.1293</v>
       </c>
       <c r="M243" s="4">
-        <v>6.9599999999999995E-2</v>
+        <v>0.1487</v>
       </c>
       <c r="N243" s="4">
-        <v>0.21179999999999999</v>
+        <v>0.24629999999999999</v>
       </c>
       <c r="O243" s="4">
-        <v>0.19719999999999999</v>
+        <v>0.5806</v>
       </c>
       <c r="P243" s="3">
-        <v>15.34</v>
+        <v>23.32</v>
       </c>
       <c r="Q243" s="3">
         <v>0</v>
       </c>
       <c r="R243" s="4">
-        <v>1.3599999999999999E-2</v>
+        <v>0.47949999999999998</v>
       </c>
     </row>
     <row r="244" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B244" s="3" t="s">
-        <v>488</v>
+        <v>410</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>489</v>
+        <v>146</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F244" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G244" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H244" s="3">
-        <v>11.9</v>
+        <v>69.349999999999994</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
       <c r="J244" s="4">
-        <v>6.3200000000000006E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="K244" s="4">
-        <v>3.95E-2</v>
+        <v>0.1439</v>
       </c>
       <c r="L244" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="M244" s="4">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1434</v>
       </c>
       <c r="N244" s="4">
-        <v>0.39300000000000002</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="O244" s="4">
-        <v>0.46610000000000001</v>
+        <v>0.17119999999999999</v>
       </c>
       <c r="P244" s="3">
-        <v>7.02</v>
+        <v>15.68</v>
       </c>
       <c r="Q244" s="3">
         <v>0</v>
       </c>
       <c r="R244" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>0.47989999999999999</v>
       </c>
     </row>
     <row r="245" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B245" s="3" t="s">
-        <v>143</v>
+        <v>551</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>144</v>
+        <v>552</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F245" s="3">
         <v>4</v>
       </c>
       <c r="G245" s="3">
         <v>4</v>
       </c>
       <c r="H245" s="3">
-        <v>323.89999999999998</v>
+        <v>99.37</v>
       </c>
       <c r="I245" s="3">
-        <v>102.7</v>
+        <v>36.11</v>
       </c>
       <c r="J245" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>6.4000000000000003E-3</v>
       </c>
       <c r="K245" s="4">
-        <v>6.8500000000000005E-2</v>
+        <v>0.2195</v>
       </c>
       <c r="L245" s="4">
-        <v>4.8599999999999997E-2</v>
+        <v>0.108</v>
       </c>
       <c r="M245" s="4">
-        <v>0.1191</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="N245" s="4">
-        <v>0.26979999999999998</v>
+        <v>0.26450000000000001</v>
       </c>
       <c r="O245" s="4">
-        <v>0.31890000000000002</v>
+        <v>0.1221</v>
       </c>
       <c r="P245" s="3">
-        <v>31.32</v>
+        <v>32.56</v>
       </c>
       <c r="Q245" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R245" s="4">
-        <v>8.0999999999999996E-3</v>
+        <v>0.36149999999999999</v>
       </c>
     </row>
     <row r="246" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B246" s="3" t="s">
-        <v>145</v>
+        <v>553</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>146</v>
+        <v>552</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F246" s="3">
         <v>4</v>
       </c>
       <c r="G246" s="3">
         <v>4</v>
       </c>
       <c r="H246" s="3">
-        <v>85.41</v>
+        <v>135.56</v>
       </c>
       <c r="I246" s="3">
-        <v>28.15</v>
+        <v>48.15</v>
       </c>
       <c r="J246" s="4">
-        <v>1.4500000000000001E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="K246" s="4">
-        <v>0.1439</v>
+        <v>0.2195</v>
       </c>
       <c r="L246" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>0.108</v>
       </c>
       <c r="M246" s="4">
-        <v>0.15629999999999999</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="N246" s="4">
-        <v>0.19750000000000001</v>
+        <v>0.26450000000000001</v>
       </c>
       <c r="O246" s="4">
-        <v>0.17219999999999999</v>
+        <v>0.1232</v>
       </c>
       <c r="P246" s="3">
-        <v>14.01</v>
+        <v>32.56</v>
       </c>
       <c r="Q246" s="3">
         <v>1</v>
       </c>
       <c r="R246" s="4">
-        <v>1.55E-2</v>
+        <v>0.27839999999999998</v>
       </c>
     </row>
     <row r="247" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B247" s="3" t="s">
-        <v>490</v>
+        <v>308</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>491</v>
+        <v>309</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F247" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G247" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H247" s="3">
-        <v>40.97</v>
+        <v>360.68</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>100.19</v>
       </c>
       <c r="J247" s="4">
-        <v>1.9599999999999999E-2</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="K247" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>0.1263</v>
       </c>
       <c r="L247" s="4">
-        <v>5.4800000000000001E-2</v>
+        <v>0.1118</v>
       </c>
       <c r="M247" s="4">
-        <v>0.1076</v>
+        <v>7.4800000000000005E-2</v>
       </c>
       <c r="N247" s="4">
-        <v>0.29649999999999999</v>
+        <v>0.40050000000000002</v>
       </c>
       <c r="O247" s="4">
-        <v>1.3037000000000001</v>
+        <v>0.29980000000000001</v>
       </c>
       <c r="P247" s="3">
-        <v>13.88</v>
+        <v>42.96</v>
       </c>
       <c r="Q247" s="3">
         <v>0</v>
       </c>
       <c r="R247" s="4">
-        <v>1.4E-2</v>
+        <v>-5.0200000000000002E-2</v>
       </c>
     </row>
     <row r="248" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B248" s="3" t="s">
-        <v>147</v>
+        <v>479</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>148</v>
+        <v>480</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F248" s="3">
         <v>4</v>
       </c>
       <c r="G248" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H248" s="3">
-        <v>349.91</v>
+        <v>95.47</v>
       </c>
       <c r="I248" s="3">
-        <v>302.45</v>
+        <v>72.33</v>
       </c>
       <c r="J248" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>3.32E-2</v>
       </c>
       <c r="K248" s="4">
-        <v>0.1075</v>
+        <v>0.12189999999999999</v>
       </c>
       <c r="L248" s="4">
-        <v>5.3499999999999999E-2</v>
+        <v>9.11E-2</v>
       </c>
       <c r="M248" s="4">
-        <v>0.14660000000000001</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="N248" s="4">
-        <v>0.38929999999999998</v>
+        <v>0.3619</v>
       </c>
       <c r="O248" s="4">
-        <v>0.43619999999999998</v>
+        <v>-1.8421000000000001</v>
       </c>
       <c r="P248" s="3">
-        <v>18.149999999999999</v>
+        <v>11.21</v>
       </c>
       <c r="Q248" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R248" s="4">
-        <v>2.64E-2</v>
+        <v>0.74180000000000001</v>
       </c>
     </row>
     <row r="249" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B249" s="3" t="s">
-        <v>543</v>
+        <v>481</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>544</v>
+        <v>480</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F249" s="3">
         <v>4</v>
       </c>
       <c r="G249" s="3">
         <v>3</v>
       </c>
       <c r="H249" s="3">
-        <v>186.67</v>
+        <v>130.19999999999999</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>96.44</v>
       </c>
       <c r="J249" s="4">
-        <v>4.7600000000000003E-2</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="K249" s="4">
-        <v>0.18890000000000001</v>
+        <v>0.122</v>
       </c>
       <c r="L249" s="4">
-        <v>5.96E-2</v>
+        <v>9.11E-2</v>
       </c>
       <c r="M249" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="N249" s="4">
-        <v>1.1173</v>
+        <v>0.3619</v>
       </c>
       <c r="O249" s="4">
-        <v>0.88139999999999996</v>
+        <v>-1.843</v>
       </c>
       <c r="P249" s="3">
-        <v>21.65</v>
+        <v>11.21</v>
       </c>
       <c r="Q249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R249" s="4">
-        <v>5.1200000000000002E-2</v>
+        <v>0.63149999999999995</v>
       </c>
     </row>
     <row r="250" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B250" s="3" t="s">
-        <v>545</v>
+        <v>151</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>546</v>
+        <v>152</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F250" s="3">
         <v>4</v>
       </c>
       <c r="G250" s="3">
         <v>4</v>
       </c>
       <c r="H250" s="3">
-        <v>521.79</v>
+        <v>118.14</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>45.97</v>
       </c>
       <c r="J250" s="4">
-        <v>7.4999999999999997E-3</v>
+        <v>1.67E-2</v>
       </c>
       <c r="K250" s="4">
-        <v>7.3099999999999998E-2</v>
+        <v>5.8299999999999998E-2</v>
       </c>
       <c r="L250" s="4">
-        <v>0.1507</v>
+        <v>0.1615</v>
       </c>
       <c r="M250" s="4">
-        <v>7.46E-2</v>
+        <v>0.11210000000000001</v>
       </c>
       <c r="N250" s="4">
-        <v>0.2944</v>
+        <v>0.33019999999999999</v>
       </c>
       <c r="O250" s="4">
-        <v>0.21240000000000001</v>
+        <v>0.2157</v>
       </c>
       <c r="P250" s="3">
-        <v>37.270000000000003</v>
+        <v>29.22</v>
       </c>
       <c r="Q250" s="3">
         <v>0</v>
       </c>
       <c r="R250" s="4">
-        <v>8.0000000000000002E-3</v>
+        <v>-9.8299999999999998E-2</v>
       </c>
     </row>
     <row r="251" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B251" s="3" t="s">
-        <v>492</v>
+        <v>153</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>493</v>
+        <v>152</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F251" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G251" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H251" s="3">
-        <v>64.760000000000005</v>
+        <v>161.05000000000001</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>62.11</v>
       </c>
       <c r="J251" s="4">
-        <v>2.4400000000000002E-2</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="K251" s="4">
-        <v>0.13639999999999999</v>
+        <v>5.8299999999999998E-2</v>
       </c>
       <c r="L251" s="4">
-        <v>0.05</v>
+        <v>0.1615</v>
       </c>
       <c r="M251" s="4">
-        <v>6.1100000000000002E-2</v>
+        <v>0.11210000000000001</v>
       </c>
       <c r="N251" s="4">
-        <v>0.26169999999999999</v>
+        <v>0.33019999999999999</v>
       </c>
       <c r="O251" s="4">
-        <v>0.20039999999999999</v>
+        <v>0.2155</v>
       </c>
       <c r="P251" s="3">
-        <v>10.9</v>
+        <v>29.22</v>
       </c>
       <c r="Q251" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R251" s="4">
-        <v>2.46E-2</v>
+        <v>-0.15240000000000001</v>
       </c>
     </row>
     <row r="252" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B252" s="3" t="s">
-        <v>149</v>
+        <v>482</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>150</v>
+        <v>483</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F252" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G252" s="3">
         <v>4</v>
       </c>
       <c r="H252" s="3">
-        <v>175.81</v>
+        <v>48.74</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
       <c r="J252" s="4">
-        <v>1.15E-2</v>
+        <v>1.24E-2</v>
       </c>
       <c r="K252" s="4">
-        <v>0.23760000000000001</v>
+        <v>0.50419999999999998</v>
       </c>
       <c r="L252" s="4">
-        <v>0.1293</v>
+        <v>0.21029999999999999</v>
       </c>
       <c r="M252" s="4">
-        <v>0.1487</v>
+        <v>0.40400000000000003</v>
       </c>
       <c r="N252" s="4">
-        <v>0.18479999999999999</v>
+        <v>0.13980000000000001</v>
       </c>
       <c r="O252" s="4">
-        <v>0.92769999999999997</v>
+        <v>0.39040000000000002</v>
       </c>
       <c r="P252" s="3">
-        <v>23.12</v>
+        <v>12.67</v>
       </c>
       <c r="Q252" s="3">
         <v>0</v>
       </c>
       <c r="R252" s="4">
-        <v>1.5299999999999999E-2</v>
+        <v>-0.35039999999999999</v>
       </c>
     </row>
     <row r="253" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B253" s="3" t="s">
-        <v>421</v>
+        <v>154</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F253" s="3">
         <v>4</v>
       </c>
       <c r="G253" s="3">
         <v>4</v>
       </c>
       <c r="H253" s="3">
-        <v>63.24</v>
+        <v>177.92</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>79.88</v>
       </c>
       <c r="J253" s="4">
-        <v>1.3899999999999999E-2</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="K253" s="4">
-        <v>0.1439</v>
+        <v>0.14449999999999999</v>
       </c>
       <c r="L253" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="M253" s="4">
-        <v>0.1434</v>
+        <v>0.109</v>
       </c>
       <c r="N253" s="4">
-        <v>0.19750000000000001</v>
+        <v>0.31059999999999999</v>
       </c>
       <c r="O253" s="4">
-        <v>0.17119999999999999</v>
+        <v>0.33029999999999998</v>
       </c>
       <c r="P253" s="3">
-        <v>14.01</v>
+        <v>28.93</v>
       </c>
       <c r="Q253" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R253" s="4">
-        <v>1.55E-2</v>
+        <v>0.5464</v>
       </c>
     </row>
     <row r="254" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B254" s="3" t="s">
-        <v>581</v>
+        <v>182</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>582</v>
+        <v>183</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F254" s="3">
         <v>4</v>
       </c>
       <c r="G254" s="3">
         <v>4</v>
       </c>
       <c r="H254" s="3">
-        <v>94.36</v>
+        <v>152.06</v>
       </c>
       <c r="I254" s="3">
-        <v>36.11</v>
+        <v>60.77</v>
       </c>
       <c r="J254" s="4">
-        <v>6.7999999999999996E-3</v>
+        <v>1.1299999999999999E-2</v>
       </c>
       <c r="K254" s="4">
-        <v>0.2195</v>
+        <v>1.4278</v>
       </c>
       <c r="L254" s="4">
-        <v>0.108</v>
+        <v>0.12509999999999999</v>
       </c>
       <c r="M254" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>0.12609999999999999</v>
       </c>
       <c r="N254" s="4">
-        <v>0.26450000000000001</v>
+        <v>0.34770000000000001</v>
       </c>
       <c r="O254" s="4">
-        <v>0.1221</v>
+        <v>0.40579999999999999</v>
       </c>
       <c r="P254" s="3">
-        <v>30.7</v>
+        <v>33.58</v>
       </c>
       <c r="Q254" s="3">
         <v>0</v>
       </c>
       <c r="R254" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>0.22289999999999999</v>
       </c>
     </row>
     <row r="255" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B255" s="3" t="s">
-        <v>583</v>
+        <v>188</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>582</v>
+        <v>189</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F255" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G255" s="3">
         <v>4</v>
       </c>
       <c r="H255" s="3">
-        <v>129.72</v>
+        <v>146.52000000000001</v>
       </c>
       <c r="I255" s="3">
-        <v>48.15</v>
+        <v>0</v>
       </c>
       <c r="J255" s="4">
         <v>6.8999999999999999E-3</v>
       </c>
       <c r="K255" s="4">
-        <v>0.2195</v>
+        <v>0.29120000000000001</v>
       </c>
       <c r="L255" s="4">
-        <v>0.108</v>
+        <v>8.2699999999999996E-2</v>
       </c>
       <c r="M255" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>0.1784</v>
       </c>
       <c r="N255" s="4">
-        <v>0.26450000000000001</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="O255" s="4">
-        <v>0.1232</v>
+        <v>9.4600000000000004E-2</v>
       </c>
       <c r="P255" s="3">
-        <v>30.7</v>
+        <v>10.8</v>
       </c>
       <c r="Q255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R255" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>0.1159</v>
       </c>
     </row>
     <row r="256" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B256" s="3" t="s">
-        <v>309</v>
+        <v>271</v>
       </c>
       <c r="C256" s="3" t="s">
         <v>310</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F256" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G256" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H256" s="3">
-        <v>356.43</v>
+        <v>60.87</v>
       </c>
       <c r="I256" s="3">
-        <v>95.63</v>
+        <v>58.8</v>
       </c>
       <c r="J256" s="4">
-        <v>9.9000000000000008E-3</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="K256" s="4">
-        <v>0.1263</v>
+        <v>0.123</v>
       </c>
       <c r="L256" s="4">
-        <v>0.1118</v>
+        <v>0.22739999999999999</v>
       </c>
       <c r="M256" s="4">
-        <v>7.4800000000000005E-2</v>
+        <v>0.24260000000000001</v>
       </c>
       <c r="N256" s="4">
-        <v>0.41299999999999998</v>
+        <v>0.93810000000000004</v>
       </c>
       <c r="O256" s="4">
-        <v>0.31130000000000002</v>
+        <v>5.2831999999999999</v>
       </c>
       <c r="P256" s="3">
-        <v>46.64</v>
+        <v>15.36</v>
       </c>
       <c r="Q256" s="3">
         <v>0</v>
       </c>
       <c r="R256" s="4">
-        <v>1.0699999999999999E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="257" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B257" s="3" t="s">
-        <v>494</v>
+        <v>184</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>495</v>
+        <v>185</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F257" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G257" s="3">
         <v>3</v>
       </c>
       <c r="H257" s="3">
-        <v>93.05</v>
+        <v>36.4</v>
       </c>
       <c r="I257" s="3">
-        <v>72.33</v>
+        <v>0</v>
       </c>
       <c r="J257" s="4">
-        <v>3.3799999999999997E-2</v>
+        <v>3.0300000000000001E-2</v>
       </c>
       <c r="K257" s="4">
-        <v>0.12189999999999999</v>
+        <v>2.2100000000000002E-2</v>
       </c>
       <c r="L257" s="4">
-        <v>9.11E-2</v>
+        <v>3.5900000000000001E-2</v>
       </c>
       <c r="M257" s="4">
-        <v>6.0100000000000001E-2</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="N257" s="4">
-        <v>0.3619</v>
+        <v>0.72660000000000002</v>
       </c>
       <c r="O257" s="4">
-        <v>-1.8421000000000001</v>
+        <v>0.3866</v>
       </c>
       <c r="P257" s="3">
-        <v>11.1</v>
+        <v>16.170000000000002</v>
       </c>
       <c r="Q257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R257" s="4">
-        <v>4.58E-2</v>
+        <v>3.7100000000000001E-2</v>
       </c>
     </row>
     <row r="258" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B258" s="3" t="s">
-        <v>496</v>
+        <v>318</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>495</v>
+        <v>338</v>
       </c>
       <c r="D258" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F258" s="3">
         <v>4</v>
       </c>
       <c r="G258" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H258" s="3">
-        <v>127.98</v>
+        <v>92.01</v>
       </c>
       <c r="I258" s="3">
-        <v>96.44</v>
+        <v>84.09</v>
       </c>
       <c r="J258" s="4">
-        <v>3.3799999999999997E-2</v>
+        <v>2.18E-2</v>
       </c>
       <c r="K258" s="4">
-        <v>0.122</v>
+        <v>0.1021</v>
       </c>
       <c r="L258" s="4">
-        <v>9.11E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="M258" s="4">
-        <v>6.0100000000000001E-2</v>
+        <v>9.1399999999999995E-2</v>
       </c>
       <c r="N258" s="4">
-        <v>0.3619</v>
+        <v>0.44429999999999997</v>
       </c>
       <c r="O258" s="4">
-        <v>-1.843</v>
+        <v>0.55900000000000005</v>
       </c>
       <c r="P258" s="3">
-        <v>11.1</v>
+        <v>28</v>
       </c>
       <c r="Q258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R258" s="4">
-        <v>4.58E-2</v>
+        <v>-0.3463</v>
       </c>
     </row>
     <row r="259" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B259" s="3" t="s">
-        <v>151</v>
+        <v>354</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>152</v>
+        <v>338</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F259" s="3">
         <v>4</v>
       </c>
       <c r="G259" s="3">
         <v>4</v>
       </c>
       <c r="H259" s="3">
-        <v>106.06</v>
+        <v>125.41</v>
       </c>
       <c r="I259" s="3">
-        <v>45.97</v>
+        <v>113.42</v>
       </c>
       <c r="J259" s="4">
-        <v>1.7999999999999999E-2</v>
+        <v>2.2499999999999999E-2</v>
       </c>
       <c r="K259" s="4">
-        <v>5.8400000000000001E-2</v>
+        <v>0.1021</v>
       </c>
       <c r="L259" s="4">
-        <v>0.1714</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="M259" s="4">
-        <v>0.11210000000000001</v>
+        <v>9.1399999999999995E-2</v>
       </c>
       <c r="N259" s="4">
-        <v>0.33019999999999999</v>
+        <v>0.44429999999999997</v>
       </c>
       <c r="O259" s="4">
-        <v>0.2157</v>
+        <v>0.55769999999999997</v>
       </c>
       <c r="P259" s="3">
-        <v>27.15</v>
+        <v>28</v>
       </c>
       <c r="Q259" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R259" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>-0.38650000000000001</v>
       </c>
     </row>
     <row r="260" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B260" s="3" t="s">
-        <v>153</v>
+        <v>484</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>152</v>
+        <v>485</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F260" s="3">
         <v>4</v>
       </c>
       <c r="G260" s="3">
         <v>4</v>
       </c>
       <c r="H260" s="3">
-        <v>145.85</v>
+        <v>53.47</v>
       </c>
       <c r="I260" s="3">
-        <v>62.11</v>
+        <v>34.5</v>
       </c>
       <c r="J260" s="4">
-        <v>1.7999999999999999E-2</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K260" s="4">
-        <v>5.8400000000000001E-2</v>
+        <v>0.1021</v>
       </c>
       <c r="L260" s="4">
-        <v>0.1714</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="M260" s="4">
-        <v>0.11210000000000001</v>
+        <v>0.2276</v>
       </c>
       <c r="N260" s="4">
-        <v>0.33019999999999999</v>
+        <v>0.33260000000000001</v>
       </c>
       <c r="O260" s="4">
-        <v>0.2155</v>
+        <v>0.65859999999999996</v>
       </c>
       <c r="P260" s="3">
-        <v>27.15</v>
+        <v>25.72</v>
       </c>
       <c r="Q260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R260" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>-1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="261" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B261" s="3" t="s">
-        <v>497</v>
+        <v>355</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>498</v>
+        <v>356</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F261" s="3">
         <v>4</v>
       </c>
       <c r="G261" s="3">
         <v>4</v>
       </c>
       <c r="H261" s="3">
-        <v>50.86</v>
+        <v>335.85</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>91.65</v>
       </c>
       <c r="J261" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>1.1299999999999999E-2</v>
       </c>
       <c r="K261" s="4">
-        <v>0.50419999999999998</v>
+        <v>0.251</v>
       </c>
       <c r="L261" s="4">
-        <v>0.21029999999999999</v>
+        <v>0.2208</v>
       </c>
       <c r="M261" s="4">
-        <v>0.40400000000000003</v>
+        <v>0.14050000000000001</v>
       </c>
       <c r="N261" s="4">
-        <v>0.13980000000000001</v>
+        <v>0</v>
       </c>
       <c r="O261" s="4">
-        <v>0.39040000000000002</v>
+        <v>0.432</v>
       </c>
       <c r="P261" s="3">
-        <v>13.14</v>
+        <v>31.99</v>
       </c>
       <c r="Q261" s="3">
         <v>0</v>
       </c>
       <c r="R261" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>0.73129999999999995</v>
       </c>
     </row>
     <row r="262" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B262" s="3" t="s">
-        <v>154</v>
+        <v>195</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F262" s="3">
         <v>4</v>
       </c>
       <c r="G262" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H262" s="3">
-        <v>165.5</v>
+        <v>435.23</v>
       </c>
       <c r="I262" s="3">
-        <v>79.88</v>
+        <v>0</v>
       </c>
       <c r="J262" s="4">
-        <v>1.29E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K262" s="4">
-        <v>0.14449999999999999</v>
+        <v>0.26619999999999999</v>
       </c>
       <c r="L262" s="4">
-        <v>7.9000000000000001E-2</v>
+        <v>0.11070000000000001</v>
       </c>
       <c r="M262" s="4">
-        <v>0.109</v>
+        <v>0.1152</v>
       </c>
       <c r="N262" s="4">
-        <v>0.31059999999999999</v>
+        <v>0.28210000000000002</v>
       </c>
       <c r="O262" s="4">
-        <v>0.33029999999999998</v>
+        <v>0.29780000000000001</v>
       </c>
       <c r="P262" s="3">
-        <v>26.73</v>
+        <v>33.119999999999997</v>
       </c>
       <c r="Q262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R262" s="4">
-        <v>1.4999999999999999E-2</v>
+        <v>0.19040000000000001</v>
       </c>
     </row>
     <row r="263" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B263" s="3" t="s">
-        <v>182</v>
+        <v>298</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>183</v>
+        <v>299</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F263" s="3">
         <v>4</v>
       </c>
       <c r="G263" s="3">
         <v>4</v>
       </c>
       <c r="H263" s="3">
-        <v>156.61000000000001</v>
+        <v>142.16999999999999</v>
       </c>
       <c r="I263" s="3">
-        <v>60.77</v>
+        <v>24.8</v>
       </c>
       <c r="J263" s="4">
-        <v>1.0999999999999999E-2</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="K263" s="4">
-        <v>1.4278</v>
+        <v>0.18029999999999999</v>
       </c>
       <c r="L263" s="4">
-        <v>0.12509999999999999</v>
+        <v>0.31709999999999999</v>
       </c>
       <c r="M263" s="4">
-        <v>0.11940000000000001</v>
+        <v>0.13089999999999999</v>
       </c>
       <c r="N263" s="4">
-        <v>0.34770000000000001</v>
+        <v>0.16639999999999999</v>
       </c>
       <c r="O263" s="4">
-        <v>0.40579999999999999</v>
+        <v>0.31780000000000003</v>
       </c>
       <c r="P263" s="3">
-        <v>34.14</v>
+        <v>35.1</v>
       </c>
       <c r="Q263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R263" s="4">
-        <v>1.38E-2</v>
+        <v>0.13220000000000001</v>
       </c>
     </row>
     <row r="264" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B264" s="3" t="s">
-        <v>188</v>
+        <v>525</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>189</v>
+        <v>526</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F264" s="3">
         <v>3</v>
       </c>
       <c r="G264" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H264" s="3">
-        <v>139.65</v>
+        <v>23</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
       <c r="J264" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="K264" s="4">
-        <v>0.29120000000000001</v>
+        <v>0.78</v>
       </c>
       <c r="L264" s="4">
-        <v>8.2699999999999996E-2</v>
+        <v>0.1193</v>
       </c>
       <c r="M264" s="4">
-        <v>0.1784</v>
+        <v>0.35099999999999998</v>
       </c>
       <c r="N264" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>0.16839999999999999</v>
       </c>
       <c r="O264" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>0.1789</v>
       </c>
       <c r="P264" s="3">
-        <v>10.27</v>
+        <v>16.25</v>
       </c>
       <c r="Q264" s="3">
         <v>0</v>
       </c>
       <c r="R264" s="4">
-        <v>1.0200000000000001E-2</v>
+        <v>0.32550000000000001</v>
       </c>
     </row>
     <row r="265" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B265" s="3" t="s">
-        <v>272</v>
+        <v>527</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>311</v>
+        <v>528</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F265" s="3">
         <v>3</v>
       </c>
       <c r="G265" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H265" s="3">
-        <v>60.51</v>
+        <v>184.24</v>
       </c>
       <c r="I265" s="3">
-        <v>58.8</v>
+        <v>0</v>
       </c>
       <c r="J265" s="4">
-        <v>3.3399999999999999E-2</v>
+        <v>1.49E-2</v>
       </c>
       <c r="K265" s="4">
-        <v>0.123</v>
+        <v>0.71340000000000003</v>
       </c>
       <c r="L265" s="4">
-        <v>0.22739999999999999</v>
+        <v>0.1946</v>
       </c>
       <c r="M265" s="4">
-        <v>0.26190000000000002</v>
+        <v>0.1487</v>
       </c>
       <c r="N265" s="4">
-        <v>0.93810000000000004</v>
+        <v>0.37559999999999999</v>
       </c>
       <c r="O265" s="4">
-        <v>5.2831999999999999</v>
+        <v>0.51690000000000003</v>
       </c>
       <c r="P265" s="3">
-        <v>14.94</v>
+        <v>27.89</v>
       </c>
       <c r="Q265" s="3">
         <v>0</v>
       </c>
       <c r="R265" s="4">
-        <v>1.7999999999999999E-2</v>
+        <v>1.0699999999999999E-2</v>
       </c>
     </row>
     <row r="266" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B266" s="3" t="s">
-        <v>184</v>
+        <v>486</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>185</v>
+        <v>487</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F266" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G266" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H266" s="3">
-        <v>34.67</v>
+        <v>284.13</v>
       </c>
       <c r="I266" s="3">
-        <v>0</v>
+        <v>234.26</v>
       </c>
       <c r="J266" s="4">
-        <v>3.09E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K266" s="4">
-        <v>2.2100000000000002E-2</v>
+        <v>3.6400000000000002E-2</v>
       </c>
       <c r="L266" s="4">
-        <v>3.5900000000000001E-2</v>
+        <v>0.111</v>
       </c>
       <c r="M266" s="4">
-        <v>8.0399999999999999E-2</v>
+        <v>0.1179</v>
       </c>
       <c r="N266" s="4">
-        <v>0.46429999999999999</v>
+        <v>0.65590000000000004</v>
       </c>
       <c r="O266" s="4">
-        <v>0.74399999999999999</v>
+        <v>0.4924</v>
       </c>
       <c r="P266" s="3">
-        <v>15.61</v>
+        <v>21.54</v>
       </c>
       <c r="Q266" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R266" s="4">
-        <v>2.9499999999999998E-2</v>
+        <v>-0.46600000000000003</v>
       </c>
     </row>
     <row r="267" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B267" s="3" t="s">
-        <v>321</v>
+        <v>236</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>343</v>
+        <v>237</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F267" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G267" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H267" s="3">
-        <v>133</v>
+        <v>241.55</v>
       </c>
       <c r="I267" s="3">
-        <v>84.09</v>
+        <v>123.22</v>
       </c>
       <c r="J267" s="4">
-        <v>1.8100000000000002E-2</v>
+        <v>2.35E-2</v>
       </c>
       <c r="K267" s="4">
-        <v>0.1021</v>
+        <v>8.3799999999999999E-2</v>
       </c>
       <c r="L267" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>4.6699999999999998E-2</v>
       </c>
       <c r="M267" s="4">
-        <v>9.5699999999999993E-2</v>
+        <v>6.9900000000000004E-2</v>
       </c>
       <c r="N267" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.4521</v>
       </c>
       <c r="O267" s="4">
-        <v>0.55900000000000005</v>
+        <v>0.58850000000000002</v>
       </c>
       <c r="P267" s="3">
-        <v>33.909999999999997</v>
+        <v>20.149999999999999</v>
       </c>
       <c r="Q267" s="3">
         <v>0</v>
       </c>
       <c r="R267" s="4">
-        <v>1.3899999999999999E-2</v>
+        <v>-9.1000000000000004E-3</v>
       </c>
     </row>
     <row r="268" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B268" s="3" t="s">
-        <v>365</v>
+        <v>411</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>343</v>
+        <v>412</v>
       </c>
       <c r="D268" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F268" s="3">
         <v>4</v>
       </c>
       <c r="G268" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H268" s="3">
-        <v>182.89</v>
+        <v>111.86</v>
       </c>
       <c r="I268" s="3">
-        <v>113.42</v>
+        <v>136.59</v>
       </c>
       <c r="J268" s="4">
-        <v>1.84E-2</v>
+        <v>5.9499999999999997E-2</v>
       </c>
       <c r="K268" s="4">
-        <v>0.1021</v>
+        <v>0.33210000000000001</v>
       </c>
       <c r="L268" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>1.12E-2</v>
       </c>
       <c r="M268" s="4">
-        <v>9.5699999999999993E-2</v>
+        <v>0.1013</v>
       </c>
       <c r="N268" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.87</v>
       </c>
       <c r="O268" s="4">
-        <v>0.55769999999999997</v>
+        <v>1.1328</v>
       </c>
       <c r="P268" s="3">
-        <v>33.909999999999997</v>
+        <v>17.059999999999999</v>
       </c>
       <c r="Q268" s="3">
         <v>1</v>
       </c>
       <c r="R268" s="4">
-        <v>1.3899999999999999E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="269" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B269" s="3" t="s">
-        <v>499</v>
+        <v>216</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>500</v>
+        <v>217</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F269" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G269" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H269" s="3">
-        <v>51.7</v>
+        <v>328.94</v>
       </c>
       <c r="I269" s="3">
-        <v>34.5</v>
+        <v>238.44</v>
       </c>
       <c r="J269" s="4">
-        <v>1.7899999999999999E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="K269" s="4">
-        <v>0.1021</v>
+        <v>0.16969999999999999</v>
       </c>
       <c r="L269" s="4">
-        <v>7.7100000000000002E-2</v>
+        <v>0.13239999999999999</v>
       </c>
       <c r="M269" s="4">
-        <v>0.25119999999999998</v>
+        <v>0.14499999999999999</v>
       </c>
       <c r="N269" s="4">
-        <v>0.42909999999999998</v>
+        <v>0.2334</v>
       </c>
       <c r="O269" s="4">
-        <v>0.50770000000000004</v>
+        <v>0.20749999999999999</v>
       </c>
       <c r="P269" s="3">
-        <v>24.81</v>
+        <v>30.87</v>
       </c>
       <c r="Q269" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R269" s="4">
-        <v>1.52E-2</v>
+        <v>-2.7799999999999998E-2</v>
       </c>
     </row>
     <row r="270" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B270" s="3" t="s">
-        <v>366</v>
+        <v>264</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>367</v>
+        <v>265</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F270" s="3">
         <v>4</v>
       </c>
       <c r="G270" s="3">
         <v>4</v>
       </c>
       <c r="H270" s="3">
-        <v>293.22000000000003</v>
+        <v>28.07</v>
       </c>
       <c r="I270" s="3">
-        <v>91.65</v>
+        <v>37.799999999999997</v>
       </c>
       <c r="J270" s="4">
-        <v>1.34E-2</v>
+        <v>6.4399999999999999E-2</v>
       </c>
       <c r="K270" s="4">
-        <v>0.251</v>
+        <v>9.2100000000000001E-2</v>
       </c>
       <c r="L270" s="4">
-        <v>0.2208</v>
+        <v>0.26490000000000002</v>
       </c>
       <c r="M270" s="4">
-        <v>0.1232</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="N270" s="4">
-        <v>0.37569999999999998</v>
+        <v>0.66339999999999999</v>
       </c>
       <c r="O270" s="4">
-        <v>0.46870000000000001</v>
+        <v>0.74199999999999999</v>
       </c>
       <c r="P270" s="3">
-        <v>29.75</v>
+        <v>10.67</v>
       </c>
       <c r="Q270" s="3">
         <v>0</v>
       </c>
       <c r="R270" s="4">
-        <v>1.9400000000000001E-2</v>
+        <v>-7.4000000000000003E-3</v>
       </c>
     </row>
     <row r="271" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B271" s="3" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F271" s="3">
         <v>4</v>
       </c>
       <c r="G271" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H271" s="3">
-        <v>389.97</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>166.28</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="J271" s="4">
-        <v>9.5999999999999992E-3</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="K271" s="4">
-        <v>0.26619999999999999</v>
+        <v>0.25519999999999998</v>
       </c>
       <c r="L271" s="4">
-        <v>0.11070000000000001</v>
+        <v>0.1143</v>
       </c>
       <c r="M271" s="4">
-        <v>0.12139999999999999</v>
+        <v>0.10929999999999999</v>
       </c>
       <c r="N271" s="4">
-        <v>0.2394</v>
+        <v>0.4894</v>
       </c>
       <c r="O271" s="4">
-        <v>0.32529999999999998</v>
+        <v>0.26279999999999998</v>
       </c>
       <c r="P271" s="3">
-        <v>29.81</v>
+        <v>69.86</v>
       </c>
       <c r="Q271" s="3">
         <v>0</v>
       </c>
       <c r="R271" s="4">
-        <v>1.23E-2</v>
+        <v>-9.6299999999999997E-2</v>
       </c>
     </row>
     <row r="272" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B272" s="3" t="s">
-        <v>299</v>
+        <v>157</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>300</v>
+        <v>156</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F272" s="3">
         <v>4</v>
       </c>
       <c r="G272" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H272" s="3">
-        <v>163.43</v>
+        <v>226.64</v>
       </c>
       <c r="I272" s="3">
-        <v>24.8</v>
+        <v>110.2</v>
       </c>
       <c r="J272" s="4">
-        <v>4.8999999999999998E-3</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="K272" s="4">
-        <v>0.18029999999999999</v>
+        <v>0.25519999999999998</v>
       </c>
       <c r="L272" s="4">
-        <v>0.31709999999999999</v>
+        <v>0.1143</v>
       </c>
       <c r="M272" s="4">
-        <v>0.13089999999999999</v>
+        <v>0.1037</v>
       </c>
       <c r="N272" s="4">
-        <v>0.16639999999999999</v>
+        <v>0.4894</v>
       </c>
       <c r="O272" s="4">
-        <v>0.31780000000000003</v>
+        <v>0.26240000000000002</v>
       </c>
       <c r="P272" s="3">
-        <v>38.909999999999997</v>
+        <v>69.86</v>
       </c>
       <c r="Q272" s="3">
         <v>1</v>
       </c>
       <c r="R272" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>-0.15110000000000001</v>
       </c>
     </row>
     <row r="273" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B273" s="3" t="s">
-        <v>547</v>
+        <v>287</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>548</v>
+        <v>288</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F273" s="3">
         <v>3</v>
       </c>
       <c r="G273" s="3">
         <v>3</v>
       </c>
       <c r="H273" s="3">
-        <v>24.02</v>
+        <v>237.45</v>
       </c>
       <c r="I273" s="3">
-        <v>0</v>
+        <v>200.86</v>
       </c>
       <c r="J273" s="4">
-        <v>1.5100000000000001E-2</v>
+        <v>1.7600000000000001E-2</v>
       </c>
       <c r="K273" s="4">
-        <v>0.78</v>
+        <v>4.19E-2</v>
       </c>
       <c r="L273" s="4">
-        <v>0.1193</v>
+        <v>6.7900000000000002E-2</v>
       </c>
       <c r="M273" s="4">
-        <v>0.35099999999999998</v>
+        <v>7.46E-2</v>
       </c>
       <c r="N273" s="4">
-        <v>0.16839999999999999</v>
+        <v>0.55389999999999995</v>
       </c>
       <c r="O273" s="4">
-        <v>0.1789</v>
+        <v>0.65280000000000005</v>
       </c>
       <c r="P273" s="3">
-        <v>16.88</v>
+        <v>35.270000000000003</v>
       </c>
       <c r="Q273" s="3">
         <v>0</v>
       </c>
       <c r="R273" s="4">
-        <v>1.11E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
     </row>
     <row r="274" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B274" s="3" t="s">
-        <v>549</v>
+        <v>158</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>550</v>
+        <v>159</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F274" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G274" s="3">
         <v>4</v>
       </c>
       <c r="H274" s="3">
-        <v>173.69</v>
+        <v>112.31</v>
       </c>
       <c r="I274" s="3">
-        <v>0</v>
+        <v>99.75</v>
       </c>
       <c r="J274" s="4">
-        <v>1.55E-2</v>
+        <v>3.4700000000000002E-2</v>
       </c>
       <c r="K274" s="4">
-        <v>0.71340000000000003</v>
+        <v>6.8900000000000003E-2</v>
       </c>
       <c r="L274" s="4">
-        <v>0.1946</v>
+        <v>5.6800000000000003E-2</v>
       </c>
       <c r="M274" s="4">
-        <v>0.1487</v>
+        <v>7.0900000000000005E-2</v>
       </c>
       <c r="N274" s="4">
-        <v>0.37559999999999999</v>
+        <v>0.69159999999999999</v>
       </c>
       <c r="O274" s="4">
-        <v>0.51690000000000003</v>
+        <v>-2.7078000000000002</v>
       </c>
       <c r="P274" s="3">
-        <v>26.85</v>
+        <v>21.21</v>
       </c>
       <c r="Q274" s="3">
         <v>0</v>
       </c>
       <c r="R274" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>0.1308</v>
       </c>
     </row>
     <row r="275" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B275" s="3" t="s">
-        <v>501</v>
+        <v>488</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F275" s="3">
         <v>4</v>
       </c>
       <c r="G275" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H275" s="3">
-        <v>325.17</v>
+        <v>92.32</v>
       </c>
       <c r="I275" s="3">
-        <v>234.26</v>
+        <v>0</v>
       </c>
       <c r="J275" s="4">
-        <v>2.7E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="K275" s="4">
-        <v>3.6400000000000002E-2</v>
+        <v>0.70689999999999997</v>
       </c>
       <c r="L275" s="4">
-        <v>0.111</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="M275" s="4">
-        <v>0.12570000000000001</v>
+        <v>0.1598</v>
       </c>
       <c r="N275" s="4">
-        <v>0.52290000000000003</v>
+        <v>0.25919999999999999</v>
       </c>
       <c r="O275" s="4">
-        <v>0.4516</v>
+        <v>0.1545</v>
       </c>
       <c r="P275" s="3">
-        <v>17.079999999999998</v>
+        <v>14.74</v>
       </c>
       <c r="Q275" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R275" s="4">
-        <v>1.37E-2</v>
+        <v>0.2064</v>
       </c>
     </row>
     <row r="276" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B276" s="3" t="s">
-        <v>237</v>
+        <v>205</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>238</v>
+        <v>206</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F276" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G276" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H276" s="3">
-        <v>234.69</v>
+        <v>225.12</v>
       </c>
       <c r="I276" s="3">
-        <v>123.22</v>
+        <v>116.6</v>
       </c>
       <c r="J276" s="4">
-        <v>2.3599999999999999E-2</v>
+        <v>1.4800000000000001E-2</v>
       </c>
       <c r="K276" s="4">
-        <v>8.3799999999999999E-2</v>
+        <v>0.1255</v>
       </c>
       <c r="L276" s="4">
-        <v>4.6699999999999998E-2</v>
+        <v>0.10249999999999999</v>
       </c>
       <c r="M276" s="4">
-        <v>6.9900000000000004E-2</v>
+        <v>8.2799999999999999E-2</v>
       </c>
       <c r="N276" s="4">
-        <v>0.47610000000000002</v>
+        <v>0.4909</v>
       </c>
       <c r="O276" s="4">
-        <v>0.53680000000000005</v>
+        <v>0.47370000000000001</v>
       </c>
       <c r="P276" s="3">
-        <v>19.88</v>
+        <v>33.6</v>
       </c>
       <c r="Q276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R276" s="4">
-        <v>2.2100000000000002E-2</v>
+        <v>1.23E-2</v>
       </c>
     </row>
     <row r="277" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B277" s="3" t="s">
-        <v>422</v>
+        <v>490</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>423</v>
+        <v>491</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F277" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G277" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H277" s="3">
-        <v>100.73</v>
+        <v>100</v>
       </c>
       <c r="I277" s="3">
-        <v>136.59</v>
+        <v>101.76</v>
       </c>
       <c r="J277" s="4">
-        <v>6.4399999999999999E-2</v>
+        <v>1.23E-2</v>
       </c>
       <c r="K277" s="4">
-        <v>0.33210000000000001</v>
+        <v>5.6599999999999998E-2</v>
       </c>
       <c r="L277" s="4">
-        <v>1.12E-2</v>
+        <v>2.98E-2</v>
       </c>
       <c r="M277" s="4">
-        <v>0.1018</v>
+        <v>0.1082</v>
       </c>
       <c r="N277" s="4">
-        <v>0.96750000000000003</v>
+        <v>0.31790000000000002</v>
       </c>
       <c r="O277" s="4">
-        <v>1.2273000000000001</v>
+        <v>0.1915</v>
       </c>
       <c r="P277" s="3">
-        <v>15.76</v>
+        <v>25.67</v>
       </c>
       <c r="Q277" s="3">
         <v>1</v>
       </c>
       <c r="R277" s="4">
-        <v>3.6700000000000003E-2</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="278" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B278" s="3" t="s">
-        <v>217</v>
+        <v>492</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>218</v>
+        <v>493</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F278" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G278" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H278" s="3">
-        <v>352.08</v>
+        <v>136.80000000000001</v>
       </c>
       <c r="I278" s="3">
-        <v>238.44</v>
+        <v>0</v>
       </c>
       <c r="J278" s="4">
-        <v>7.7000000000000002E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="K278" s="4">
-        <v>0.16969999999999999</v>
+        <v>0.14380000000000001</v>
       </c>
       <c r="L278" s="4">
-        <v>0.13239999999999999</v>
+        <v>0.108</v>
       </c>
       <c r="M278" s="4">
-        <v>0.1487</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N278" s="4">
-        <v>0.2334</v>
+        <v>0.53139999999999998</v>
       </c>
       <c r="O278" s="4">
-        <v>0.21479999999999999</v>
+        <v>0.43680000000000002</v>
       </c>
       <c r="P278" s="3">
-        <v>34.22</v>
+        <v>59.92</v>
       </c>
       <c r="Q278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R278" s="4">
-        <v>7.7999999999999996E-3</v>
+        <v>1.0956999999999999</v>
       </c>
     </row>
     <row r="279" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B279" s="3" t="s">
-        <v>265</v>
+        <v>494</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>266</v>
+        <v>493</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F279" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G279" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H279" s="3">
-        <v>27.85</v>
+        <v>186.63</v>
       </c>
       <c r="I279" s="3">
-        <v>37.799999999999997</v>
+        <v>0</v>
       </c>
       <c r="J279" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>5.1999999999999998E-3</v>
       </c>
       <c r="K279" s="4">
-        <v>9.2100000000000001E-2</v>
+        <v>0.14380000000000001</v>
       </c>
       <c r="L279" s="4">
-        <v>0.26490000000000002</v>
+        <v>0.108</v>
       </c>
       <c r="M279" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N279" s="4">
-        <v>0.66339999999999999</v>
+        <v>0.53139999999999998</v>
       </c>
       <c r="O279" s="4">
-        <v>0.74199999999999999</v>
+        <v>0.44130000000000003</v>
       </c>
       <c r="P279" s="3">
-        <v>10.54</v>
+        <v>59.92</v>
       </c>
       <c r="Q279" s="3">
         <v>0</v>
       </c>
       <c r="R279" s="4">
-        <v>5.1799999999999999E-2</v>
+        <v>0.96630000000000005</v>
       </c>
     </row>
     <row r="280" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B280" s="3" t="s">
-        <v>208</v>
+        <v>160</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F280" s="3">
         <v>4</v>
       </c>
       <c r="G280" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H280" s="3">
-        <v>176.96</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>215.85</v>
+      </c>
+      <c r="I280" s="3">
+        <v>0</v>
       </c>
       <c r="J280" s="4">
-        <v>8.0000000000000002E-3</v>
+        <v>1.23E-2</v>
       </c>
       <c r="K280" s="4">
-        <v>0.25519999999999998</v>
+        <v>0.15659999999999999</v>
       </c>
       <c r="L280" s="4">
-        <v>0.1143</v>
+        <v>2.9100000000000001E-2</v>
       </c>
       <c r="M280" s="4">
-        <v>0.115</v>
+        <v>0.20949999999999999</v>
       </c>
       <c r="N280" s="4">
-        <v>0.4894</v>
+        <v>0.2606</v>
       </c>
       <c r="O280" s="4">
-        <v>0.26279999999999998</v>
+        <v>0.2787</v>
       </c>
       <c r="P280" s="3">
-        <v>72.790000000000006</v>
+        <v>24.29</v>
       </c>
       <c r="Q280" s="3">
         <v>0</v>
       </c>
       <c r="R280" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>6.2799999999999995E-2</v>
       </c>
     </row>
     <row r="281" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B281" s="3" t="s">
-        <v>157</v>
+        <v>413</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>156</v>
+        <v>414</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F281" s="3">
         <v>4</v>
       </c>
       <c r="G281" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H281" s="3">
-        <v>243.4</v>
+        <v>390.67</v>
       </c>
       <c r="I281" s="3">
-        <v>110.2</v>
+        <v>341.54</v>
       </c>
       <c r="J281" s="4">
-        <v>8.0999999999999996E-3</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K281" s="4">
-        <v>0.25519999999999998</v>
+        <v>0.12920000000000001</v>
       </c>
       <c r="L281" s="4">
-        <v>0.1143</v>
+        <v>7.9600000000000004E-2</v>
       </c>
       <c r="M281" s="4">
-        <v>0.10929999999999999</v>
+        <v>0.10440000000000001</v>
       </c>
       <c r="N281" s="4">
-        <v>0.4894</v>
+        <v>0.84889999999999999</v>
       </c>
       <c r="O281" s="4">
-        <v>0.26240000000000002</v>
+        <v>0.8911</v>
       </c>
       <c r="P281" s="3">
-        <v>72.790000000000006</v>
+        <v>30.46</v>
       </c>
       <c r="Q281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R281" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>-0.16700000000000001</v>
       </c>
     </row>
     <row r="282" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B282" s="3" t="s">
-        <v>288</v>
+        <v>162</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>289</v>
+        <v>163</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F282" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G282" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H282" s="3">
-        <v>202</v>
+        <v>156.1</v>
       </c>
       <c r="I282" s="3">
-        <v>185.11</v>
+        <v>0</v>
       </c>
       <c r="J282" s="4">
-        <v>2.01E-2</v>
+        <v>1.47E-2</v>
       </c>
       <c r="K282" s="4">
-        <v>0.05</v>
+        <v>0.184</v>
       </c>
       <c r="L282" s="4">
-        <v>7.3700000000000002E-2</v>
+        <v>0.1002</v>
       </c>
       <c r="M282" s="4">
-        <v>7.46E-2</v>
+        <v>0.11700000000000001</v>
       </c>
       <c r="N282" s="4">
-        <v>0.55389999999999995</v>
+        <v>0.17299999999999999</v>
       </c>
       <c r="O282" s="4">
-        <v>0.60270000000000001</v>
+        <v>0.1686</v>
       </c>
       <c r="P282" s="3">
-        <v>30.33</v>
+        <v>13.13</v>
       </c>
       <c r="Q282" s="3">
         <v>0</v>
       </c>
       <c r="R282" s="4">
-        <v>1.5900000000000001E-2</v>
+        <v>0.19550000000000001</v>
       </c>
     </row>
     <row r="283" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B283" s="3" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G283" s="3">
         <v>4</v>
       </c>
       <c r="H283" s="3">
-        <v>104.87</v>
+        <v>37.880000000000003</v>
       </c>
       <c r="I283" s="3">
-        <v>99.75</v>
+        <v>39.049999999999997</v>
       </c>
       <c r="J283" s="4">
-        <v>3.6700000000000003E-2</v>
+        <v>3.5799999999999998E-2</v>
       </c>
       <c r="K283" s="4">
-        <v>6.8900000000000003E-2</v>
+        <v>0.1797</v>
       </c>
       <c r="L283" s="4">
-        <v>5.6800000000000003E-2</v>
+        <v>0.1022</v>
       </c>
       <c r="M283" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>6.4600000000000005E-2</v>
       </c>
       <c r="N283" s="4">
-        <v>0.69159999999999999</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O283" s="4">
-        <v>-2.7078000000000002</v>
+        <v>-0.75390000000000001</v>
       </c>
       <c r="P283" s="3">
-        <v>19.64</v>
+        <v>15.72</v>
       </c>
       <c r="Q283" s="3">
         <v>0</v>
       </c>
       <c r="R283" s="4">
-        <v>3.5200000000000002E-2</v>
+        <v>0.10050000000000001</v>
       </c>
     </row>
     <row r="284" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B284" s="3" t="s">
-        <v>503</v>
+        <v>415</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>504</v>
+        <v>416</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F284" s="3">
         <v>4</v>
       </c>
       <c r="G284" s="3">
         <v>3</v>
       </c>
       <c r="H284" s="3">
-        <v>94.27</v>
+        <v>304.12</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>73.489999999999995</v>
       </c>
       <c r="J284" s="4">
-        <v>1.9400000000000001E-2</v>
+        <v>6.7999999999999996E-3</v>
       </c>
       <c r="K284" s="4">
-        <v>0.70689999999999997</v>
+        <v>0.23580000000000001</v>
       </c>
       <c r="L284" s="4">
-        <v>2.1999999999999999E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="M284" s="4">
-        <v>0.1598</v>
+        <v>0.1668</v>
       </c>
       <c r="N284" s="4">
-        <v>0.28179999999999999</v>
+        <v>0.19059999999999999</v>
       </c>
       <c r="O284" s="4">
-        <v>0.1545</v>
+        <v>0.1857</v>
       </c>
       <c r="P284" s="3">
-        <v>15.32</v>
+        <v>31.38</v>
       </c>
       <c r="Q284" s="3">
         <v>0</v>
       </c>
       <c r="R284" s="4">
-        <v>2.4199999999999999E-2</v>
+        <v>0.49859999999999999</v>
       </c>
     </row>
     <row r="285" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B285" s="3" t="s">
-        <v>206</v>
+        <v>166</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>207</v>
+        <v>167</v>
       </c>
       <c r="D285" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F285" s="3">
         <v>4</v>
       </c>
       <c r="G285" s="3">
         <v>4</v>
       </c>
       <c r="H285" s="3">
-        <v>219.78</v>
+        <v>46.99</v>
       </c>
       <c r="I285" s="3">
-        <v>116.6</v>
+        <v>25.05</v>
       </c>
       <c r="J285" s="4">
-        <v>1.5299999999999999E-2</v>
+        <v>1.7100000000000001E-2</v>
       </c>
       <c r="K285" s="4">
-        <v>0.1255</v>
+        <v>0.1095</v>
       </c>
       <c r="L285" s="4">
-        <v>0.10249999999999999</v>
+        <v>0.22900000000000001</v>
       </c>
       <c r="M285" s="4">
-        <v>8.5800000000000001E-2</v>
+        <v>8.8400000000000006E-2</v>
       </c>
       <c r="N285" s="4">
-        <v>0.44059999999999999</v>
+        <v>0.43219999999999997</v>
       </c>
       <c r="O285" s="4">
-        <v>0.54200000000000004</v>
+        <v>0.40400000000000003</v>
       </c>
       <c r="P285" s="3">
-        <v>34.1</v>
+        <v>31.2</v>
       </c>
       <c r="Q285" s="3">
         <v>1</v>
       </c>
       <c r="R285" s="4">
-        <v>1.52E-2</v>
+        <v>0.1537</v>
       </c>
     </row>
     <row r="286" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B286" s="3" t="s">
-        <v>505</v>
+        <v>168</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>506</v>
+        <v>169</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F286" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G286" s="3">
         <v>4</v>
       </c>
       <c r="H286" s="3">
-        <v>94.94</v>
+        <v>75.94</v>
       </c>
       <c r="I286" s="3">
-        <v>101.76</v>
+        <v>47.88</v>
       </c>
       <c r="J286" s="4">
-        <v>1.26E-2</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="K286" s="4">
-        <v>5.6599999999999998E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="L286" s="4">
-        <v>2.98E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="M286" s="4">
-        <v>0.1114</v>
+        <v>5.4300000000000001E-2</v>
       </c>
       <c r="N286" s="4">
-        <v>0.31790000000000002</v>
+        <v>0.63839999999999997</v>
       </c>
       <c r="O286" s="4">
-        <v>0.1915</v>
+        <v>-0.24429999999999999</v>
       </c>
       <c r="P286" s="3">
-        <v>25.06</v>
+        <v>22.71</v>
       </c>
       <c r="Q286" s="3">
         <v>1</v>
       </c>
       <c r="R286" s="4">
-        <v>1.6E-2</v>
+        <v>0.13539999999999999</v>
       </c>
     </row>
     <row r="287" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B287" s="3" t="s">
-        <v>507</v>
+        <v>319</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>508</v>
+        <v>320</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F287" s="3">
         <v>3</v>
       </c>
       <c r="G287" s="3">
         <v>3</v>
       </c>
       <c r="H287" s="3">
-        <v>122.24</v>
+        <v>138.57</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
       <c r="J287" s="4">
-        <v>5.4999999999999997E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="K287" s="4">
-        <v>0.14380000000000001</v>
+        <v>0.22620000000000001</v>
       </c>
       <c r="L287" s="4">
-        <v>0.108</v>
+        <v>0.12770000000000001</v>
       </c>
       <c r="M287" s="4">
-        <v>0.1012</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="N287" s="4">
-        <v>0.53139999999999998</v>
+        <v>0.39439999999999997</v>
       </c>
       <c r="O287" s="4">
-        <v>0.43680000000000002</v>
+        <v>0.4108</v>
       </c>
       <c r="P287" s="3">
-        <v>54.22</v>
+        <v>35.65</v>
       </c>
       <c r="Q287" s="3">
         <v>0</v>
       </c>
       <c r="R287" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>0.15260000000000001</v>
       </c>
     </row>
     <row r="288" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B288" s="3" t="s">
-        <v>509</v>
+        <v>229</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>508</v>
+        <v>230</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F288" s="3">
         <v>3</v>
       </c>
       <c r="G288" s="3">
         <v>3</v>
       </c>
       <c r="H288" s="3">
-        <v>168.04</v>
+        <v>158.80000000000001</v>
       </c>
       <c r="I288" s="3">
-        <v>0</v>
+        <v>59.64</v>
       </c>
       <c r="J288" s="4">
-        <v>5.5999999999999999E-3</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="K288" s="4">
-        <v>0.14380000000000001</v>
+        <v>0.1172</v>
       </c>
       <c r="L288" s="4">
-        <v>0.108</v>
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="M288" s="4">
-        <v>0.1012</v>
+        <v>8.2600000000000007E-2</v>
       </c>
       <c r="N288" s="4">
-        <v>0.53139999999999998</v>
+        <v>0.50870000000000004</v>
       </c>
       <c r="O288" s="4">
-        <v>0.44130000000000003</v>
+        <v>0.49809999999999999</v>
       </c>
       <c r="P288" s="3">
-        <v>54.22</v>
+        <v>29.42</v>
       </c>
       <c r="Q288" s="3">
         <v>0</v>
       </c>
       <c r="R288" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>0.21079999999999999</v>
       </c>
     </row>
     <row r="289" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B289" s="3" t="s">
-        <v>160</v>
+        <v>529</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>161</v>
+        <v>530</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F289" s="3">
         <v>4</v>
       </c>
       <c r="G289" s="3">
         <v>4</v>
       </c>
       <c r="H289" s="3">
-        <v>191.08</v>
+        <v>122.44</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="J289" s="4">
-        <v>1.38E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="K289" s="4">
-        <v>0.15659999999999999</v>
+        <v>0.1166</v>
       </c>
       <c r="L289" s="4">
-        <v>2.9100000000000001E-2</v>
+        <v>7.0800000000000002E-2</v>
       </c>
       <c r="M289" s="4">
-        <v>0.20949999999999999</v>
+        <v>0.19020000000000001</v>
       </c>
       <c r="N289" s="4">
-        <v>0.2606</v>
+        <v>0.3266</v>
       </c>
       <c r="O289" s="4">
-        <v>0.2787</v>
+        <v>0.38529999999999998</v>
       </c>
       <c r="P289" s="3">
-        <v>21.47</v>
+        <v>20.63</v>
       </c>
       <c r="Q289" s="3">
         <v>0</v>
       </c>
       <c r="R289" s="4">
-        <v>1.8499999999999999E-2</v>
+        <v>-0.26269999999999999</v>
       </c>
     </row>
     <row r="290" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B290" s="3" t="s">
-        <v>424</v>
+        <v>515</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>425</v>
+        <v>516</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F290" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G290" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H290" s="3">
-        <v>347.24</v>
+        <v>52.21</v>
       </c>
       <c r="I290" s="3">
-        <v>341.54</v>
+        <v>0</v>
       </c>
       <c r="J290" s="4">
-        <v>3.4500000000000003E-2</v>
+        <v>2.7900000000000001E-2</v>
       </c>
       <c r="K290" s="4">
-        <v>0.12920000000000001</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="L290" s="4">
-        <v>7.9600000000000004E-2</v>
+        <v>6.59E-2</v>
       </c>
       <c r="M290" s="4">
-        <v>0.10440000000000001</v>
+        <v>5.62E-2</v>
       </c>
       <c r="N290" s="4">
-        <v>0.84889999999999999</v>
+        <v>0.52910000000000001</v>
       </c>
       <c r="O290" s="4">
-        <v>0.8911</v>
+        <v>-0.77839999999999998</v>
       </c>
       <c r="P290" s="3">
-        <v>27.14</v>
+        <v>21.7</v>
       </c>
       <c r="Q290" s="3">
         <v>0</v>
       </c>
       <c r="R290" s="4">
-        <v>2.6499999999999999E-2</v>
+        <v>1.78E-2</v>
       </c>
     </row>
     <row r="291" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B291" s="3" t="s">
-        <v>162</v>
+        <v>304</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>163</v>
+        <v>305</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F291" s="3">
         <v>4</v>
       </c>
       <c r="G291" s="3">
         <v>4</v>
       </c>
       <c r="H291" s="3">
-        <v>144.38999999999999</v>
+        <v>80.03</v>
       </c>
       <c r="I291" s="3">
-        <v>0</v>
+        <v>87.1</v>
       </c>
       <c r="J291" s="4">
-        <v>1.41E-2</v>
+        <v>2.8500000000000001E-2</v>
       </c>
       <c r="K291" s="4">
-        <v>0.184</v>
+        <v>0.15620000000000001</v>
       </c>
       <c r="L291" s="4">
-        <v>0.1002</v>
+        <v>7.8799999999999995E-2</v>
       </c>
       <c r="M291" s="4">
-        <v>0.123</v>
+        <v>0.10249999999999999</v>
       </c>
       <c r="N291" s="4">
-        <v>0.1729</v>
+        <v>0.60970000000000002</v>
       </c>
       <c r="O291" s="4">
-        <v>0.1686</v>
+        <v>1.4832000000000001</v>
       </c>
       <c r="P291" s="3">
-        <v>13.08</v>
+        <v>25.26</v>
       </c>
       <c r="Q291" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R291" s="4">
-        <v>1.54E-2</v>
+        <v>2.41E-2</v>
       </c>
     </row>
     <row r="292" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B292" s="3" t="s">
-        <v>164</v>
+        <v>461</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>165</v>
+        <v>462</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F292" s="3">
         <v>3</v>
       </c>
       <c r="G292" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H292" s="3">
-        <v>38.57</v>
+        <v>46.42</v>
       </c>
       <c r="I292" s="3">
-        <v>39.049999999999997</v>
+        <v>0</v>
       </c>
       <c r="J292" s="4">
-        <v>3.61E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="K292" s="4">
-        <v>0.1797</v>
+        <v>0.18559999999999999</v>
       </c>
       <c r="L292" s="4">
-        <v>0.1022</v>
+        <v>3.1699999999999999E-2</v>
       </c>
       <c r="M292" s="4">
-        <v>6.9000000000000006E-2</v>
+        <v>7.7600000000000002E-2</v>
       </c>
       <c r="N292" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.54530000000000001</v>
       </c>
       <c r="O292" s="4">
-        <v>-0.75390000000000001</v>
+        <v>-0.93889999999999996</v>
       </c>
       <c r="P292" s="3">
-        <v>15.73</v>
+        <v>13.9</v>
       </c>
       <c r="Q292" s="3">
         <v>0</v>
       </c>
       <c r="R292" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>3.5799999999999998E-2</v>
       </c>
     </row>
     <row r="293" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B293" s="3" t="s">
-        <v>426</v>
+        <v>517</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>427</v>
+        <v>518</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F293" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G293" s="3">
         <v>3</v>
       </c>
       <c r="H293" s="3">
-        <v>283.32</v>
+        <v>157.03</v>
       </c>
       <c r="I293" s="3">
-        <v>73.489999999999995</v>
+        <v>30.51</v>
       </c>
       <c r="J293" s="4">
-        <v>7.4000000000000003E-3</v>
+        <v>1.1299999999999999E-2</v>
       </c>
       <c r="K293" s="4">
-        <v>0.23580000000000001</v>
+        <v>1.34E-2</v>
       </c>
       <c r="L293" s="4">
-        <v>9.2999999999999999E-2</v>
+        <v>0.26779999999999998</v>
       </c>
       <c r="M293" s="4">
-        <v>0.1668</v>
+        <v>7.4300000000000005E-2</v>
       </c>
       <c r="N293" s="4">
-        <v>0.19059999999999999</v>
+        <v>0.32419999999999999</v>
       </c>
       <c r="O293" s="4">
-        <v>0.1857</v>
+        <v>0.2407</v>
       </c>
       <c r="P293" s="3">
-        <v>28.87</v>
+        <v>23.36</v>
       </c>
       <c r="Q293" s="3">
         <v>0</v>
       </c>
       <c r="R293" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>3.04E-2</v>
       </c>
     </row>
     <row r="294" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B294" s="3" t="s">
-        <v>166</v>
+        <v>547</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>167</v>
+        <v>548</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F294" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G294" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H294" s="3">
-        <v>52.3</v>
+        <v>80.709999999999994</v>
       </c>
       <c r="I294" s="3">
-        <v>25.05</v>
+        <v>0</v>
       </c>
       <c r="J294" s="4">
-        <v>1.6899999999999998E-2</v>
+        <v>3.15E-2</v>
       </c>
       <c r="K294" s="4">
-        <v>0.1095</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="L294" s="4">
-        <v>0.22900000000000001</v>
+        <v>4.0599999999999997E-2</v>
       </c>
       <c r="M294" s="4">
-        <v>9.2399999999999996E-2</v>
+        <v>5.1499999999999997E-2</v>
       </c>
       <c r="N294" s="4">
-        <v>0.43219999999999997</v>
+        <v>0.67490000000000006</v>
       </c>
       <c r="O294" s="4">
-        <v>0.40400000000000003</v>
+        <v>-7.0168999999999997</v>
       </c>
       <c r="P294" s="3">
-        <v>31.6</v>
+        <v>19.23</v>
       </c>
       <c r="Q294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R294" s="4">
-        <v>2.1999999999999999E-2</v>
+        <v>3.2899999999999999E-2</v>
       </c>
     </row>
     <row r="295" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B295" s="3" t="s">
-        <v>168</v>
+        <v>473</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>169</v>
+        <v>474</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F295" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G295" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H295" s="3">
-        <v>73.84</v>
+        <v>11.9</v>
       </c>
       <c r="I295" s="3">
-        <v>47.88</v>
+        <v>0</v>
       </c>
       <c r="J295" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>6.3200000000000006E-2</v>
       </c>
       <c r="K295" s="4">
-        <v>3.3000000000000002E-2</v>
+        <v>3.95E-2</v>
       </c>
       <c r="L295" s="4">
-        <v>4.2999999999999997E-2</v>
+        <v>5.9400000000000001E-2</v>
       </c>
       <c r="M295" s="4">
-        <v>5.8000000000000003E-2</v>
+        <v>7.3099999999999998E-2</v>
       </c>
       <c r="N295" s="4">
-        <v>0.63839999999999997</v>
+        <v>0.39300000000000002</v>
       </c>
       <c r="O295" s="4">
-        <v>-0.24429999999999999</v>
+        <v>0.46610000000000001</v>
       </c>
       <c r="P295" s="3">
-        <v>22.16</v>
+        <v>7.02</v>
       </c>
       <c r="Q295" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R295" s="4">
-        <v>3.0200000000000001E-2</v>
+        <v>5.4899999999999997E-2</v>
       </c>
     </row>
     <row r="296" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B296" s="3" t="s">
-        <v>322</v>
+        <v>158</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>323</v>
+        <v>159</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F296" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G296" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H296" s="3">
-        <v>139.06</v>
+        <v>104.87</v>
       </c>
       <c r="I296" s="3">
-        <v>0</v>
+        <v>99.75</v>
       </c>
       <c r="J296" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.6700000000000003E-2</v>
       </c>
       <c r="K296" s="4">
-        <v>0.22620000000000001</v>
+        <v>6.8900000000000003E-2</v>
       </c>
       <c r="L296" s="4">
-        <v>0.12770000000000001</v>
+        <v>5.6800000000000003E-2</v>
       </c>
       <c r="M296" s="4">
-        <v>0.09</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="N296" s="4">
-        <v>0.39439999999999997</v>
+        <v>0.69159999999999999</v>
       </c>
       <c r="O296" s="4">
-        <v>0.4108</v>
+        <v>-2.7078000000000002</v>
       </c>
       <c r="P296" s="3">
-        <v>35.520000000000003</v>
+        <v>19.64</v>
       </c>
       <c r="Q296" s="3">
         <v>0</v>
       </c>
       <c r="R296" s="4">
-        <v>1.0999999999999999E-2</v>
+        <v>3.5200000000000002E-2</v>
       </c>
     </row>
     <row r="297" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B297" s="3" t="s">
-        <v>230</v>
+        <v>164</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>231</v>
+        <v>165</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F297" s="3">
         <v>3</v>
       </c>
       <c r="G297" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H297" s="3">
-        <v>155.22999999999999</v>
+        <v>38.57</v>
       </c>
       <c r="I297" s="3">
-        <v>59.64</v>
+        <v>39.049999999999997</v>
       </c>
       <c r="J297" s="4">
-        <v>1.8499999999999999E-2</v>
+        <v>3.61E-2</v>
       </c>
       <c r="K297" s="4">
-        <v>0.1172</v>
+        <v>0.1797</v>
       </c>
       <c r="L297" s="4">
-        <v>7.3599999999999999E-2</v>
+        <v>0.1022</v>
       </c>
       <c r="M297" s="4">
-        <v>8.5999999999999993E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="N297" s="4">
-        <v>0.50870000000000004</v>
+        <v>0.44090000000000001</v>
       </c>
       <c r="O297" s="4">
-        <v>0.49809999999999999</v>
+        <v>-0.75390000000000001</v>
       </c>
       <c r="P297" s="3">
-        <v>30</v>
+        <v>15.73</v>
       </c>
       <c r="Q297" s="3">
         <v>0</v>
       </c>
       <c r="R297" s="4">
-        <v>1.77E-2</v>
+        <v>2.8199999999999999E-2</v>
       </c>
     </row>
     <row r="298" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B298" s="3" t="s">
-        <v>551</v>
+        <v>168</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>552</v>
+        <v>169</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F298" s="3">
         <v>4</v>
       </c>
       <c r="G298" s="3">
         <v>4</v>
       </c>
       <c r="H298" s="3">
-        <v>123.77</v>
+        <v>73.84</v>
       </c>
       <c r="I298" s="3">
-        <v>127</v>
+        <v>47.88</v>
       </c>
       <c r="J298" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>3.1399999999999997E-2</v>
       </c>
       <c r="K298" s="4">
-        <v>0.1166</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="L298" s="4">
-        <v>7.0800000000000002E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="M298" s="4">
-        <v>0.19020000000000001</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="N298" s="4">
-        <v>0.3266</v>
+        <v>0.63839999999999997</v>
       </c>
       <c r="O298" s="4">
-        <v>0.38529999999999998</v>
+        <v>-0.24429999999999999</v>
       </c>
       <c r="P298" s="3">
-        <v>20.6</v>
+        <v>22.16</v>
       </c>
       <c r="Q298" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R298" s="4">
-        <v>9.1000000000000004E-3</v>
+        <v>3.0200000000000001E-2</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B11:R11" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="B11:R11" xr:uid="{00000000-0001-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B12:R298">
+      <sortCondition ref="E11"/>
+    </sortState>
+  </autoFilter>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>