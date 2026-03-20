--- v3 (2026-02-07)
+++ v4 (2026-03-20)
@@ -1,73 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/aaa1a6dcf32e4bf0/Documents/M72/DSR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="185" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{79A22CEE-F287-409F-9BF7-8E0E32A6E6A8}"/>
+  <xr:revisionPtr revIDLastSave="190" documentId="13_ncr:1_{B9390D53-68C6-4E74-85D0-45E257D0D973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF142D5C-70A5-4A20-8D68-BB28B9DEBEAD}"/>
   <bookViews>
-    <workbookView xWindow="2730" yWindow="1935" windowWidth="17895" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3540" yWindow="60" windowWidth="18030" windowHeight="18375" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Dividend Rock Star List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dividend Rock Star List'!$B$11:$R$11</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1176" uniqueCount="570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1111" uniqueCount="554">
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Mkt</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Pro Rating</t>
   </si>
   <si>
     <t>Dvd Safety</t>
   </si>
   <si>
     <t>Current Price</t>
   </si>
   <si>
     <t>DDM</t>
   </si>
   <si>
@@ -139,116 +138,98 @@
   <si>
     <t xml:space="preserve">ACN </t>
   </si>
   <si>
     <t xml:space="preserve">Accenture PLC </t>
   </si>
   <si>
     <t xml:space="preserve">ADP </t>
   </si>
   <si>
     <t xml:space="preserve">Automatic Data Processing Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AMAT </t>
   </si>
   <si>
     <t xml:space="preserve">Applied Materials Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AME </t>
   </si>
   <si>
     <t xml:space="preserve">AMETEK Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">AMP </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">AMT </t>
   </si>
   <si>
     <t xml:space="preserve">American Tower Corp </t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t xml:space="preserve">AON </t>
   </si>
   <si>
     <t xml:space="preserve">Aon PLC </t>
   </si>
   <si>
     <t xml:space="preserve">ATO </t>
   </si>
   <si>
     <t xml:space="preserve">Atmos Energy Corp </t>
   </si>
   <si>
     <t xml:space="preserve">AVGO </t>
   </si>
   <si>
     <t xml:space="preserve">Broadcom Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AVY </t>
   </si>
   <si>
     <t xml:space="preserve">Avery Dennison Corp </t>
   </si>
   <si>
     <t xml:space="preserve">AWK </t>
   </si>
   <si>
     <t xml:space="preserve">AWR </t>
   </si>
   <si>
     <t xml:space="preserve">American States Water Co </t>
   </si>
   <si>
     <t xml:space="preserve">BAC </t>
   </si>
   <si>
     <t xml:space="preserve">Bank of America Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">BHB </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">BMI </t>
   </si>
   <si>
     <t xml:space="preserve">Badger Meter Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BR </t>
   </si>
   <si>
     <t xml:space="preserve">Broadridge Financial Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Caterpillar Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CCL.B.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CDW </t>
   </si>
   <si>
     <t xml:space="preserve">CDW Corp </t>
@@ -259,92 +240,74 @@
   <si>
     <t xml:space="preserve">CMS Energy Corp </t>
   </si>
   <si>
     <t xml:space="preserve">DE </t>
   </si>
   <si>
     <t xml:space="preserve">Deere &amp; Co </t>
   </si>
   <si>
     <t xml:space="preserve">DHI </t>
   </si>
   <si>
     <t xml:space="preserve">DOL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Dollarama Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EQIX </t>
   </si>
   <si>
     <t xml:space="preserve">Equinix Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">EXPD </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">FFIN </t>
   </si>
   <si>
     <t xml:space="preserve">First Financial Bankshares Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FRME </t>
   </si>
   <si>
     <t xml:space="preserve">First Merchants Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FULT </t>
   </si>
   <si>
     <t xml:space="preserve">Fulton Financial Corp </t>
   </si>
   <si>
     <t xml:space="preserve">GABC </t>
   </si>
   <si>
     <t xml:space="preserve">German American Bancorp Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">GSY.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">HD </t>
   </si>
   <si>
     <t xml:space="preserve">Home Depot Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HUBB </t>
   </si>
   <si>
     <t xml:space="preserve">Hubbell Inc </t>
   </si>
   <si>
     <t xml:space="preserve">INTU </t>
   </si>
   <si>
     <t xml:space="preserve">Intuit Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ITW </t>
   </si>
   <si>
     <t xml:space="preserve">Illinois Tool Works Inc </t>
   </si>
   <si>
     <t xml:space="preserve">JPM </t>
@@ -448,56 +411,50 @@
   <si>
     <t xml:space="preserve">ROL </t>
   </si>
   <si>
     <t xml:space="preserve">Rollins Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RS </t>
   </si>
   <si>
     <t xml:space="preserve">RSG </t>
   </si>
   <si>
     <t xml:space="preserve">Republic Services Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RY </t>
   </si>
   <si>
     <t xml:space="preserve">Royal Bank of Canada </t>
   </si>
   <si>
     <t xml:space="preserve">RY.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">SCI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">SHW </t>
   </si>
   <si>
     <t xml:space="preserve">Sherwin-Williams Co </t>
   </si>
   <si>
     <t xml:space="preserve">SJ.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Stella-Jones Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SNA </t>
   </si>
   <si>
     <t xml:space="preserve">Snap-On Inc </t>
   </si>
   <si>
     <t xml:space="preserve">STLD </t>
   </si>
   <si>
     <t xml:space="preserve">Steel Dynamics Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TFII </t>
@@ -577,56 +534,50 @@
   <si>
     <t xml:space="preserve">FCFS </t>
   </si>
   <si>
     <t xml:space="preserve">Firstcash Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">IEX </t>
   </si>
   <si>
     <t xml:space="preserve">IDEX Corp </t>
   </si>
   <si>
     <t xml:space="preserve">PRI </t>
   </si>
   <si>
     <t xml:space="preserve">Primerica Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TJX </t>
   </si>
   <si>
     <t xml:space="preserve">TJX Companies Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">TOWN </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">ADEN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">ADENTRA Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TOL </t>
   </si>
   <si>
     <t xml:space="preserve">Toll Brothers Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CADE </t>
   </si>
   <si>
     <t xml:space="preserve">Cadence Bank </t>
   </si>
   <si>
     <t xml:space="preserve">CTSH </t>
   </si>
   <si>
     <t xml:space="preserve">Cognizant Technology Solutions Corp </t>
   </si>
   <si>
     <t xml:space="preserve">Marsh &amp; McLennan Companies Inc </t>
@@ -634,110 +585,98 @@
   <si>
     <t xml:space="preserve">TT </t>
   </si>
   <si>
     <t xml:space="preserve">Trane Technologies PLC </t>
   </si>
   <si>
     <t xml:space="preserve">AEP </t>
   </si>
   <si>
     <t xml:space="preserve">American Electric Power Company Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ALSN </t>
   </si>
   <si>
     <t xml:space="preserve">Allison Transmission Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CFR </t>
   </si>
   <si>
     <t xml:space="preserve">Cullen/Frost Bankers Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">GPC </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WM </t>
   </si>
   <si>
     <t xml:space="preserve">Waste Management Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WCN </t>
   </si>
   <si>
     <t xml:space="preserve">PG </t>
   </si>
   <si>
     <t xml:space="preserve">Procter &amp; Gamble Co </t>
   </si>
   <si>
     <t xml:space="preserve">PH </t>
   </si>
   <si>
     <t xml:space="preserve">Parker-Hannifin Corp </t>
   </si>
   <si>
     <t>Powered by the Dividend Stocks Rock Stock Screener. Click to learn more.</t>
   </si>
   <si>
     <t>DSR Popular</t>
   </si>
   <si>
     <t xml:space="preserve">SBUX </t>
   </si>
   <si>
     <t xml:space="preserve">Starbucks Corp </t>
   </si>
   <si>
     <t xml:space="preserve">V </t>
   </si>
   <si>
     <t xml:space="preserve">Visa Inc </t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve">LMAT </t>
   </si>
   <si>
     <t xml:space="preserve">LeMaitre Vascular Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MDLZ </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MSCI </t>
   </si>
   <si>
     <t xml:space="preserve">MSCI Inc </t>
   </si>
   <si>
     <t xml:space="preserve">REXR </t>
   </si>
   <si>
     <t xml:space="preserve">Rexford Industrial Realty Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ROST </t>
   </si>
   <si>
     <t xml:space="preserve">Ross Stores Inc </t>
   </si>
   <si>
     <t xml:space="preserve">YUM </t>
   </si>
   <si>
     <t xml:space="preserve">Yum! Brands Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CNI </t>
@@ -751,56 +690,50 @@
   <si>
     <t xml:space="preserve">CSX </t>
   </si>
   <si>
     <t xml:space="preserve">CSX Corp </t>
   </si>
   <si>
     <t xml:space="preserve">UNP </t>
   </si>
   <si>
     <t xml:space="preserve">Union Pacific Corp </t>
   </si>
   <si>
     <t xml:space="preserve">BPOP </t>
   </si>
   <si>
     <t xml:space="preserve">Popular Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CBOE </t>
   </si>
   <si>
     <t xml:space="preserve">Cboe Global Markets Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">CINF </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EPRT </t>
   </si>
   <si>
     <t xml:space="preserve">Essential Properties Realty Trust Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FR </t>
   </si>
   <si>
     <t xml:space="preserve">First Industrial Realty Trust Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FUNC </t>
   </si>
   <si>
     <t xml:space="preserve">First United Corp </t>
   </si>
   <si>
     <t xml:space="preserve">HIG </t>
   </si>
   <si>
     <t xml:space="preserve">ICE </t>
   </si>
   <si>
     <t xml:space="preserve">Intercontinental Exchange Inc </t>
@@ -817,146 +750,122 @@
   <si>
     <t xml:space="preserve">McDonald's Corp </t>
   </si>
   <si>
     <t xml:space="preserve">MSI </t>
   </si>
   <si>
     <t xml:space="preserve">Motorola Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">OSK </t>
   </si>
   <si>
     <t xml:space="preserve">Oshkosh Corp </t>
   </si>
   <si>
     <t xml:space="preserve">RGLD </t>
   </si>
   <si>
     <t xml:space="preserve">Royal Gold Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Reliance Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">VICI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CPX.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Capital Power Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CPXWF </t>
   </si>
   <si>
     <t xml:space="preserve">JWEL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Jamieson Wellness Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TOU.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CUBE </t>
   </si>
   <si>
     <t xml:space="preserve">CubeSmart </t>
   </si>
   <si>
     <t xml:space="preserve">BAH </t>
   </si>
   <si>
     <t xml:space="preserve">Booz Allen Hamilton Holding Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">IIPR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">GGG </t>
   </si>
   <si>
     <t xml:space="preserve">Graco Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MLI </t>
   </si>
   <si>
     <t xml:space="preserve">Mueller Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">OTEX </t>
   </si>
   <si>
     <t xml:space="preserve">Open Text Corp </t>
   </si>
   <si>
     <t xml:space="preserve">OTEX.TO </t>
   </si>
   <si>
     <t xml:space="preserve">PHM </t>
   </si>
   <si>
     <t xml:space="preserve">Pultegroup Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WDFC </t>
   </si>
   <si>
     <t xml:space="preserve">WD-40 Co </t>
   </si>
   <si>
     <t xml:space="preserve">BMO </t>
   </si>
   <si>
     <t xml:space="preserve">Bank of Montreal </t>
   </si>
   <si>
     <t xml:space="preserve">BMO.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">EQB.TO </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">MRU.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Metro Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TVK.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TerraVest Industries Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BK </t>
   </si>
   <si>
     <t xml:space="preserve">Bank of New York Mellon Corp </t>
   </si>
   <si>
     <t xml:space="preserve">GS </t>
   </si>
   <si>
     <t xml:space="preserve">Goldman Sachs Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NEE </t>
@@ -979,218 +888,191 @@
   <si>
     <t xml:space="preserve">Tourmaline Oil Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CMI </t>
   </si>
   <si>
     <t xml:space="preserve">Cummins Inc </t>
   </si>
   <si>
     <t xml:space="preserve">Hartford Insurance Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MRK </t>
   </si>
   <si>
     <t xml:space="preserve">Merck &amp; Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PSK.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Prairiesky Royalty Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">TRI </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">XYL </t>
   </si>
   <si>
     <t xml:space="preserve">Xylem Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EBAY </t>
   </si>
   <si>
     <t xml:space="preserve">eBay Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EFN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Element Fleet Management Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FNV </t>
   </si>
   <si>
     <t xml:space="preserve">Franco-Nevada Corp </t>
   </si>
   <si>
     <t xml:space="preserve">FNV.TO </t>
   </si>
   <si>
     <t xml:space="preserve">FSS </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Signal Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">INVH </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">KDP </t>
   </si>
   <si>
     <t xml:space="preserve">Keurig Dr Pepper Inc </t>
   </si>
   <si>
     <t xml:space="preserve">LIN </t>
   </si>
   <si>
     <t xml:space="preserve">Linde PLC </t>
   </si>
   <si>
     <t xml:space="preserve">MPWR </t>
   </si>
   <si>
     <t xml:space="preserve">Monolithic Power Systems Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">Thomson Reuters Corp </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">American Water Works Co Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HCA </t>
   </si>
   <si>
     <t xml:space="preserve">HCA Healthcare Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AEE </t>
   </si>
   <si>
     <t xml:space="preserve">Ameren Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CASY </t>
   </si>
   <si>
     <t xml:space="preserve">Caseys General Stores Inc </t>
   </si>
   <si>
     <t xml:space="preserve">GWW </t>
   </si>
   <si>
     <t xml:space="preserve">WW Grainger Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HTO </t>
   </si>
   <si>
     <t xml:space="preserve">H2O America </t>
   </si>
   <si>
     <t xml:space="preserve">MTL.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Mullen Group Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">RPM </t>
   </si>
   <si>
     <t xml:space="preserve">RPM International Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">TRI.TO </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TSM </t>
   </si>
   <si>
     <t xml:space="preserve">Taiwan Semiconductor Manufacturing Co Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">AGM </t>
   </si>
   <si>
     <t xml:space="preserve">Federal Agricultural Mortgage Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ANCTF </t>
   </si>
   <si>
     <t xml:space="preserve">Alimentation Couche-Tard Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AOS </t>
   </si>
   <si>
     <t xml:space="preserve">A O Smith Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ATD.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CCDBF </t>
   </si>
   <si>
     <t xml:space="preserve">CCL.A.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">CDNAF </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CMCSA </t>
   </si>
   <si>
     <t xml:space="preserve">Comcast Corp </t>
   </si>
   <si>
     <t xml:space="preserve">CSL </t>
   </si>
   <si>
     <t xml:space="preserve">Carlisle Companies Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">CTC.A.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CTRA </t>
   </si>
   <si>
     <t xml:space="preserve">Coterra Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CWEN.A </t>
   </si>
   <si>
     <t xml:space="preserve">Clearway Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">DKS </t>
   </si>
   <si>
     <t xml:space="preserve">DICK'S Sporting Goods Inc </t>
   </si>
   <si>
     <t xml:space="preserve">DPZ </t>
   </si>
   <si>
     <t xml:space="preserve">Domino's Pizza Inc </t>
   </si>
   <si>
     <t xml:space="preserve">EIX </t>
@@ -1219,137 +1101,113 @@
   <si>
     <t xml:space="preserve">Hammond Power Solutions Inc </t>
   </si>
   <si>
     <t xml:space="preserve">HPS.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">JJSF </t>
   </si>
   <si>
     <t xml:space="preserve">J&amp;J Snack Foods Corp </t>
   </si>
   <si>
     <t xml:space="preserve">LAMR </t>
   </si>
   <si>
     <t xml:space="preserve">Lamar Advertising Co </t>
   </si>
   <si>
     <t xml:space="preserve">MA </t>
   </si>
   <si>
     <t xml:space="preserve">Mastercard Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">MAS </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MATX </t>
   </si>
   <si>
     <t xml:space="preserve">Matson Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NVO </t>
   </si>
   <si>
     <t xml:space="preserve">Novo Nordisk A/S </t>
   </si>
   <si>
-    <t xml:space="preserve">ORI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">PLD </t>
   </si>
   <si>
     <t xml:space="preserve">Prologis Inc </t>
   </si>
   <si>
     <t xml:space="preserve">QBR.B.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Quebecor Inc </t>
   </si>
   <si>
     <t xml:space="preserve">STLJF </t>
   </si>
   <si>
-    <t xml:space="preserve">UPS </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WSO </t>
   </si>
   <si>
     <t xml:space="preserve">Watsco Inc </t>
   </si>
   <si>
     <t xml:space="preserve">WTS </t>
   </si>
   <si>
     <t xml:space="preserve">Watts Water Technologies Inc </t>
   </si>
   <si>
     <t xml:space="preserve">AL </t>
   </si>
   <si>
     <t xml:space="preserve">Air Lease Corp </t>
   </si>
   <si>
     <t xml:space="preserve">ALA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">AltaGas Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">ALL </t>
   </si>
   <si>
     <t xml:space="preserve">Allstate Corp </t>
   </si>
   <si>
     <t xml:space="preserve">Badger Infrastructure Solutions Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">BDGI.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">BRX </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CALM </t>
   </si>
   <si>
     <t xml:space="preserve">Cal-Maine Foods Inc </t>
   </si>
   <si>
     <t xml:space="preserve">CM </t>
   </si>
   <si>
     <t xml:space="preserve">Canadian Imperial Bank of Commerce </t>
   </si>
   <si>
     <t xml:space="preserve">CM.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Coca-Cola Co </t>
   </si>
   <si>
     <t xml:space="preserve">FAST </t>
   </si>
   <si>
     <t xml:space="preserve">Fastenal Co </t>
   </si>
   <si>
     <t xml:space="preserve">FDX </t>
@@ -1378,161 +1236,119 @@
   <si>
     <t xml:space="preserve">HRB </t>
   </si>
   <si>
     <t xml:space="preserve">H &amp; R Block Inc </t>
   </si>
   <si>
     <t xml:space="preserve">IDCC </t>
   </si>
   <si>
     <t xml:space="preserve">InterDigital Inc </t>
   </si>
   <si>
     <t xml:space="preserve">KEY.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Keyera Corp </t>
   </si>
   <si>
     <t xml:space="preserve">L.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Loblaw Companies Ltd </t>
   </si>
   <si>
-    <t xml:space="preserve">LCII </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">LZB </t>
   </si>
   <si>
     <t xml:space="preserve">La-Z-Boy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NDAQ </t>
   </si>
   <si>
     <t xml:space="preserve">Nasdaq Inc </t>
   </si>
   <si>
     <t xml:space="preserve">NET.UN.V </t>
   </si>
   <si>
     <t xml:space="preserve">Canadian Net Real Estate Investment Trust </t>
   </si>
   <si>
     <t xml:space="preserve">NEU </t>
   </si>
   <si>
     <t xml:space="preserve">NewMarket Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">NJR </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">RF </t>
   </si>
   <si>
     <t xml:space="preserve">Regions Financial Corp </t>
   </si>
   <si>
     <t xml:space="preserve">RIO </t>
   </si>
   <si>
     <t xml:space="preserve">Rio Tinto PLC </t>
   </si>
   <si>
     <t xml:space="preserve">SCCO </t>
   </si>
   <si>
     <t xml:space="preserve">Southern Copper Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">SGU </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">SRCE </t>
   </si>
   <si>
     <t xml:space="preserve">1st Source Corp </t>
   </si>
   <si>
     <t xml:space="preserve">TD </t>
   </si>
   <si>
     <t xml:space="preserve">Toronto-Dominion Bank </t>
   </si>
   <si>
     <t xml:space="preserve">TD.TO </t>
   </si>
   <si>
     <t xml:space="preserve">TGLS </t>
   </si>
   <si>
     <t xml:space="preserve">Tecnoglass Inc </t>
   </si>
   <si>
     <t xml:space="preserve">TSCO </t>
   </si>
   <si>
     <t xml:space="preserve">Tractor Supply Co </t>
   </si>
   <si>
-    <t xml:space="preserve">UNH </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WFC </t>
   </si>
   <si>
     <t xml:space="preserve">Wells Fargo &amp; Co </t>
   </si>
   <si>
     <t xml:space="preserve">WN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">George Weston Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">WPM </t>
   </si>
   <si>
     <t xml:space="preserve">Wheaton Precious Metals Corp </t>
   </si>
   <si>
     <t xml:space="preserve">WPM.TO </t>
   </si>
   <si>
     <t xml:space="preserve">AMGN </t>
   </si>
   <si>
     <t xml:space="preserve">Amgen Inc </t>
@@ -1540,80 +1356,62 @@
   <si>
     <t xml:space="preserve">CAT </t>
   </si>
   <si>
     <t xml:space="preserve">COLA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">CTBI </t>
   </si>
   <si>
     <t xml:space="preserve">Community Trust Bancorp Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ETN </t>
   </si>
   <si>
     <t xml:space="preserve">Eaton Corporation PLC </t>
   </si>
   <si>
     <t xml:space="preserve">Fortis Inc </t>
   </si>
   <si>
     <t xml:space="preserve">FTS.TO </t>
   </si>
   <si>
-    <t xml:space="preserve">GCG.A.TO </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">IFC.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Intact Financial Corp </t>
   </si>
   <si>
     <t xml:space="preserve">KR </t>
   </si>
   <si>
     <t xml:space="preserve">Kroger Co </t>
   </si>
   <si>
-    <t xml:space="preserve">MAA </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MSEX </t>
   </si>
   <si>
     <t xml:space="preserve">Middlesex Water Co </t>
   </si>
   <si>
     <t xml:space="preserve">NRG </t>
   </si>
   <si>
     <t xml:space="preserve">NRG Energy Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ODFL </t>
   </si>
   <si>
     <t xml:space="preserve">Old Dominion Freight Line Inc </t>
   </si>
   <si>
     <t xml:space="preserve">RMD </t>
   </si>
   <si>
     <t xml:space="preserve">Resmed Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SPG </t>
@@ -1648,135 +1446,288 @@
   <si>
     <t xml:space="preserve">AEM </t>
   </si>
   <si>
     <t xml:space="preserve">Agnico Eagle Mines Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">AEM.TO </t>
   </si>
   <si>
     <t xml:space="preserve">DCI </t>
   </si>
   <si>
     <t xml:space="preserve">Donaldson Company Inc </t>
   </si>
   <si>
     <t xml:space="preserve">D.R. Horton Inc </t>
   </si>
   <si>
     <t xml:space="preserve">ECL </t>
   </si>
   <si>
     <t xml:space="preserve">Ecolab Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">GD </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">HESM </t>
   </si>
   <si>
     <t xml:space="preserve">Hess Midstream LP </t>
   </si>
   <si>
     <t xml:space="preserve">LAS.A.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Lassonde Industries Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">PEG </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">SEIC </t>
   </si>
   <si>
     <t xml:space="preserve">SEI Investments Co </t>
   </si>
   <si>
-    <t xml:space="preserve">STN </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">APOG </t>
   </si>
   <si>
     <t xml:space="preserve">Apogee Enterprises Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BDT.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Bird Construction Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">BIPC </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">LW </t>
   </si>
   <si>
     <t xml:space="preserve">Lamb Weston Holdings Inc </t>
   </si>
   <si>
     <t xml:space="preserve">MRSH </t>
   </si>
   <si>
     <t xml:space="preserve">OTIS </t>
   </si>
   <si>
     <t xml:space="preserve">Otis Worldwide Corp </t>
   </si>
   <si>
     <t>Total Return Last 12 Months</t>
+  </si>
+  <si>
+    <t>* Prices and datas as of 03/09/2026. Chowder rule minimum of 8 has been applied.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARX.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARC Resources Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Associated Banc-Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BDGIF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Infrastructure Partners LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIP.UN.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BYD </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boyd Gaming Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CenterPoint Energy Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNQ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Natural Resources Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CNQ.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTRE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CareTrust REIT Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CWT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">California Water Service Group </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOG Resources Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eversource Energy </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EVR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evercore Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRMN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IFCZF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Main Street Capital Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MPLX </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MPLX LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NiSource Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plains All American Pipeline LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAGP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plains GP Holdings LP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PepsiCo Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEY.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peyto Exploration &amp; Development Corp </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG Industries Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">R </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ryder System Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RBA.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RB Global Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SU </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncor Energy Inc (Canada) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SU.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SXP.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supremex Inc </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SYF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synchrony Financial </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRGP </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Targa Resources Corp </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -2362,51 +2313,51 @@
     <cellStyle name="Titre 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Titre 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Vérification" xfId="13" builtinId="23" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF9D3122"/>
       <color rgb="FF414042"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>957553</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>4761</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2">
           <a:extLst>
@@ -2422,54 +2373,50 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9525" y="28575"/>
           <a:ext cx="8968078" cy="1119186"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2729,15352 +2676,14502 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dividendstocksrock.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B8:R298"/>
+  <dimension ref="B8:R282"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="R16" sqref="R16"/>
+      <selection activeCell="R12" sqref="R12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="53" customWidth="1"/>
     <col min="5" max="5" width="25.140625" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
     <col min="10" max="10" width="19.5703125" customWidth="1"/>
     <col min="11" max="11" width="21.7109375" customWidth="1"/>
     <col min="12" max="12" width="21.42578125" customWidth="1"/>
     <col min="13" max="13" width="20.5703125" customWidth="1"/>
     <col min="14" max="14" width="18.7109375" customWidth="1"/>
     <col min="15" max="15" width="23.5703125" customWidth="1"/>
     <col min="17" max="17" width="19.7109375" customWidth="1"/>
     <col min="18" max="18" width="35.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:18" ht="30.75" x14ac:dyDescent="0.45">
       <c r="B8" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="2:18" s="2" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
     </row>
     <row r="10" spans="2:18" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
-        <v>554</v>
+        <v>490</v>
       </c>
     </row>
     <row r="11" spans="2:18" s="8" customFormat="1" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B11" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>569</v>
+        <v>489</v>
       </c>
     </row>
     <row r="12" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
-        <v>531</v>
+        <v>464</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>532</v>
+        <v>465</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="3">
         <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>4</v>
       </c>
       <c r="H12" s="3">
-        <v>45.64</v>
+        <v>43.86</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
       <c r="J12" s="4">
-        <v>2.5000000000000001E-2</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="K12" s="4">
-        <v>0.22500000000000001</v>
+        <v>0.30969999999999998</v>
       </c>
       <c r="L12" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>8.3099999999999993E-2</v>
       </c>
       <c r="M12" s="4">
         <v>7.6799999999999993E-2</v>
       </c>
       <c r="N12" s="4">
         <v>0.40389999999999998</v>
       </c>
       <c r="O12" s="4">
         <v>0.42299999999999999</v>
       </c>
       <c r="P12" s="3">
-        <v>17.63</v>
+        <v>17.079999999999998</v>
       </c>
       <c r="Q12" s="3">
         <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>-0.1043</v>
+        <v>-0.13039999999999999</v>
       </c>
     </row>
     <row r="13" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3">
         <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>4</v>
       </c>
       <c r="H13" s="3">
         <v>109.01</v>
       </c>
       <c r="I13" s="3">
-        <v>77.73</v>
+        <v>89.04</v>
       </c>
       <c r="J13" s="4">
-        <v>2.3E-2</v>
+        <v>2.2700000000000001E-2</v>
       </c>
       <c r="K13" s="4">
-        <v>0.2601</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="L13" s="4">
-        <v>4.8399999999999999E-2</v>
+        <v>3.49E-2</v>
       </c>
       <c r="M13" s="4">
-        <v>9.4200000000000006E-2</v>
+        <v>8.5400000000000004E-2</v>
       </c>
       <c r="N13" s="4">
-        <v>0</v>
+        <v>0.6421</v>
       </c>
       <c r="O13" s="4">
-        <v>0.58460000000000001</v>
+        <v>0.55659999999999998</v>
       </c>
       <c r="P13" s="3">
-        <v>29.22</v>
+        <v>29.75</v>
       </c>
       <c r="Q13" s="3">
         <v>1</v>
       </c>
       <c r="R13" s="4">
-        <v>-0.1321</v>
+        <v>-0.16239999999999999</v>
       </c>
     </row>
     <row r="14" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>4</v>
       </c>
       <c r="H14" s="3">
-        <v>241.21</v>
+        <v>213.74</v>
       </c>
       <c r="I14" s="3">
         <v>230.37</v>
       </c>
       <c r="J14" s="4">
-        <v>2.4400000000000002E-2</v>
+        <v>3.0499999999999999E-2</v>
       </c>
       <c r="K14" s="4">
         <v>7.5300000000000006E-2</v>
       </c>
       <c r="L14" s="4">
         <v>8.8099999999999998E-2</v>
       </c>
       <c r="M14" s="4">
-        <v>0.13109999999999999</v>
+        <v>0.1258</v>
       </c>
       <c r="N14" s="4">
         <v>0.4819</v>
       </c>
       <c r="O14" s="4">
         <v>0.32840000000000003</v>
       </c>
       <c r="P14" s="3">
-        <v>19.95</v>
+        <v>17.7</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>-0.29139999999999999</v>
+        <v>-0.35949999999999999</v>
       </c>
     </row>
     <row r="15" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>3</v>
       </c>
       <c r="G15" s="3">
         <v>4</v>
       </c>
       <c r="H15" s="3">
-        <v>38.18</v>
+        <v>35.64</v>
       </c>
       <c r="I15" s="3">
         <v>18.38</v>
       </c>
       <c r="J15" s="4">
         <v>1.7399999999999999E-2</v>
       </c>
       <c r="K15" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>2.35E-2</v>
       </c>
       <c r="L15" s="4">
-        <v>0.1925</v>
+        <v>0.1827</v>
       </c>
       <c r="M15" s="4">
-        <v>0.1052</v>
+        <v>9.9299999999999999E-2</v>
       </c>
       <c r="N15" s="4">
         <v>0.21790000000000001</v>
       </c>
       <c r="O15" s="4">
         <v>0.111</v>
       </c>
       <c r="P15" s="3">
         <v>15.1</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>9.7000000000000003E-2</v>
+        <v>0.18290000000000001</v>
       </c>
     </row>
     <row r="16" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
-        <v>32</v>
+        <v>491</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>33</v>
+        <v>492</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H16" s="3">
-        <v>235.18</v>
+        <v>315.83999999999997</v>
       </c>
       <c r="I16" s="3">
-        <v>240.27</v>
+        <v>156.93</v>
       </c>
       <c r="J16" s="4">
-        <v>2.75E-2</v>
+        <v>1.3299999999999999E-2</v>
       </c>
       <c r="K16" s="4">
-        <v>0.1201</v>
+        <v>5.2400000000000002E-2</v>
       </c>
       <c r="L16" s="4">
-        <v>7.4499999999999997E-2</v>
+        <v>0.13469999999999999</v>
       </c>
       <c r="M16" s="4">
-        <v>0.1142</v>
+        <v>0.11509999999999999</v>
       </c>
       <c r="N16" s="4">
-        <v>0.60329999999999995</v>
+        <v>1.234</v>
       </c>
       <c r="O16" s="4">
-        <v>0.59970000000000001</v>
+        <v>0.42809999999999998</v>
       </c>
       <c r="P16" s="3">
-        <v>23.78</v>
+        <v>57.07</v>
       </c>
       <c r="Q16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>-0.17660000000000001</v>
+        <v>0.50290000000000001</v>
       </c>
     </row>
     <row r="17" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
-        <v>342</v>
+        <v>32</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>343</v>
+        <v>33</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G17" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>104.01</v>
+        <v>226.28</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>240.27</v>
       </c>
       <c r="J17" s="4">
-        <v>2.7699999999999999E-2</v>
+        <v>3.0499999999999999E-2</v>
       </c>
       <c r="K17" s="4">
-        <v>8.2100000000000006E-2</v>
+        <v>0.1168</v>
       </c>
       <c r="L17" s="4">
-        <v>9.11E-2</v>
+        <v>7.0199999999999999E-2</v>
       </c>
       <c r="M17" s="4">
-        <v>6.5299999999999997E-2</v>
+        <v>0.1198</v>
       </c>
       <c r="N17" s="4">
-        <v>0.60409999999999997</v>
+        <v>0.60329999999999995</v>
       </c>
       <c r="O17" s="4">
-        <v>-0.60499999999999998</v>
+        <v>0.59970000000000001</v>
       </c>
       <c r="P17" s="3">
-        <v>20.010000000000002</v>
+        <v>21.39</v>
       </c>
       <c r="Q17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R17" s="4">
-        <v>9.7900000000000001E-2</v>
+        <v>-0.24740000000000001</v>
       </c>
     </row>
     <row r="18" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
-        <v>533</v>
+        <v>308</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>534</v>
+        <v>309</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
         <v>3</v>
       </c>
       <c r="G18" s="3">
         <v>3</v>
       </c>
       <c r="H18" s="3">
-        <v>197.48</v>
+        <v>111.53</v>
       </c>
       <c r="I18" s="3">
-        <v>20.399999999999999</v>
+        <v>0</v>
       </c>
       <c r="J18" s="4">
-        <v>8.3999999999999995E-3</v>
+        <v>2.69E-2</v>
       </c>
       <c r="K18" s="4">
-        <v>0.26650000000000001</v>
+        <v>6.9400000000000003E-2</v>
       </c>
       <c r="L18" s="4">
-        <v>0.27489999999999998</v>
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="M18" s="4">
-        <v>7.7799999999999994E-2</v>
+        <v>6.83E-2</v>
       </c>
       <c r="N18" s="4">
-        <v>0.42080000000000001</v>
+        <v>0.52749999999999997</v>
       </c>
       <c r="O18" s="4">
-        <v>0.1953</v>
+        <v>-0.93540000000000001</v>
       </c>
       <c r="P18" s="3">
-        <v>27.87</v>
+        <v>20.83</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>1.0369999999999999</v>
+        <v>0.18060000000000001</v>
       </c>
     </row>
     <row r="19" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B19" s="3" t="s">
-        <v>535</v>
+        <v>466</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>534</v>
+        <v>467</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="3">
         <v>3</v>
       </c>
       <c r="G19" s="3">
         <v>3</v>
       </c>
       <c r="H19" s="3">
-        <v>268.89</v>
+        <v>220.88</v>
       </c>
       <c r="I19" s="3">
-        <v>28.05</v>
+        <v>0</v>
       </c>
       <c r="J19" s="4">
-        <v>8.6E-3</v>
+        <v>8.0999999999999996E-3</v>
       </c>
       <c r="K19" s="4">
-        <v>0.26650000000000001</v>
+        <v>0.26019999999999999</v>
       </c>
       <c r="L19" s="4">
-        <v>0.27489999999999998</v>
+        <v>0.28370000000000001</v>
       </c>
       <c r="M19" s="4">
-        <v>7.7799999999999994E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="N19" s="4">
-        <v>0.42080000000000001</v>
+        <v>0.18</v>
       </c>
       <c r="O19" s="4">
-        <v>0.1968</v>
+        <v>0.16639999999999999</v>
       </c>
       <c r="P19" s="3">
-        <v>27.87</v>
+        <v>25.01</v>
       </c>
       <c r="Q19" s="3">
         <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>0.91259999999999997</v>
+        <v>1.2861</v>
       </c>
     </row>
     <row r="20" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
-        <v>197</v>
+        <v>468</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>198</v>
+        <v>467</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
         <v>3</v>
       </c>
       <c r="G20" s="3">
         <v>3</v>
       </c>
       <c r="H20" s="3">
-        <v>120.69</v>
+        <v>300.11</v>
       </c>
       <c r="I20" s="3">
-        <v>86.27</v>
+        <v>22.95</v>
       </c>
       <c r="J20" s="4">
-        <v>3.2099999999999997E-2</v>
+        <v>8.0999999999999996E-3</v>
       </c>
       <c r="K20" s="4">
-        <v>9.5500000000000002E-2</v>
+        <v>0.26019999999999999</v>
       </c>
       <c r="L20" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>0.28370000000000001</v>
       </c>
       <c r="M20" s="4">
-        <v>5.3600000000000002E-2</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N20" s="4">
-        <v>0.63980000000000004</v>
+        <v>0.18</v>
       </c>
       <c r="O20" s="4">
-        <v>-1.1492</v>
+        <v>0.16639999999999999</v>
       </c>
       <c r="P20" s="3">
-        <v>17.32</v>
+        <v>25.01</v>
       </c>
       <c r="Q20" s="3">
         <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>0.2321</v>
+        <v>1.1866000000000001</v>
       </c>
     </row>
     <row r="21" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>357</v>
+        <v>181</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>358</v>
+        <v>182</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G21" s="3">
         <v>3</v>
       </c>
       <c r="H21" s="3">
-        <v>170.16</v>
+        <v>131.86000000000001</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>86.27</v>
       </c>
       <c r="J21" s="4">
-        <v>3.5200000000000002E-2</v>
+        <v>2.8799999999999999E-2</v>
       </c>
       <c r="K21" s="4">
-        <v>0.1482</v>
+        <v>8.2400000000000001E-2</v>
       </c>
       <c r="L21" s="4">
-        <v>0.25619999999999998</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="M21" s="4">
-        <v>0.12839999999999999</v>
+        <v>5.4800000000000001E-2</v>
       </c>
       <c r="N21" s="4">
-        <v>0.33760000000000001</v>
+        <v>0.56089999999999995</v>
       </c>
       <c r="O21" s="4">
-        <v>0.25030000000000002</v>
+        <v>-1.2251000000000001</v>
       </c>
       <c r="P21" s="3">
-        <v>9.68</v>
+        <v>19.809999999999999</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>-9.98E-2</v>
+        <v>0.32969999999999999</v>
       </c>
     </row>
     <row r="22" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B22" s="3" t="s">
-        <v>417</v>
+        <v>322</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>418</v>
+        <v>323</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
         <v>4</v>
       </c>
       <c r="G22" s="3">
         <v>3</v>
       </c>
       <c r="H22" s="3">
-        <v>64.64</v>
+        <v>160.9</v>
       </c>
       <c r="I22" s="3">
-        <v>19.64</v>
+        <v>0</v>
       </c>
       <c r="J22" s="4">
-        <v>1.3599999999999999E-2</v>
+        <v>3.95E-2</v>
       </c>
       <c r="K22" s="4">
-        <v>0.14419999999999999</v>
+        <v>9.6000000000000002E-2</v>
       </c>
       <c r="L22" s="4">
-        <v>7.6100000000000001E-2</v>
+        <v>0.28160000000000002</v>
       </c>
       <c r="M22" s="4">
-        <v>7.2599999999999998E-2</v>
+        <v>0.1321</v>
       </c>
       <c r="N22" s="4">
-        <v>0.25440000000000002</v>
+        <v>0</v>
       </c>
       <c r="O22" s="4">
-        <v>-4.7800000000000002E-2</v>
+        <v>1.1122000000000001</v>
       </c>
       <c r="P22" s="3">
-        <v>7.5</v>
+        <v>9.76</v>
       </c>
       <c r="Q22" s="3">
         <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>0.45190000000000002</v>
+        <v>-0.1714</v>
       </c>
     </row>
     <row r="23" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>419</v>
+        <v>372</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>420</v>
+        <v>373</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F23" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G23" s="3">
         <v>3</v>
       </c>
       <c r="H23" s="3">
-        <v>42.08</v>
+        <v>64.53</v>
       </c>
       <c r="I23" s="3">
-        <v>18.54</v>
+        <v>19.64</v>
       </c>
       <c r="J23" s="4">
-        <v>3.2099999999999997E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K23" s="4">
-        <v>7.3999999999999996E-2</v>
+        <v>0.1885</v>
       </c>
       <c r="L23" s="4">
-        <v>0.1779</v>
+        <v>8.7900000000000006E-2</v>
       </c>
       <c r="M23" s="4">
-        <v>0.31390000000000001</v>
+        <v>7.2599999999999998E-2</v>
       </c>
       <c r="N23" s="4">
-        <v>0.61070000000000002</v>
+        <v>9.4200000000000006E-2</v>
       </c>
       <c r="O23" s="4">
-        <v>-24.8</v>
+        <v>-5.0599999999999999E-2</v>
       </c>
       <c r="P23" s="3">
-        <v>16.73</v>
+        <v>6.94</v>
       </c>
       <c r="Q23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>0.27960000000000002</v>
+        <v>0.42199999999999999</v>
       </c>
     </row>
     <row r="24" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>421</v>
+        <v>374</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>422</v>
+        <v>375</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F24" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G24" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H24" s="3">
-        <v>201.82</v>
+        <v>46.28</v>
       </c>
       <c r="I24" s="3">
-        <v>69.33</v>
+        <v>18.54</v>
       </c>
       <c r="J24" s="4">
-        <v>1.9900000000000001E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="K24" s="4">
-        <v>0.12889999999999999</v>
+        <v>0.1414</v>
       </c>
       <c r="L24" s="4">
-        <v>9.7900000000000001E-2</v>
+        <v>0.13239999999999999</v>
       </c>
       <c r="M24" s="4">
-        <v>0.1048</v>
+        <v>0.31130000000000002</v>
       </c>
       <c r="N24" s="4">
-        <v>0.2114</v>
+        <v>0.61070000000000002</v>
       </c>
       <c r="O24" s="4">
-        <v>0.1192</v>
+        <v>-24.8</v>
       </c>
       <c r="P24" s="3">
-        <v>6.53</v>
+        <v>19.149999999999999</v>
       </c>
       <c r="Q24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R24" s="4">
-        <v>6.6500000000000004E-2</v>
+        <v>0.36520000000000002</v>
       </c>
     </row>
     <row r="25" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B25" s="3" t="s">
-        <v>199</v>
+        <v>376</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>200</v>
+        <v>377</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
         <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>4</v>
       </c>
       <c r="H25" s="3">
-        <v>111.76</v>
+        <v>212.36</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>74.88</v>
       </c>
       <c r="J25" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>2.0400000000000001E-2</v>
       </c>
       <c r="K25" s="4">
-        <v>0.25629999999999997</v>
+        <v>0.114</v>
       </c>
       <c r="L25" s="4">
-        <v>8.0799999999999997E-2</v>
+        <v>8.7499999999999994E-2</v>
       </c>
       <c r="M25" s="4">
-        <v>9.06E-2</v>
+        <v>0.10920000000000001</v>
       </c>
       <c r="N25" s="4">
-        <v>0.11899999999999999</v>
+        <v>0.1019</v>
       </c>
       <c r="O25" s="4">
-        <v>0.1447</v>
+        <v>0.1061</v>
       </c>
       <c r="P25" s="3">
-        <v>13.72</v>
+        <v>5.54</v>
       </c>
       <c r="Q25" s="3">
         <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>-1.2699999999999999E-2</v>
+        <v>9.8699999999999996E-2</v>
       </c>
     </row>
     <row r="26" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>35</v>
+        <v>184</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F26" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G26" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H26" s="3">
-        <v>318.58</v>
+        <v>116.95</v>
       </c>
       <c r="I26" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J26" s="4">
-        <v>5.5999999999999999E-3</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="K26" s="4">
-        <v>0.1492</v>
+        <v>0.2424</v>
       </c>
       <c r="L26" s="4">
-        <v>9.4700000000000006E-2</v>
+        <v>8.1799999999999998E-2</v>
       </c>
       <c r="M26" s="4">
-        <v>0.159</v>
+        <v>9.06E-2</v>
       </c>
       <c r="N26" s="4">
-        <v>0.20319999999999999</v>
+        <v>0</v>
       </c>
       <c r="O26" s="4">
-        <v>0.2429</v>
+        <v>0.14019999999999999</v>
       </c>
       <c r="P26" s="3">
-        <v>37.869999999999997</v>
+        <v>16.68</v>
       </c>
       <c r="Q26" s="3">
         <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>0.85529999999999995</v>
+        <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="27" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B27" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F27" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G27" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H27" s="3">
-        <v>228.89</v>
+        <v>324.97000000000003</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="J27" s="4">
-        <v>5.4000000000000003E-3</v>
+        <v>5.3E-3</v>
       </c>
       <c r="K27" s="4">
-        <v>0.109</v>
+        <v>0.15690000000000001</v>
       </c>
       <c r="L27" s="4">
-        <v>9.5500000000000002E-2</v>
+        <v>9.2799999999999994E-2</v>
       </c>
       <c r="M27" s="4">
-        <v>0.10879999999999999</v>
+        <v>0.159</v>
       </c>
       <c r="N27" s="4">
-        <v>0.19289999999999999</v>
+        <v>0.20319999999999999</v>
       </c>
       <c r="O27" s="4">
-        <v>0.1699</v>
+        <v>0.22969999999999999</v>
       </c>
       <c r="P27" s="3">
-        <v>36.11</v>
+        <v>35.51</v>
       </c>
       <c r="Q27" s="3">
         <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>0.245</v>
+        <v>1.3075000000000001</v>
       </c>
     </row>
     <row r="28" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
-        <v>495</v>
+        <v>36</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>496</v>
+        <v>37</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F28" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G28" s="3">
         <v>4</v>
       </c>
       <c r="H28" s="3">
-        <v>338.32</v>
+        <v>222.09</v>
       </c>
       <c r="I28" s="3">
-        <v>273.36</v>
+        <v>0</v>
       </c>
       <c r="J28" s="4">
-        <v>2.92E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="K28" s="4">
-        <v>0.01</v>
+        <v>0.1283</v>
       </c>
       <c r="L28" s="4">
-        <v>7.1900000000000006E-2</v>
+        <v>0.10199999999999999</v>
       </c>
       <c r="M28" s="4">
-        <v>8.0500000000000002E-2</v>
+        <v>0.11409999999999999</v>
       </c>
       <c r="N28" s="4">
-        <v>0</v>
+        <v>0.1928</v>
       </c>
       <c r="O28" s="4">
-        <v>0.43730000000000002</v>
+        <v>0.17069999999999999</v>
       </c>
       <c r="P28" s="3">
-        <v>26.64</v>
+        <v>35.44</v>
       </c>
       <c r="Q28" s="3">
         <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>0.2319</v>
+        <v>0.2402</v>
       </c>
     </row>
     <row r="29" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B29" s="3" t="s">
-        <v>38</v>
+        <v>434</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>39</v>
+        <v>435</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F29" s="3">
         <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>4</v>
       </c>
       <c r="H29" s="3">
-        <v>530.24</v>
+        <v>369.48</v>
       </c>
       <c r="I29" s="3">
-        <v>208</v>
+        <v>289.44</v>
       </c>
       <c r="J29" s="4">
-        <v>1.2E-2</v>
+        <v>2.7400000000000001E-2</v>
       </c>
       <c r="K29" s="4">
-        <v>0.25159999999999999</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="L29" s="4">
-        <v>9.1300000000000006E-2</v>
+        <v>7.8700000000000006E-2</v>
       </c>
       <c r="M29" s="4">
-        <v>8.5900000000000004E-2</v>
+        <v>8.0500000000000002E-2</v>
       </c>
       <c r="N29" s="4">
-        <v>0.16089999999999999</v>
+        <v>0.67800000000000005</v>
       </c>
       <c r="O29" s="4">
-        <v>7.8899999999999998E-2</v>
+        <v>0.63260000000000005</v>
       </c>
       <c r="P29" s="3">
-        <v>14.58</v>
+        <v>25.82</v>
       </c>
       <c r="Q29" s="3">
         <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>3.5000000000000001E-3</v>
+        <v>0.19259999999999999</v>
       </c>
     </row>
     <row r="30" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B30" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="3">
         <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>3</v>
       </c>
       <c r="H30" s="3">
-        <v>173.15</v>
+        <v>188.63</v>
       </c>
       <c r="I30" s="3">
         <v>101.35</v>
       </c>
       <c r="J30" s="4">
-        <v>3.9100000000000003E-2</v>
+        <v>3.6200000000000003E-2</v>
       </c>
       <c r="K30" s="4">
-        <v>0.10589999999999999</v>
+        <v>4.6300000000000001E-2</v>
       </c>
       <c r="L30" s="4">
-        <v>5.3900000000000003E-2</v>
+        <v>5.3400000000000003E-2</v>
       </c>
       <c r="M30" s="4">
-        <v>8.4599999999999995E-2</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="N30" s="4">
-        <v>0.94030000000000002</v>
+        <v>0</v>
       </c>
       <c r="O30" s="4">
-        <v>0.84509999999999996</v>
+        <v>0.83440000000000003</v>
       </c>
       <c r="P30" s="3">
-        <v>27.61</v>
+        <v>34.770000000000003</v>
       </c>
       <c r="Q30" s="3">
         <v>1</v>
       </c>
       <c r="R30" s="4">
-        <v>-3.0300000000000001E-2</v>
+        <v>-6.1600000000000002E-2</v>
       </c>
     </row>
     <row r="31" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B31" s="3" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F31" s="3">
         <v>4</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
-        <v>55.4</v>
+        <v>59.28</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
       <c r="J31" s="4">
-        <v>1.1299999999999999E-2</v>
+        <v>1.01E-2</v>
       </c>
       <c r="K31" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>2.1600000000000001E-2</v>
       </c>
       <c r="L31" s="4">
-        <v>0.10730000000000001</v>
+        <v>0.1101</v>
       </c>
       <c r="M31" s="4">
         <v>0.2049</v>
       </c>
       <c r="N31" s="4">
         <v>0.1958</v>
       </c>
       <c r="O31" s="4">
         <v>0.18140000000000001</v>
       </c>
       <c r="P31" s="3">
-        <v>19.64</v>
+        <v>22.22</v>
       </c>
       <c r="Q31" s="3">
         <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>5.1900000000000002E-2</v>
+        <v>0.20549999999999999</v>
       </c>
     </row>
     <row r="32" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B32" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
         <v>3</v>
       </c>
       <c r="G32" s="3">
         <v>4</v>
       </c>
       <c r="H32" s="3">
-        <v>346.88</v>
+        <v>340.55</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
       <c r="J32" s="4">
-        <v>8.5000000000000006E-3</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K32" s="4">
-        <v>8.14E-2</v>
+        <v>0.1323</v>
       </c>
       <c r="L32" s="4">
-        <v>0.09</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="M32" s="4">
-        <v>0.1023</v>
+        <v>0.1076</v>
       </c>
       <c r="N32" s="4">
-        <v>0.16889999999999999</v>
+        <v>0.17019999999999999</v>
       </c>
       <c r="O32" s="4">
         <v>0.19550000000000001</v>
       </c>
       <c r="P32" s="3">
-        <v>20.37</v>
+        <v>19.899999999999999</v>
       </c>
       <c r="Q32" s="3">
         <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>-5.9400000000000001E-2</v>
+        <v>-0.1492</v>
       </c>
     </row>
     <row r="33" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B33" s="3" t="s">
-        <v>361</v>
+        <v>326</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>362</v>
+        <v>327</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="3">
         <v>4</v>
       </c>
       <c r="G33" s="3">
         <v>4</v>
       </c>
       <c r="H33" s="3">
-        <v>76.33</v>
+        <v>71</v>
       </c>
       <c r="I33" s="3">
         <v>50.88</v>
       </c>
       <c r="J33" s="4">
-        <v>1.9300000000000001E-2</v>
+        <v>0.02</v>
       </c>
       <c r="K33" s="4">
-        <v>0.1177</v>
+        <v>9.8500000000000004E-2</v>
       </c>
       <c r="L33" s="4">
-        <v>5.7599999999999998E-2</v>
+        <v>4.82E-2</v>
       </c>
       <c r="M33" s="4">
-        <v>6.6500000000000004E-2</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N33" s="4">
-        <v>0.29060000000000002</v>
+        <v>0.35830000000000001</v>
       </c>
       <c r="O33" s="4">
         <v>0.3584</v>
       </c>
       <c r="P33" s="3">
-        <v>19.84</v>
+        <v>18.72</v>
       </c>
       <c r="Q33" s="3">
         <v>1</v>
       </c>
       <c r="R33" s="4">
-        <v>0.1371</v>
+        <v>7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="34" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B34" s="3" t="s">
-        <v>555</v>
+        <v>480</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>556</v>
+        <v>481</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F34" s="3">
         <v>4</v>
       </c>
       <c r="G34" s="3">
         <v>4</v>
       </c>
       <c r="H34" s="3">
-        <v>38.82</v>
+        <v>35.270000000000003</v>
       </c>
       <c r="I34" s="3">
         <v>29.86</v>
       </c>
       <c r="J34" s="4">
-        <v>2.87E-2</v>
+        <v>2.9499999999999998E-2</v>
       </c>
       <c r="K34" s="4">
-        <v>0.30380000000000001</v>
+        <v>0.48209999999999997</v>
       </c>
       <c r="L34" s="4">
-        <v>2.4899999999999999E-2</v>
+        <v>2.0299999999999999E-2</v>
       </c>
       <c r="M34" s="4">
-        <v>6.2E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="N34" s="4">
         <v>0.25559999999999999</v>
       </c>
       <c r="O34" s="4">
         <v>0.32719999999999999</v>
       </c>
       <c r="P34" s="3">
-        <v>20.36</v>
+        <v>19.77</v>
       </c>
       <c r="Q34" s="3">
         <v>1</v>
       </c>
       <c r="R34" s="4">
-        <v>-0.22389999999999999</v>
+        <v>-0.21779999999999999</v>
       </c>
     </row>
     <row r="35" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="3">
         <v>3</v>
       </c>
       <c r="G35" s="3">
         <v>3</v>
       </c>
       <c r="H35" s="3">
-        <v>131.54</v>
+        <v>110.04</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
       <c r="J35" s="4">
-        <v>3.0599999999999999E-2</v>
+        <v>4.6100000000000002E-2</v>
       </c>
       <c r="K35" s="4">
-        <v>0.31879999999999997</v>
+        <v>0.1431</v>
       </c>
       <c r="L35" s="4">
-        <v>0.2482</v>
+        <v>0.18379999999999999</v>
       </c>
       <c r="M35" s="4">
-        <v>0.21820000000000001</v>
+        <v>0.23039999999999999</v>
       </c>
       <c r="N35" s="4">
-        <v>1.9093</v>
+        <v>0</v>
       </c>
       <c r="O35" s="4">
-        <v>0.57979999999999998</v>
+        <v>1.1375</v>
       </c>
       <c r="P35" s="3">
-        <v>55.08</v>
+        <v>66.94</v>
       </c>
       <c r="Q35" s="3">
         <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>-0.23419999999999999</v>
+        <v>-0.21590000000000001</v>
       </c>
     </row>
     <row r="36" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B36" s="3" t="s">
-        <v>363</v>
+        <v>493</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>360</v>
+        <v>494</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F36" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G36" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H36" s="3">
-        <v>75.739999999999995</v>
+        <v>26.24</v>
       </c>
       <c r="I36" s="3">
-        <v>90.87</v>
+        <v>0</v>
       </c>
       <c r="J36" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.2399999999999998E-2</v>
       </c>
       <c r="K36" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>0.32390000000000002</v>
       </c>
       <c r="L36" s="4">
-        <v>0.10730000000000001</v>
+        <v>0.34410000000000002</v>
       </c>
       <c r="M36" s="4">
-        <v>0.2049</v>
+        <v>0.26579999999999998</v>
       </c>
       <c r="N36" s="4">
-        <v>0.1958</v>
+        <v>0.3543</v>
       </c>
       <c r="O36" s="4">
-        <v>0.18149999999999999</v>
+        <v>0.36909999999999998</v>
       </c>
       <c r="P36" s="3">
-        <v>19.64</v>
+        <v>11.86</v>
       </c>
       <c r="Q36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>-5.8999999999999999E-3</v>
+        <v>6.8199999999999997E-2</v>
       </c>
     </row>
     <row r="37" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B37" s="3" t="s">
-        <v>45</v>
+        <v>495</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>46</v>
+        <v>496</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G37" s="3">
         <v>4</v>
       </c>
       <c r="H37" s="3">
-        <v>168.85</v>
+        <v>25.16</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
       <c r="J37" s="4">
-        <v>2.4E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="K37" s="4">
-        <v>7.1599999999999997E-2</v>
+        <v>4.9200000000000001E-2</v>
       </c>
       <c r="L37" s="4">
-        <v>0.1008</v>
+        <v>3.5900000000000001E-2</v>
       </c>
       <c r="M37" s="4">
-        <v>8.3299999999999999E-2</v>
+        <v>5.4800000000000001E-2</v>
       </c>
       <c r="N37" s="4">
-        <v>0.46210000000000001</v>
+        <v>0.33789999999999998</v>
       </c>
       <c r="O37" s="4">
-        <v>-0.36630000000000001</v>
+        <v>0.2717</v>
       </c>
       <c r="P37" s="3">
-        <v>22.56</v>
+        <v>9.3699999999999992</v>
       </c>
       <c r="Q37" s="3">
         <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>0.18740000000000001</v>
+        <v>0.16919999999999999</v>
       </c>
     </row>
     <row r="38" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B38" s="3" t="s">
-        <v>47</v>
+        <v>497</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>48</v>
+        <v>498</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F38" s="3">
         <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>4</v>
       </c>
       <c r="H38" s="3">
-        <v>320.33999999999997</v>
+        <v>1292.27</v>
       </c>
       <c r="I38" s="3">
-        <v>108.5</v>
+        <v>315.52999999999997</v>
       </c>
       <c r="J38" s="4">
-        <v>7.9000000000000008E-3</v>
+        <v>9.2999999999999992E-3</v>
       </c>
       <c r="K38" s="4">
-        <v>0.3513</v>
+        <v>0.18099999999999999</v>
       </c>
       <c r="L38" s="4">
-        <v>0.19409999999999999</v>
+        <v>0.15490000000000001</v>
       </c>
       <c r="M38" s="4">
-        <v>0.1205</v>
+        <v>8.3400000000000002E-2</v>
       </c>
       <c r="N38" s="4">
-        <v>0.48180000000000001</v>
+        <v>0</v>
       </c>
       <c r="O38" s="4">
-        <v>0.41399999999999998</v>
+        <v>0.23139999999999999</v>
       </c>
       <c r="P38" s="3">
-        <v>69.55</v>
+        <v>47.7</v>
       </c>
       <c r="Q38" s="3">
         <v>1</v>
       </c>
       <c r="R38" s="4">
-        <v>0.53459999999999996</v>
+        <v>0.93110000000000004</v>
       </c>
     </row>
     <row r="39" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B39" s="3" t="s">
-        <v>49</v>
+        <v>328</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>50</v>
+        <v>325</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="F39" s="3">
         <v>4</v>
       </c>
       <c r="G39" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H39" s="3">
-        <v>186.82</v>
+        <v>80.760000000000005</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>90.87</v>
       </c>
       <c r="J39" s="4">
-        <v>2.01E-2</v>
+        <v>1.03E-2</v>
       </c>
       <c r="K39" s="4">
-        <v>5.9200000000000003E-2</v>
+        <v>2.1600000000000001E-2</v>
       </c>
       <c r="L39" s="4">
-        <v>4.7E-2</v>
+        <v>0.1101</v>
       </c>
       <c r="M39" s="4">
-        <v>9.0399999999999994E-2</v>
+        <v>0.2049</v>
       </c>
       <c r="N39" s="4">
-        <v>0.39369999999999999</v>
+        <v>0.1958</v>
       </c>
       <c r="O39" s="4">
-        <v>0.43890000000000001</v>
+        <v>0.18149999999999999</v>
       </c>
       <c r="P39" s="3">
-        <v>21.2</v>
+        <v>22.22</v>
       </c>
       <c r="Q39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R39" s="4">
-        <v>4.2099999999999999E-2</v>
+        <v>0.14130000000000001</v>
       </c>
     </row>
     <row r="40" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B40" s="3" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>339</v>
+        <v>44</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="3">
         <v>4</v>
       </c>
       <c r="G40" s="3">
         <v>4</v>
       </c>
       <c r="H40" s="3">
-        <v>125.76</v>
+        <v>185.03</v>
       </c>
       <c r="I40" s="3">
-        <v>193.55</v>
+        <v>0</v>
       </c>
       <c r="J40" s="4">
-        <v>2.6200000000000001E-2</v>
+        <v>2.1600000000000001E-2</v>
       </c>
       <c r="K40" s="4">
-        <v>7.9100000000000004E-2</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="L40" s="4">
-        <v>6.0699999999999997E-2</v>
+        <v>7.9899999999999999E-2</v>
       </c>
       <c r="M40" s="4">
-        <v>8.5800000000000001E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="N40" s="4">
-        <v>0.56899999999999995</v>
+        <v>0.46210000000000001</v>
       </c>
       <c r="O40" s="4">
-        <v>-0.71630000000000005</v>
+        <v>-0.35549999999999998</v>
       </c>
       <c r="P40" s="3">
-        <v>22.08</v>
+        <v>24.08</v>
       </c>
       <c r="Q40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>3.1399999999999997E-2</v>
+        <v>0.2949</v>
       </c>
     </row>
     <row r="41" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F41" s="3">
         <v>4</v>
       </c>
       <c r="G41" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H41" s="3">
-        <v>71.53</v>
+        <v>330.43</v>
       </c>
       <c r="I41" s="3">
-        <v>76.81</v>
+        <v>108.5</v>
       </c>
       <c r="J41" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>7.7999999999999996E-3</v>
       </c>
       <c r="K41" s="4">
-        <v>6.9699999999999998E-2</v>
+        <v>0.40639999999999998</v>
       </c>
       <c r="L41" s="4">
-        <v>5.4600000000000003E-2</v>
+        <v>0.20949999999999999</v>
       </c>
       <c r="M41" s="4">
-        <v>7.8399999999999997E-2</v>
+        <v>0.1205</v>
       </c>
       <c r="N41" s="4">
-        <v>0.56389999999999996</v>
+        <v>0.48180000000000001</v>
       </c>
       <c r="O41" s="4">
-        <v>2.0827</v>
+        <v>0.3962</v>
       </c>
       <c r="P41" s="3">
-        <v>21.22</v>
+        <v>64.91</v>
       </c>
       <c r="Q41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R41" s="4">
-        <v>1.52E-2</v>
+        <v>0.87129999999999996</v>
       </c>
     </row>
     <row r="42" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B42" s="3" t="s">
-        <v>174</v>
+        <v>47</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>175</v>
+        <v>48</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F42" s="3">
         <v>4</v>
       </c>
       <c r="G42" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H42" s="3">
-        <v>349.63</v>
+        <v>179.52</v>
       </c>
       <c r="I42" s="3">
-        <v>68.88</v>
+        <v>0</v>
       </c>
       <c r="J42" s="4">
-        <v>9.2999999999999992E-3</v>
+        <v>2.0500000000000001E-2</v>
       </c>
       <c r="K42" s="4">
-        <v>0.31659999999999999</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="L42" s="4">
-        <v>0.14729999999999999</v>
+        <v>3.9399999999999998E-2</v>
       </c>
       <c r="M42" s="4">
-        <v>0.13780000000000001</v>
+        <v>9.3899999999999997E-2</v>
       </c>
       <c r="N42" s="4">
-        <v>0.2026</v>
+        <v>0.41570000000000001</v>
       </c>
       <c r="O42" s="4">
-        <v>0.11609999999999999</v>
+        <v>0.42349999999999999</v>
       </c>
       <c r="P42" s="3">
-        <v>22.73</v>
+        <v>20.9</v>
       </c>
       <c r="Q42" s="3">
         <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>0.1268</v>
+        <v>2.8899999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>55</v>
+        <v>305</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F43" s="3">
         <v>4</v>
       </c>
       <c r="G43" s="3">
         <v>4</v>
       </c>
       <c r="H43" s="3">
-        <v>54.45</v>
+        <v>137.53</v>
       </c>
       <c r="I43" s="3">
-        <v>29.39</v>
+        <v>193.55</v>
       </c>
       <c r="J43" s="4">
-        <v>2.07E-2</v>
+        <v>2.46E-2</v>
       </c>
       <c r="K43" s="4">
-        <v>0.1434</v>
+        <v>7.6799999999999993E-2</v>
       </c>
       <c r="L43" s="4">
-        <v>4.6300000000000001E-2</v>
+        <v>6.1100000000000002E-2</v>
       </c>
       <c r="M43" s="4">
-        <v>8.4500000000000006E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="N43" s="4">
-        <v>0.2681</v>
+        <v>0.58330000000000004</v>
       </c>
       <c r="O43" s="4">
-        <v>0.22239999999999999</v>
+        <v>-0.59330000000000005</v>
       </c>
       <c r="P43" s="3">
-        <v>14.27</v>
+        <v>23.63</v>
       </c>
       <c r="Q43" s="3">
         <v>1</v>
       </c>
       <c r="R43" s="4">
-        <v>0.19620000000000001</v>
+        <v>-1.1999999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B44" s="3" t="s">
-        <v>274</v>
+        <v>50</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>275</v>
+        <v>51</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F44" s="3">
         <v>4</v>
       </c>
       <c r="G44" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H44" s="3">
-        <v>82.99</v>
+        <v>75.34</v>
       </c>
       <c r="I44" s="3">
-        <v>106.99</v>
+        <v>77.42</v>
       </c>
       <c r="J44" s="4">
-        <v>2.7E-2</v>
+        <v>2.6700000000000002E-2</v>
       </c>
       <c r="K44" s="4">
-        <v>0.10780000000000001</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="L44" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>5.8099999999999999E-2</v>
       </c>
       <c r="M44" s="4">
-        <v>0.111</v>
+        <v>8.1699999999999995E-2</v>
       </c>
       <c r="N44" s="4">
-        <v>0.28920000000000001</v>
+        <v>0.57430000000000003</v>
       </c>
       <c r="O44" s="4">
-        <v>0.29409999999999997</v>
+        <v>-10.527100000000001</v>
       </c>
       <c r="P44" s="3">
-        <v>12.34</v>
+        <v>22.42</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>-0.309</v>
+        <v>-6.8999999999999999E-3</v>
       </c>
     </row>
     <row r="45" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B45" s="3" t="s">
-        <v>424</v>
+        <v>160</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>423</v>
+        <v>161</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G45" s="3">
         <v>3</v>
       </c>
       <c r="H45" s="3">
-        <v>74.239999999999995</v>
+        <v>300.89</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>68.88</v>
       </c>
       <c r="J45" s="4">
-        <v>1.0200000000000001E-2</v>
+        <v>1.24E-2</v>
       </c>
       <c r="K45" s="4">
-        <v>0.27829999999999999</v>
+        <v>0.2031</v>
       </c>
       <c r="L45" s="4">
-        <v>0.14080000000000001</v>
+        <v>0.1686</v>
       </c>
       <c r="M45" s="4">
-        <v>0.30599999999999999</v>
+        <v>0.13780000000000001</v>
       </c>
       <c r="N45" s="4">
-        <v>0.3725</v>
+        <v>0.21360000000000001</v>
       </c>
       <c r="O45" s="4">
-        <v>0.4178</v>
+        <v>0.14130000000000001</v>
       </c>
       <c r="P45" s="3">
-        <v>29.62</v>
+        <v>19.98</v>
       </c>
       <c r="Q45" s="3">
         <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>0.91990000000000005</v>
+        <v>0.12659999999999999</v>
       </c>
     </row>
     <row r="46" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B46" s="3" t="s">
-        <v>557</v>
+        <v>52</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>558</v>
+        <v>53</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G46" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H46" s="3">
-        <v>31.38</v>
+        <v>48.61</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>29.39</v>
       </c>
       <c r="J46" s="4">
-        <v>2.7400000000000001E-2</v>
+        <v>2.2499999999999999E-2</v>
       </c>
       <c r="K46" s="4">
-        <v>0.18909999999999999</v>
+        <v>0.10349999999999999</v>
       </c>
       <c r="L46" s="4">
-        <v>0.1774</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="M46" s="4">
-        <v>0.16589999999999999</v>
+        <v>8.8499999999999995E-2</v>
       </c>
       <c r="N46" s="4">
-        <v>0.31919999999999998</v>
+        <v>0</v>
       </c>
       <c r="O46" s="4">
-        <v>1.0564</v>
+        <v>0.22020000000000001</v>
       </c>
       <c r="P46" s="3">
-        <v>18.100000000000001</v>
+        <v>13.11</v>
       </c>
       <c r="Q46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R46" s="4">
-        <v>0.36249999999999999</v>
+        <v>0.2291</v>
       </c>
     </row>
     <row r="47" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B47" s="3" t="s">
-        <v>56</v>
+        <v>250</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>57</v>
+        <v>251</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F47" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G47" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H47" s="3">
-        <v>35.11</v>
+        <v>81.93</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>106.99</v>
       </c>
       <c r="J47" s="4">
-        <v>3.6999999999999998E-2</v>
+        <v>2.9600000000000001E-2</v>
       </c>
       <c r="K47" s="4">
-        <v>3.32E-2</v>
+        <v>0.1067</v>
       </c>
       <c r="L47" s="4">
-        <v>1.0200000000000001E-2</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="M47" s="4">
-        <v>7.4399999999999994E-2</v>
+        <v>0.115</v>
       </c>
       <c r="N47" s="4">
-        <v>0</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O47" s="4">
-        <v>0.4733</v>
+        <v>0.29409999999999997</v>
       </c>
       <c r="P47" s="3">
-        <v>15.16</v>
+        <v>11.86</v>
       </c>
       <c r="Q47" s="3">
         <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>0.14990000000000001</v>
+        <v>-0.24510000000000001</v>
       </c>
     </row>
     <row r="48" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
-        <v>559</v>
+        <v>379</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>560</v>
+        <v>378</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F48" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G48" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H48" s="3">
-        <v>48.74</v>
+        <v>66.680000000000007</v>
       </c>
       <c r="I48" s="3">
-        <v>38.22</v>
+        <v>0</v>
       </c>
       <c r="J48" s="4">
-        <v>3.73E-2</v>
+        <v>1.06E-2</v>
       </c>
       <c r="K48" s="4">
-        <v>3.8399999999999997E-2</v>
+        <v>0.83989999999999998</v>
       </c>
       <c r="L48" s="4">
-        <v>0.43540000000000001</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="M48" s="4">
-        <v>5.7599999999999998E-2</v>
+        <v>0.30599999999999999</v>
       </c>
       <c r="N48" s="4">
         <v>0</v>
       </c>
       <c r="O48" s="4">
-        <v>0</v>
+        <v>0.4178</v>
       </c>
       <c r="P48" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
       <c r="Q48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>0.23730000000000001</v>
+        <v>0.74850000000000005</v>
       </c>
     </row>
     <row r="49" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B49" s="3" t="s">
-        <v>561</v>
+        <v>499</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>560</v>
+        <v>378</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F49" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G49" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H49" s="3">
-        <v>66.45</v>
-[...2 lines deleted...]
-        <v>51.6</v>
+        <v>49.2</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="J49" s="4">
-        <v>3.6900000000000002E-2</v>
+        <v>9.2799999999999994E-2</v>
       </c>
       <c r="K49" s="4">
-        <v>3.8399999999999997E-2</v>
+        <v>0.83989999999999998</v>
       </c>
       <c r="L49" s="4">
-        <v>0.43540000000000001</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="M49" s="4">
-        <v>5.6000000000000001E-2</v>
+        <v>0.30259999999999998</v>
       </c>
       <c r="N49" s="4">
         <v>0</v>
       </c>
       <c r="O49" s="4">
-        <v>0</v>
+        <v>0.38900000000000001</v>
       </c>
       <c r="P49" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
       <c r="Q49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>0.16139999999999999</v>
+        <v>0.83140000000000003</v>
       </c>
     </row>
     <row r="50" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
-        <v>300</v>
+        <v>482</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>301</v>
+        <v>483</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F50" s="3">
         <v>3</v>
       </c>
       <c r="G50" s="3">
         <v>3</v>
       </c>
       <c r="H50" s="3">
-        <v>119.36</v>
+        <v>31.66</v>
       </c>
       <c r="I50" s="3">
-        <v>44.52</v>
+        <v>0</v>
       </c>
       <c r="J50" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>2.64E-2</v>
       </c>
       <c r="K50" s="4">
-        <v>0.12089999999999999</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="L50" s="4">
-        <v>4.5499999999999999E-2</v>
+        <v>0.16259999999999999</v>
       </c>
       <c r="M50" s="4">
-        <v>0.1003</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="N50" s="4">
-        <v>0.26719999999999999</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="O50" s="4">
-        <v>1.0582</v>
+        <v>1.0564</v>
       </c>
       <c r="P50" s="3">
-        <v>16.09</v>
+        <v>18.760000000000002</v>
       </c>
       <c r="Q50" s="3">
         <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>0.45779999999999998</v>
+        <v>0.59230000000000005</v>
       </c>
     </row>
     <row r="51" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B51" s="3" t="s">
-        <v>58</v>
+        <v>500</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>59</v>
+        <v>501</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F51" s="3">
         <v>4</v>
       </c>
       <c r="G51" s="3">
         <v>4</v>
       </c>
       <c r="H51" s="3">
-        <v>1069.3900000000001</v>
+        <v>37.619999999999997</v>
       </c>
       <c r="I51" s="3">
-        <v>744.9</v>
+        <v>38.22</v>
       </c>
       <c r="J51" s="4">
-        <v>2.0500000000000001E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
       <c r="K51" s="4">
-        <v>3.8300000000000001E-2</v>
+        <v>0.2278</v>
       </c>
       <c r="L51" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>0.19769999999999999</v>
       </c>
       <c r="M51" s="4">
-        <v>6.7699999999999996E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="N51" s="4">
         <v>0</v>
       </c>
       <c r="O51" s="4">
-        <v>0.81769999999999998</v>
+        <v>6.5037000000000003</v>
       </c>
       <c r="P51" s="3">
-        <v>30.88</v>
+        <v>0</v>
       </c>
       <c r="Q51" s="3">
         <v>1</v>
       </c>
       <c r="R51" s="4">
-        <v>0.12720000000000001</v>
+        <v>0.38450000000000001</v>
       </c>
     </row>
     <row r="52" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B52" s="3" t="s">
-        <v>60</v>
+        <v>502</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>61</v>
+        <v>501</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F52" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G52" s="3">
         <v>4</v>
       </c>
       <c r="H52" s="3">
-        <v>147.37</v>
+        <v>51.16</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>51.6</v>
       </c>
       <c r="J52" s="4">
-        <v>1.0500000000000001E-2</v>
+        <v>4.7500000000000001E-2</v>
       </c>
       <c r="K52" s="4">
-        <v>0.2263</v>
+        <v>0.2278</v>
       </c>
       <c r="L52" s="4">
-        <v>0.16189999999999999</v>
+        <v>0.19769999999999999</v>
       </c>
       <c r="M52" s="4">
-        <v>0.15820000000000001</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="N52" s="4">
-        <v>0.30790000000000001</v>
-[...2 lines deleted...]
-        <v>0.25650000000000001</v>
+        <v>0</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="P52" s="3">
-        <v>30.78</v>
+        <v>0</v>
       </c>
       <c r="Q52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R52" s="4">
-        <v>-0.29089999999999999</v>
+        <v>0.32269999999999999</v>
       </c>
     </row>
     <row r="53" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B53" s="3" t="s">
-        <v>289</v>
+        <v>270</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>290</v>
+        <v>271</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G53" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H53" s="3">
-        <v>141.22999999999999</v>
+        <v>115.21</v>
       </c>
       <c r="I53" s="3">
-        <v>105.21</v>
+        <v>44.52</v>
       </c>
       <c r="J53" s="4">
-        <v>3.56E-2</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="K53" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>0.1411</v>
       </c>
       <c r="L53" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>5.1499999999999997E-2</v>
       </c>
       <c r="M53" s="4">
-        <v>8.9899999999999994E-2</v>
+        <v>0.1069</v>
       </c>
       <c r="N53" s="4">
-        <v>0.55969999999999998</v>
+        <v>0.26719999999999999</v>
       </c>
       <c r="O53" s="4">
-        <v>0.1336</v>
+        <v>0.29299999999999998</v>
       </c>
       <c r="P53" s="3">
-        <v>16.55</v>
+        <v>15.75</v>
       </c>
       <c r="Q53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>0.47870000000000001</v>
+        <v>0.4073</v>
       </c>
     </row>
     <row r="54" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B54" s="3" t="s">
-        <v>291</v>
+        <v>54</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>290</v>
+        <v>55</v>
       </c>
       <c r="D54" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F54" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G54" s="3">
         <v>4</v>
       </c>
       <c r="H54" s="3">
-        <v>193.03</v>
+        <v>148.91999999999999</v>
       </c>
       <c r="I54" s="3">
-        <v>140.28</v>
+        <v>0</v>
       </c>
       <c r="J54" s="4">
-        <v>3.5299999999999998E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="K54" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>0.22220000000000001</v>
       </c>
       <c r="L54" s="4">
-        <v>7.1499999999999994E-2</v>
+        <v>0.1608</v>
       </c>
       <c r="M54" s="4">
-        <v>8.9899999999999994E-2</v>
+        <v>0.16750000000000001</v>
       </c>
       <c r="N54" s="4">
-        <v>0.55969999999999998</v>
+        <v>0.3075</v>
       </c>
       <c r="O54" s="4">
-        <v>0.1336</v>
+        <v>0.25650000000000001</v>
       </c>
       <c r="P54" s="3">
-        <v>16.55</v>
+        <v>30.48</v>
       </c>
       <c r="Q54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>0.3881</v>
+        <v>-0.29599999999999999</v>
       </c>
     </row>
     <row r="55" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
-        <v>238</v>
+        <v>263</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>239</v>
+        <v>264</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G55" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H55" s="3">
-        <v>141.47</v>
+        <v>142.1</v>
       </c>
       <c r="I55" s="3">
-        <v>-330</v>
+        <v>103.95</v>
       </c>
       <c r="J55" s="4">
-        <v>2.1899999999999999E-2</v>
+        <v>3.39E-2</v>
       </c>
       <c r="K55" s="4">
-        <v>0.13619999999999999</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="L55" s="4">
-        <v>5.74E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M55" s="4">
-        <v>0.1263</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N55" s="4">
-        <v>0.2291</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O55" s="4">
-        <v>0.32319999999999999</v>
+        <v>0.18870000000000001</v>
       </c>
       <c r="P55" s="3">
-        <v>11.09</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="Q55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R55" s="4">
-        <v>0.40560000000000002</v>
+        <v>0.52880000000000005</v>
       </c>
     </row>
     <row r="56" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B56" s="3" t="s">
-        <v>62</v>
+        <v>265</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>63</v>
+        <v>264</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F56" s="3">
         <v>4</v>
       </c>
       <c r="G56" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H56" s="3">
-        <v>185.99</v>
+        <v>193.14</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>140.28</v>
       </c>
       <c r="J56" s="4">
-        <v>1.9699999999999999E-2</v>
+        <v>3.39E-2</v>
       </c>
       <c r="K56" s="4">
-        <v>0.13139999999999999</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="L56" s="4">
-        <v>8.5400000000000004E-2</v>
+        <v>7.3800000000000004E-2</v>
       </c>
       <c r="M56" s="4">
-        <v>0.10290000000000001</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N56" s="4">
-        <v>0.4909</v>
+        <v>0.55969999999999998</v>
       </c>
       <c r="O56" s="4">
-        <v>0.33589999999999998</v>
+        <v>0.18909999999999999</v>
       </c>
       <c r="P56" s="3">
-        <v>22.61</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="Q56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R56" s="4">
-        <v>-0.15579999999999999</v>
+        <v>0.46100000000000002</v>
       </c>
     </row>
     <row r="57" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B57" s="3" t="s">
-        <v>425</v>
+        <v>218</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>426</v>
+        <v>219</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F57" s="3">
         <v>3</v>
       </c>
       <c r="G57" s="3">
         <v>3</v>
       </c>
       <c r="H57" s="3">
-        <v>26.66</v>
+        <v>130.80000000000001</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>-330</v>
       </c>
       <c r="J57" s="4">
-        <v>4.6399999999999997E-2</v>
+        <v>2.24E-2</v>
       </c>
       <c r="K57" s="4">
-        <v>0.21659999999999999</v>
+        <v>7.1900000000000006E-2</v>
       </c>
       <c r="L57" s="4">
-        <v>5.0299999999999997E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="M57" s="4">
-        <v>6.2300000000000001E-2</v>
+        <v>0.1263</v>
       </c>
       <c r="N57" s="4">
-        <v>0.99590000000000001</v>
+        <v>0.2291</v>
       </c>
       <c r="O57" s="4">
-        <v>1.1958</v>
+        <v>0.29239999999999999</v>
       </c>
       <c r="P57" s="3">
-        <v>24.7</v>
+        <v>10.89</v>
       </c>
       <c r="Q57" s="3">
         <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>7.2800000000000004E-2</v>
+        <v>0.46920000000000001</v>
       </c>
     </row>
     <row r="58" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B58" s="3" t="s">
-        <v>190</v>
+        <v>56</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>191</v>
+        <v>57</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F58" s="3">
         <v>4</v>
       </c>
       <c r="G58" s="3">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>3</v>
+      </c>
+      <c r="H58" s="3">
+        <v>197.1</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
-      <c r="J58" s="3" t="s">
-        <v>218</v>
+      <c r="J58" s="4">
+        <v>2.0400000000000001E-2</v>
       </c>
       <c r="K58" s="4">
-        <v>5.3699999999999998E-2</v>
+        <v>0.1</v>
       </c>
       <c r="L58" s="4">
-        <v>0.13</v>
+        <v>7.3899999999999993E-2</v>
       </c>
       <c r="M58" s="4">
-        <v>8.0600000000000005E-2</v>
+        <v>0.10290000000000001</v>
       </c>
       <c r="N58" s="4">
-        <v>0.37840000000000001</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>0.4909</v>
+      </c>
+      <c r="O58" s="4">
+        <v>0.32079999999999997</v>
       </c>
       <c r="P58" s="3">
-        <v>14.94</v>
+        <v>21.13</v>
       </c>
       <c r="Q58" s="3">
         <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>0.2666</v>
+        <v>-0.18479999999999999</v>
       </c>
     </row>
     <row r="59" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B59" s="3" t="s">
-        <v>427</v>
+        <v>503</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>428</v>
+        <v>504</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F59" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G59" s="3">
         <v>3</v>
       </c>
       <c r="H59" s="3">
-        <v>85.21</v>
+        <v>80.12</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
       <c r="J59" s="4">
-        <v>3.4299999999999997E-2</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="K59" s="4">
-        <v>0.80410000000000004</v>
+        <v>0.86629999999999996</v>
       </c>
       <c r="L59" s="4">
-        <v>0.24809999999999999</v>
+        <v>0.12690000000000001</v>
       </c>
       <c r="M59" s="4">
-        <v>0.30449999999999999</v>
+        <v>0.29199999999999998</v>
       </c>
       <c r="N59" s="4">
-        <v>0.33329999999999999</v>
+        <v>3.1099999999999999E-2</v>
       </c>
       <c r="O59" s="4">
-        <v>0.36049999999999999</v>
+        <v>0.19170000000000001</v>
       </c>
       <c r="P59" s="3">
-        <v>3.54</v>
+        <v>3.61</v>
       </c>
       <c r="Q59" s="3">
         <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>-0.1449</v>
+        <v>0.15290000000000001</v>
       </c>
     </row>
     <row r="60" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B60" s="3" t="s">
-        <v>344</v>
+        <v>174</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>345</v>
+        <v>175</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="E60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3">
         <v>4</v>
       </c>
       <c r="G60" s="3">
         <v>4</v>
       </c>
-      <c r="H60" s="3">
-        <v>640.54999999999995</v>
+      <c r="H60" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="I60" s="3">
-        <v>80.56</v>
-[...2 lines deleted...]
-        <v>3.5999999999999999E-3</v>
+        <v>0</v>
+      </c>
+      <c r="J60" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="K60" s="4">
-        <v>0.1174</v>
+        <v>0.01</v>
       </c>
       <c r="L60" s="4">
-        <v>0.15049999999999999</v>
+        <v>0.13539999999999999</v>
       </c>
       <c r="M60" s="4">
-        <v>0.1048</v>
+        <v>8.0600000000000005E-2</v>
       </c>
       <c r="N60" s="4">
-        <v>0.13789999999999999</v>
-[...2 lines deleted...]
-        <v>0.1153</v>
+        <v>0.37840000000000001</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="P60" s="3">
-        <v>38.49</v>
+        <v>0</v>
       </c>
       <c r="Q60" s="3">
         <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>0.498</v>
+        <v>0.42330000000000001</v>
       </c>
     </row>
     <row r="61" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B61" s="3" t="s">
-        <v>497</v>
+        <v>380</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>64</v>
+        <v>381</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F61" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G61" s="3">
         <v>3</v>
       </c>
       <c r="H61" s="3">
-        <v>702.68</v>
+        <v>89.89</v>
       </c>
       <c r="I61" s="3">
-        <v>104.69</v>
+        <v>0</v>
       </c>
       <c r="J61" s="4">
-        <v>8.6999999999999994E-3</v>
+        <v>3.2399999999999998E-2</v>
       </c>
       <c r="K61" s="4">
-        <v>0.29680000000000001</v>
+        <v>0.7893</v>
       </c>
       <c r="L61" s="4">
-        <v>9.1499999999999998E-2</v>
+        <v>0.2402</v>
       </c>
       <c r="M61" s="4">
-        <v>7.5899999999999995E-2</v>
+        <v>0.42159999999999997</v>
       </c>
       <c r="N61" s="4">
-        <v>0.30759999999999998</v>
+        <v>0.33329999999999999</v>
       </c>
       <c r="O61" s="4">
-        <v>0.36880000000000002</v>
+        <v>0.36049999999999999</v>
       </c>
       <c r="P61" s="3">
-        <v>37.340000000000003</v>
+        <v>3.77</v>
       </c>
       <c r="Q61" s="3">
         <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>0.93759999999999999</v>
+        <v>0.17549999999999999</v>
       </c>
     </row>
     <row r="62" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B62" s="3" t="s">
-        <v>240</v>
+        <v>310</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>241</v>
+        <v>311</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F62" s="3">
         <v>4</v>
       </c>
       <c r="G62" s="3">
         <v>4</v>
       </c>
       <c r="H62" s="3">
-        <v>268.26</v>
+        <v>664.52</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>80.56</v>
       </c>
       <c r="J62" s="4">
-        <v>1.09E-2</v>
+        <v>3.3999999999999998E-3</v>
       </c>
       <c r="K62" s="4">
-        <v>0.16889999999999999</v>
+        <v>0.1037</v>
       </c>
       <c r="L62" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.14380000000000001</v>
       </c>
       <c r="M62" s="4">
-        <v>0.1076</v>
+        <v>0.112</v>
       </c>
       <c r="N62" s="4">
-        <v>0.32769999999999999</v>
+        <v>0.13789999999999999</v>
       </c>
       <c r="O62" s="4">
-        <v>0.2394</v>
+        <v>0.1153</v>
       </c>
       <c r="P62" s="3">
-        <v>28.85</v>
+        <v>41.26</v>
       </c>
       <c r="Q62" s="3">
         <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>0.27410000000000001</v>
+        <v>0.70440000000000003</v>
       </c>
     </row>
     <row r="63" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B63" s="3" t="s">
-        <v>364</v>
+        <v>436</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F63" s="3">
         <v>4</v>
       </c>
       <c r="G63" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H63" s="3">
-        <v>61.27</v>
+        <v>680.96</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>104.69</v>
       </c>
       <c r="J63" s="4">
-        <v>1.4999999999999999E-2</v>
+        <v>8.6E-3</v>
       </c>
       <c r="K63" s="4">
-        <v>5.74E-2</v>
+        <v>0.2525</v>
       </c>
       <c r="L63" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>9.4700000000000006E-2</v>
       </c>
       <c r="M63" s="4">
-        <v>0.1056</v>
+        <v>7.5899999999999995E-2</v>
       </c>
       <c r="N63" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.30940000000000001</v>
       </c>
       <c r="O63" s="4">
-        <v>0.26069999999999999</v>
+        <v>0.36880000000000002</v>
       </c>
       <c r="P63" s="3">
-        <v>18.18</v>
+        <v>37.5</v>
       </c>
       <c r="Q63" s="3">
         <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>0.2666</v>
+        <v>1.0993999999999999</v>
       </c>
     </row>
     <row r="64" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B64" s="3" t="s">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>65</v>
+        <v>221</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F64" s="3">
         <v>4</v>
       </c>
       <c r="G64" s="3">
         <v>4</v>
       </c>
       <c r="H64" s="3">
-        <v>83.83</v>
+        <v>300.89</v>
       </c>
       <c r="I64" s="3">
-        <v>39.5</v>
+        <v>0</v>
       </c>
       <c r="J64" s="4">
-        <v>1.52E-2</v>
+        <v>9.7000000000000003E-3</v>
       </c>
       <c r="K64" s="4">
-        <v>5.74E-2</v>
+        <v>0.20419999999999999</v>
       </c>
       <c r="L64" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>6.0400000000000002E-2</v>
       </c>
       <c r="M64" s="4">
-        <v>0.1128</v>
+        <v>0.1149</v>
       </c>
       <c r="N64" s="4">
-        <v>0.24479999999999999</v>
+        <v>0.4521</v>
       </c>
       <c r="O64" s="4">
-        <v>0.26229999999999998</v>
+        <v>0.24660000000000001</v>
       </c>
       <c r="P64" s="3">
-        <v>18.18</v>
+        <v>28.54</v>
       </c>
       <c r="Q64" s="3">
         <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>0.20830000000000001</v>
+        <v>0.41210000000000002</v>
       </c>
     </row>
     <row r="65" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B65" s="3" t="s">
-        <v>66</v>
+        <v>329</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="3">
         <v>4</v>
       </c>
       <c r="G65" s="3">
         <v>4</v>
       </c>
       <c r="H65" s="3">
-        <v>83.84</v>
+        <v>63.95</v>
       </c>
       <c r="I65" s="3">
-        <v>39.5</v>
+        <v>0</v>
       </c>
       <c r="J65" s="4">
-        <v>1.5299999999999999E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="K65" s="4">
-        <v>5.74E-2</v>
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="L65" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="M65" s="4">
-        <v>0.1128</v>
+        <v>0.1056</v>
       </c>
       <c r="N65" s="4">
-        <v>0.24479999999999999</v>
+        <v>0</v>
       </c>
       <c r="O65" s="4">
-        <v>0.26229999999999998</v>
+        <v>0.25919999999999999</v>
       </c>
       <c r="P65" s="3">
-        <v>18.18</v>
+        <v>19.79</v>
       </c>
       <c r="Q65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>0.1913</v>
+        <v>0.3301</v>
       </c>
     </row>
     <row r="66" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B66" s="3" t="s">
-        <v>366</v>
+        <v>330</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>367</v>
+        <v>59</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F66" s="3">
         <v>4</v>
       </c>
       <c r="G66" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H66" s="3">
-        <v>127.23</v>
+        <v>88.49</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>39.5</v>
       </c>
       <c r="J66" s="4">
-        <v>4.2500000000000003E-2</v>
+        <v>1.66E-2</v>
       </c>
       <c r="K66" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="L66" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="M66" s="4">
-        <v>9.1899999999999996E-2</v>
+        <v>0.1128</v>
       </c>
       <c r="N66" s="4">
-        <v>0.44090000000000001</v>
+        <v>0</v>
       </c>
       <c r="O66" s="4">
-        <v>0.82220000000000004</v>
+        <v>0.25919999999999999</v>
       </c>
       <c r="P66" s="3">
-        <v>12.13</v>
+        <v>19.79</v>
       </c>
       <c r="Q66" s="3">
         <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>0.2016</v>
+        <v>0.23419999999999999</v>
       </c>
     </row>
     <row r="67" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B67" s="3" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F67" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G67" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H67" s="3">
-        <v>126.09</v>
+        <v>86.82</v>
       </c>
       <c r="I67" s="3">
-        <v>97.63</v>
+        <v>39.5</v>
       </c>
       <c r="J67" s="4">
-        <v>1.9900000000000001E-2</v>
+        <v>1.5900000000000001E-2</v>
       </c>
       <c r="K67" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="L67" s="4">
-        <v>3.6600000000000001E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="M67" s="4">
-        <v>0.1007</v>
+        <v>0.1128</v>
       </c>
       <c r="N67" s="4">
-        <v>0.31009999999999999</v>
+        <v>0</v>
       </c>
       <c r="O67" s="4">
-        <v>0.3271</v>
+        <v>0.25919999999999999</v>
       </c>
       <c r="P67" s="3">
-        <v>16.04</v>
+        <v>19.79</v>
       </c>
       <c r="Q67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R67" s="4">
-        <v>-0.35120000000000001</v>
+        <v>0.27360000000000001</v>
       </c>
     </row>
     <row r="68" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B68" s="3" t="s">
-        <v>201</v>
+        <v>61</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>202</v>
+        <v>62</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F68" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G68" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H68" s="3">
-        <v>140.52000000000001</v>
+        <v>123.58</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>97.63</v>
       </c>
       <c r="J68" s="4">
-        <v>2.8799999999999999E-2</v>
+        <v>2.0299999999999999E-2</v>
       </c>
       <c r="K68" s="4">
-        <v>0.13819999999999999</v>
+        <v>6.4500000000000002E-2</v>
       </c>
       <c r="L68" s="4">
-        <v>8.7300000000000003E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="M68" s="4">
-        <v>6.6699999999999995E-2</v>
+        <v>0.1007</v>
       </c>
       <c r="N68" s="4">
-        <v>0</v>
+        <v>0.31119999999999998</v>
       </c>
       <c r="O68" s="4">
-        <v>17.497</v>
+        <v>0.30199999999999999</v>
       </c>
       <c r="P68" s="3">
-        <v>14.47</v>
+        <v>15.38</v>
       </c>
       <c r="Q68" s="3">
         <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>5.5199999999999999E-2</v>
+        <v>-0.2442</v>
       </c>
     </row>
     <row r="69" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B69" s="3" t="s">
-        <v>242</v>
+        <v>185</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>243</v>
+        <v>186</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="3">
         <v>4</v>
       </c>
       <c r="G69" s="3">
         <v>4</v>
       </c>
       <c r="H69" s="3">
-        <v>163.87</v>
+        <v>135.37</v>
       </c>
       <c r="I69" s="3">
-        <v>84.24</v>
+        <v>0</v>
       </c>
       <c r="J69" s="4">
-        <v>2.3099999999999999E-2</v>
+        <v>2.9100000000000001E-2</v>
       </c>
       <c r="K69" s="4">
-        <v>0.1229</v>
+        <v>0.10150000000000001</v>
       </c>
       <c r="L69" s="4">
-        <v>9.8900000000000002E-2</v>
+        <v>0.1114</v>
       </c>
       <c r="M69" s="4">
-        <v>7.4499999999999997E-2</v>
+        <v>6.9400000000000003E-2</v>
       </c>
       <c r="N69" s="4">
-        <v>0.22120000000000001</v>
+        <v>0.40179999999999999</v>
       </c>
       <c r="O69" s="4">
-        <v>0.1852</v>
+        <v>2.0535999999999999</v>
       </c>
       <c r="P69" s="3">
-        <v>12.09</v>
+        <v>13.87</v>
       </c>
       <c r="Q69" s="3">
         <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>0.21379999999999999</v>
+        <v>0.10929999999999999</v>
       </c>
     </row>
     <row r="70" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B70" s="3" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="3">
         <v>4</v>
       </c>
       <c r="G70" s="3">
         <v>4</v>
       </c>
       <c r="H70" s="3">
-        <v>94.91</v>
+        <v>99.51</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>66.569999999999993</v>
       </c>
       <c r="J70" s="4">
-        <v>3.2800000000000003E-2</v>
+        <v>3.1199999999999999E-2</v>
       </c>
       <c r="K70" s="4">
-        <v>0.126</v>
+        <v>0.13389999999999999</v>
       </c>
       <c r="L70" s="4">
-        <v>8.3699999999999997E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="M70" s="4">
         <v>6.3899999999999998E-2</v>
       </c>
       <c r="N70" s="4">
         <v>0.45</v>
       </c>
       <c r="O70" s="4">
-        <v>0.34360000000000002</v>
+        <v>0.42430000000000001</v>
       </c>
       <c r="P70" s="3">
-        <v>15.12</v>
+        <v>14.3</v>
       </c>
       <c r="Q70" s="3">
         <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>0.64390000000000003</v>
+        <v>0.83689999999999998</v>
       </c>
     </row>
     <row r="71" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B71" s="3" t="s">
-        <v>431</v>
+        <v>384</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="3">
         <v>4</v>
       </c>
       <c r="G71" s="3">
         <v>4</v>
       </c>
       <c r="H71" s="3">
-        <v>129.43</v>
+        <v>135.35</v>
       </c>
       <c r="I71" s="3">
-        <v>81.48</v>
+        <v>26.88</v>
       </c>
       <c r="J71" s="4">
-        <v>3.3000000000000002E-2</v>
+        <v>3.1199999999999999E-2</v>
       </c>
       <c r="K71" s="4">
-        <v>0.126</v>
+        <v>0.13389999999999999</v>
       </c>
       <c r="L71" s="4">
-        <v>8.3699999999999997E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="M71" s="4">
         <v>6.3899999999999998E-2</v>
       </c>
       <c r="N71" s="4">
         <v>0.45</v>
       </c>
       <c r="O71" s="4">
-        <v>0.34350000000000003</v>
+        <v>0.42109999999999997</v>
       </c>
       <c r="P71" s="3">
-        <v>15.12</v>
+        <v>14.3</v>
       </c>
       <c r="Q71" s="3">
         <v>1</v>
       </c>
       <c r="R71" s="4">
-        <v>0.54369999999999996</v>
+        <v>0.75629999999999997</v>
       </c>
     </row>
     <row r="72" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B72" s="3" t="s">
-        <v>368</v>
+        <v>331</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>369</v>
+        <v>332</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F72" s="3">
         <v>3</v>
       </c>
       <c r="G72" s="3">
         <v>4</v>
       </c>
       <c r="H72" s="3">
-        <v>29.78</v>
+        <v>31.89</v>
       </c>
       <c r="I72" s="3">
         <v>57.48</v>
       </c>
       <c r="J72" s="4">
-        <v>4.4600000000000001E-2</v>
+        <v>4.1799999999999997E-2</v>
       </c>
       <c r="K72" s="4">
-        <v>0.2142</v>
+        <v>0.16300000000000001</v>
       </c>
       <c r="L72" s="4">
-        <v>3.5499999999999997E-2</v>
+        <v>3.5000000000000003E-2</v>
       </c>
       <c r="M72" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>7.0300000000000001E-2</v>
       </c>
       <c r="N72" s="4">
-        <v>0.2399</v>
+        <v>0.2492</v>
       </c>
       <c r="O72" s="4">
-        <v>0.25440000000000002</v>
+        <v>0.25459999999999999</v>
       </c>
       <c r="P72" s="3">
-        <v>5.5</v>
+        <v>5.88</v>
       </c>
       <c r="Q72" s="3">
         <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>-9.1999999999999998E-3</v>
+        <v>-3.1800000000000002E-2</v>
       </c>
     </row>
     <row r="73" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B73" s="3" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>312</v>
+        <v>282</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F73" s="3">
         <v>4</v>
       </c>
       <c r="G73" s="3">
         <v>4</v>
       </c>
       <c r="H73" s="3">
-        <v>603.08000000000004</v>
+        <v>539.44000000000005</v>
       </c>
       <c r="I73" s="3">
         <v>231.43</v>
       </c>
       <c r="J73" s="4">
-        <v>1.34E-2</v>
+        <v>1.44E-2</v>
       </c>
       <c r="K73" s="4">
-        <v>0.12130000000000001</v>
+        <v>0.1016</v>
       </c>
       <c r="L73" s="4">
-        <v>0.1113</v>
+        <v>0.1002</v>
       </c>
       <c r="M73" s="4">
-        <v>7.51E-2</v>
+        <v>8.0100000000000005E-2</v>
       </c>
       <c r="N73" s="4">
-        <v>0.24560000000000001</v>
+        <v>0.37109999999999999</v>
       </c>
       <c r="O73" s="4">
-        <v>0.45129999999999998</v>
+        <v>0.44219999999999998</v>
       </c>
       <c r="P73" s="3">
-        <v>31.28</v>
+        <v>27.11</v>
       </c>
       <c r="Q73" s="3">
         <v>1</v>
       </c>
       <c r="R73" s="4">
-        <v>0.74339999999999995</v>
+        <v>0.64219999999999999</v>
       </c>
     </row>
     <row r="74" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B74" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="3">
         <v>3</v>
       </c>
       <c r="G74" s="3">
         <v>3</v>
       </c>
       <c r="H74" s="3">
-        <v>71.77</v>
+        <v>77.150000000000006</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
       <c r="J74" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>2.9499999999999998E-2</v>
       </c>
       <c r="K74" s="4">
-        <v>7.5399999999999995E-2</v>
+        <v>5.3699999999999998E-2</v>
       </c>
       <c r="L74" s="4">
-        <v>5.2600000000000001E-2</v>
+        <v>5.1900000000000002E-2</v>
       </c>
       <c r="M74" s="4">
-        <v>5.5399999999999998E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="N74" s="4">
-        <v>0.64839999999999998</v>
+        <v>0.64080000000000004</v>
       </c>
       <c r="O74" s="4">
-        <v>-0.43240000000000001</v>
+        <v>-0.41720000000000002</v>
       </c>
       <c r="P74" s="3">
-        <v>21.6</v>
+        <v>22.83</v>
       </c>
       <c r="Q74" s="3">
         <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>9.3600000000000003E-2</v>
+        <v>0.1101</v>
       </c>
     </row>
     <row r="75" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B75" s="3" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F75" s="3">
         <v>4</v>
       </c>
       <c r="G75" s="3">
         <v>4</v>
       </c>
       <c r="H75" s="3">
-        <v>96.53</v>
+        <v>106.82</v>
       </c>
       <c r="I75" s="3">
-        <v>93.37</v>
+        <v>66.45</v>
       </c>
       <c r="J75" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>2.46E-2</v>
       </c>
       <c r="K75" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>8.6300000000000002E-2</v>
       </c>
       <c r="L75" s="4">
-        <v>4.4699999999999997E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="M75" s="4">
-        <v>8.6900000000000005E-2</v>
+        <v>8.8599999999999998E-2</v>
       </c>
       <c r="N75" s="4">
         <v>0.46779999999999999</v>
       </c>
       <c r="O75" s="4">
         <v>0.65110000000000001</v>
       </c>
       <c r="P75" s="3">
-        <v>17.28</v>
+        <v>19.809999999999999</v>
       </c>
       <c r="Q75" s="3">
         <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>-5.5999999999999999E-3</v>
+        <v>0.1038</v>
       </c>
     </row>
     <row r="76" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B76" s="3" t="s">
-        <v>233</v>
+        <v>505</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>232</v>
+        <v>506</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F76" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G76" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H76" s="3">
-        <v>131.63999999999999</v>
+        <v>43.61</v>
       </c>
       <c r="I76" s="3">
-        <v>133.12</v>
+        <v>0</v>
       </c>
       <c r="J76" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="K76" s="4">
-        <v>8.6999999999999994E-2</v>
+        <v>0.1004</v>
       </c>
       <c r="L76" s="4">
-        <v>4.4699999999999997E-2</v>
+        <v>3.7100000000000001E-2</v>
       </c>
       <c r="M76" s="4">
-        <v>8.6900000000000005E-2</v>
+        <v>7.85E-2</v>
       </c>
       <c r="N76" s="4">
-        <v>0.46779999999999999</v>
+        <v>0.55230000000000001</v>
       </c>
       <c r="O76" s="4">
-        <v>0.65110000000000001</v>
+        <v>-0.24079999999999999</v>
       </c>
       <c r="P76" s="3">
-        <v>17.28</v>
+        <v>27.04</v>
       </c>
       <c r="Q76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>-6.7100000000000007E-2</v>
+        <v>0.3291</v>
       </c>
     </row>
     <row r="77" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B77" s="3" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>432</v>
+        <v>508</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F77" s="3">
         <v>4</v>
       </c>
       <c r="G77" s="3">
         <v>4</v>
       </c>
       <c r="H77" s="3">
-        <v>27.15</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>46.33</v>
+      </c>
+      <c r="I77" s="3">
+        <v>40.369999999999997</v>
       </c>
       <c r="J77" s="4">
-        <v>2.7099999999999999E-2</v>
+        <v>4.0500000000000001E-2</v>
       </c>
       <c r="K77" s="4">
-        <v>0.11020000000000001</v>
+        <v>0.27489999999999998</v>
       </c>
       <c r="L77" s="4">
-        <v>7.6200000000000004E-2</v>
+        <v>0.15240000000000001</v>
       </c>
       <c r="M77" s="4">
-        <v>0.33679999999999999</v>
+        <v>0.22090000000000001</v>
       </c>
       <c r="N77" s="4">
-        <v>0.7863</v>
+        <v>0</v>
       </c>
       <c r="O77" s="4">
-        <v>1.5217000000000001</v>
+        <v>0.58560000000000001</v>
       </c>
       <c r="P77" s="3">
-        <v>25.46</v>
+        <v>19.61</v>
       </c>
       <c r="Q77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>0.1988</v>
+        <v>0.70809999999999995</v>
       </c>
     </row>
     <row r="78" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B78" s="3" t="s">
-        <v>266</v>
+        <v>509</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>267</v>
+        <v>508</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F78" s="3">
         <v>4</v>
       </c>
       <c r="G78" s="3">
         <v>4</v>
       </c>
       <c r="H78" s="3">
-        <v>58.67</v>
+        <v>62.96</v>
       </c>
       <c r="I78" s="3">
-        <v>43.77</v>
+        <v>57.68</v>
       </c>
       <c r="J78" s="4">
-        <v>4.7300000000000002E-2</v>
+        <v>4.0300000000000002E-2</v>
       </c>
       <c r="K78" s="4">
-        <v>0.2908</v>
+        <v>0.27489999999999998</v>
       </c>
       <c r="L78" s="4">
-        <v>0.12529999999999999</v>
+        <v>0.15240000000000001</v>
       </c>
       <c r="M78" s="4">
-        <v>6.2199999999999998E-2</v>
+        <v>0.21920000000000001</v>
       </c>
       <c r="N78" s="4">
-        <v>0.50380000000000003</v>
+        <v>0</v>
       </c>
       <c r="O78" s="4">
-        <v>1.8146</v>
+        <v>0.58499999999999996</v>
       </c>
       <c r="P78" s="3">
-        <v>20.86</v>
+        <v>19.61</v>
       </c>
       <c r="Q78" s="3">
         <v>1</v>
       </c>
       <c r="R78" s="4">
-        <v>0.17030000000000001</v>
+        <v>0.63429999999999997</v>
       </c>
     </row>
     <row r="79" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B79" s="3" t="s">
-        <v>268</v>
+        <v>213</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>267</v>
+        <v>212</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F79" s="3">
         <v>4</v>
       </c>
       <c r="G79" s="3">
         <v>4</v>
       </c>
       <c r="H79" s="3">
-        <v>43.33</v>
+        <v>145.13</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>88.6</v>
       </c>
       <c r="J79" s="4">
-        <v>4.6399999999999997E-2</v>
+        <v>2.4400000000000002E-2</v>
       </c>
       <c r="K79" s="4">
-        <v>0.2908</v>
+        <v>8.6300000000000002E-2</v>
       </c>
       <c r="L79" s="4">
-        <v>0.12529999999999999</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="M79" s="4">
-        <v>6.2399999999999997E-2</v>
+        <v>8.8599999999999998E-2</v>
       </c>
       <c r="N79" s="4">
-        <v>0.50380000000000003</v>
+        <v>0.46779999999999999</v>
       </c>
       <c r="O79" s="4">
-        <v>1.7773000000000001</v>
+        <v>0.65110000000000001</v>
       </c>
       <c r="P79" s="3">
-        <v>20.86</v>
+        <v>19.809999999999999</v>
       </c>
       <c r="Q79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R79" s="4">
-        <v>0.25850000000000001</v>
+        <v>5.5599999999999997E-2</v>
       </c>
     </row>
     <row r="80" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B80" s="3" t="s">
-        <v>370</v>
+        <v>437</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F80" s="3">
         <v>4</v>
       </c>
       <c r="G80" s="3">
         <v>4</v>
       </c>
       <c r="H80" s="3">
-        <v>356.18</v>
-[...2 lines deleted...]
-        <v>183.62</v>
+        <v>27.14</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="J80" s="4">
-        <v>1.2800000000000001E-2</v>
+        <v>2.75E-2</v>
       </c>
       <c r="K80" s="4">
-        <v>0.2414</v>
+        <v>0.11020000000000001</v>
       </c>
       <c r="L80" s="4">
-        <v>4.7899999999999998E-2</v>
+        <v>7.6200000000000004E-2</v>
       </c>
       <c r="M80" s="4">
-        <v>0.14979999999999999</v>
+        <v>0.33679999999999999</v>
       </c>
       <c r="N80" s="4">
-        <v>0</v>
+        <v>0.67610000000000003</v>
       </c>
       <c r="O80" s="4">
-        <v>0.18990000000000001</v>
+        <v>1.6577</v>
       </c>
       <c r="P80" s="3">
-        <v>20.27</v>
+        <v>25.35</v>
       </c>
       <c r="Q80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R80" s="4">
-        <v>-8.8800000000000004E-2</v>
+        <v>0.10009999999999999</v>
       </c>
     </row>
     <row r="81" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B81" s="3" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F81" s="3">
         <v>4</v>
       </c>
       <c r="G81" s="3">
         <v>4</v>
       </c>
       <c r="H81" s="3">
-        <v>39.159999999999997</v>
+        <v>60.77</v>
       </c>
       <c r="I81" s="3">
-        <v>25.52</v>
+        <v>43.77</v>
       </c>
       <c r="J81" s="4">
-        <v>1.35E-2</v>
+        <v>4.3900000000000002E-2</v>
       </c>
       <c r="K81" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>0.1024</v>
       </c>
       <c r="L81" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>0.1229</v>
       </c>
       <c r="M81" s="4">
-        <v>8.0299999999999996E-2</v>
+        <v>5.8799999999999998E-2</v>
       </c>
       <c r="N81" s="4">
-        <v>0.3352</v>
+        <v>0</v>
       </c>
       <c r="O81" s="4">
-        <v>0.56810000000000005</v>
+        <v>7.1914999999999996</v>
       </c>
       <c r="P81" s="3">
-        <v>24.88</v>
+        <v>67.78</v>
       </c>
       <c r="Q81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R81" s="4">
-        <v>0.19969999999999999</v>
+        <v>0.39550000000000002</v>
       </c>
     </row>
     <row r="82" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B82" s="3" t="s">
-        <v>499</v>
+        <v>244</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>500</v>
+        <v>243</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F82" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G82" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H82" s="3">
-        <v>63.44</v>
+        <v>44.69</v>
       </c>
       <c r="I82" s="3">
-        <v>34.07</v>
+        <v>0</v>
       </c>
       <c r="J82" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>4.41E-2</v>
       </c>
       <c r="K82" s="4">
-        <v>9.0700000000000003E-2</v>
+        <v>0.1024</v>
       </c>
       <c r="L82" s="4">
-        <v>5.8799999999999998E-2</v>
+        <v>0.1229</v>
       </c>
       <c r="M82" s="4">
-        <v>5.4300000000000001E-2</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="N82" s="4">
-        <v>0.3695</v>
+        <v>0</v>
       </c>
       <c r="O82" s="4">
-        <v>0.41210000000000002</v>
+        <v>7.1914999999999996</v>
       </c>
       <c r="P82" s="3">
-        <v>11.56</v>
+        <v>67.78</v>
       </c>
       <c r="Q82" s="3">
         <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>0.23119999999999999</v>
+        <v>0.4798</v>
       </c>
     </row>
     <row r="83" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B83" s="3" t="s">
-        <v>372</v>
+        <v>333</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>367</v>
+        <v>334</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F83" s="3">
         <v>4</v>
       </c>
       <c r="G83" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H83" s="3">
-        <v>173.56</v>
+        <v>354.59</v>
       </c>
       <c r="I83" s="3">
-        <v>104.47</v>
+        <v>183.62</v>
       </c>
       <c r="J83" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>1.17E-2</v>
       </c>
       <c r="K83" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>0.24590000000000001</v>
       </c>
       <c r="L83" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="M83" s="4">
-        <v>9.1999999999999998E-2</v>
+        <v>0.1552</v>
       </c>
       <c r="N83" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.2442</v>
       </c>
       <c r="O83" s="4">
-        <v>0.78900000000000003</v>
+        <v>0.18690000000000001</v>
       </c>
       <c r="P83" s="3">
-        <v>12.13</v>
+        <v>21.82</v>
       </c>
       <c r="Q83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>0.1245</v>
+        <v>0.1338</v>
       </c>
     </row>
     <row r="84" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B84" s="3" t="s">
-        <v>373</v>
+        <v>214</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>367</v>
+        <v>215</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F84" s="3">
         <v>4</v>
       </c>
       <c r="G84" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H84" s="3">
-        <v>213.73</v>
+        <v>39.94</v>
       </c>
       <c r="I84" s="3">
-        <v>104.47</v>
+        <v>25.52</v>
       </c>
       <c r="J84" s="4">
-        <v>3.2099999999999997E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K84" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>5.5100000000000003E-2</v>
       </c>
       <c r="L84" s="4">
-        <v>1.8200000000000001E-2</v>
+        <v>5.9799999999999999E-2</v>
       </c>
       <c r="M84" s="4">
-        <v>9.1899999999999996E-2</v>
+        <v>8.0299999999999996E-2</v>
       </c>
       <c r="N84" s="4">
-        <v>0.44090000000000001</v>
+        <v>0.33639999999999998</v>
       </c>
       <c r="O84" s="4">
-        <v>0.78900000000000003</v>
+        <v>0.56810000000000005</v>
       </c>
       <c r="P84" s="3">
-        <v>12.13</v>
+        <v>26.67</v>
       </c>
       <c r="Q84" s="3">
         <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>4.9099999999999998E-2</v>
+        <v>0.35060000000000002</v>
       </c>
     </row>
     <row r="85" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B85" s="3" t="s">
-        <v>374</v>
+        <v>438</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>375</v>
+        <v>439</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F85" s="3">
         <v>3</v>
       </c>
       <c r="G85" s="3">
         <v>3</v>
       </c>
       <c r="H85" s="3">
-        <v>28.94</v>
+        <v>59.58</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>34.07</v>
       </c>
       <c r="J85" s="4">
-        <v>3.1600000000000003E-2</v>
+        <v>3.5200000000000002E-2</v>
       </c>
       <c r="K85" s="4">
-        <v>0.34289999999999998</v>
+        <v>4.7399999999999998E-2</v>
       </c>
       <c r="L85" s="4">
-        <v>0.37009999999999998</v>
+        <v>5.7599999999999998E-2</v>
       </c>
       <c r="M85" s="4">
-        <v>0.17080000000000001</v>
+        <v>6.0600000000000001E-2</v>
       </c>
       <c r="N85" s="4">
-        <v>0.5625</v>
+        <v>0</v>
       </c>
       <c r="O85" s="4">
-        <v>0.46200000000000002</v>
+        <v>0.4597</v>
       </c>
       <c r="P85" s="3">
-        <v>13.36</v>
+        <v>11.07</v>
       </c>
       <c r="Q85" s="3">
         <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>2.6800000000000001E-2</v>
+        <v>0.1983</v>
       </c>
     </row>
     <row r="86" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B86" s="3" t="s">
-        <v>192</v>
+        <v>335</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>193</v>
+        <v>336</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F86" s="3">
         <v>3</v>
       </c>
       <c r="G86" s="3">
         <v>3</v>
       </c>
       <c r="H86" s="3">
-        <v>74.39</v>
+        <v>31.04</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
       <c r="J86" s="4">
-        <v>1.4999999999999999E-2</v>
+        <v>2.8299999999999999E-2</v>
       </c>
       <c r="K86" s="4">
-        <v>0.1091</v>
+        <v>0.2606</v>
       </c>
       <c r="L86" s="4">
-        <v>4.6100000000000002E-2</v>
+        <v>0.35680000000000001</v>
       </c>
       <c r="M86" s="4">
-        <v>6.6199999999999995E-2</v>
+        <v>0.17080000000000001</v>
       </c>
       <c r="N86" s="4">
-        <v>0.26790000000000003</v>
+        <v>0</v>
       </c>
       <c r="O86" s="4">
-        <v>0.22969999999999999</v>
+        <v>0.41739999999999999</v>
       </c>
       <c r="P86" s="3">
-        <v>16.22</v>
+        <v>13.88</v>
       </c>
       <c r="Q86" s="3">
         <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>1.6299999999999999E-2</v>
+        <v>0.2641</v>
       </c>
     </row>
     <row r="87" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B87" s="3" t="s">
-        <v>272</v>
+        <v>510</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>273</v>
+        <v>511</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F87" s="3">
         <v>3</v>
       </c>
       <c r="G87" s="3">
         <v>3</v>
       </c>
       <c r="H87" s="3">
-        <v>38</v>
+        <v>39.950000000000003</v>
       </c>
       <c r="I87" s="3">
-        <v>46.8</v>
+        <v>28.56</v>
       </c>
       <c r="J87" s="4">
-        <v>5.7200000000000001E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="K87" s="4">
-        <v>0.1278</v>
+        <v>0.12570000000000001</v>
       </c>
       <c r="L87" s="4">
-        <v>0.10290000000000001</v>
+        <v>0.2152</v>
       </c>
       <c r="M87" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="N87" s="4">
-        <v>1.1901999999999999</v>
+        <v>0.87480000000000002</v>
       </c>
       <c r="O87" s="4">
-        <v>0.79969999999999997</v>
+        <v>0.68420000000000003</v>
       </c>
       <c r="P87" s="3">
-        <v>24.37</v>
+        <v>25.34</v>
       </c>
       <c r="Q87" s="3">
         <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>-5.9499999999999997E-2</v>
+        <v>0.60850000000000004</v>
       </c>
     </row>
     <row r="88" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B88" s="3" t="s">
-        <v>376</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>377</v>
+        <v>177</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F88" s="3">
         <v>3</v>
       </c>
       <c r="G88" s="3">
         <v>3</v>
       </c>
       <c r="H88" s="3">
-        <v>34.53</v>
+        <v>66.27</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
       <c r="J88" s="4">
-        <v>5.4199999999999998E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="K88" s="4">
-        <v>0.60860000000000003</v>
+        <v>0.1343</v>
       </c>
       <c r="L88" s="4">
-        <v>2.7799999999999998E-2</v>
+        <v>4.6399999999999997E-2</v>
       </c>
       <c r="M88" s="4">
-        <v>8.8200000000000001E-2</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N88" s="4">
-        <v>2.2044999999999999</v>
+        <v>0.23280000000000001</v>
       </c>
       <c r="O88" s="4">
-        <v>0.79769999999999996</v>
+        <v>0.2351</v>
       </c>
       <c r="P88" s="3">
-        <v>14.77</v>
+        <v>12.28</v>
       </c>
       <c r="Q88" s="3">
         <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>0.46360000000000001</v>
+        <v>-0.19889999999999999</v>
       </c>
     </row>
     <row r="89" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B89" s="3" t="s">
-        <v>536</v>
+        <v>248</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>537</v>
+        <v>249</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F89" s="3">
         <v>3</v>
       </c>
       <c r="G89" s="3">
         <v>3</v>
       </c>
       <c r="H89" s="3">
-        <v>103.36</v>
+        <v>40.21</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>46.8</v>
       </c>
       <c r="J89" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>5.2299999999999999E-2</v>
       </c>
       <c r="K89" s="4">
-        <v>9.7000000000000003E-2</v>
+        <v>0.12559999999999999</v>
       </c>
       <c r="L89" s="4">
-        <v>7.5700000000000003E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="M89" s="4">
-        <v>6.8500000000000005E-2</v>
+        <v>9.4E-2</v>
       </c>
       <c r="N89" s="4">
-        <v>0.36570000000000003</v>
+        <v>0</v>
       </c>
       <c r="O89" s="4">
-        <v>0.33279999999999998</v>
+        <v>0.84019999999999995</v>
       </c>
       <c r="P89" s="3">
-        <v>32.26</v>
+        <v>27.81</v>
       </c>
       <c r="Q89" s="3">
         <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>0.4758</v>
+        <v>9.7999999999999997E-3</v>
       </c>
     </row>
     <row r="90" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B90" s="3" t="s">
-        <v>71</v>
+        <v>337</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>72</v>
+        <v>338</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F90" s="3">
         <v>3</v>
       </c>
       <c r="G90" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H90" s="3">
-        <v>545.01</v>
+        <v>35.200000000000003</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
       <c r="J90" s="4">
-        <v>1.2200000000000001E-2</v>
+        <v>5.2499999999999998E-2</v>
       </c>
       <c r="K90" s="4">
-        <v>0.1183</v>
+        <v>0.24210000000000001</v>
       </c>
       <c r="L90" s="4">
-        <v>3.7100000000000001E-2</v>
+        <v>3.9399999999999998E-2</v>
       </c>
       <c r="M90" s="4">
-        <v>0.16339999999999999</v>
+        <v>9.1800000000000007E-2</v>
       </c>
       <c r="N90" s="4">
-        <v>0.34970000000000001</v>
+        <v>0</v>
       </c>
       <c r="O90" s="4">
-        <v>0.5323</v>
+        <v>1.0217000000000001</v>
       </c>
       <c r="P90" s="3">
-        <v>29.45</v>
+        <v>24.02</v>
       </c>
       <c r="Q90" s="3">
         <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>0.1552</v>
+        <v>0.4607</v>
       </c>
     </row>
     <row r="91" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B91" s="3" t="s">
-        <v>73</v>
+        <v>512</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>538</v>
+        <v>513</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F91" s="3">
         <v>3</v>
       </c>
       <c r="G91" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H91" s="3">
-        <v>153.86000000000001</v>
+        <v>45.59</v>
       </c>
       <c r="I91" s="3">
-        <v>63.6</v>
+        <v>0</v>
       </c>
       <c r="J91" s="4">
-        <v>1.2E-2</v>
+        <v>2.93E-2</v>
       </c>
       <c r="K91" s="4">
-        <v>9.4100000000000003E-2</v>
+        <v>0.62329999999999997</v>
       </c>
       <c r="L91" s="4">
-        <v>9.0399999999999994E-2</v>
+        <v>4.1399999999999999E-2</v>
       </c>
       <c r="M91" s="4">
-        <v>0.17080000000000001</v>
+        <v>7.5899999999999995E-2</v>
       </c>
       <c r="N91" s="4">
-        <v>0.13800000000000001</v>
+        <v>0</v>
       </c>
       <c r="O91" s="4">
-        <v>0.14319999999999999</v>
+        <v>-0.34439999999999998</v>
       </c>
       <c r="P91" s="3">
-        <v>13.97</v>
+        <v>21.26</v>
       </c>
       <c r="Q91" s="3">
         <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>0.1027</v>
+        <v>5.7000000000000002E-3</v>
       </c>
     </row>
     <row r="92" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B92" s="3" t="s">
-        <v>378</v>
+        <v>469</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>379</v>
+        <v>470</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F92" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G92" s="3">
         <v>3</v>
       </c>
       <c r="H92" s="3">
-        <v>203.06</v>
+        <v>88.7</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
       <c r="J92" s="4">
-        <v>2.3900000000000001E-2</v>
+        <v>1.3100000000000001E-2</v>
       </c>
       <c r="K92" s="4">
-        <v>0.2132</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="L92" s="4">
-        <v>7.5200000000000003E-2</v>
+        <v>7.5700000000000003E-2</v>
       </c>
       <c r="M92" s="4">
-        <v>0.30270000000000002</v>
+        <v>7.3899999999999993E-2</v>
       </c>
       <c r="N92" s="4">
-        <v>0.31040000000000001</v>
+        <v>0.36570000000000003</v>
       </c>
       <c r="O92" s="4">
-        <v>4.4535</v>
+        <v>0.3906</v>
       </c>
       <c r="P92" s="3">
-        <v>16.32</v>
+        <v>28.65</v>
       </c>
       <c r="Q92" s="3">
         <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>-0.1237</v>
+        <v>0.33929999999999999</v>
       </c>
     </row>
     <row r="93" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B93" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F93" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G93" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H93" s="3">
-        <v>187.65</v>
+        <v>589.69000000000005</v>
       </c>
       <c r="I93" s="3">
-        <v>34.369999999999997</v>
+        <v>0</v>
       </c>
       <c r="J93" s="4">
-        <v>2.3E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="K93" s="4">
-        <v>0.20100000000000001</v>
+        <v>0.1109</v>
       </c>
       <c r="L93" s="4">
-        <v>0.1069</v>
+        <v>4.2799999999999998E-2</v>
       </c>
       <c r="M93" s="4">
-        <v>0.18779999999999999</v>
+        <v>0.153</v>
       </c>
       <c r="N93" s="4">
-        <v>8.8099999999999998E-2</v>
+        <v>0.34970000000000001</v>
       </c>
       <c r="O93" s="4">
-        <v>7.5600000000000001E-2</v>
+        <v>0.49159999999999998</v>
       </c>
       <c r="P93" s="3">
-        <v>39.78</v>
+        <v>33.299999999999997</v>
       </c>
       <c r="Q93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>0.36149999999999999</v>
+        <v>0.2402</v>
       </c>
     </row>
     <row r="94" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B94" s="3" t="s">
-        <v>380</v>
+        <v>67</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>381</v>
+        <v>471</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F94" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G94" s="3">
         <v>4</v>
       </c>
       <c r="H94" s="3">
-        <v>401.04</v>
+        <v>147.24</v>
       </c>
       <c r="I94" s="3">
-        <v>320.75</v>
+        <v>63.6</v>
       </c>
       <c r="J94" s="4">
-        <v>1.7000000000000001E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K94" s="4">
-        <v>6.6699999999999995E-2</v>
+        <v>6.0900000000000003E-2</v>
       </c>
       <c r="L94" s="4">
-        <v>3.32E-2</v>
+        <v>7.22E-2</v>
       </c>
       <c r="M94" s="4">
-        <v>0.16239999999999999</v>
+        <v>0.17780000000000001</v>
       </c>
       <c r="N94" s="4">
-        <v>0.35930000000000001</v>
+        <v>0.13800000000000001</v>
       </c>
       <c r="O94" s="4">
-        <v>0.3538</v>
+        <v>0.14319999999999999</v>
       </c>
       <c r="P94" s="3">
-        <v>23.89</v>
+        <v>13.61</v>
       </c>
       <c r="Q94" s="3">
         <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>-8.7999999999999995E-2</v>
+        <v>0.13200000000000001</v>
       </c>
     </row>
     <row r="95" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B95" s="3" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>322</v>
+        <v>340</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F95" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G95" s="3">
         <v>3</v>
       </c>
       <c r="H95" s="3">
-        <v>92.37</v>
+        <v>197.23</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
       <c r="J95" s="4">
-        <v>1.24E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="K95" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>0.20849999999999999</v>
       </c>
       <c r="L95" s="4">
-        <v>3.7900000000000003E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="M95" s="4">
-        <v>0.11940000000000001</v>
+        <v>0.30270000000000002</v>
       </c>
       <c r="N95" s="4">
-        <v>0.2802</v>
+        <v>0.31040000000000001</v>
       </c>
       <c r="O95" s="4">
-        <v>0.3009</v>
+        <v>4.4535</v>
       </c>
       <c r="P95" s="3">
-        <v>20.68</v>
+        <v>16.260000000000002</v>
       </c>
       <c r="Q95" s="3">
         <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>0.41720000000000002</v>
+        <v>-3.5299999999999998E-2</v>
       </c>
     </row>
     <row r="96" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B96" s="3" t="s">
-        <v>539</v>
+        <v>68</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>540</v>
+        <v>69</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F96" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G96" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H96" s="3">
-        <v>282.41000000000003</v>
+        <v>193.63</v>
       </c>
       <c r="I96" s="3">
-        <v>46.72</v>
+        <v>34.369999999999997</v>
       </c>
       <c r="J96" s="4">
-        <v>1.03E-2</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="K96" s="4">
-        <v>0.157</v>
+        <v>0.1817</v>
       </c>
       <c r="L96" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="M96" s="4">
-        <v>7.1199999999999999E-2</v>
+        <v>0.17960000000000001</v>
       </c>
       <c r="N96" s="4">
-        <v>0.3175</v>
+        <v>8.8099999999999998E-2</v>
       </c>
       <c r="O96" s="4">
-        <v>0.46729999999999999</v>
+        <v>7.5600000000000001E-2</v>
       </c>
       <c r="P96" s="3">
-        <v>40.630000000000003</v>
+        <v>42.04</v>
       </c>
       <c r="Q96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R96" s="4">
-        <v>0.14860000000000001</v>
+        <v>0.29249999999999998</v>
       </c>
     </row>
     <row r="97" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B97" s="3" t="s">
-        <v>323</v>
+        <v>341</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F97" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G97" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H97" s="3">
-        <v>35</v>
+        <v>408.45</v>
       </c>
       <c r="I97" s="3">
-        <v>9.01</v>
+        <v>366.83</v>
       </c>
       <c r="J97" s="4">
-        <v>1.4800000000000001E-2</v>
+        <v>1.9800000000000002E-2</v>
       </c>
       <c r="K97" s="4">
-        <v>0.19400000000000001</v>
+        <v>7.3400000000000007E-2</v>
       </c>
       <c r="L97" s="4">
-        <v>0.1052</v>
+        <v>3.1600000000000003E-2</v>
       </c>
       <c r="M97" s="4">
-        <v>0.18770000000000001</v>
+        <v>0.1706</v>
       </c>
       <c r="N97" s="4">
-        <v>0.375</v>
+        <v>0</v>
       </c>
       <c r="O97" s="4">
-        <v>-0.308</v>
+        <v>0.35270000000000001</v>
       </c>
       <c r="P97" s="3">
-        <v>24.1</v>
+        <v>22.9</v>
       </c>
       <c r="Q97" s="3">
         <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>0.26019999999999999</v>
+        <v>-0.14810000000000001</v>
       </c>
     </row>
     <row r="98" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B98" s="3" t="s">
-        <v>382</v>
+        <v>290</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>383</v>
+        <v>291</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F98" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G98" s="3">
         <v>3</v>
       </c>
       <c r="H98" s="3">
-        <v>61.42</v>
+        <v>92.72</v>
       </c>
       <c r="I98" s="3">
-        <v>63.84</v>
+        <v>0</v>
       </c>
       <c r="J98" s="4">
-        <v>5.7799999999999997E-2</v>
+        <v>1.3299999999999999E-2</v>
       </c>
       <c r="K98" s="4">
-        <v>0.31159999999999999</v>
+        <v>2.6200000000000001E-2</v>
       </c>
       <c r="L98" s="4">
-        <v>5.8999999999999997E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="M98" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>0.1232</v>
       </c>
       <c r="N98" s="4">
-        <v>0.95089999999999997</v>
+        <v>0.27760000000000001</v>
       </c>
       <c r="O98" s="4">
-        <v>-1.5538000000000001</v>
+        <v>0.31969999999999998</v>
       </c>
       <c r="P98" s="3">
-        <v>8.0500000000000007</v>
+        <v>21.79</v>
       </c>
       <c r="Q98" s="3">
         <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>0.23230000000000001</v>
+        <v>0.39169999999999999</v>
       </c>
     </row>
     <row r="99" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B99" s="3" t="s">
-        <v>170</v>
+        <v>472</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>171</v>
+        <v>473</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F99" s="3">
         <v>4</v>
       </c>
       <c r="G99" s="3">
         <v>4</v>
       </c>
       <c r="H99" s="3">
-        <v>338.66</v>
+        <v>282.97000000000003</v>
       </c>
       <c r="I99" s="3">
-        <v>396.73</v>
+        <v>52.48</v>
       </c>
       <c r="J99" s="4">
-        <v>2.01E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="K99" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.1918</v>
       </c>
       <c r="L99" s="4">
-        <v>9.8400000000000001E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
       <c r="M99" s="4">
-        <v>0.1144</v>
+        <v>7.7499999999999999E-2</v>
       </c>
       <c r="N99" s="4">
-        <v>0.26850000000000002</v>
+        <v>0.36570000000000003</v>
       </c>
       <c r="O99" s="4">
-        <v>0.48170000000000002</v>
+        <v>0.3957</v>
       </c>
       <c r="P99" s="3">
-        <v>13.49</v>
+        <v>39.43</v>
       </c>
       <c r="Q99" s="3">
         <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>-0.13969999999999999</v>
+        <v>8.8800000000000004E-2</v>
       </c>
     </row>
     <row r="100" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B100" s="3" t="s">
-        <v>384</v>
+        <v>292</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>385</v>
+        <v>293</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F100" s="3">
         <v>3</v>
       </c>
       <c r="G100" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H100" s="3">
-        <v>47.19</v>
+        <v>32.04</v>
       </c>
       <c r="I100" s="3">
-        <v>47.08</v>
+        <v>10.4</v>
       </c>
       <c r="J100" s="4">
-        <v>1.9E-2</v>
+        <v>1.84E-2</v>
       </c>
       <c r="K100" s="4">
-        <v>2.6100000000000002E-2</v>
+        <v>8.77E-2</v>
       </c>
       <c r="L100" s="4">
-        <v>2.06E-2</v>
+        <v>0.1198</v>
       </c>
       <c r="M100" s="4">
-        <v>0.11020000000000001</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="N100" s="4">
-        <v>0.27139999999999997</v>
+        <v>0</v>
       </c>
       <c r="O100" s="4">
-        <v>0.1661</v>
+        <v>-0.6139</v>
       </c>
       <c r="P100" s="3">
-        <v>15.74</v>
+        <v>34.44</v>
       </c>
       <c r="Q100" s="3">
         <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>0.1124</v>
+        <v>0.18229999999999999</v>
       </c>
     </row>
     <row r="101" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B101" s="3" t="s">
-        <v>244</v>
+        <v>343</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>245</v>
+        <v>344</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F101" s="3">
         <v>4</v>
       </c>
       <c r="G101" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H101" s="3">
-        <v>30.43</v>
+        <v>71.75</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>63.84</v>
       </c>
       <c r="J101" s="4">
-        <v>4.1200000000000001E-2</v>
+        <v>4.9299999999999997E-2</v>
       </c>
       <c r="K101" s="4">
-        <v>0.22850000000000001</v>
+        <v>0.3992</v>
       </c>
       <c r="L101" s="4">
-        <v>0.26490000000000002</v>
+        <v>7.0400000000000004E-2</v>
       </c>
       <c r="M101" s="4">
-        <v>5.6800000000000003E-2</v>
+        <v>5.6399999999999999E-2</v>
       </c>
       <c r="N101" s="4">
-        <v>1.0243</v>
+        <v>0.29010000000000002</v>
       </c>
       <c r="O101" s="4">
-        <v>-0.31319999999999998</v>
+        <v>-1.5556000000000001</v>
       </c>
       <c r="P101" s="3">
-        <v>24.5</v>
+        <v>6.17</v>
       </c>
       <c r="Q101" s="3">
         <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>-1.6299999999999999E-2</v>
+        <v>0.37540000000000001</v>
       </c>
     </row>
     <row r="102" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B102" s="3" t="s">
-        <v>292</v>
+        <v>156</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>293</v>
+        <v>157</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F102" s="3">
         <v>4</v>
       </c>
       <c r="G102" s="3">
         <v>4</v>
       </c>
       <c r="H102" s="3">
-        <v>110.18</v>
+        <v>289.69</v>
       </c>
       <c r="I102" s="3">
-        <v>78.47</v>
+        <v>205.62</v>
       </c>
       <c r="J102" s="4">
-        <v>2.0899999999999998E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="K102" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>6.0900000000000003E-2</v>
       </c>
       <c r="L102" s="4">
-        <v>0.1774</v>
+        <v>9.8299999999999998E-2</v>
       </c>
       <c r="M102" s="4">
-        <v>0.23230000000000001</v>
+        <v>0.1147</v>
       </c>
       <c r="N102" s="4">
-        <v>0.31090000000000001</v>
+        <v>0.27110000000000001</v>
       </c>
       <c r="O102" s="4">
-        <v>0.14779999999999999</v>
+        <v>0.48170000000000002</v>
       </c>
       <c r="P102" s="3">
-        <v>16.43</v>
+        <v>11.41</v>
       </c>
       <c r="Q102" s="3">
         <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>6.5299999999999997E-2</v>
+        <v>-0.27479999999999999</v>
       </c>
     </row>
     <row r="103" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B103" s="3" t="s">
-        <v>76</v>
+        <v>345</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>77</v>
+        <v>346</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F103" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G103" s="3">
         <v>4</v>
       </c>
       <c r="H103" s="3">
-        <v>801.99</v>
+        <v>48.21</v>
       </c>
       <c r="I103" s="3">
-        <v>782.88</v>
+        <v>47.08</v>
       </c>
       <c r="J103" s="4">
-        <v>2.3199999999999998E-2</v>
+        <v>1.8100000000000002E-2</v>
       </c>
       <c r="K103" s="4">
-        <v>0.21010000000000001</v>
+        <v>2.2599999999999999E-2</v>
       </c>
       <c r="L103" s="4">
-        <v>8.5900000000000004E-2</v>
+        <v>1.9800000000000002E-2</v>
       </c>
       <c r="M103" s="4">
-        <v>0.1157</v>
+        <v>0.10589999999999999</v>
       </c>
       <c r="N103" s="4">
-        <v>1.9925999999999999</v>
+        <v>0.27139999999999997</v>
       </c>
       <c r="O103" s="4">
-        <v>-15.8596</v>
+        <v>0.1661</v>
       </c>
       <c r="P103" s="3">
-        <v>74.2</v>
+        <v>16.47</v>
       </c>
       <c r="Q103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>-9.4E-2</v>
+        <v>9.4500000000000001E-2</v>
       </c>
     </row>
     <row r="104" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B104" s="3" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F104" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G104" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H104" s="3">
-        <v>362.41</v>
+        <v>131.41</v>
       </c>
       <c r="I104" s="3">
-        <v>109.2</v>
+        <v>0</v>
       </c>
       <c r="J104" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>3.1099999999999999E-2</v>
       </c>
       <c r="K104" s="4">
-        <v>0.2344</v>
+        <v>1.4648000000000001</v>
       </c>
       <c r="L104" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>0.17599999999999999</v>
       </c>
       <c r="M104" s="4">
-        <v>7.1199999999999999E-2</v>
+        <v>0.2112</v>
       </c>
       <c r="N104" s="4">
-        <v>0.30170000000000002</v>
+        <v>0</v>
       </c>
       <c r="O104" s="4">
-        <v>0.47920000000000001</v>
+        <v>0.62639999999999996</v>
       </c>
       <c r="P104" s="3">
-        <v>36.25</v>
+        <v>14.38</v>
       </c>
       <c r="Q104" s="3">
         <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>0.15429999999999999</v>
+        <v>0.11210000000000001</v>
       </c>
     </row>
     <row r="105" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B105" s="3" t="s">
-        <v>78</v>
+        <v>222</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>79</v>
+        <v>223</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F105" s="3">
         <v>4</v>
       </c>
       <c r="G105" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H105" s="3">
-        <v>162.21</v>
+        <v>34.31</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
       <c r="J105" s="4">
-        <v>9.4000000000000004E-3</v>
+        <v>3.6200000000000003E-2</v>
       </c>
       <c r="K105" s="4">
-        <v>8.5199999999999998E-2</v>
+        <v>0.2412</v>
       </c>
       <c r="L105" s="4">
-        <v>3.1099999999999999E-2</v>
+        <v>0.26819999999999999</v>
       </c>
       <c r="M105" s="4">
-        <v>7.8600000000000003E-2</v>
+        <v>5.6800000000000003E-2</v>
       </c>
       <c r="N105" s="4">
-        <v>0.25190000000000001</v>
+        <v>0.96209999999999996</v>
       </c>
       <c r="O105" s="4">
-        <v>0.2228</v>
+        <v>-0.32400000000000001</v>
       </c>
       <c r="P105" s="3">
-        <v>26.41</v>
+        <v>26.85</v>
       </c>
       <c r="Q105" s="3">
         <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>0.49440000000000001</v>
+        <v>0.1221</v>
       </c>
     </row>
     <row r="106" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B106" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F106" s="3">
         <v>4</v>
       </c>
       <c r="G106" s="3">
         <v>4</v>
       </c>
       <c r="H106" s="3">
-        <v>138.07</v>
+        <v>936.84</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>861.34</v>
       </c>
       <c r="J106" s="4">
-        <v>4.7899999999999998E-2</v>
+        <v>2.1700000000000001E-2</v>
       </c>
       <c r="K106" s="4">
-        <v>3.8800000000000001E-2</v>
+        <v>0.2465</v>
       </c>
       <c r="L106" s="4">
-        <v>0.19769999999999999</v>
+        <v>8.43E-2</v>
       </c>
       <c r="M106" s="4">
-        <v>0.1186</v>
+        <v>0.12130000000000001</v>
       </c>
       <c r="N106" s="4">
-        <v>1.6115999999999999</v>
+        <v>1.3593</v>
       </c>
       <c r="O106" s="4">
-        <v>0.79490000000000005</v>
+        <v>-4.6399999999999997</v>
       </c>
       <c r="P106" s="3">
-        <v>30.88</v>
+        <v>69.260000000000005</v>
       </c>
       <c r="Q106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R106" s="4">
-        <v>-7.3899999999999993E-2</v>
+        <v>0.11840000000000001</v>
       </c>
     </row>
     <row r="107" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B107" s="3" t="s">
-        <v>433</v>
+        <v>516</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>434</v>
+        <v>517</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F107" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G107" s="3">
         <v>4</v>
       </c>
       <c r="H107" s="3">
-        <v>46.37</v>
+        <v>74.45</v>
       </c>
       <c r="I107" s="3">
-        <v>31.2</v>
+        <v>63</v>
       </c>
       <c r="J107" s="4">
-        <v>2.1399999999999999E-2</v>
+        <v>4.2599999999999999E-2</v>
       </c>
       <c r="K107" s="4">
-        <v>7.2900000000000006E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
       <c r="L107" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>7.6799999999999993E-2</v>
       </c>
       <c r="M107" s="4">
-        <v>7.9600000000000004E-2</v>
+        <v>5.6500000000000002E-2</v>
       </c>
       <c r="N107" s="4">
-        <v>0.79830000000000001</v>
+        <v>0.65969999999999995</v>
       </c>
       <c r="O107" s="4">
-        <v>0.95579999999999998</v>
+        <v>-20.7746</v>
       </c>
       <c r="P107" s="3">
-        <v>40.950000000000003</v>
+        <v>16.190000000000001</v>
       </c>
       <c r="Q107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>0.24110000000000001</v>
+        <v>0.31580000000000003</v>
       </c>
     </row>
     <row r="108" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B108" s="3" t="s">
-        <v>176</v>
+        <v>440</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>177</v>
+        <v>441</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F108" s="3">
         <v>4</v>
       </c>
       <c r="G108" s="3">
         <v>4</v>
       </c>
       <c r="H108" s="3">
-        <v>170.84</v>
+        <v>347.81</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>109.2</v>
       </c>
       <c r="J108" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>1.24E-2</v>
       </c>
       <c r="K108" s="4">
-        <v>0.2205</v>
+        <v>0.24010000000000001</v>
       </c>
       <c r="L108" s="4">
-        <v>0.16400000000000001</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="M108" s="4">
-        <v>8.1799999999999998E-2</v>
+        <v>7.1199999999999999E-2</v>
       </c>
       <c r="N108" s="4">
-        <v>0.25409999999999999</v>
+        <v>0</v>
       </c>
       <c r="O108" s="4">
-        <v>0.1537</v>
+        <v>0.45760000000000001</v>
       </c>
       <c r="P108" s="3">
-        <v>24.79</v>
+        <v>33.94</v>
       </c>
       <c r="Q108" s="3">
         <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>0.60309999999999997</v>
+        <v>0.29480000000000001</v>
       </c>
     </row>
     <row r="109" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B109" s="3" t="s">
-        <v>562</v>
+        <v>518</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>563</v>
+        <v>519</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="3">
         <v>3</v>
       </c>
       <c r="G109" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H109" s="3">
-        <v>19.059999999999999</v>
+        <v>288.94</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
-      <c r="J109" s="3" t="s">
-        <v>218</v>
+      <c r="J109" s="4">
+        <v>1.11E-2</v>
       </c>
       <c r="K109" s="4">
-        <v>0.1249</v>
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="L109" s="4">
-        <v>0.1217</v>
+        <v>9.0200000000000002E-2</v>
       </c>
       <c r="M109" s="4">
-        <v>8.5500000000000007E-2</v>
+        <v>7.1400000000000005E-2</v>
       </c>
       <c r="N109" s="4">
-        <v>1.0214000000000001</v>
+        <v>0</v>
       </c>
       <c r="O109" s="4">
-        <v>1.3524</v>
+        <v>0.1244</v>
       </c>
       <c r="P109" s="3">
-        <v>8.2100000000000009</v>
+        <v>21.62</v>
       </c>
       <c r="Q109" s="3">
         <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>-0.05</v>
+        <v>0.45579999999999998</v>
       </c>
     </row>
     <row r="110" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B110" s="3" t="s">
-        <v>435</v>
+        <v>386</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>436</v>
+        <v>387</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F110" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G110" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H110" s="3">
-        <v>353.44</v>
+        <v>46.47</v>
       </c>
       <c r="I110" s="3">
-        <v>121.8</v>
+        <v>31.2</v>
       </c>
       <c r="J110" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>2.0299999999999999E-2</v>
       </c>
       <c r="K110" s="4">
-        <v>8.6499999999999994E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="L110" s="4">
-        <v>2.3800000000000002E-2</v>
+        <v>7.5600000000000001E-2</v>
       </c>
       <c r="M110" s="4">
-        <v>0.17119999999999999</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="N110" s="4">
-        <v>0.3276</v>
+        <v>0.79800000000000004</v>
       </c>
       <c r="O110" s="4">
-        <v>0.3105</v>
+        <v>0.95579999999999998</v>
       </c>
       <c r="P110" s="3">
-        <v>19.510000000000002</v>
+        <v>43.23</v>
       </c>
       <c r="Q110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R110" s="4">
-        <v>0.38779999999999998</v>
+        <v>0.2409</v>
       </c>
     </row>
     <row r="111" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B111" s="3" t="s">
-        <v>82</v>
+        <v>162</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G111" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H111" s="3">
-        <v>33.299999999999997</v>
+        <v>190.33</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
       <c r="J111" s="4">
-        <v>2.35E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="K111" s="4">
-        <v>3.6200000000000003E-2</v>
+        <v>0.23380000000000001</v>
       </c>
       <c r="L111" s="4">
-        <v>4.6199999999999998E-2</v>
+        <v>0.18410000000000001</v>
       </c>
       <c r="M111" s="4">
-        <v>7.5999999999999998E-2</v>
+        <v>8.7099999999999997E-2</v>
       </c>
       <c r="N111" s="4">
-        <v>0.41789999999999999</v>
+        <v>0.2145</v>
       </c>
       <c r="O111" s="4">
-        <v>0.34549999999999997</v>
+        <v>0.15110000000000001</v>
       </c>
       <c r="P111" s="3">
-        <v>18.329999999999998</v>
+        <v>25.2</v>
       </c>
       <c r="Q111" s="3">
         <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>-0.10340000000000001</v>
+        <v>0.63949999999999996</v>
       </c>
     </row>
     <row r="112" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B112" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F112" s="3">
         <v>3</v>
       </c>
       <c r="G112" s="3">
         <v>3</v>
       </c>
       <c r="H112" s="3">
-        <v>52.76</v>
+        <v>358.9</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>121.8</v>
       </c>
       <c r="J112" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>1.55E-2</v>
       </c>
       <c r="K112" s="4">
-        <v>0.12839999999999999</v>
+        <v>8.3299999999999999E-2</v>
       </c>
       <c r="L112" s="4">
-        <v>3.2300000000000002E-2</v>
+        <v>2.23E-2</v>
       </c>
       <c r="M112" s="4">
-        <v>7.3499999999999996E-2</v>
+        <v>0.1741</v>
       </c>
       <c r="N112" s="4">
-        <v>0.42859999999999998</v>
+        <v>0.3276</v>
       </c>
       <c r="O112" s="4">
-        <v>0.40570000000000001</v>
+        <v>0.3105</v>
       </c>
       <c r="P112" s="3">
-        <v>14.7</v>
+        <v>20.61</v>
       </c>
       <c r="Q112" s="3">
         <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>0.23580000000000001</v>
+        <v>0.53010000000000002</v>
       </c>
     </row>
     <row r="113" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B113" s="3" t="s">
-        <v>325</v>
+        <v>72</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>326</v>
+        <v>73</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F113" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G113" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H113" s="3">
-        <v>238.73</v>
+        <v>30.07</v>
       </c>
       <c r="I113" s="3">
-        <v>32.4</v>
+        <v>0</v>
       </c>
       <c r="J113" s="4">
-        <v>7.6E-3</v>
+        <v>2.5100000000000001E-2</v>
       </c>
       <c r="K113" s="4">
-        <v>0.2286</v>
+        <v>2.5499999999999998E-2</v>
       </c>
       <c r="L113" s="4">
-        <v>8.6800000000000002E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="M113" s="4">
         <v>7.8899999999999998E-2</v>
       </c>
       <c r="N113" s="4">
-        <v>0.50170000000000003</v>
+        <v>0.42359999999999998</v>
       </c>
       <c r="O113" s="4">
-        <v>-0.3014</v>
+        <v>0.34510000000000002</v>
       </c>
       <c r="P113" s="3">
-        <v>48.74</v>
+        <v>17.14</v>
       </c>
       <c r="Q113" s="3">
         <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>0.71399999999999997</v>
+        <v>-0.14910000000000001</v>
       </c>
     </row>
     <row r="114" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B114" s="3" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>326</v>
+        <v>348</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F114" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G114" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H114" s="3">
-        <v>325.89</v>
+        <v>47.29</v>
       </c>
       <c r="I114" s="3">
-        <v>46.13</v>
+        <v>0</v>
       </c>
       <c r="J114" s="4">
-        <v>7.6E-3</v>
+        <v>3.2899999999999999E-2</v>
       </c>
       <c r="K114" s="4">
-        <v>0.2286</v>
+        <v>5.3800000000000001E-2</v>
       </c>
       <c r="L114" s="4">
-        <v>8.6800000000000002E-2</v>
+        <v>4.5400000000000003E-2</v>
       </c>
       <c r="M114" s="4">
-        <v>7.8899999999999998E-2</v>
+        <v>7.3499999999999996E-2</v>
       </c>
       <c r="N114" s="4">
-        <v>0.50170000000000003</v>
+        <v>0.42859999999999998</v>
       </c>
       <c r="O114" s="4">
-        <v>-0.31040000000000001</v>
+        <v>0.2954</v>
       </c>
       <c r="P114" s="3">
-        <v>48.74</v>
+        <v>13.77</v>
       </c>
       <c r="Q114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>0.60550000000000004</v>
+        <v>0.26600000000000001</v>
       </c>
     </row>
     <row r="115" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B115" s="3" t="s">
-        <v>246</v>
+        <v>294</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>247</v>
+        <v>295</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F115" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G115" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H115" s="3">
-        <v>58.31</v>
+        <v>259.70999999999998</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>32.4</v>
       </c>
       <c r="J115" s="4">
-        <v>3.1E-2</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="K115" s="4">
-        <v>3.2000000000000001E-2</v>
+        <v>8.8499999999999995E-2</v>
       </c>
       <c r="L115" s="4">
-        <v>9.7799999999999998E-2</v>
+        <v>7.2700000000000001E-2</v>
       </c>
       <c r="M115" s="4">
-        <v>0.1222</v>
+        <v>8.72E-2</v>
       </c>
       <c r="N115" s="4">
-        <v>0.68269999999999997</v>
+        <v>0.50170000000000003</v>
       </c>
       <c r="O115" s="4">
-        <v>1.4978</v>
+        <v>-0.3014</v>
       </c>
       <c r="P115" s="3">
-        <v>32.6</v>
+        <v>53.51</v>
       </c>
       <c r="Q115" s="3">
         <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>0.1192</v>
+        <v>0.80510000000000004</v>
       </c>
     </row>
     <row r="116" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B116" s="3" t="s">
-        <v>84</v>
+        <v>296</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>85</v>
+        <v>295</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F116" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H116" s="3">
-        <v>40.840000000000003</v>
+        <v>352.86</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>46.13</v>
       </c>
       <c r="J116" s="4">
-        <v>3.5200000000000002E-2</v>
+        <v>6.7999999999999996E-3</v>
       </c>
       <c r="K116" s="4">
-        <v>8.0100000000000005E-2</v>
+        <v>8.8499999999999995E-2</v>
       </c>
       <c r="L116" s="4">
-        <v>6.3E-2</v>
+        <v>7.2700000000000001E-2</v>
       </c>
       <c r="M116" s="4">
-        <v>6.5799999999999997E-2</v>
+        <v>8.72E-2</v>
       </c>
       <c r="N116" s="4">
-        <v>0.3634</v>
+        <v>0.50170000000000003</v>
       </c>
       <c r="O116" s="4">
-        <v>0.30740000000000001</v>
+        <v>-0.31040000000000001</v>
       </c>
       <c r="P116" s="3">
-        <v>10.53</v>
+        <v>53.51</v>
       </c>
       <c r="Q116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R116" s="4">
-        <v>-3.8300000000000001E-2</v>
+        <v>0.72350000000000003</v>
       </c>
     </row>
     <row r="117" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B117" s="3" t="s">
-        <v>328</v>
+        <v>224</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F117" s="3">
         <v>3</v>
       </c>
       <c r="G117" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H117" s="3">
-        <v>110.23</v>
+        <v>59.85</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
       <c r="J117" s="4">
-        <v>5.0000000000000001E-3</v>
+        <v>3.2599999999999997E-2</v>
       </c>
       <c r="K117" s="4">
-        <v>0.1971</v>
+        <v>2.0199999999999999E-2</v>
       </c>
       <c r="L117" s="4">
-        <v>0.12690000000000001</v>
+        <v>9.8799999999999999E-2</v>
       </c>
       <c r="M117" s="4">
-        <v>0.1116</v>
+        <v>0.1246</v>
       </c>
       <c r="N117" s="4">
-        <v>0.13550000000000001</v>
+        <v>0.95489999999999997</v>
       </c>
       <c r="O117" s="4">
-        <v>0.14979999999999999</v>
+        <v>0.94259999999999999</v>
       </c>
       <c r="P117" s="3">
-        <v>28.76</v>
+        <v>32.9</v>
       </c>
       <c r="Q117" s="3">
         <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>0.1636</v>
+        <v>0.1018</v>
       </c>
     </row>
     <row r="118" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B118" s="3" t="s">
-        <v>388</v>
+        <v>74</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>389</v>
+        <v>75</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F118" s="3">
         <v>3</v>
       </c>
       <c r="G118" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H118" s="3">
-        <v>210.71</v>
+        <v>37.56</v>
       </c>
       <c r="I118" s="3">
-        <v>45.9</v>
+        <v>0</v>
       </c>
       <c r="J118" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>3.7400000000000003E-2</v>
       </c>
       <c r="K118" s="4">
-        <v>8.5800000000000001E-2</v>
+        <v>5.0900000000000001E-2</v>
       </c>
       <c r="L118" s="4">
-        <v>0.14599999999999999</v>
+        <v>6.1100000000000002E-2</v>
       </c>
       <c r="M118" s="4">
-        <v>0.10489999999999999</v>
+        <v>6.7199999999999996E-2</v>
       </c>
       <c r="N118" s="4">
-        <v>0.34520000000000001</v>
+        <v>0.3634</v>
       </c>
       <c r="O118" s="4">
-        <v>0.1661</v>
+        <v>0.29430000000000001</v>
       </c>
       <c r="P118" s="3">
-        <v>50.6</v>
+        <v>9.93</v>
       </c>
       <c r="Q118" s="3">
         <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>-0.1973</v>
+        <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="119" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B119" s="3" t="s">
-        <v>504</v>
+        <v>297</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>503</v>
+        <v>298</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F119" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G119" s="3">
         <v>4</v>
       </c>
       <c r="H119" s="3">
-        <v>73.77</v>
+        <v>108.66</v>
       </c>
       <c r="I119" s="3">
-        <v>71.069999999999993</v>
+        <v>0</v>
       </c>
       <c r="J119" s="4">
-        <v>3.5499999999999997E-2</v>
+        <v>5.3E-3</v>
       </c>
       <c r="K119" s="4">
-        <v>5.2600000000000001E-2</v>
+        <v>0.2001</v>
       </c>
       <c r="L119" s="4">
-        <v>6.1499999999999999E-2</v>
+        <v>0.14180000000000001</v>
       </c>
       <c r="M119" s="4">
-        <v>5.0200000000000002E-2</v>
+        <v>0.1116</v>
       </c>
       <c r="N119" s="4">
-        <v>0.74529999999999996</v>
+        <v>0</v>
       </c>
       <c r="O119" s="4">
-        <v>-0.33610000000000001</v>
+        <v>0.1502</v>
       </c>
       <c r="P119" s="3">
-        <v>21.41</v>
+        <v>28.01</v>
       </c>
       <c r="Q119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>0.2001</v>
+        <v>0.41920000000000002</v>
       </c>
     </row>
     <row r="120" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B120" s="3" t="s">
-        <v>437</v>
+        <v>349</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>438</v>
+        <v>350</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F120" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G120" s="3">
         <v>4</v>
       </c>
       <c r="H120" s="3">
-        <v>87.35</v>
+        <v>202.33</v>
       </c>
       <c r="I120" s="3">
-        <v>25.37</v>
+        <v>50.91</v>
       </c>
       <c r="J120" s="4">
-        <v>1.38E-2</v>
+        <v>8.0999999999999996E-3</v>
       </c>
       <c r="K120" s="4">
-        <v>0.19520000000000001</v>
+        <v>5.8700000000000002E-2</v>
       </c>
       <c r="L120" s="4">
-        <v>0.12429999999999999</v>
+        <v>0.1404</v>
       </c>
       <c r="M120" s="4">
-        <v>7.0300000000000001E-2</v>
+        <v>0.1076</v>
       </c>
       <c r="N120" s="4">
-        <v>0.29670000000000002</v>
+        <v>0.34670000000000001</v>
       </c>
       <c r="O120" s="4">
-        <v>0.63519999999999999</v>
+        <v>0.15359999999999999</v>
       </c>
       <c r="P120" s="3">
-        <v>22.4</v>
+        <v>47.37</v>
       </c>
       <c r="Q120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>1.5067999999999999</v>
+        <v>-0.1676</v>
       </c>
     </row>
     <row r="121" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B121" s="3" t="s">
-        <v>86</v>
+        <v>443</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>87</v>
+        <v>442</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F121" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G121" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H121" s="3">
-        <v>21.58</v>
+        <v>78.59</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>71.069999999999993</v>
       </c>
       <c r="J121" s="4">
-        <v>3.61E-2</v>
+        <v>3.27E-2</v>
       </c>
       <c r="K121" s="4">
-        <v>0.1206</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="L121" s="4">
-        <v>8.3099999999999993E-2</v>
+        <v>6.0299999999999999E-2</v>
       </c>
       <c r="M121" s="4">
-        <v>0.11169999999999999</v>
+        <v>5.0200000000000002E-2</v>
       </c>
       <c r="N121" s="4">
-        <v>0.34439999999999998</v>
+        <v>0.73860000000000003</v>
       </c>
       <c r="O121" s="4">
-        <v>0.50429999999999997</v>
+        <v>-0.34910000000000002</v>
       </c>
       <c r="P121" s="3">
-        <v>10.11</v>
+        <v>23.01</v>
       </c>
       <c r="Q121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R121" s="4">
-        <v>0.1075</v>
+        <v>0.29759999999999998</v>
       </c>
     </row>
     <row r="122" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B122" s="3" t="s">
-        <v>248</v>
+        <v>390</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>249</v>
+        <v>391</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F122" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G122" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H122" s="3">
-        <v>39.58</v>
+        <v>87.62</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>25.37</v>
       </c>
       <c r="J122" s="4">
-        <v>2.63E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K122" s="4">
-        <v>0.1416</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="L122" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>0.11940000000000001</v>
       </c>
       <c r="M122" s="4">
-        <v>0.1305</v>
+        <v>7.3899999999999993E-2</v>
       </c>
       <c r="N122" s="4">
-        <v>0.26579999999999998</v>
+        <v>0.28939999999999999</v>
       </c>
       <c r="O122" s="4">
-        <v>0.34639999999999999</v>
+        <v>0.32500000000000001</v>
       </c>
       <c r="P122" s="3">
-        <v>10.31</v>
+        <v>23.62</v>
       </c>
       <c r="Q122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R122" s="4">
-        <v>0.26419999999999999</v>
+        <v>1.2584</v>
       </c>
     </row>
     <row r="123" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B123" s="3" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G123" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H123" s="3">
-        <v>43.13</v>
+        <v>20.2</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
       <c r="J123" s="4">
-        <v>2.87E-2</v>
+        <v>3.6799999999999999E-2</v>
       </c>
       <c r="K123" s="4">
-        <v>4.0099999999999997E-2</v>
+        <v>9.06E-2</v>
       </c>
       <c r="L123" s="4">
-        <v>9.5299999999999996E-2</v>
+        <v>7.51E-2</v>
       </c>
       <c r="M123" s="4">
-        <v>8.2600000000000007E-2</v>
+        <v>0.1066</v>
       </c>
       <c r="N123" s="4">
-        <v>0.38619999999999999</v>
+        <v>0.34439999999999998</v>
       </c>
       <c r="O123" s="4">
-        <v>0.29470000000000002</v>
+        <v>0.49659999999999999</v>
       </c>
       <c r="P123" s="3">
-        <v>14.27</v>
+        <v>9.94</v>
       </c>
       <c r="Q123" s="3">
         <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>8.6300000000000002E-2</v>
+        <v>0.16520000000000001</v>
       </c>
     </row>
     <row r="124" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B124" s="3" t="s">
-        <v>505</v>
+        <v>226</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>506</v>
+        <v>227</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="3">
         <v>3</v>
       </c>
       <c r="G124" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H124" s="3">
-        <v>67.3</v>
+        <v>35.909999999999997</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
       <c r="J124" s="4">
-        <v>2.3199999999999998E-2</v>
+        <v>2.8899999999999999E-2</v>
       </c>
       <c r="K124" s="4">
-        <v>0.51870000000000005</v>
+        <v>0.1116</v>
       </c>
       <c r="L124" s="4">
-        <v>0.121</v>
+        <v>5.2200000000000003E-2</v>
       </c>
       <c r="M124" s="4">
-        <v>0.1951</v>
+        <v>0.122</v>
       </c>
       <c r="N124" s="4">
-        <v>0.3553</v>
+        <v>0.24390000000000001</v>
       </c>
       <c r="O124" s="4">
-        <v>0.80979999999999996</v>
+        <v>0.34639999999999999</v>
       </c>
       <c r="P124" s="3">
-        <v>8.9700000000000006</v>
+        <v>9.5500000000000007</v>
       </c>
       <c r="Q124" s="3">
         <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>0.53420000000000001</v>
+        <v>0.1191</v>
       </c>
     </row>
     <row r="125" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B125" s="3" t="s">
-        <v>541</v>
+        <v>78</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>542</v>
+        <v>79</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F125" s="3">
         <v>4</v>
       </c>
       <c r="G125" s="3">
         <v>4</v>
       </c>
       <c r="H125" s="3">
-        <v>355.34</v>
+        <v>40.090000000000003</v>
       </c>
       <c r="I125" s="3">
-        <v>172.29</v>
+        <v>0</v>
       </c>
       <c r="J125" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>3.04E-2</v>
       </c>
       <c r="K125" s="4">
-        <v>6.9000000000000006E-2</v>
+        <v>2.9600000000000001E-2</v>
       </c>
       <c r="L125" s="4">
-        <v>6.3100000000000003E-2</v>
+        <v>0.11119999999999999</v>
       </c>
       <c r="M125" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>8.6300000000000002E-2</v>
       </c>
       <c r="N125" s="4">
-        <v>0.3841</v>
+        <v>0.38619999999999999</v>
       </c>
       <c r="O125" s="4">
-        <v>0.40239999999999998</v>
+        <v>0.28100000000000003</v>
       </c>
       <c r="P125" s="3">
-        <v>23</v>
+        <v>13.48</v>
       </c>
       <c r="Q125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>0.37590000000000001</v>
+        <v>7.9600000000000004E-2</v>
       </c>
     </row>
     <row r="126" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B126" s="3" t="s">
-        <v>294</v>
+        <v>252</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>295</v>
+        <v>253</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F126" s="3">
         <v>3</v>
       </c>
       <c r="G126" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H126" s="3">
-        <v>83.13</v>
+        <v>88.55</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
       <c r="J126" s="4">
-        <v>1.0800000000000001E-2</v>
+        <v>1.29E-2</v>
       </c>
       <c r="K126" s="4">
-        <v>2.5000000000000001E-2</v>
+        <v>7.9399999999999998E-2</v>
       </c>
       <c r="L126" s="4">
-        <v>4.1000000000000002E-2</v>
+        <v>5.2600000000000001E-2</v>
       </c>
       <c r="M126" s="4">
-        <v>0.19639999999999999</v>
+        <v>9.4700000000000006E-2</v>
       </c>
       <c r="N126" s="4">
-        <v>0.65549999999999997</v>
+        <v>0.35549999999999998</v>
       </c>
       <c r="O126" s="4">
-        <v>0.13009999999999999</v>
+        <v>0.28739999999999999</v>
       </c>
       <c r="P126" s="3">
-        <v>83.26</v>
+        <v>29.58</v>
       </c>
       <c r="Q126" s="3">
         <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>0.1087</v>
+        <v>7.0900000000000005E-2</v>
       </c>
     </row>
     <row r="127" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B127" s="3" t="s">
-        <v>278</v>
+        <v>392</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>279</v>
+        <v>393</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F127" s="3">
         <v>3</v>
       </c>
       <c r="G127" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H127" s="3">
-        <v>88.75</v>
+        <v>48.91</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
       <c r="J127" s="4">
-        <v>1.3299999999999999E-2</v>
+        <v>6.3200000000000006E-2</v>
       </c>
       <c r="K127" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>4.1599999999999998E-2</v>
       </c>
       <c r="L127" s="4">
-        <v>5.8400000000000001E-2</v>
+        <v>6.3700000000000007E-2</v>
       </c>
       <c r="M127" s="4">
-        <v>9.4700000000000006E-2</v>
+        <v>0.25409999999999999</v>
       </c>
       <c r="N127" s="4">
-        <v>0.34949999999999998</v>
+        <v>1.0576000000000001</v>
       </c>
       <c r="O127" s="4">
-        <v>0.28739999999999999</v>
+        <v>1.0568</v>
       </c>
       <c r="P127" s="3">
-        <v>28.78</v>
+        <v>16.82</v>
       </c>
       <c r="Q127" s="3">
         <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>7.6300000000000007E-2</v>
+        <v>5.4399999999999997E-2</v>
       </c>
     </row>
     <row r="128" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B128" s="3" t="s">
-        <v>439</v>
+        <v>520</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>440</v>
+        <v>521</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F128" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G128" s="3">
         <v>3</v>
       </c>
       <c r="H128" s="3">
-        <v>44.27</v>
+        <v>243.47</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>75.599999999999994</v>
       </c>
       <c r="J128" s="4">
-        <v>7.0300000000000001E-2</v>
+        <v>1.7500000000000002E-2</v>
       </c>
       <c r="K128" s="4">
-        <v>3.9899999999999998E-2</v>
+        <v>9.4600000000000004E-2</v>
       </c>
       <c r="L128" s="4">
-        <v>6.4600000000000005E-2</v>
+        <v>0.1048</v>
       </c>
       <c r="M128" s="4">
-        <v>0.2525</v>
+        <v>7.17E-2</v>
       </c>
       <c r="N128" s="4">
-        <v>1.0593999999999999</v>
+        <v>0.41639999999999999</v>
       </c>
       <c r="O128" s="4">
-        <v>0.86199999999999999</v>
+        <v>0.48709999999999998</v>
       </c>
       <c r="P128" s="3">
-        <v>15.95</v>
+        <v>27.95</v>
       </c>
       <c r="Q128" s="3">
         <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>-2.07E-2</v>
+        <v>9.9699999999999997E-2</v>
       </c>
     </row>
     <row r="129" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B129" s="3" t="s">
-        <v>203</v>
+        <v>272</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>204</v>
+        <v>273</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F129" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G129" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H129" s="3">
-        <v>142.84</v>
+        <v>820.55</v>
       </c>
       <c r="I129" s="3">
-        <v>100.22</v>
+        <v>0</v>
       </c>
       <c r="J129" s="4">
-        <v>2.92E-2</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="K129" s="4">
-        <v>0.39079999999999998</v>
+        <v>4.99E-2</v>
       </c>
       <c r="L129" s="4">
-        <v>7.7899999999999997E-2</v>
+        <v>0.156</v>
       </c>
       <c r="M129" s="4">
-        <v>5.28E-2</v>
+        <v>0.25390000000000001</v>
       </c>
       <c r="N129" s="4">
-        <v>0.61570000000000003</v>
+        <v>0.2576</v>
       </c>
       <c r="O129" s="4">
-        <v>4.2248000000000001</v>
+        <v>0.1976</v>
       </c>
       <c r="P129" s="3">
-        <v>24.61</v>
+        <v>16.28</v>
       </c>
       <c r="Q129" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R129" s="4">
-        <v>0.2576</v>
+        <v>0.50209999999999999</v>
       </c>
     </row>
     <row r="130" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B130" s="3" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F130" s="3">
         <v>4</v>
       </c>
       <c r="G130" s="3">
         <v>4</v>
       </c>
       <c r="H130" s="3">
-        <v>939.49</v>
+        <v>1112.24</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>257.3</v>
       </c>
       <c r="J130" s="4">
-        <v>1.9E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="K130" s="4">
-        <v>0.1477</v>
+        <v>0.2006</v>
       </c>
       <c r="L130" s="4">
-        <v>0.18920000000000001</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="M130" s="4">
-        <v>0.22869999999999999</v>
+        <v>8.4400000000000003E-2</v>
       </c>
       <c r="N130" s="4">
-        <v>0.2576</v>
+        <v>0.24909999999999999</v>
       </c>
       <c r="O130" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>0.35089999999999999</v>
       </c>
       <c r="P130" s="3">
-        <v>18.3</v>
+        <v>32.25</v>
       </c>
       <c r="Q130" s="3">
         <v>0</v>
       </c>
       <c r="R130" s="4">
-        <v>0.52680000000000005</v>
+        <v>0.16070000000000001</v>
       </c>
     </row>
     <row r="131" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B131" s="3" t="s">
-        <v>90</v>
+        <v>306</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>91</v>
+        <v>307</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F131" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G131" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H131" s="3">
-        <v>126.48</v>
+        <v>533.04</v>
       </c>
       <c r="I131" s="3">
-        <v>101.23</v>
+        <v>96.27</v>
       </c>
       <c r="J131" s="4">
-        <v>4.4999999999999998E-2</v>
+        <v>5.7999999999999996E-3</v>
       </c>
       <c r="K131" s="4">
-        <v>9.4899999999999998E-2</v>
+        <v>0.16239999999999999</v>
       </c>
       <c r="L131" s="4">
-        <v>0.20449999999999999</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="M131" s="4">
-        <v>0.26540000000000002</v>
+        <v>0.1145</v>
       </c>
       <c r="N131" s="4">
-        <v>0.27689999999999998</v>
+        <v>0.1008</v>
       </c>
       <c r="O131" s="4">
-        <v>9.6100000000000005E-2</v>
+        <v>8.8300000000000003E-2</v>
       </c>
       <c r="P131" s="3">
-        <v>9.44</v>
+        <v>18.829999999999998</v>
       </c>
       <c r="Q131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R131" s="4">
-        <v>-0.16839999999999999</v>
+        <v>0.67359999999999998</v>
       </c>
     </row>
     <row r="132" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B132" s="3" t="s">
-        <v>346</v>
+        <v>80</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>347</v>
+        <v>81</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F132" s="3">
         <v>4</v>
       </c>
       <c r="G132" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H132" s="3">
-        <v>1155.3900000000001</v>
+        <v>357.91</v>
       </c>
       <c r="I132" s="3">
-        <v>257.3</v>
+        <v>283.88</v>
       </c>
       <c r="J132" s="4">
-        <v>8.2000000000000007E-3</v>
+        <v>2.58E-2</v>
       </c>
       <c r="K132" s="4">
-        <v>0.22600000000000001</v>
+        <v>4.5400000000000003E-2</v>
       </c>
       <c r="L132" s="4">
-        <v>8.5099999999999995E-2</v>
+        <v>3.8399999999999997E-2</v>
       </c>
       <c r="M132" s="4">
-        <v>7.9299999999999995E-2</v>
+        <v>8.4599999999999995E-2</v>
       </c>
       <c r="N132" s="4">
-        <v>0.24610000000000001</v>
+        <v>0</v>
       </c>
       <c r="O132" s="4">
-        <v>0.37180000000000002</v>
+        <v>0.72370000000000001</v>
       </c>
       <c r="P132" s="3">
-        <v>32.22</v>
+        <v>25.41</v>
       </c>
       <c r="Q132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R132" s="4">
-        <v>5.6599999999999998E-2</v>
+        <v>-2.86E-2</v>
       </c>
     </row>
     <row r="133" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B133" s="3" t="s">
-        <v>340</v>
+        <v>474</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>341</v>
+        <v>475</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F133" s="3">
         <v>4</v>
       </c>
       <c r="G133" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H133" s="3">
-        <v>498.89</v>
+        <v>39.270000000000003</v>
       </c>
       <c r="I133" s="3">
-        <v>88.87</v>
+        <v>0</v>
       </c>
       <c r="J133" s="4">
-        <v>6.3E-3</v>
+        <v>7.8600000000000003E-2</v>
       </c>
       <c r="K133" s="4">
-        <v>0.1883</v>
+        <v>0.1522</v>
       </c>
       <c r="L133" s="4">
-        <v>7.6100000000000001E-2</v>
+        <v>8.2699999999999996E-2</v>
       </c>
       <c r="M133" s="4">
-        <v>0.1099</v>
+        <v>0.1105</v>
       </c>
       <c r="N133" s="4">
-        <v>9.8900000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="O133" s="4">
-        <v>8.8300000000000003E-2</v>
+        <v>0.48089999999999999</v>
       </c>
       <c r="P133" s="3">
-        <v>17.59</v>
+        <v>13.61</v>
       </c>
       <c r="Q133" s="3">
         <v>0</v>
       </c>
       <c r="R133" s="4">
-        <v>0.49740000000000001</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="134" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B134" s="3" t="s">
-        <v>92</v>
+        <v>228</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>93</v>
+        <v>283</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F134" s="3">
         <v>4</v>
       </c>
       <c r="G134" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H134" s="3">
-        <v>381.05</v>
+        <v>139.26</v>
       </c>
       <c r="I134" s="3">
-        <v>283.88</v>
+        <v>0</v>
       </c>
       <c r="J134" s="4">
-        <v>2.4299999999999999E-2</v>
+        <v>1.72E-2</v>
       </c>
       <c r="K134" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>0.2334</v>
       </c>
       <c r="L134" s="4">
-        <v>4.5499999999999999E-2</v>
+        <v>6.3E-2</v>
       </c>
       <c r="M134" s="4">
-        <v>8.3900000000000002E-2</v>
+        <v>0.1082</v>
       </c>
       <c r="N134" s="4">
-        <v>0.60309999999999997</v>
+        <v>0.15679999999999999</v>
       </c>
       <c r="O134" s="4">
-        <v>0.65329999999999999</v>
+        <v>0.1033</v>
       </c>
       <c r="P134" s="3">
-        <v>26</v>
+        <v>10.47</v>
       </c>
       <c r="Q134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R134" s="4">
-        <v>-5.16E-2</v>
+        <v>0.217</v>
       </c>
     </row>
     <row r="135" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B135" s="3" t="s">
-        <v>543</v>
+        <v>394</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>544</v>
+        <v>395</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F135" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G135" s="3">
         <v>3</v>
       </c>
       <c r="H135" s="3">
-        <v>35.159999999999997</v>
+        <v>16.36</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
       <c r="J135" s="4">
-        <v>8.7400000000000005E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
       <c r="K135" s="4">
-        <v>0.1623</v>
+        <v>4.3299999999999998E-2</v>
       </c>
       <c r="L135" s="4">
-        <v>8.1199999999999994E-2</v>
+        <v>4.3299999999999998E-2</v>
       </c>
       <c r="M135" s="4">
-        <v>0.1057</v>
+        <v>0.23519999999999999</v>
       </c>
       <c r="N135" s="4">
         <v>0</v>
       </c>
       <c r="O135" s="4">
-        <v>0.45450000000000002</v>
+        <v>-0.497</v>
       </c>
       <c r="P135" s="3">
-        <v>12.3</v>
+        <v>9.84</v>
       </c>
       <c r="Q135" s="3">
         <v>0</v>
       </c>
       <c r="R135" s="4">
-        <v>-8.7999999999999995E-2</v>
+        <v>7.3099999999999998E-2</v>
       </c>
     </row>
     <row r="136" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B136" s="3" t="s">
-        <v>250</v>
+        <v>352</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>313</v>
+        <v>351</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F136" s="3">
         <v>4</v>
       </c>
       <c r="G136" s="3">
         <v>4</v>
       </c>
       <c r="H136" s="3">
-        <v>138.44999999999999</v>
+        <v>189.69</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>31.77</v>
       </c>
       <c r="J136" s="4">
-        <v>1.7500000000000002E-2</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="K136" s="4">
-        <v>0.2089</v>
+        <v>0.41289999999999999</v>
       </c>
       <c r="L136" s="4">
-        <v>6.3100000000000003E-2</v>
+        <v>0.2213</v>
       </c>
       <c r="M136" s="4">
-        <v>0.1002</v>
+        <v>0.25480000000000003</v>
       </c>
       <c r="N136" s="4">
-        <v>0.15679999999999999</v>
+        <v>0.1623</v>
       </c>
       <c r="O136" s="4">
-        <v>9.9299999999999999E-2</v>
+        <v>-0.61829999999999996</v>
       </c>
       <c r="P136" s="3">
-        <v>10.38</v>
+        <v>27.78</v>
       </c>
       <c r="Q136" s="3">
         <v>0</v>
       </c>
       <c r="R136" s="4">
-        <v>0.24199999999999999</v>
+        <v>1.4106000000000001</v>
       </c>
     </row>
     <row r="137" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B137" s="3" t="s">
-        <v>441</v>
+        <v>396</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>442</v>
+        <v>397</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F137" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G137" s="3">
         <v>3</v>
       </c>
       <c r="H137" s="3">
-        <v>15.87</v>
+        <v>32.26</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
       <c r="J137" s="4">
-        <v>4.4600000000000001E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
       <c r="K137" s="4">
-        <v>0.13800000000000001</v>
+        <v>0.58220000000000005</v>
       </c>
       <c r="L137" s="4">
-        <v>3.27E-2</v>
+        <v>5.3699999999999998E-2</v>
       </c>
       <c r="M137" s="4">
-        <v>0.23519999999999999</v>
+        <v>9.5399999999999999E-2</v>
       </c>
       <c r="N137" s="4">
-        <v>0.2253</v>
+        <v>0.33439999999999998</v>
       </c>
       <c r="O137" s="4">
-        <v>-0.35349999999999998</v>
+        <v>0.39100000000000001</v>
       </c>
       <c r="P137" s="3">
-        <v>10.039999999999999</v>
+        <v>7.23</v>
       </c>
       <c r="Q137" s="3">
         <v>0</v>
       </c>
       <c r="R137" s="4">
-        <v>4.8500000000000001E-2</v>
+        <v>-0.3805</v>
       </c>
     </row>
     <row r="138" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B138" s="3" t="s">
-        <v>391</v>
+        <v>314</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>390</v>
+        <v>315</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F138" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G138" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H138" s="3">
-        <v>191.04</v>
+        <v>58.29</v>
       </c>
       <c r="I138" s="3">
-        <v>31.77</v>
+        <v>0</v>
       </c>
       <c r="J138" s="4">
-        <v>6.0000000000000001E-3</v>
+        <v>3.1199999999999999E-2</v>
       </c>
       <c r="K138" s="4">
-        <v>0.41520000000000001</v>
+        <v>7.9200000000000007E-2</v>
       </c>
       <c r="L138" s="4">
-        <v>0.21490000000000001</v>
+        <v>7.3700000000000002E-2</v>
       </c>
       <c r="M138" s="4">
-        <v>0.25480000000000003</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="N138" s="4">
-        <v>0.1623</v>
+        <v>0</v>
       </c>
       <c r="O138" s="4">
-        <v>-0.61829999999999996</v>
+        <v>-0.2109</v>
       </c>
       <c r="P138" s="3">
-        <v>27.15</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="Q138" s="3">
         <v>0</v>
       </c>
       <c r="R138" s="4">
-        <v>0.84909999999999997</v>
+        <v>7.4099999999999999E-2</v>
       </c>
     </row>
     <row r="139" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B139" s="3" t="s">
-        <v>443</v>
+        <v>82</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F139" s="3">
         <v>4</v>
       </c>
       <c r="G139" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H139" s="3">
-        <v>37.22</v>
+        <v>471.64</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
       <c r="J139" s="4">
-        <v>4.3400000000000001E-2</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="K139" s="4">
-        <v>0.58220000000000005</v>
+        <v>0.2271</v>
       </c>
       <c r="L139" s="4">
-        <v>5.4300000000000001E-2</v>
+        <v>0.10489999999999999</v>
       </c>
       <c r="M139" s="4">
-        <v>0.09</v>
+        <v>7.7100000000000002E-2</v>
       </c>
       <c r="N139" s="4">
-        <v>0.33439999999999998</v>
+        <v>0.3241</v>
       </c>
       <c r="O139" s="4">
-        <v>0.35210000000000002</v>
+        <v>0.32769999999999999</v>
       </c>
       <c r="P139" s="3">
-        <v>8.27</v>
+        <v>28.55</v>
       </c>
       <c r="Q139" s="3">
         <v>0</v>
       </c>
       <c r="R139" s="4">
-        <v>-0.2833</v>
+        <v>0.39340000000000003</v>
       </c>
     </row>
     <row r="140" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B140" s="3" t="s">
-        <v>348</v>
+        <v>229</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>349</v>
+        <v>230</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F140" s="3">
         <v>3</v>
       </c>
       <c r="G140" s="3">
         <v>3</v>
       </c>
       <c r="H140" s="3">
-        <v>52.64</v>
+        <v>166.19</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
       <c r="J140" s="4">
-        <v>3.3500000000000002E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="K140" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="L140" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>8.1100000000000005E-2</v>
       </c>
       <c r="M140" s="4">
-        <v>5.9200000000000003E-2</v>
+        <v>9.7699999999999995E-2</v>
       </c>
       <c r="N140" s="4">
-        <v>0.55479999999999996</v>
+        <v>0.33329999999999999</v>
       </c>
       <c r="O140" s="4">
-        <v>-0.2215</v>
+        <v>0.28549999999999998</v>
       </c>
       <c r="P140" s="3">
-        <v>16.690000000000001</v>
+        <v>28.42</v>
       </c>
       <c r="Q140" s="3">
         <v>0</v>
       </c>
       <c r="R140" s="4">
-        <v>4.2500000000000003E-2</v>
+        <v>-2.24E-2</v>
       </c>
     </row>
     <row r="141" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B141" s="3" t="s">
-        <v>94</v>
+        <v>398</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>95</v>
+        <v>399</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F141" s="3">
         <v>4</v>
       </c>
       <c r="G141" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H141" s="3">
-        <v>503.76</v>
+        <v>356.55</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
       <c r="J141" s="4">
-        <v>1.15E-2</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="K141" s="4">
-        <v>0.21729999999999999</v>
+        <v>0.49120000000000003</v>
       </c>
       <c r="L141" s="4">
-        <v>9.0800000000000006E-2</v>
+        <v>0.17960000000000001</v>
       </c>
       <c r="M141" s="4">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1318</v>
       </c>
       <c r="N141" s="4">
-        <v>0.34499999999999997</v>
+        <v>0.17019999999999999</v>
       </c>
       <c r="O141" s="4">
-        <v>0.33150000000000002</v>
+        <v>0.13039999999999999</v>
       </c>
       <c r="P141" s="3">
-        <v>31.25</v>
+        <v>30.47</v>
       </c>
       <c r="Q141" s="3">
         <v>0</v>
       </c>
       <c r="R141" s="4">
-        <v>0.22869999999999999</v>
+        <v>0.75309999999999999</v>
       </c>
     </row>
     <row r="142" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B142" s="3" t="s">
-        <v>507</v>
+        <v>164</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>508</v>
+        <v>165</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F142" s="3">
         <v>3</v>
       </c>
       <c r="G142" s="3">
         <v>3</v>
       </c>
       <c r="H142" s="3">
-        <v>36.35</v>
+        <v>197.89</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
       <c r="J142" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="K142" s="4">
-        <v>5.1499999999999997E-2</v>
+        <v>4.7600000000000003E-2</v>
       </c>
       <c r="L142" s="4">
-        <v>2.3599999999999999E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="M142" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>7.2599999999999998E-2</v>
       </c>
       <c r="N142" s="4">
-        <v>0.31180000000000002</v>
+        <v>0.44140000000000001</v>
       </c>
       <c r="O142" s="4">
-        <v>0.27879999999999999</v>
+        <v>0.34470000000000001</v>
       </c>
       <c r="P142" s="3">
-        <v>11.11</v>
+        <v>31.71</v>
       </c>
       <c r="Q142" s="3">
         <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>5.3400000000000003E-2</v>
+        <v>0.1016</v>
       </c>
     </row>
     <row r="143" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B143" s="3" t="s">
-        <v>251</v>
+        <v>444</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>252</v>
+        <v>445</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G143" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H143" s="3">
-        <v>163.08000000000001</v>
+        <v>250.45</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>288.57</v>
       </c>
       <c r="J143" s="4">
-        <v>1.11E-2</v>
+        <v>2.3E-2</v>
       </c>
       <c r="K143" s="4">
-        <v>7.8600000000000003E-2</v>
+        <v>0.12590000000000001</v>
       </c>
       <c r="L143" s="4">
-        <v>8.7300000000000003E-2</v>
+        <v>0.1653</v>
       </c>
       <c r="M143" s="4">
-        <v>8.2699999999999996E-2</v>
+        <v>0.1046</v>
       </c>
       <c r="N143" s="4">
-        <v>0.37730000000000002</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O143" s="4">
-        <v>0.26640000000000003</v>
+        <v>0.24660000000000001</v>
       </c>
       <c r="P143" s="3">
-        <v>29.68</v>
+        <v>13.93</v>
       </c>
       <c r="Q143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R143" s="4">
-        <v>9.1999999999999998E-2</v>
+        <v>-9.6500000000000002E-2</v>
       </c>
     </row>
     <row r="144" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B144" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="C144" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F144" s="3">
         <v>4</v>
       </c>
       <c r="G144" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H144" s="3">
-        <v>324.02999999999997</v>
+        <v>185.16</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
       <c r="J144" s="4">
-        <v>8.5000000000000006E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K144" s="4">
-        <v>0.59470000000000001</v>
+        <v>0.12590000000000001</v>
       </c>
       <c r="L144" s="4">
-        <v>0.20930000000000001</v>
+        <v>0.1653</v>
       </c>
       <c r="M144" s="4">
-        <v>0.1318</v>
+        <v>0.1046</v>
       </c>
       <c r="N144" s="4">
-        <v>0.12509999999999999</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O144" s="4">
-        <v>9.1499999999999998E-2</v>
+        <v>0.1646</v>
       </c>
       <c r="P144" s="3">
-        <v>22.22</v>
+        <v>13.93</v>
       </c>
       <c r="Q144" s="3">
         <v>0</v>
       </c>
       <c r="R144" s="4">
-        <v>0.8276</v>
+        <v>-5.16E-2</v>
       </c>
     </row>
     <row r="145" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B145" s="3" t="s">
-        <v>178</v>
+        <v>84</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>179</v>
+        <v>85</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F145" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G145" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H145" s="3">
-        <v>201.76</v>
+        <v>481.37</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>392.81</v>
       </c>
       <c r="J145" s="4">
-        <v>1.43E-2</v>
+        <v>1.03E-2</v>
       </c>
       <c r="K145" s="4">
-        <v>5.0700000000000002E-2</v>
+        <v>0.157</v>
       </c>
       <c r="L145" s="4">
-        <v>7.7899999999999997E-2</v>
+        <v>0.1953</v>
       </c>
       <c r="M145" s="4">
-        <v>7.2599999999999998E-2</v>
+        <v>0.1426</v>
       </c>
       <c r="N145" s="4">
-        <v>0.41410000000000002</v>
+        <v>0.30759999999999998</v>
       </c>
       <c r="O145" s="4">
-        <v>0.3624</v>
+        <v>0.18640000000000001</v>
       </c>
       <c r="P145" s="3">
-        <v>31.87</v>
+        <v>30.29</v>
       </c>
       <c r="Q145" s="3">
         <v>0</v>
       </c>
       <c r="R145" s="4">
-        <v>-0.08</v>
+        <v>-0.22489999999999999</v>
       </c>
     </row>
     <row r="146" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B146" s="3" t="s">
-        <v>509</v>
+        <v>86</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>510</v>
+        <v>87</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F146" s="3">
         <v>4</v>
       </c>
       <c r="G146" s="3">
         <v>4</v>
       </c>
       <c r="H146" s="3">
-        <v>255.62</v>
+        <v>277.14</v>
       </c>
       <c r="I146" s="3">
-        <v>-71.3</v>
+        <v>247.32</v>
       </c>
       <c r="J146" s="4">
-        <v>2.1000000000000001E-2</v>
+        <v>2.2800000000000001E-2</v>
       </c>
       <c r="K146" s="4">
-        <v>0.18</v>
+        <v>8.5300000000000001E-2</v>
       </c>
       <c r="L146" s="4">
-        <v>0.16159999999999999</v>
+        <v>4.4699999999999997E-2</v>
       </c>
       <c r="M146" s="4">
-        <v>9.8900000000000002E-2</v>
+        <v>7.1099999999999997E-2</v>
       </c>
       <c r="N146" s="4">
-        <v>0.39100000000000001</v>
+        <v>0.59</v>
       </c>
       <c r="O146" s="4">
-        <v>0.23300000000000001</v>
+        <v>0.65939999999999999</v>
       </c>
       <c r="P146" s="3">
-        <v>15.19</v>
+        <v>26.93</v>
       </c>
       <c r="Q146" s="3">
         <v>1</v>
       </c>
       <c r="R146" s="4">
-        <v>-1.5800000000000002E-2</v>
+        <v>9.2299999999999993E-2</v>
       </c>
     </row>
     <row r="147" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B147" s="3" t="s">
-        <v>276</v>
+        <v>353</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>277</v>
+        <v>354</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F147" s="3">
         <v>3</v>
       </c>
       <c r="G147" s="3">
         <v>3</v>
       </c>
       <c r="H147" s="3">
-        <v>48.4</v>
+        <v>86.23</v>
       </c>
       <c r="I147" s="3">
-        <v>103.92</v>
+        <v>0</v>
       </c>
       <c r="J147" s="4">
-        <v>0.1575</v>
+        <v>3.7400000000000003E-2</v>
       </c>
       <c r="K147" s="4">
-        <v>5.62E-2</v>
+        <v>1.077</v>
       </c>
       <c r="L147" s="4">
-        <v>0.1875</v>
+        <v>0.1043</v>
       </c>
       <c r="M147" s="4">
-        <v>0.112</v>
+        <v>6.6900000000000001E-2</v>
       </c>
       <c r="N147" s="4">
-        <v>1.3624000000000001</v>
+        <v>0.93179999999999996</v>
       </c>
       <c r="O147" s="4">
-        <v>1.3125</v>
+        <v>0.73540000000000005</v>
       </c>
       <c r="P147" s="3">
-        <v>11.44</v>
+        <v>27.27</v>
       </c>
       <c r="Q147" s="3">
         <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>-0.2278</v>
+        <v>-0.36099999999999999</v>
       </c>
     </row>
     <row r="148" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B148" s="3" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F148" s="3">
         <v>4</v>
       </c>
       <c r="G148" s="3">
         <v>4</v>
       </c>
       <c r="H148" s="3">
-        <v>434.09</v>
+        <v>289.29000000000002</v>
       </c>
       <c r="I148" s="3">
-        <v>392.81</v>
+        <v>195</v>
       </c>
       <c r="J148" s="4">
-        <v>9.9000000000000008E-3</v>
+        <v>2.0400000000000001E-2</v>
       </c>
       <c r="K148" s="4">
-        <v>0.157</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="L148" s="4">
-        <v>0.1953</v>
+        <v>8.0399999999999999E-2</v>
       </c>
       <c r="M148" s="4">
-        <v>0.1487</v>
+        <v>0.10009999999999999</v>
       </c>
       <c r="N148" s="4">
-        <v>0.30759999999999998</v>
+        <v>0.28839999999999999</v>
       </c>
       <c r="O148" s="4">
-        <v>0.19420000000000001</v>
+        <v>0.1648</v>
       </c>
       <c r="P148" s="3">
-        <v>33.369999999999997</v>
+        <v>14.67</v>
       </c>
       <c r="Q148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R148" s="4">
-        <v>-0.1835</v>
+        <v>0.2155</v>
       </c>
     </row>
     <row r="149" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B149" s="3" t="s">
-        <v>330</v>
+        <v>245</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>331</v>
+        <v>246</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F149" s="3">
         <v>4</v>
       </c>
       <c r="G149" s="3">
         <v>4</v>
       </c>
       <c r="H149" s="3">
-        <v>26.17</v>
+        <v>35.74</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>45.29</v>
       </c>
       <c r="J149" s="4">
-        <v>4.5699999999999998E-2</v>
+        <v>2.52E-2</v>
       </c>
       <c r="K149" s="4">
-        <v>0.222</v>
+        <v>8.4599999999999995E-2</v>
       </c>
       <c r="L149" s="4">
-        <v>8.2000000000000003E-2</v>
+        <v>0.13589999999999999</v>
       </c>
       <c r="M149" s="4">
-        <v>0.13539999999999999</v>
+        <v>0.1197</v>
       </c>
       <c r="N149" s="4">
-        <v>1.9072</v>
+        <v>0</v>
       </c>
       <c r="O149" s="4">
-        <v>0.73499999999999999</v>
+        <v>0.53920000000000001</v>
       </c>
       <c r="P149" s="3">
-        <v>27.42</v>
+        <v>24.97</v>
       </c>
       <c r="Q149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R149" s="4">
-        <v>-0.1216</v>
+        <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="150" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B150" s="3" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F150" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G150" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H150" s="3">
-        <v>278.93</v>
+        <v>57.75</v>
       </c>
       <c r="I150" s="3">
-        <v>247.32</v>
+        <v>0</v>
       </c>
       <c r="J150" s="4">
-        <v>2.4400000000000002E-2</v>
+        <v>1.7100000000000001E-2</v>
       </c>
       <c r="K150" s="4">
-        <v>9.2499999999999999E-2</v>
+        <v>0.1191</v>
       </c>
       <c r="L150" s="4">
-        <v>4.7800000000000002E-2</v>
+        <v>7.9799999999999996E-2</v>
       </c>
       <c r="M150" s="4">
-        <v>7.0699999999999999E-2</v>
+        <v>0.15809999999999999</v>
       </c>
       <c r="N150" s="4">
-        <v>0.73050000000000004</v>
+        <v>0.16089999999999999</v>
       </c>
       <c r="O150" s="4">
-        <v>0.61899999999999999</v>
+        <v>0.23630000000000001</v>
       </c>
       <c r="P150" s="3">
-        <v>27.06</v>
+        <v>9.5</v>
       </c>
       <c r="Q150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R150" s="4">
-        <v>6.0299999999999999E-2</v>
+        <v>-7.6799999999999993E-2</v>
       </c>
     </row>
     <row r="151" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B151" s="3" t="s">
-        <v>392</v>
+        <v>299</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>393</v>
+        <v>300</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F151" s="3">
         <v>3</v>
       </c>
       <c r="G151" s="3">
         <v>3</v>
       </c>
       <c r="H151" s="3">
-        <v>80.45</v>
+        <v>28.26</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
       <c r="J151" s="4">
-        <v>3.3599999999999998E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
       <c r="K151" s="4">
-        <v>0.94450000000000001</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="L151" s="4">
-        <v>0.10290000000000001</v>
+        <v>6.88E-2</v>
       </c>
       <c r="M151" s="4">
-        <v>6.5600000000000006E-2</v>
+        <v>8.9200000000000002E-2</v>
       </c>
       <c r="N151" s="4">
-        <v>0.93179999999999996</v>
+        <v>0</v>
       </c>
       <c r="O151" s="4">
-        <v>0.73860000000000003</v>
+        <v>0.92320000000000002</v>
       </c>
       <c r="P151" s="3">
-        <v>28.36</v>
+        <v>18.39</v>
       </c>
       <c r="Q151" s="3">
         <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>-0.26140000000000002</v>
+        <v>-0.1371</v>
       </c>
     </row>
     <row r="152" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B152" s="3" t="s">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>101</v>
+        <v>401</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F152" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G152" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H152" s="3">
-        <v>314.73</v>
+        <v>52.41</v>
       </c>
       <c r="I152" s="3">
-        <v>195</v>
+        <v>24.48</v>
       </c>
       <c r="J152" s="4">
-        <v>1.95E-2</v>
+        <v>4.07E-2</v>
       </c>
       <c r="K152" s="4">
-        <v>0.17849999999999999</v>
+        <v>0.4632</v>
       </c>
       <c r="L152" s="4">
-        <v>8.3900000000000002E-2</v>
+        <v>0.182</v>
       </c>
       <c r="M152" s="4">
-        <v>0.10009999999999999</v>
+        <v>0.27310000000000001</v>
       </c>
       <c r="N152" s="4">
-        <v>0.28079999999999999</v>
+        <v>1.1240000000000001</v>
       </c>
       <c r="O152" s="4">
-        <v>0.35020000000000001</v>
+        <v>1.7388999999999999</v>
       </c>
       <c r="P152" s="3">
-        <v>15.73</v>
+        <v>28.11</v>
       </c>
       <c r="Q152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R152" s="4">
-        <v>0.17899999999999999</v>
+        <v>0.4012</v>
       </c>
     </row>
     <row r="153" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B153" s="3" t="s">
-        <v>269</v>
+        <v>92</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>270</v>
+        <v>93</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="F153" s="3">
         <v>4</v>
       </c>
       <c r="G153" s="3">
         <v>4</v>
       </c>
       <c r="H153" s="3">
-        <v>34.619999999999997</v>
+        <v>1346.36</v>
       </c>
       <c r="I153" s="3">
-        <v>45.29</v>
+        <v>277.39999999999998</v>
       </c>
       <c r="J153" s="4">
-        <v>2.63E-2</v>
+        <v>5.3E-3</v>
       </c>
       <c r="K153" s="4">
-        <v>7.3200000000000001E-2</v>
+        <v>0.2059</v>
       </c>
       <c r="L153" s="4">
-        <v>0.14349999999999999</v>
+        <v>0.13500000000000001</v>
       </c>
       <c r="M153" s="4">
-        <v>0.1197</v>
+        <v>0.16439999999999999</v>
       </c>
       <c r="N153" s="4">
-        <v>0.64449999999999996</v>
+        <v>0.22309999999999999</v>
       </c>
       <c r="O153" s="4">
-        <v>0.4793</v>
+        <v>0.22470000000000001</v>
       </c>
       <c r="P153" s="3">
-        <v>24.19</v>
+        <v>41.59</v>
       </c>
       <c r="Q153" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R153" s="4">
-        <v>9.1899999999999996E-2</v>
+        <v>1.0808</v>
       </c>
     </row>
     <row r="154" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B154" s="3" t="s">
-        <v>102</v>
+        <v>446</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>103</v>
+        <v>447</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="F154" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G154" s="3">
         <v>3</v>
       </c>
       <c r="H154" s="3">
-        <v>59.41</v>
+        <v>74.12</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>39.85</v>
       </c>
       <c r="J154" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>1.9599999999999999E-2</v>
       </c>
       <c r="K154" s="4">
-        <v>0.152</v>
+        <v>2.4899999999999999E-2</v>
       </c>
       <c r="L154" s="4">
-        <v>9.01E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="M154" s="4">
-        <v>0.15809999999999999</v>
+        <v>0.14369999999999999</v>
       </c>
       <c r="N154" s="4">
-        <v>0.16089999999999999</v>
+        <v>0</v>
       </c>
       <c r="O154" s="4">
-        <v>0.23630000000000001</v>
+        <v>0.26419999999999999</v>
       </c>
       <c r="P154" s="3">
-        <v>9.65</v>
+        <v>65.55</v>
       </c>
       <c r="Q154" s="3">
         <v>0</v>
       </c>
       <c r="R154" s="4">
-        <v>-0.1053</v>
+        <v>0.1447</v>
       </c>
     </row>
     <row r="155" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B155" s="3" t="s">
-        <v>332</v>
+        <v>402</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>333</v>
+        <v>403</v>
       </c>
       <c r="D155" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F155" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G155" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H155" s="3">
-        <v>27.98</v>
+        <v>62.29</v>
       </c>
       <c r="I155" s="3">
-        <v>0</v>
+        <v>19.93</v>
       </c>
       <c r="J155" s="4">
-        <v>3.3500000000000002E-2</v>
+        <v>9.1000000000000004E-3</v>
       </c>
       <c r="K155" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>0.19980000000000001</v>
       </c>
       <c r="L155" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>3.6499999999999998E-2</v>
       </c>
       <c r="M155" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>0.11840000000000001</v>
       </c>
       <c r="N155" s="4">
-        <v>0.83760000000000001</v>
+        <v>0.28029999999999999</v>
       </c>
       <c r="O155" s="4">
-        <v>0.78049999999999997</v>
+        <v>0.2167</v>
       </c>
       <c r="P155" s="3">
-        <v>23.67</v>
+        <v>30.19</v>
       </c>
       <c r="Q155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R155" s="4">
-        <v>-0.12920000000000001</v>
+        <v>0.31330000000000002</v>
       </c>
     </row>
     <row r="156" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B156" s="3" t="s">
-        <v>447</v>
+        <v>355</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>448</v>
+        <v>356</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F156" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G156" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H156" s="3">
-        <v>46.3</v>
+        <v>136.13</v>
       </c>
       <c r="I156" s="3">
-        <v>24.48</v>
+        <v>0</v>
       </c>
       <c r="J156" s="4">
-        <v>4.7500000000000001E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
       <c r="K156" s="4">
-        <v>0.52080000000000004</v>
+        <v>0.19320000000000001</v>
       </c>
       <c r="L156" s="4">
-        <v>0.19270000000000001</v>
+        <v>8.1299999999999997E-2</v>
       </c>
       <c r="M156" s="4">
-        <v>0.2707</v>
+        <v>0.22470000000000001</v>
       </c>
       <c r="N156" s="4">
-        <v>0.96060000000000001</v>
+        <v>1.1176999999999999</v>
       </c>
       <c r="O156" s="4">
-        <v>0.88039999999999996</v>
+        <v>0.96040000000000003</v>
       </c>
       <c r="P156" s="3">
-        <v>24.2</v>
+        <v>24.01</v>
       </c>
       <c r="Q156" s="3">
         <v>0</v>
       </c>
       <c r="R156" s="4">
-        <v>0.17899999999999999</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="157" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B157" s="3" t="s">
-        <v>104</v>
+        <v>476</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>105</v>
+        <v>477</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F157" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G157" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H157" s="3">
-        <v>1356.7</v>
+        <v>231</v>
       </c>
       <c r="I157" s="3">
-        <v>277.39999999999998</v>
+        <v>75.53</v>
       </c>
       <c r="J157" s="4">
-        <v>5.4000000000000003E-3</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="K157" s="4">
-        <v>0.29449999999999998</v>
+        <v>5.62E-2</v>
       </c>
       <c r="L157" s="4">
-        <v>0.15579999999999999</v>
+        <v>8.0100000000000005E-2</v>
       </c>
       <c r="M157" s="4">
-        <v>0.15820000000000001</v>
+        <v>0.10589999999999999</v>
       </c>
       <c r="N157" s="4">
-        <v>0.22309999999999999</v>
+        <v>0.23910000000000001</v>
       </c>
       <c r="O157" s="4">
-        <v>0.22470000000000001</v>
+        <v>-0.68669999999999998</v>
       </c>
       <c r="P157" s="3">
-        <v>41.04</v>
+        <v>13.33</v>
       </c>
       <c r="Q157" s="3">
         <v>0</v>
       </c>
       <c r="R157" s="4">
-        <v>0.92179999999999995</v>
+        <v>0.37519999999999998</v>
       </c>
     </row>
     <row r="158" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B158" s="3" t="s">
-        <v>511</v>
+        <v>94</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>512</v>
+        <v>95</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F158" s="3">
         <v>4</v>
       </c>
       <c r="G158" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H158" s="3">
-        <v>64.180000000000007</v>
+        <v>262.27999999999997</v>
       </c>
       <c r="I158" s="3">
-        <v>39.85</v>
+        <v>0</v>
       </c>
       <c r="J158" s="4">
-        <v>2.2200000000000001E-2</v>
+        <v>1.15E-2</v>
       </c>
       <c r="K158" s="4">
-        <v>3.9800000000000002E-2</v>
+        <v>0.20080000000000001</v>
       </c>
       <c r="L158" s="4">
-        <v>2.1000000000000001E-2</v>
+        <v>9.3299999999999994E-2</v>
       </c>
       <c r="M158" s="4">
-        <v>0.13869999999999999</v>
+        <v>9.0200000000000002E-2</v>
       </c>
       <c r="N158" s="4">
-        <v>0.33529999999999999</v>
+        <v>0</v>
       </c>
       <c r="O158" s="4">
-        <v>0.38740000000000002</v>
+        <v>0.31490000000000001</v>
       </c>
       <c r="P158" s="3">
-        <v>58.77</v>
+        <v>29.51</v>
       </c>
       <c r="Q158" s="3">
         <v>0</v>
       </c>
       <c r="R158" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>0.4229</v>
       </c>
     </row>
     <row r="159" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B159" s="3" t="s">
-        <v>449</v>
+        <v>96</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>450</v>
+        <v>97</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F159" s="3">
         <v>4</v>
       </c>
       <c r="G159" s="3">
         <v>4</v>
       </c>
       <c r="H159" s="3">
-        <v>65.459999999999994</v>
+        <v>517.33000000000004</v>
       </c>
       <c r="I159" s="3">
-        <v>19.93</v>
+        <v>183.73</v>
       </c>
       <c r="J159" s="4">
-        <v>8.9999999999999993E-3</v>
+        <v>9.7999999999999997E-3</v>
       </c>
       <c r="K159" s="4">
-        <v>0.21390000000000001</v>
+        <v>0.15390000000000001</v>
       </c>
       <c r="L159" s="4">
-        <v>3.4000000000000002E-2</v>
+        <v>6.2300000000000001E-2</v>
       </c>
       <c r="M159" s="4">
-        <v>0.1144</v>
+        <v>0.10390000000000001</v>
       </c>
       <c r="N159" s="4">
-        <v>0.28029999999999999</v>
+        <v>0.22020000000000001</v>
       </c>
       <c r="O159" s="4">
-        <v>0.19919999999999999</v>
+        <v>0.27079999999999999</v>
       </c>
       <c r="P159" s="3">
-        <v>30.69</v>
+        <v>23.2</v>
       </c>
       <c r="Q159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R159" s="4">
-        <v>0.40970000000000001</v>
+        <v>-8.5900000000000004E-2</v>
       </c>
     </row>
     <row r="160" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B160" s="3" t="s">
-        <v>394</v>
+        <v>301</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>395</v>
+        <v>302</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F160" s="3">
         <v>4</v>
       </c>
       <c r="G160" s="3">
         <v>4</v>
       </c>
       <c r="H160" s="3">
-        <v>126.05</v>
+        <v>484.74</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>136.22</v>
+      </c>
+      <c r="J160" s="4">
+        <v>1.3100000000000001E-2</v>
       </c>
       <c r="K160" s="4">
-        <v>0.1206</v>
+        <v>0.2157</v>
       </c>
       <c r="L160" s="4">
-        <v>7.4800000000000005E-2</v>
+        <v>4.1399999999999999E-2</v>
       </c>
       <c r="M160" s="4">
-        <v>0.22470000000000001</v>
+        <v>8.7800000000000003E-2</v>
       </c>
       <c r="N160" s="4">
-        <v>1.6012</v>
+        <v>0.40620000000000001</v>
       </c>
       <c r="O160" s="4">
-        <v>0.90410000000000001</v>
+        <v>0.5524</v>
       </c>
       <c r="P160" s="3">
-        <v>30.05</v>
+        <v>33.57</v>
       </c>
       <c r="Q160" s="3">
         <v>0</v>
       </c>
       <c r="R160" s="4">
-        <v>8.0299999999999996E-2</v>
+        <v>6.5299999999999997E-2</v>
       </c>
     </row>
     <row r="161" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B161" s="3" t="s">
-        <v>545</v>
+        <v>231</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>546</v>
+        <v>232</v>
       </c>
       <c r="D161" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="F161" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G161" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H161" s="3">
-        <v>221</v>
+        <v>989.5</v>
       </c>
       <c r="I161" s="3">
-        <v>75.53</v>
+        <v>246.81</v>
       </c>
       <c r="J161" s="4">
-        <v>0.02</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="K161" s="4">
-        <v>3.7400000000000003E-2</v>
+        <v>0.2802</v>
       </c>
       <c r="L161" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>0.20660000000000001</v>
       </c>
       <c r="M161" s="4">
-        <v>0.1007</v>
+        <v>0.152</v>
       </c>
       <c r="N161" s="4">
-        <v>0.23910000000000001</v>
+        <v>0.27060000000000001</v>
       </c>
       <c r="O161" s="4">
-        <v>-0.68669999999999998</v>
+        <v>0.90280000000000005</v>
       </c>
       <c r="P161" s="3">
-        <v>12.25</v>
+        <v>42.83</v>
       </c>
       <c r="Q161" s="3">
         <v>0</v>
       </c>
       <c r="R161" s="4">
-        <v>0.30080000000000001</v>
+        <v>8.5099999999999995E-2</v>
       </c>
     </row>
     <row r="162" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B162" s="3" t="s">
-        <v>451</v>
+        <v>201</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>452</v>
+        <v>202</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F162" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G162" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H162" s="3">
-        <v>150.87</v>
+        <v>107.43</v>
       </c>
       <c r="I162" s="3">
-        <v>0</v>
+        <v>43.01</v>
       </c>
       <c r="J162" s="4">
-        <v>3.1E-2</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="K162" s="4">
-        <v>2.7199999999999998E-2</v>
+        <v>0.1444</v>
       </c>
       <c r="L162" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>0.1313</v>
       </c>
       <c r="M162" s="4">
-        <v>9.6699999999999994E-2</v>
+        <v>0.14299999999999999</v>
       </c>
       <c r="N162" s="4">
-        <v>0.76619999999999999</v>
+        <v>0</v>
       </c>
       <c r="O162" s="4">
-        <v>0.37290000000000001</v>
+        <v>0.2432</v>
       </c>
       <c r="P162" s="3">
-        <v>21.06</v>
+        <v>42.93</v>
       </c>
       <c r="Q162" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R162" s="4">
-        <v>0.52800000000000002</v>
+        <v>0.2989</v>
       </c>
     </row>
     <row r="163" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B163" s="3" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F163" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G163" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H163" s="3">
-        <v>271.26</v>
+        <v>71.56</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
       <c r="J163" s="4">
-        <v>1.18E-2</v>
+        <v>0.03</v>
       </c>
       <c r="K163" s="4">
-        <v>0.22289999999999999</v>
+        <v>0.05</v>
       </c>
       <c r="L163" s="4">
-        <v>9.4799999999999995E-2</v>
+        <v>5.11E-2</v>
       </c>
       <c r="M163" s="4">
-        <v>8.9499999999999996E-2</v>
+        <v>6.0900000000000003E-2</v>
       </c>
       <c r="N163" s="4">
-        <v>0.35160000000000002</v>
+        <v>0.64319999999999999</v>
       </c>
       <c r="O163" s="4">
-        <v>0.3049</v>
+        <v>-0.39650000000000002</v>
       </c>
       <c r="P163" s="3">
-        <v>28.66</v>
+        <v>22.7</v>
       </c>
       <c r="Q163" s="3">
         <v>0</v>
       </c>
       <c r="R163" s="4">
-        <v>0.41020000000000001</v>
+        <v>0.18390000000000001</v>
       </c>
     </row>
     <row r="164" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B164" s="3" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F164" s="3">
         <v>4</v>
       </c>
       <c r="G164" s="3">
         <v>4</v>
       </c>
       <c r="H164" s="3">
-        <v>508.63</v>
+        <v>199.18</v>
       </c>
       <c r="I164" s="3">
-        <v>183.73</v>
+        <v>43.4</v>
       </c>
       <c r="J164" s="4">
-        <v>1.0500000000000001E-2</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="K164" s="4">
-        <v>0.20680000000000001</v>
+        <v>0.1192</v>
       </c>
       <c r="L164" s="4">
-        <v>8.0199999999999994E-2</v>
+        <v>6.7900000000000002E-2</v>
       </c>
       <c r="M164" s="4">
-        <v>0.10390000000000001</v>
+        <v>0.1464</v>
       </c>
       <c r="N164" s="4">
-        <v>0.21809999999999999</v>
+        <v>0.2203</v>
       </c>
       <c r="O164" s="4">
-        <v>0.27600000000000002</v>
+        <v>0.19470000000000001</v>
       </c>
       <c r="P164" s="3">
-        <v>22.87</v>
+        <v>44</v>
       </c>
       <c r="Q164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R164" s="4">
-        <v>-0.14219999999999999</v>
+        <v>1.8280000000000001</v>
       </c>
     </row>
     <row r="165" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B165" s="3" t="s">
-        <v>334</v>
+        <v>484</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>335</v>
+        <v>485</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="F165" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G165" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H165" s="3">
-        <v>463.6</v>
+        <v>46.03</v>
       </c>
       <c r="I165" s="3">
-        <v>96.26</v>
+        <v>22.76</v>
       </c>
       <c r="J165" s="4">
-        <v>1.2999999999999999E-2</v>
+        <v>3.3300000000000003E-2</v>
       </c>
       <c r="K165" s="4">
-        <v>0.25979999999999998</v>
+        <v>8.0100000000000005E-2</v>
       </c>
       <c r="L165" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>0.12939999999999999</v>
       </c>
       <c r="M165" s="4">
-        <v>8.7800000000000003E-2</v>
+        <v>0.1</v>
       </c>
       <c r="N165" s="4">
-        <v>0.40439999999999998</v>
+        <v>0.57920000000000005</v>
       </c>
       <c r="O165" s="4">
-        <v>0.54610000000000003</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="P165" s="3">
-        <v>30.81</v>
+        <v>16.43</v>
       </c>
       <c r="Q165" s="3">
         <v>0</v>
       </c>
       <c r="R165" s="4">
-        <v>2.6700000000000002E-2</v>
+        <v>-9.1999999999999998E-2</v>
       </c>
     </row>
     <row r="166" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B166" s="3" t="s">
-        <v>253</v>
+        <v>404</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>254</v>
+        <v>405</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F166" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G166" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H166" s="3">
-        <v>1003.14</v>
+        <v>34.57</v>
       </c>
       <c r="I166" s="3">
-        <v>147.26</v>
+        <v>0</v>
       </c>
       <c r="J166" s="4">
-        <v>6.6E-3</v>
+        <v>2.7400000000000001E-2</v>
       </c>
       <c r="K166" s="4">
-        <v>0.2467</v>
+        <v>0.09</v>
       </c>
       <c r="L166" s="4">
-        <v>0.19350000000000001</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="M166" s="4">
-        <v>0.152</v>
+        <v>0.13070000000000001</v>
       </c>
       <c r="N166" s="4">
-        <v>0.4587</v>
+        <v>0.35110000000000002</v>
       </c>
       <c r="O166" s="4">
-        <v>0.80900000000000005</v>
+        <v>0.2361</v>
       </c>
       <c r="P166" s="3">
-        <v>49.07</v>
+        <v>17.54</v>
       </c>
       <c r="Q166" s="3">
         <v>0</v>
       </c>
       <c r="R166" s="4">
-        <v>0.2979</v>
+        <v>-0.13009999999999999</v>
       </c>
     </row>
     <row r="167" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B167" s="3" t="s">
-        <v>219</v>
+        <v>357</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>220</v>
+        <v>358</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F167" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G167" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H167" s="3">
-        <v>87.54</v>
+        <v>522.12</v>
       </c>
       <c r="I167" s="3">
-        <v>43.01</v>
+        <v>365.44</v>
       </c>
       <c r="J167" s="4">
-        <v>9.2999999999999992E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="K167" s="4">
-        <v>0.17019999999999999</v>
+        <v>0.20399999999999999</v>
       </c>
       <c r="L167" s="4">
-        <v>0.13239999999999999</v>
+        <v>0.16250000000000001</v>
       </c>
       <c r="M167" s="4">
-        <v>0.14299999999999999</v>
+        <v>0.14180000000000001</v>
       </c>
       <c r="N167" s="4">
-        <v>0.32650000000000001</v>
+        <v>0.18970000000000001</v>
       </c>
       <c r="O167" s="4">
-        <v>0.25929999999999997</v>
+        <v>0.17030000000000001</v>
       </c>
       <c r="P167" s="3">
-        <v>37.86</v>
+        <v>31.75</v>
       </c>
       <c r="Q167" s="3">
         <v>1</v>
       </c>
       <c r="R167" s="4">
-        <v>-8.6199999999999999E-2</v>
+        <v>-4.0300000000000002E-2</v>
       </c>
     </row>
     <row r="168" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B168" s="3" t="s">
-        <v>110</v>
+        <v>523</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>111</v>
+        <v>524</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F168" s="3">
         <v>3</v>
       </c>
       <c r="G168" s="3">
         <v>3</v>
       </c>
       <c r="H168" s="3">
-        <v>66.52</v>
+        <v>57.38</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
       <c r="J168" s="4">
-        <v>3.2899999999999999E-2</v>
+        <v>5.3499999999999999E-2</v>
       </c>
       <c r="K168" s="4">
-        <v>5.5300000000000002E-2</v>
+        <v>9.2799999999999994E-2</v>
       </c>
       <c r="L168" s="4">
-        <v>3.95E-2</v>
+        <v>0.1961</v>
       </c>
       <c r="M168" s="4">
-        <v>5.7799999999999997E-2</v>
+        <v>5.1499999999999997E-2</v>
       </c>
       <c r="N168" s="4">
-        <v>0.71299999999999997</v>
+        <v>0</v>
       </c>
       <c r="O168" s="4">
-        <v>-0.39269999999999999</v>
+        <v>0.97650000000000003</v>
       </c>
       <c r="P168" s="3">
-        <v>20.49</v>
+        <v>10.56</v>
       </c>
       <c r="Q168" s="3">
         <v>0</v>
       </c>
       <c r="R168" s="4">
-        <v>0.13389999999999999</v>
+        <v>9.9599999999999994E-2</v>
       </c>
     </row>
     <row r="169" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B169" s="3" t="s">
-        <v>112</v>
+        <v>359</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>113</v>
+        <v>360</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F169" s="3">
         <v>4</v>
       </c>
       <c r="G169" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H169" s="3">
-        <v>230.16</v>
+        <v>152.75</v>
       </c>
       <c r="I169" s="3">
-        <v>43.4</v>
+        <v>0</v>
       </c>
       <c r="J169" s="4">
-        <v>4.4000000000000003E-3</v>
+        <v>9.1000000000000004E-3</v>
       </c>
       <c r="K169" s="4">
-        <v>0.17599999999999999</v>
+        <v>0.17080000000000001</v>
       </c>
       <c r="L169" s="4">
-        <v>0.1043</v>
+        <v>5.3199999999999997E-2</v>
       </c>
       <c r="M169" s="4">
-        <v>0.13950000000000001</v>
+        <v>9.3100000000000002E-2</v>
       </c>
       <c r="N169" s="4">
-        <v>0.2203</v>
+        <v>0</v>
       </c>
       <c r="O169" s="4">
-        <v>0.19470000000000001</v>
+        <v>0.29620000000000002</v>
       </c>
       <c r="P169" s="3">
-        <v>48.68</v>
+        <v>11.41</v>
       </c>
       <c r="Q169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R169" s="4">
-        <v>1.9885999999999999</v>
+        <v>0.20619999999999999</v>
       </c>
     </row>
     <row r="170" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B170" s="3" t="s">
-        <v>564</v>
+        <v>233</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>565</v>
+        <v>234</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F170" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G170" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H170" s="3">
-        <v>46.28</v>
+        <v>328.04</v>
       </c>
       <c r="I170" s="3">
-        <v>22.76</v>
+        <v>195.3</v>
       </c>
       <c r="J170" s="4">
-        <v>3.3799999999999997E-2</v>
+        <v>2.2700000000000001E-2</v>
       </c>
       <c r="K170" s="4">
-        <v>4.0899999999999999E-2</v>
+        <v>0.1168</v>
       </c>
       <c r="L170" s="4">
-        <v>0.12959999999999999</v>
+        <v>6.5100000000000005E-2</v>
       </c>
       <c r="M170" s="4">
-        <v>0.1</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="N170" s="4">
-        <v>0.57920000000000005</v>
+        <v>0.59630000000000005</v>
       </c>
       <c r="O170" s="4">
-        <v>0.31919999999999998</v>
+        <v>0.71179999999999999</v>
       </c>
       <c r="P170" s="3">
-        <v>16.66</v>
+        <v>27.39</v>
       </c>
       <c r="Q170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R170" s="4">
-        <v>-0.2321</v>
+        <v>7.9500000000000001E-2</v>
       </c>
     </row>
     <row r="171" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B171" s="3" t="s">
-        <v>453</v>
+        <v>102</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>454</v>
+        <v>103</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F171" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G171" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H171" s="3">
-        <v>37.229999999999997</v>
+        <v>471.9</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>259.95</v>
       </c>
       <c r="J171" s="4">
-        <v>2.5999999999999999E-2</v>
+        <v>8.8000000000000005E-3</v>
       </c>
       <c r="K171" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>4.99E-2</v>
       </c>
       <c r="L171" s="4">
-        <v>5.8900000000000001E-2</v>
+        <v>6.3200000000000006E-2</v>
       </c>
       <c r="M171" s="4">
-        <v>0.12520000000000001</v>
+        <v>0.1085</v>
       </c>
       <c r="N171" s="4">
-        <v>0.35110000000000002</v>
+        <v>0.27529999999999999</v>
       </c>
       <c r="O171" s="4">
-        <v>0.29289999999999999</v>
+        <v>0.2722</v>
       </c>
       <c r="P171" s="3">
-        <v>17.2</v>
+        <v>34.380000000000003</v>
       </c>
       <c r="Q171" s="3">
         <v>0</v>
       </c>
       <c r="R171" s="4">
-        <v>-0.15770000000000001</v>
+        <v>7.4999999999999997E-3</v>
       </c>
     </row>
     <row r="172" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B172" s="3" t="s">
-        <v>396</v>
+        <v>254</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>397</v>
+        <v>255</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F172" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G172" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H172" s="3">
-        <v>550.85</v>
+        <v>114.51</v>
       </c>
       <c r="I172" s="3">
-        <v>407.83</v>
+        <v>0</v>
       </c>
       <c r="J172" s="4">
-        <v>6.3E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="K172" s="4">
-        <v>0.19639999999999999</v>
+        <v>0.3543</v>
       </c>
       <c r="L172" s="4">
-        <v>0.1552</v>
+        <v>9.8400000000000001E-2</v>
       </c>
       <c r="M172" s="4">
-        <v>0.1394</v>
+        <v>0.3861</v>
       </c>
       <c r="N172" s="4">
-        <v>0.1867</v>
+        <v>0.14510000000000001</v>
       </c>
       <c r="O172" s="4">
-        <v>0.17030000000000001</v>
+        <v>0.1588</v>
       </c>
       <c r="P172" s="3">
-        <v>33.340000000000003</v>
+        <v>16.97</v>
       </c>
       <c r="Q172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R172" s="4">
-        <v>-9.5999999999999992E-3</v>
+        <v>0.4869</v>
       </c>
     </row>
     <row r="173" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B173" s="3" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F173" s="3">
         <v>3</v>
       </c>
       <c r="G173" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H173" s="3">
-        <v>132.21</v>
+        <v>58.6</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
       <c r="J173" s="4">
-        <v>4.6300000000000001E-2</v>
+        <v>7.3400000000000007E-2</v>
       </c>
       <c r="K173" s="4">
-        <v>0.16569999999999999</v>
+        <v>0.13980000000000001</v>
       </c>
       <c r="L173" s="4">
-        <v>5.6000000000000001E-2</v>
+        <v>7.8299999999999995E-2</v>
       </c>
       <c r="M173" s="4">
-        <v>8.6099999999999996E-2</v>
+        <v>8.1299999999999997E-2</v>
       </c>
       <c r="N173" s="4">
-        <v>1.3220000000000001</v>
+        <v>0</v>
       </c>
       <c r="O173" s="4">
-        <v>0.88759999999999994</v>
+        <v>0.98119999999999996</v>
       </c>
       <c r="P173" s="3">
-        <v>28.01</v>
+        <v>12.16</v>
       </c>
       <c r="Q173" s="3">
         <v>0</v>
       </c>
       <c r="R173" s="4">
-        <v>-9.4600000000000004E-2</v>
+        <v>0.21240000000000001</v>
       </c>
     </row>
     <row r="174" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B174" s="3" t="s">
-        <v>398</v>
+        <v>303</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>399</v>
+        <v>304</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F174" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G174" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H174" s="3">
-        <v>68.069999999999993</v>
+        <v>1023.16</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
       <c r="J174" s="4">
-        <v>1.8599999999999998E-2</v>
+        <v>7.4000000000000003E-3</v>
       </c>
       <c r="K174" s="4">
-        <v>5.0200000000000002E-2</v>
+        <v>0.2823</v>
       </c>
       <c r="L174" s="4">
-        <v>1.11E-2</v>
+        <v>0.24490000000000001</v>
       </c>
       <c r="M174" s="4">
-        <v>0.17230000000000001</v>
+        <v>0.26040000000000002</v>
       </c>
       <c r="N174" s="4">
-        <v>0.30780000000000002</v>
+        <v>0.49349999999999999</v>
       </c>
       <c r="O174" s="4">
-        <v>0.30730000000000002</v>
+        <v>0.4294</v>
       </c>
       <c r="P174" s="3">
-        <v>17.45</v>
+        <v>83.89</v>
       </c>
       <c r="Q174" s="3">
         <v>0</v>
       </c>
       <c r="R174" s="4">
-        <v>-0.1265</v>
+        <v>0.92210000000000003</v>
       </c>
     </row>
     <row r="175" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B175" s="3" t="s">
-        <v>400</v>
+        <v>284</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>401</v>
+        <v>285</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F175" s="3">
         <v>4</v>
       </c>
       <c r="G175" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H175" s="3">
-        <v>164.9</v>
+        <v>115.79</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>89.25</v>
       </c>
       <c r="J175" s="4">
-        <v>8.6999999999999994E-3</v>
+        <v>2.93E-2</v>
       </c>
       <c r="K175" s="4">
-        <v>0.2429</v>
+        <v>0.31059999999999999</v>
       </c>
       <c r="L175" s="4">
-        <v>7.2599999999999998E-2</v>
+        <v>9.2100000000000001E-2</v>
       </c>
       <c r="M175" s="4">
-        <v>0.09</v>
+        <v>5.67E-2</v>
       </c>
       <c r="N175" s="4">
-        <v>9.4E-2</v>
+        <v>0</v>
       </c>
       <c r="O175" s="4">
-        <v>0.28370000000000001</v>
+        <v>0.66149999999999998</v>
       </c>
       <c r="P175" s="3">
-        <v>12.57</v>
+        <v>15.95</v>
       </c>
       <c r="Q175" s="3">
         <v>0</v>
       </c>
       <c r="R175" s="4">
-        <v>0.23039999999999999</v>
+        <v>0.28110000000000002</v>
       </c>
     </row>
     <row r="176" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B176" s="3" t="s">
-        <v>255</v>
+        <v>486</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>256</v>
+        <v>178</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F176" s="3">
         <v>4</v>
       </c>
       <c r="G176" s="3">
         <v>4</v>
       </c>
       <c r="H176" s="3">
-        <v>319.39</v>
+        <v>183.13</v>
       </c>
       <c r="I176" s="3">
-        <v>195.3</v>
+        <v>0</v>
       </c>
       <c r="J176" s="4">
-        <v>2.3400000000000001E-2</v>
+        <v>1.95E-2</v>
       </c>
       <c r="K176" s="4">
-        <v>0.1323</v>
+        <v>0.1399</v>
       </c>
       <c r="L176" s="4">
-        <v>6.4600000000000005E-2</v>
+        <v>8.8499999999999995E-2</v>
       </c>
       <c r="M176" s="4">
-        <v>7.1300000000000002E-2</v>
+        <v>0.1336</v>
       </c>
       <c r="N176" s="4">
-        <v>0.59219999999999995</v>
+        <v>0.40500000000000003</v>
       </c>
       <c r="O176" s="4">
-        <v>0.6865</v>
+        <v>0.3397</v>
       </c>
       <c r="P176" s="3">
-        <v>27.25</v>
+        <v>21.97</v>
       </c>
       <c r="Q176" s="3">
         <v>1</v>
       </c>
       <c r="R176" s="4">
-        <v>0.1239</v>
+        <v>-0.2041</v>
       </c>
     </row>
     <row r="177" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B177" s="3" t="s">
-        <v>114</v>
+        <v>266</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>115</v>
+        <v>267</v>
       </c>
       <c r="D177" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F177" s="3">
         <v>4</v>
       </c>
       <c r="G177" s="3">
         <v>4</v>
       </c>
       <c r="H177" s="3">
-        <v>471.02</v>
+        <v>95.12</v>
       </c>
       <c r="I177" s="3">
-        <v>259.95</v>
+        <v>87.21</v>
       </c>
       <c r="J177" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="K177" s="4">
-        <v>5.8900000000000001E-2</v>
+        <v>6.9500000000000006E-2</v>
       </c>
       <c r="L177" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>3.5900000000000001E-2</v>
       </c>
       <c r="M177" s="4">
-        <v>0.1033</v>
+        <v>0.1041</v>
       </c>
       <c r="N177" s="4">
-        <v>0.31209999999999999</v>
+        <v>0.3115</v>
       </c>
       <c r="O177" s="4">
-        <v>0.2873</v>
+        <v>0.30259999999999998</v>
       </c>
       <c r="P177" s="3">
-        <v>37.68</v>
+        <v>21.27</v>
       </c>
       <c r="Q177" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R177" s="4">
-        <v>4.9399999999999999E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
     </row>
     <row r="178" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B178" s="3" t="s">
-        <v>221</v>
+        <v>104</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>222</v>
+        <v>105</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F178" s="3">
         <v>4</v>
       </c>
       <c r="G178" s="3">
         <v>4</v>
       </c>
       <c r="H178" s="3">
-        <v>59.51</v>
+        <v>160.22999999999999</v>
       </c>
       <c r="I178" s="3">
-        <v>70.67</v>
+        <v>83.28</v>
       </c>
       <c r="J178" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>2.46E-2</v>
       </c>
       <c r="K178" s="4">
-        <v>1.6299999999999999E-2</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="L178" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>0.16070000000000001</v>
       </c>
       <c r="M178" s="4">
-        <v>0.1008</v>
+        <v>0.22900000000000001</v>
       </c>
       <c r="N178" s="4">
-        <v>0.51980000000000004</v>
+        <v>0.37830000000000003</v>
       </c>
       <c r="O178" s="4">
-        <v>1.0782</v>
+        <v>0.14299999999999999</v>
       </c>
       <c r="P178" s="3">
-        <v>21.93</v>
+        <v>15.93</v>
       </c>
       <c r="Q178" s="3">
         <v>0</v>
       </c>
       <c r="R178" s="4">
-        <v>5.4600000000000003E-2</v>
+        <v>0.39829999999999999</v>
       </c>
     </row>
     <row r="179" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B179" s="3" t="s">
-        <v>280</v>
+        <v>203</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>281</v>
+        <v>204</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F179" s="3">
         <v>4</v>
       </c>
       <c r="G179" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H179" s="3">
-        <v>123.69</v>
+        <v>569.19000000000005</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
       <c r="J179" s="4">
-        <v>7.1999999999999998E-3</v>
+        <v>1.4500000000000001E-2</v>
       </c>
       <c r="K179" s="4">
-        <v>0.40110000000000001</v>
+        <v>0.1537</v>
       </c>
       <c r="L179" s="4">
-        <v>0.1154</v>
+        <v>0.1227</v>
       </c>
       <c r="M179" s="4">
-        <v>0.3599</v>
+        <v>0.19789999999999999</v>
       </c>
       <c r="N179" s="4">
-        <v>0.14510000000000001</v>
+        <v>0.46289999999999998</v>
       </c>
       <c r="O179" s="4">
-        <v>0.15379999999999999</v>
+        <v>0.38690000000000002</v>
       </c>
       <c r="P179" s="3">
-        <v>18.47</v>
+        <v>36.090000000000003</v>
       </c>
       <c r="Q179" s="3">
         <v>0</v>
       </c>
       <c r="R179" s="4">
-        <v>0.80389999999999995</v>
+        <v>1.34E-2</v>
       </c>
     </row>
     <row r="180" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B180" s="3" t="s">
-        <v>336</v>
+        <v>448</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>337</v>
+        <v>449</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F180" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G180" s="3">
         <v>4</v>
       </c>
       <c r="H180" s="3">
-        <v>1165.3399999999999</v>
+        <v>54.18</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
       <c r="J180" s="4">
-        <v>5.3E-3</v>
+        <v>2.6800000000000001E-2</v>
       </c>
       <c r="K180" s="4">
-        <v>0.62109999999999999</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="L180" s="4">
-        <v>0.25800000000000001</v>
+        <v>6.4600000000000005E-2</v>
       </c>
       <c r="M180" s="4">
-        <v>0.2555</v>
+        <v>5.7200000000000001E-2</v>
       </c>
       <c r="N180" s="4">
-        <v>0.13789999999999999</v>
+        <v>0</v>
       </c>
       <c r="O180" s="4">
-        <v>0.38690000000000002</v>
+        <v>-0.73670000000000002</v>
       </c>
       <c r="P180" s="3">
-        <v>29.96</v>
+        <v>22.79</v>
       </c>
       <c r="Q180" s="3">
         <v>0</v>
       </c>
       <c r="R180" s="4">
-        <v>0.88129999999999997</v>
+        <v>-9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="181" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B181" s="3" t="s">
-        <v>314</v>
+        <v>106</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>315</v>
+        <v>107</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F181" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G181" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H181" s="3">
-        <v>115.85</v>
+        <v>408.18</v>
       </c>
       <c r="I181" s="3">
-        <v>89.25</v>
+        <v>251.65</v>
       </c>
       <c r="J181" s="4">
-        <v>0.03</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="K181" s="4">
-        <v>0.33629999999999999</v>
+        <v>0.13170000000000001</v>
       </c>
       <c r="L181" s="4">
-        <v>9.1200000000000003E-2</v>
+        <v>0.1198</v>
       </c>
       <c r="M181" s="4">
-        <v>5.4100000000000002E-2</v>
+        <v>0.1021</v>
       </c>
       <c r="N181" s="4">
-        <v>0</v>
+        <v>0.24229999999999999</v>
       </c>
       <c r="O181" s="4">
-        <v>0.62139999999999995</v>
+        <v>0.32640000000000002</v>
       </c>
       <c r="P181" s="3">
-        <v>15.32</v>
+        <v>25.7</v>
       </c>
       <c r="Q181" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R181" s="4">
-        <v>0.1787</v>
+        <v>4.2700000000000002E-2</v>
       </c>
     </row>
     <row r="182" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B182" s="3" t="s">
-        <v>566</v>
+        <v>235</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>194</v>
+        <v>236</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F182" s="3">
         <v>4</v>
       </c>
       <c r="G182" s="3">
         <v>4</v>
       </c>
       <c r="H182" s="3">
-        <v>188.48</v>
+        <v>460.59</v>
       </c>
       <c r="I182" s="3">
-        <v>0</v>
+        <v>238.28</v>
       </c>
       <c r="J182" s="4">
-        <v>1.9099999999999999E-2</v>
+        <v>1.04E-2</v>
       </c>
       <c r="K182" s="4">
-        <v>0.16159999999999999</v>
+        <v>0.1729</v>
       </c>
       <c r="L182" s="4">
-        <v>8.9599999999999999E-2</v>
+        <v>9.1700000000000004E-2</v>
       </c>
       <c r="M182" s="4">
-        <v>0.12959999999999999</v>
+        <v>0.1066</v>
       </c>
       <c r="N182" s="4">
-        <v>0.4098</v>
+        <v>0.3463</v>
       </c>
       <c r="O182" s="4">
-        <v>0.31840000000000002</v>
+        <v>0.28299999999999997</v>
       </c>
       <c r="P182" s="3">
-        <v>22.38</v>
+        <v>36.64</v>
       </c>
       <c r="Q182" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R182" s="4">
-        <v>-0.12690000000000001</v>
+        <v>0.11559999999999999</v>
       </c>
     </row>
     <row r="183" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B183" s="3" t="s">
-        <v>296</v>
+        <v>527</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>297</v>
+        <v>528</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F183" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G183" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H183" s="3">
-        <v>93.11</v>
+        <v>210.24</v>
       </c>
       <c r="I183" s="3">
-        <v>87.21</v>
+        <v>0</v>
       </c>
       <c r="J183" s="4">
-        <v>1.78E-2</v>
+        <v>2.7799999999999998E-2</v>
       </c>
       <c r="K183" s="4">
-        <v>6.88E-2</v>
+        <v>8.4900000000000003E-2</v>
       </c>
       <c r="L183" s="4">
-        <v>3.4299999999999997E-2</v>
+        <v>0.10299999999999999</v>
       </c>
       <c r="M183" s="4">
-        <v>9.8599999999999993E-2</v>
+        <v>5.8599999999999999E-2</v>
       </c>
       <c r="N183" s="4">
-        <v>0.3115</v>
+        <v>0.33350000000000002</v>
       </c>
       <c r="O183" s="4">
-        <v>0.30259999999999998</v>
+        <v>0.3755</v>
       </c>
       <c r="P183" s="3">
-        <v>20.25</v>
+        <v>12.67</v>
       </c>
       <c r="Q183" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R183" s="4">
-        <v>2.0799999999999999E-2</v>
+        <v>0.25679999999999997</v>
       </c>
     </row>
     <row r="184" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B184" s="3" t="s">
-        <v>116</v>
+        <v>316</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>117</v>
+        <v>317</v>
       </c>
       <c r="D184" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F184" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G184" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H184" s="3">
-        <v>182.86</v>
+        <v>16.670000000000002</v>
       </c>
       <c r="I184" s="3">
-        <v>83.28</v>
+        <v>0</v>
       </c>
       <c r="J184" s="4">
-        <v>2.1600000000000001E-2</v>
+        <v>4.9299999999999997E-2</v>
       </c>
       <c r="K184" s="4">
-        <v>8.6400000000000005E-2</v>
+        <v>7.5800000000000006E-2</v>
       </c>
       <c r="L184" s="4">
-        <v>0.17299999999999999</v>
+        <v>0.13420000000000001</v>
       </c>
       <c r="M184" s="4">
-        <v>0.22420000000000001</v>
+        <v>0.1487</v>
       </c>
       <c r="N184" s="4">
-        <v>0</v>
+        <v>0.81799999999999995</v>
       </c>
       <c r="O184" s="4">
-        <v>0.62729999999999997</v>
+        <v>0.46760000000000002</v>
       </c>
       <c r="P184" s="3">
-        <v>17.920000000000002</v>
+        <v>16.850000000000001</v>
       </c>
       <c r="Q184" s="3">
         <v>0</v>
       </c>
       <c r="R184" s="4">
-        <v>0.38579999999999998</v>
+        <v>0.37619999999999998</v>
       </c>
     </row>
     <row r="185" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B185" s="3" t="s">
-        <v>223</v>
+        <v>108</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>224</v>
+        <v>109</v>
       </c>
       <c r="D185" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F185" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G185" s="3">
         <v>4</v>
       </c>
       <c r="H185" s="3">
-        <v>581.07000000000005</v>
+        <v>186.26</v>
       </c>
       <c r="I185" s="3">
-        <v>0</v>
+        <v>175.25</v>
       </c>
       <c r="J185" s="4">
-        <v>1.3100000000000001E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="K185" s="4">
-        <v>0.17499999999999999</v>
+        <v>0.1036</v>
       </c>
       <c r="L185" s="4">
-        <v>0.125</v>
+        <v>0.1118</v>
       </c>
       <c r="M185" s="4">
-        <v>0.1898</v>
+        <v>0.1125</v>
       </c>
       <c r="N185" s="4">
-        <v>0.44080000000000003</v>
+        <v>0.4577</v>
       </c>
       <c r="O185" s="4">
-        <v>0.38690000000000002</v>
+        <v>0.82520000000000004</v>
       </c>
       <c r="P185" s="3">
-        <v>37.07</v>
+        <v>18.32</v>
       </c>
       <c r="Q185" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R185" s="4">
-        <v>8.6400000000000005E-2</v>
+        <v>0.69889999999999997</v>
       </c>
     </row>
     <row r="186" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B186" s="3" t="s">
-        <v>515</v>
+        <v>406</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>516</v>
+        <v>407</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F186" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G186" s="3">
         <v>4</v>
       </c>
       <c r="H186" s="3">
-        <v>51.39</v>
+        <v>88.42</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
       <c r="J186" s="4">
-        <v>2.7699999999999999E-2</v>
+        <v>1.2200000000000001E-2</v>
       </c>
       <c r="K186" s="4">
-        <v>1.7299999999999999E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="L186" s="4">
-        <v>6.59E-2</v>
+        <v>6.8699999999999997E-2</v>
       </c>
       <c r="M186" s="4">
-        <v>5.4199999999999998E-2</v>
+        <v>0.1103</v>
       </c>
       <c r="N186" s="4">
-        <v>0.52910000000000001</v>
+        <v>0.33610000000000001</v>
       </c>
       <c r="O186" s="4">
-        <v>-0.77839999999999998</v>
+        <v>0.30220000000000002</v>
       </c>
       <c r="P186" s="3">
-        <v>21.8</v>
+        <v>28.56</v>
       </c>
       <c r="Q186" s="3">
         <v>0</v>
       </c>
       <c r="R186" s="4">
-        <v>5.2299999999999999E-2</v>
+        <v>0.17319999999999999</v>
       </c>
     </row>
     <row r="187" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B187" s="3" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F187" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G187" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H187" s="3">
-        <v>411.1</v>
+        <v>272.77999999999997</v>
       </c>
       <c r="I187" s="3">
-        <v>251.65</v>
+        <v>268.42</v>
       </c>
       <c r="J187" s="4">
-        <v>8.6E-3</v>
+        <v>1.17E-2</v>
       </c>
       <c r="K187" s="4">
-        <v>0.1593</v>
+        <v>0.12620000000000001</v>
       </c>
       <c r="L187" s="4">
-        <v>0.13900000000000001</v>
+        <v>5.3400000000000003E-2</v>
       </c>
       <c r="M187" s="4">
-        <v>0.1021</v>
+        <v>0.156</v>
       </c>
       <c r="N187" s="4">
-        <v>0.24229999999999999</v>
+        <v>0.36959999999999998</v>
       </c>
       <c r="O187" s="4">
-        <v>0.32640000000000002</v>
+        <v>0.27889999999999998</v>
       </c>
       <c r="P187" s="3">
-        <v>26.49</v>
+        <v>30.37</v>
       </c>
       <c r="Q187" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R187" s="4">
-        <v>3.7900000000000003E-2</v>
+        <v>0.3478</v>
       </c>
     </row>
     <row r="188" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B188" s="3" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F188" s="3">
         <v>4</v>
       </c>
       <c r="G188" s="3">
         <v>4</v>
       </c>
       <c r="H188" s="3">
-        <v>409.6</v>
+        <v>91.01</v>
       </c>
       <c r="I188" s="3">
-        <v>220.55</v>
+        <v>87.1</v>
       </c>
       <c r="J188" s="4">
-        <v>1.2E-2</v>
+        <v>2.7400000000000001E-2</v>
       </c>
       <c r="K188" s="4">
-        <v>0.1797</v>
+        <v>8.8400000000000006E-2</v>
       </c>
       <c r="L188" s="4">
-        <v>8.8200000000000001E-2</v>
+        <v>9.8900000000000002E-2</v>
       </c>
       <c r="M188" s="4">
-        <v>0.1066</v>
+        <v>0.10100000000000001</v>
       </c>
       <c r="N188" s="4">
-        <v>0.42680000000000001</v>
+        <v>0.68469999999999998</v>
       </c>
       <c r="O188" s="4">
-        <v>0.29409999999999997</v>
+        <v>1.4575</v>
       </c>
       <c r="P188" s="3">
-        <v>32.86</v>
+        <v>27.61</v>
       </c>
       <c r="Q188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R188" s="4">
-        <v>-0.13789999999999999</v>
+        <v>0.34029999999999999</v>
       </c>
     </row>
     <row r="189" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B189" s="3" t="s">
-        <v>350</v>
+        <v>408</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>351</v>
+        <v>409</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F189" s="3">
         <v>3</v>
       </c>
       <c r="G189" s="3">
         <v>3</v>
       </c>
       <c r="H189" s="3">
-        <v>16.82</v>
+        <v>6.2</v>
       </c>
       <c r="I189" s="3">
-        <v>0</v>
+        <v>3.87</v>
       </c>
       <c r="J189" s="4">
-        <v>5.0599999999999999E-2</v>
+        <v>5.62E-2</v>
       </c>
       <c r="K189" s="4">
-        <v>0.11559999999999999</v>
+        <v>0.1231</v>
       </c>
       <c r="L189" s="4">
-        <v>0.12509999999999999</v>
+        <v>0.1348</v>
       </c>
       <c r="M189" s="4">
-        <v>0.16589999999999999</v>
+        <v>5.5899999999999998E-2</v>
       </c>
       <c r="N189" s="4">
-        <v>0.60229999999999995</v>
+        <v>0.99829999999999997</v>
       </c>
       <c r="O189" s="4">
-        <v>0.37930000000000003</v>
+        <v>0.54449999999999998</v>
       </c>
       <c r="P189" s="3">
-        <v>15.67</v>
+        <v>9.51</v>
       </c>
       <c r="Q189" s="3">
         <v>0</v>
       </c>
       <c r="R189" s="4">
-        <v>0.23530000000000001</v>
+        <v>0.27079999999999999</v>
       </c>
     </row>
     <row r="190" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B190" s="3" t="s">
-        <v>120</v>
+        <v>410</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>121</v>
+        <v>411</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F190" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G190" s="3">
         <v>4</v>
       </c>
       <c r="H190" s="3">
-        <v>164.5</v>
+        <v>640.39</v>
       </c>
       <c r="I190" s="3">
-        <v>175.25</v>
+        <v>0</v>
       </c>
       <c r="J190" s="4">
-        <v>3.0300000000000001E-2</v>
+        <v>1.8599999999999998E-2</v>
       </c>
       <c r="K190" s="4">
-        <v>0.1053</v>
+        <v>0.13750000000000001</v>
       </c>
       <c r="L190" s="4">
-        <v>9.9599999999999994E-2</v>
+        <v>6.1899999999999997E-2</v>
       </c>
       <c r="M190" s="4">
-        <v>0.1079</v>
+        <v>8.1600000000000006E-2</v>
       </c>
       <c r="N190" s="4">
-        <v>0.4577</v>
+        <v>0.254</v>
       </c>
       <c r="O190" s="4">
-        <v>0.54910000000000003</v>
+        <v>0.21560000000000001</v>
       </c>
       <c r="P190" s="3">
-        <v>16.239999999999998</v>
+        <v>14.55</v>
       </c>
       <c r="Q190" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R190" s="4">
-        <v>0.3301</v>
+        <v>0.20369999999999999</v>
       </c>
     </row>
     <row r="191" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B191" s="3" t="s">
-        <v>455</v>
+        <v>529</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>456</v>
+        <v>530</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F191" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G191" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H191" s="3">
-        <v>87.51</v>
+        <v>46.42</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
       <c r="J191" s="4">
-        <v>1.12E-2</v>
+        <v>2.5499999999999998E-2</v>
       </c>
       <c r="K191" s="4">
-        <v>8.4699999999999998E-2</v>
+        <v>0.40129999999999999</v>
       </c>
       <c r="L191" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>7.5200000000000003E-2</v>
       </c>
       <c r="M191" s="4">
-        <v>0.1041</v>
+        <v>6.0499999999999998E-2</v>
       </c>
       <c r="N191" s="4">
-        <v>0.34489999999999998</v>
+        <v>0.57499999999999996</v>
       </c>
       <c r="O191" s="4">
-        <v>0.27929999999999999</v>
+        <v>-1.2628999999999999</v>
       </c>
       <c r="P191" s="3">
-        <v>31.3</v>
+        <v>24.08</v>
       </c>
       <c r="Q191" s="3">
         <v>0</v>
       </c>
       <c r="R191" s="4">
-        <v>0.19639999999999999</v>
+        <v>0.2525</v>
       </c>
     </row>
     <row r="192" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B192" s="3" t="s">
-        <v>122</v>
+        <v>276</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>123</v>
+        <v>277</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F192" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G192" s="3">
         <v>4</v>
       </c>
       <c r="H192" s="3">
-        <v>278.05</v>
+        <v>756.18</v>
       </c>
       <c r="I192" s="3">
-        <v>268.42</v>
+        <v>498.96</v>
       </c>
       <c r="J192" s="4">
-        <v>1.18E-2</v>
+        <v>1.2500000000000001E-2</v>
       </c>
       <c r="K192" s="4">
-        <v>0.1108</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="L192" s="4">
-        <v>5.28E-2</v>
+        <v>2.3599999999999999E-2</v>
       </c>
       <c r="M192" s="4">
-        <v>0.156</v>
+        <v>9.7600000000000006E-2</v>
       </c>
       <c r="N192" s="4">
-        <v>0.36959999999999998</v>
+        <v>0.30940000000000001</v>
       </c>
       <c r="O192" s="4">
-        <v>0.27089999999999997</v>
+        <v>0.39100000000000001</v>
       </c>
       <c r="P192" s="3">
-        <v>32.49</v>
+        <v>25.41</v>
       </c>
       <c r="Q192" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R192" s="4">
-        <v>0.29680000000000001</v>
+        <v>0.58250000000000002</v>
       </c>
     </row>
     <row r="193" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B193" s="3" t="s">
-        <v>304</v>
+        <v>450</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>305</v>
+        <v>451</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F193" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G193" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H193" s="3">
-        <v>88.8</v>
+        <v>154.29</v>
       </c>
       <c r="I193" s="3">
-        <v>87.1</v>
+        <v>33.28</v>
       </c>
       <c r="J193" s="4">
-        <v>2.6200000000000001E-2</v>
+        <v>1.18E-2</v>
       </c>
       <c r="K193" s="4">
-        <v>0.15620000000000001</v>
+        <v>0.2611</v>
       </c>
       <c r="L193" s="4">
-        <v>7.8799999999999995E-2</v>
+        <v>0.15160000000000001</v>
       </c>
       <c r="M193" s="4">
-        <v>9.6299999999999997E-2</v>
+        <v>7.9100000000000004E-2</v>
       </c>
       <c r="N193" s="4">
-        <v>0.51780000000000004</v>
+        <v>0</v>
       </c>
       <c r="O193" s="4">
-        <v>1.4575</v>
+        <v>0.5373</v>
       </c>
       <c r="P193" s="3">
-        <v>26.91</v>
+        <v>40.68</v>
       </c>
       <c r="Q193" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R193" s="4">
-        <v>0.25290000000000001</v>
+        <v>0.78210000000000002</v>
       </c>
     </row>
     <row r="194" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B194" s="3" t="s">
-        <v>457</v>
+        <v>112</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>458</v>
+        <v>109</v>
       </c>
       <c r="D194" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F194" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G194" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H194" s="3">
-        <v>6.11</v>
+        <v>137.85</v>
       </c>
       <c r="I194" s="3">
-        <v>3.87</v>
+        <v>0</v>
       </c>
       <c r="J194" s="4">
-        <v>5.74E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="K194" s="4">
-        <v>0.1163</v>
+        <v>0.1036</v>
       </c>
       <c r="L194" s="4">
-        <v>0.15529999999999999</v>
+        <v>0.1118</v>
       </c>
       <c r="M194" s="4">
-        <v>5.5899999999999998E-2</v>
+        <v>0.1125</v>
       </c>
       <c r="N194" s="4">
-        <v>0.99829999999999997</v>
+        <v>0.4577</v>
       </c>
       <c r="O194" s="4">
-        <v>0.54449999999999998</v>
+        <v>0.82669999999999999</v>
       </c>
       <c r="P194" s="3">
-        <v>9.31</v>
+        <v>18.32</v>
       </c>
       <c r="Q194" s="3">
         <v>0</v>
       </c>
       <c r="R194" s="4">
-        <v>0.25950000000000001</v>
+        <v>0.77380000000000004</v>
       </c>
     </row>
     <row r="195" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B195" s="3" t="s">
-        <v>459</v>
+        <v>361</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>460</v>
+        <v>362</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F195" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G195" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H195" s="3">
-        <v>693.89</v>
+        <v>38.6</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>24.13</v>
       </c>
       <c r="J195" s="4">
-        <v>1.77E-2</v>
+        <v>6.5299999999999997E-2</v>
       </c>
       <c r="K195" s="4">
-        <v>0.13969999999999999</v>
+        <v>0.20130000000000001</v>
       </c>
       <c r="L195" s="4">
-        <v>6.4199999999999993E-2</v>
+        <v>0.19489999999999999</v>
       </c>
       <c r="M195" s="4">
-        <v>8.1600000000000006E-2</v>
+        <v>0.21490000000000001</v>
       </c>
       <c r="N195" s="4">
-        <v>0.20810000000000001</v>
+        <v>0.50739999999999996</v>
       </c>
       <c r="O195" s="4">
-        <v>0.18659999999999999</v>
+        <v>1.7851999999999999</v>
       </c>
       <c r="P195" s="3">
-        <v>14.7</v>
+        <v>10.92</v>
       </c>
       <c r="Q195" s="3">
         <v>0</v>
       </c>
       <c r="R195" s="4">
-        <v>0.42420000000000002</v>
+        <v>-0.54400000000000004</v>
       </c>
     </row>
     <row r="196" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B196" s="3" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F196" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G196" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H196" s="3">
-        <v>51.79</v>
+        <v>193.97</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>28.37</v>
       </c>
       <c r="J196" s="4">
-        <v>3.7999999999999999E-2</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="K196" s="4">
-        <v>0.18559999999999999</v>
+        <v>9.0899999999999995E-2</v>
       </c>
       <c r="L196" s="4">
-        <v>3.1699999999999999E-2</v>
+        <v>5.7599999999999998E-2</v>
       </c>
       <c r="M196" s="4">
-        <v>7.4300000000000005E-2</v>
+        <v>0.28299999999999997</v>
       </c>
       <c r="N196" s="4">
-        <v>0.54530000000000001</v>
+        <v>0</v>
       </c>
       <c r="O196" s="4">
-        <v>-0.93889999999999996</v>
+        <v>0.2467</v>
       </c>
       <c r="P196" s="3">
-        <v>16.02</v>
+        <v>43.55</v>
       </c>
       <c r="Q196" s="3">
         <v>0</v>
       </c>
       <c r="R196" s="4">
-        <v>8.2900000000000001E-2</v>
+        <v>0.19450000000000001</v>
       </c>
     </row>
     <row r="197" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B197" s="3" t="s">
-        <v>463</v>
+        <v>237</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>464</v>
+        <v>238</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F197" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G197" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H197" s="3">
-        <v>6.21</v>
+        <v>154.61000000000001</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
       <c r="J197" s="4">
-        <v>6.08E-2</v>
+        <v>1.43E-2</v>
       </c>
       <c r="K197" s="4">
-        <v>0.29449999999999998</v>
+        <v>0.1459</v>
       </c>
       <c r="L197" s="4">
-        <v>6.7799999999999999E-2</v>
+        <v>8.8200000000000001E-2</v>
       </c>
       <c r="M197" s="4">
-        <v>0.2167</v>
+        <v>0.1076</v>
       </c>
       <c r="N197" s="4">
-        <v>0.54490000000000005</v>
+        <v>0.2341</v>
       </c>
       <c r="O197" s="4">
-        <v>-1.0264</v>
+        <v>0.2281</v>
       </c>
       <c r="P197" s="3">
-        <v>30.88</v>
+        <v>15.97</v>
       </c>
       <c r="Q197" s="3">
         <v>0</v>
       </c>
       <c r="R197" s="4">
-        <v>-0.1018</v>
+        <v>0.66710000000000003</v>
       </c>
     </row>
     <row r="198" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B198" s="3" t="s">
-        <v>306</v>
+        <v>256</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>307</v>
+        <v>257</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F198" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G198" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H198" s="3">
-        <v>705</v>
+        <v>25.57</v>
       </c>
       <c r="I198" s="3">
-        <v>498.96</v>
+        <v>19.07</v>
       </c>
       <c r="J198" s="4">
-        <v>1.35E-2</v>
+        <v>4.2599999999999999E-2</v>
       </c>
       <c r="K198" s="4">
-        <v>7.8899999999999998E-2</v>
+        <v>0.2364</v>
       </c>
       <c r="L198" s="4">
-        <v>2.1499999999999998E-2</v>
+        <v>9.2600000000000002E-2</v>
       </c>
       <c r="M198" s="4">
-        <v>9.1600000000000001E-2</v>
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="N198" s="4">
-        <v>0.30940000000000001</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O198" s="4">
-        <v>0.39100000000000001</v>
+        <v>0.31240000000000001</v>
       </c>
       <c r="P198" s="3">
-        <v>24.21</v>
+        <v>15.14</v>
       </c>
       <c r="Q198" s="3">
         <v>1</v>
       </c>
       <c r="R198" s="4">
-        <v>0.4289</v>
+        <v>3.1899999999999998E-2</v>
       </c>
     </row>
     <row r="199" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B199" s="3" t="s">
-        <v>517</v>
+        <v>258</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>518</v>
+        <v>257</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F199" s="3">
         <v>3</v>
       </c>
       <c r="G199" s="3">
         <v>3</v>
       </c>
       <c r="H199" s="3">
-        <v>152.12</v>
+        <v>34.76</v>
       </c>
       <c r="I199" s="3">
-        <v>30.51</v>
+        <v>25.74</v>
       </c>
       <c r="J199" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>4.2299999999999997E-2</v>
       </c>
       <c r="K199" s="4">
-        <v>1.34E-2</v>
+        <v>0.2364</v>
       </c>
       <c r="L199" s="4">
-        <v>0.26779999999999998</v>
+        <v>9.2600000000000002E-2</v>
       </c>
       <c r="M199" s="4">
-        <v>7.4300000000000005E-2</v>
+        <v>7.6899999999999996E-2</v>
       </c>
       <c r="N199" s="4">
-        <v>0.32419999999999999</v>
+        <v>0.63300000000000001</v>
       </c>
       <c r="O199" s="4">
-        <v>0.2407</v>
+        <v>0.3095</v>
       </c>
       <c r="P199" s="3">
-        <v>22.76</v>
+        <v>15.14</v>
       </c>
       <c r="Q199" s="3">
         <v>0</v>
       </c>
       <c r="R199" s="4">
-        <v>0.47</v>
+        <v>-1.43E-2</v>
       </c>
     </row>
     <row r="200" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B200" s="3" t="s">
-        <v>124</v>
+        <v>487</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>121</v>
+        <v>488</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F200" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G200" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H200" s="3">
-        <v>120.8</v>
+        <v>89.19</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
       <c r="J200" s="4">
-        <v>0.03</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="K200" s="4">
-        <v>0.1053</v>
+        <v>7.7299999999999994E-2</v>
       </c>
       <c r="L200" s="4">
-        <v>9.9599999999999994E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="M200" s="4">
-        <v>0.1079</v>
+        <v>0.16</v>
       </c>
       <c r="N200" s="4">
-        <v>0.4577</v>
+        <v>0.46750000000000003</v>
       </c>
       <c r="O200" s="4">
-        <v>0.54910000000000003</v>
+        <v>0.4481</v>
       </c>
       <c r="P200" s="3">
-        <v>16.239999999999998</v>
+        <v>25.84</v>
       </c>
       <c r="Q200" s="3">
         <v>0</v>
       </c>
       <c r="R200" s="4">
-        <v>0.42430000000000001</v>
+        <v>-9.9900000000000003E-2</v>
       </c>
     </row>
     <row r="201" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B201" s="3" t="s">
-        <v>402</v>
+        <v>113</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>403</v>
+        <v>114</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F201" s="3">
         <v>4</v>
       </c>
       <c r="G201" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H201" s="3">
-        <v>50.35</v>
+        <v>45.11</v>
       </c>
       <c r="I201" s="3">
-        <v>24.13</v>
+        <v>45</v>
       </c>
       <c r="J201" s="4">
-        <v>1.9800000000000002E-2</v>
+        <v>3.9600000000000003E-2</v>
       </c>
       <c r="K201" s="4">
-        <v>0.20960000000000001</v>
+        <v>0.1331</v>
       </c>
       <c r="L201" s="4">
-        <v>0.19980000000000001</v>
+        <v>0.1106</v>
       </c>
       <c r="M201" s="4">
-        <v>0.18970000000000001</v>
+        <v>9.9099999999999994E-2</v>
       </c>
       <c r="N201" s="4">
-        <v>0</v>
+        <v>0.2747</v>
       </c>
       <c r="O201" s="4">
-        <v>0.8468</v>
+        <v>0.27500000000000002</v>
       </c>
       <c r="P201" s="3">
-        <v>13.65</v>
+        <v>7.52</v>
       </c>
       <c r="Q201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R201" s="4">
-        <v>-0.26740000000000003</v>
+        <v>7.6499999999999999E-2</v>
       </c>
     </row>
     <row r="202" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B202" s="3" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F202" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G202" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H202" s="3">
-        <v>189.69</v>
+        <v>22.09</v>
       </c>
       <c r="I202" s="3">
-        <v>29.68</v>
+        <v>0</v>
       </c>
       <c r="J202" s="4">
-        <v>6.0000000000000001E-3</v>
+        <v>7.5899999999999995E-2</v>
       </c>
       <c r="K202" s="4">
-        <v>0.1181</v>
+        <v>0.14499999999999999</v>
       </c>
       <c r="L202" s="4">
-        <v>6.7799999999999999E-2</v>
+        <v>0.1386</v>
       </c>
       <c r="M202" s="4">
-        <v>0.35620000000000002</v>
+        <v>0.16719999999999999</v>
       </c>
       <c r="N202" s="4">
-        <v>0.18859999999999999</v>
+        <v>1.3979999999999999</v>
       </c>
       <c r="O202" s="4">
-        <v>0.25269999999999998</v>
+        <v>0.51739999999999997</v>
       </c>
       <c r="P202" s="3">
-        <v>37.44</v>
+        <v>16.809999999999999</v>
       </c>
       <c r="Q202" s="3">
         <v>0</v>
       </c>
       <c r="R202" s="4">
-        <v>2.9700000000000001E-2</v>
+        <v>0.2636</v>
       </c>
     </row>
     <row r="203" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B203" s="3" t="s">
-        <v>465</v>
+        <v>115</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>466</v>
+        <v>116</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F203" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G203" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H203" s="3">
-        <v>64.069999999999993</v>
+        <v>156.68</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
       <c r="J203" s="4">
-        <v>6.4299999999999996E-2</v>
+        <v>3.5499999999999997E-2</v>
       </c>
       <c r="K203" s="4">
-        <v>1.66E-2</v>
+        <v>0.10059999999999999</v>
       </c>
       <c r="L203" s="4">
-        <v>4.4400000000000002E-2</v>
+        <v>7.6999999999999999E-2</v>
       </c>
       <c r="M203" s="4">
-        <v>5.2400000000000002E-2</v>
+        <v>0.26119999999999999</v>
       </c>
       <c r="N203" s="4">
-        <v>0.97840000000000005</v>
+        <v>0</v>
       </c>
       <c r="O203" s="4">
-        <v>0.16589999999999999</v>
+        <v>0.46450000000000002</v>
       </c>
       <c r="P203" s="3">
-        <v>10.88</v>
+        <v>11.16</v>
       </c>
       <c r="Q203" s="3">
         <v>0</v>
       </c>
       <c r="R203" s="4">
-        <v>0.2923</v>
+        <v>-2.3800000000000002E-2</v>
       </c>
     </row>
     <row r="204" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B204" s="3" t="s">
-        <v>404</v>
+        <v>533</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F204" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G204" s="3">
         <v>3</v>
       </c>
       <c r="H204" s="3">
-        <v>40.21</v>
+        <v>23.8</v>
       </c>
       <c r="I204" s="3">
-        <v>15.86</v>
+        <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="K204" s="4">
-        <v>0.1216</v>
+        <v>0.15679999999999999</v>
       </c>
       <c r="L204" s="4">
-        <v>3.1300000000000001E-2</v>
+        <v>0.1386</v>
       </c>
       <c r="M204" s="4">
-        <v>0.15629999999999999</v>
+        <v>0.16689999999999999</v>
       </c>
       <c r="N204" s="4">
-        <v>0.30690000000000001</v>
+        <v>0</v>
       </c>
       <c r="O204" s="4">
-        <v>0.60160000000000002</v>
+        <v>0.13159999999999999</v>
       </c>
       <c r="P204" s="3">
-        <v>10.79</v>
+        <v>26.86</v>
       </c>
       <c r="Q204" s="3">
         <v>0</v>
       </c>
       <c r="R204" s="4">
-        <v>0.24729999999999999</v>
+        <v>0.26129999999999998</v>
       </c>
     </row>
     <row r="205" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B205" s="3" t="s">
-        <v>259</v>
+        <v>117</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>260</v>
+        <v>118</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F205" s="3">
         <v>4</v>
       </c>
       <c r="G205" s="3">
         <v>4</v>
       </c>
       <c r="H205" s="3">
-        <v>159.30000000000001</v>
+        <v>100.9</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>89.86</v>
       </c>
       <c r="J205" s="4">
-        <v>1.5299999999999999E-2</v>
+        <v>4.3900000000000002E-2</v>
       </c>
       <c r="K205" s="4">
-        <v>0.1724</v>
+        <v>9.4399999999999998E-2</v>
       </c>
       <c r="L205" s="4">
-        <v>8.9200000000000002E-2</v>
+        <v>7.1599999999999997E-2</v>
       </c>
       <c r="M205" s="4">
-        <v>0.1012</v>
+        <v>0.1174</v>
       </c>
       <c r="N205" s="4">
-        <v>0.20530000000000001</v>
+        <v>0.87409999999999999</v>
       </c>
       <c r="O205" s="4">
-        <v>0.2281</v>
+        <v>0.79379999999999995</v>
       </c>
       <c r="P205" s="3">
-        <v>15.9</v>
+        <v>22.3</v>
       </c>
       <c r="Q205" s="3">
         <v>0</v>
       </c>
       <c r="R205" s="4">
-        <v>0.34810000000000002</v>
+        <v>-0.32050000000000001</v>
       </c>
     </row>
     <row r="206" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B206" s="3" t="s">
-        <v>282</v>
+        <v>535</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>283</v>
+        <v>536</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F206" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G206" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H206" s="3">
-        <v>23.18</v>
+        <v>159.46</v>
       </c>
       <c r="I206" s="3">
-        <v>19.07</v>
+        <v>171.57</v>
       </c>
       <c r="J206" s="4">
-        <v>4.4400000000000002E-2</v>
+        <v>3.5400000000000001E-2</v>
       </c>
       <c r="K206" s="4">
-        <v>0.37830000000000003</v>
+        <v>2.1600000000000001E-2</v>
       </c>
       <c r="L206" s="4">
-        <v>9.3799999999999994E-2</v>
+        <v>5.6599999999999998E-2</v>
       </c>
       <c r="M206" s="4">
-        <v>7.85E-2</v>
+        <v>6.83E-2</v>
       </c>
       <c r="N206" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.93669999999999998</v>
       </c>
       <c r="O206" s="4">
-        <v>0.30199999999999999</v>
+        <v>0.99560000000000004</v>
       </c>
       <c r="P206" s="3">
-        <v>12.96</v>
+        <v>26.78</v>
       </c>
       <c r="Q206" s="3">
         <v>1</v>
       </c>
       <c r="R206" s="4">
-        <v>-0.1198</v>
+        <v>8.0799999999999997E-2</v>
       </c>
     </row>
     <row r="207" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B207" s="3" t="s">
-        <v>284</v>
+        <v>537</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>283</v>
+        <v>538</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F207" s="3">
         <v>3</v>
       </c>
       <c r="G207" s="3">
         <v>3</v>
       </c>
       <c r="H207" s="3">
-        <v>31.61</v>
+        <v>27.62</v>
       </c>
       <c r="I207" s="3">
-        <v>25.74</v>
+        <v>0</v>
       </c>
       <c r="J207" s="4">
-        <v>4.58E-2</v>
+        <v>4.8899999999999999E-2</v>
       </c>
       <c r="K207" s="4">
-        <v>0.4158</v>
+        <v>0.34100000000000003</v>
       </c>
       <c r="L207" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>0.16900000000000001</v>
       </c>
       <c r="M207" s="4">
-        <v>7.4399999999999994E-2</v>
+        <v>0.61539999999999995</v>
       </c>
       <c r="N207" s="4">
-        <v>0.63300000000000001</v>
+        <v>0.92090000000000005</v>
       </c>
       <c r="O207" s="4">
-        <v>0.30130000000000001</v>
+        <v>0.73709999999999998</v>
       </c>
       <c r="P207" s="3">
-        <v>12.96</v>
+        <v>14.65</v>
       </c>
       <c r="Q207" s="3">
         <v>0</v>
       </c>
       <c r="R207" s="4">
-        <v>-0.1739</v>
+        <v>0.876</v>
       </c>
     </row>
     <row r="208" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B208" s="3" t="s">
-        <v>567</v>
+        <v>190</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>568</v>
+        <v>191</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F208" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G208" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H208" s="3">
-        <v>87.16</v>
+        <v>153.63</v>
       </c>
       <c r="I208" s="3">
-        <v>0</v>
+        <v>137.41</v>
       </c>
       <c r="J208" s="4">
-        <v>1.95E-2</v>
+        <v>2.75E-2</v>
       </c>
       <c r="K208" s="4">
-        <v>0.10249999999999999</v>
+        <v>3.6600000000000001E-2</v>
       </c>
       <c r="L208" s="4">
-        <v>2.3300000000000001E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="M208" s="4">
-        <v>0.15579999999999999</v>
+        <v>5.45E-2</v>
       </c>
       <c r="N208" s="4">
-        <v>0.47310000000000002</v>
+        <v>0.61250000000000004</v>
       </c>
       <c r="O208" s="4">
-        <v>0.4481</v>
+        <v>0.67879999999999996</v>
       </c>
       <c r="P208" s="3">
-        <v>24.84</v>
+        <v>22.82</v>
       </c>
       <c r="Q208" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R208" s="4">
-        <v>-7.2499999999999995E-2</v>
+        <v>-9.4200000000000006E-2</v>
       </c>
     </row>
     <row r="209" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B209" s="3" t="s">
-        <v>125</v>
+        <v>192</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>126</v>
+        <v>193</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F209" s="3">
         <v>4</v>
       </c>
       <c r="G209" s="3">
         <v>4</v>
       </c>
       <c r="H209" s="3">
-        <v>49.14</v>
+        <v>923.69</v>
       </c>
       <c r="I209" s="3">
-        <v>45</v>
+        <v>354.46</v>
       </c>
       <c r="J209" s="4">
-        <v>3.7999999999999999E-2</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="K209" s="4">
-        <v>0.2228</v>
+        <v>0.1827</v>
       </c>
       <c r="L209" s="4">
-        <v>0.1099</v>
+        <v>7.9399999999999998E-2</v>
       </c>
       <c r="M209" s="4">
-        <v>9.6100000000000005E-2</v>
+        <v>0.15390000000000001</v>
       </c>
       <c r="N209" s="4">
-        <v>0.2747</v>
+        <v>0.24379999999999999</v>
       </c>
       <c r="O209" s="4">
-        <v>0.29110000000000003</v>
+        <v>0.26860000000000001</v>
       </c>
       <c r="P209" s="3">
-        <v>7.84</v>
+        <v>35.22</v>
       </c>
       <c r="Q209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R209" s="4">
-        <v>1.38E-2</v>
+        <v>0.54420000000000002</v>
       </c>
     </row>
     <row r="210" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B210" s="3" t="s">
-        <v>127</v>
+        <v>259</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F210" s="3">
         <v>4</v>
       </c>
       <c r="G210" s="3">
         <v>4</v>
       </c>
       <c r="H210" s="3">
-        <v>159.94</v>
+        <v>127.9</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
       <c r="J210" s="4">
-        <v>3.5000000000000003E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="K210" s="4">
-        <v>0.16109999999999999</v>
+        <v>0.14749999999999999</v>
       </c>
       <c r="L210" s="4">
-        <v>8.4599999999999995E-2</v>
+        <v>8.5800000000000001E-2</v>
       </c>
       <c r="M210" s="4">
-        <v>0.25259999999999999</v>
+        <v>0.1305</v>
       </c>
       <c r="N210" s="4">
-        <v>0.29859999999999998</v>
+        <v>8.2500000000000004E-2</v>
       </c>
       <c r="O210" s="4">
-        <v>0.34639999999999999</v>
+        <v>9.7500000000000003E-2</v>
       </c>
       <c r="P210" s="3">
-        <v>11.18</v>
+        <v>11.66</v>
       </c>
       <c r="Q210" s="3">
         <v>0</v>
       </c>
       <c r="R210" s="4">
-        <v>-8.3000000000000001E-3</v>
+        <v>0.2072</v>
       </c>
     </row>
     <row r="211" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B211" s="3" t="s">
-        <v>129</v>
+        <v>363</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>130</v>
+        <v>364</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F211" s="3">
         <v>4</v>
       </c>
       <c r="G211" s="3">
         <v>4</v>
       </c>
       <c r="H211" s="3">
-        <v>97.16</v>
+        <v>134.5</v>
       </c>
       <c r="I211" s="3">
-        <v>89.86</v>
+        <v>99.15</v>
       </c>
       <c r="J211" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="K211" s="4">
-        <v>8.8599999999999998E-2</v>
+        <v>0.14449999999999999</v>
       </c>
       <c r="L211" s="4">
-        <v>0.08</v>
+        <v>0.13780000000000001</v>
       </c>
       <c r="M211" s="4">
-        <v>0.11219999999999999</v>
+        <v>0.1159</v>
       </c>
       <c r="N211" s="4">
-        <v>0.87409999999999999</v>
+        <v>1.1314</v>
       </c>
       <c r="O211" s="4">
-        <v>0.79379999999999995</v>
+        <v>0.91400000000000003</v>
       </c>
       <c r="P211" s="3">
-        <v>23.22</v>
+        <v>38.78</v>
       </c>
       <c r="Q211" s="3">
         <v>0</v>
       </c>
       <c r="R211" s="4">
-        <v>-0.28139999999999998</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="212" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B212" s="3" t="s">
-        <v>208</v>
+        <v>119</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>209</v>
+        <v>120</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F212" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G212" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H212" s="3">
-        <v>155.32</v>
+        <v>206.14</v>
       </c>
       <c r="I212" s="3">
-        <v>137.41</v>
+        <v>0</v>
       </c>
       <c r="J212" s="4">
-        <v>2.76E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="K212" s="4">
-        <v>5.2900000000000003E-2</v>
+        <v>0.13350000000000001</v>
       </c>
       <c r="L212" s="4">
-        <v>2.8000000000000001E-2</v>
+        <v>6.59E-2</v>
       </c>
       <c r="M212" s="4">
-        <v>5.7200000000000001E-2</v>
+        <v>7.8100000000000003E-2</v>
       </c>
       <c r="N212" s="4">
-        <v>0.61250000000000004</v>
+        <v>0.4007</v>
       </c>
       <c r="O212" s="4">
-        <v>0.67879999999999996</v>
+        <v>0.28820000000000001</v>
       </c>
       <c r="P212" s="3">
-        <v>23.01</v>
+        <v>12.78</v>
       </c>
       <c r="Q212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R212" s="4">
-        <v>-6.7400000000000002E-2</v>
+        <v>0.22989999999999999</v>
       </c>
     </row>
     <row r="213" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B213" s="3" t="s">
-        <v>210</v>
+        <v>539</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>211</v>
+        <v>540</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F213" s="3">
         <v>4</v>
       </c>
       <c r="G213" s="3">
         <v>4</v>
       </c>
       <c r="H213" s="3">
-        <v>964.3</v>
+        <v>106.71</v>
       </c>
       <c r="I213" s="3">
-        <v>354.46</v>
+        <v>55.17</v>
       </c>
       <c r="J213" s="4">
-        <v>7.6E-3</v>
+        <v>2.5399999999999999E-2</v>
       </c>
       <c r="K213" s="4">
-        <v>0.20710000000000001</v>
+        <v>6.7000000000000004E-2</v>
       </c>
       <c r="L213" s="4">
-        <v>8.2000000000000003E-2</v>
+        <v>2.06E-2</v>
       </c>
       <c r="M213" s="4">
-        <v>0.1484</v>
+        <v>5.7000000000000002E-2</v>
       </c>
       <c r="N213" s="4">
-        <v>0.24379999999999999</v>
+        <v>0.3997</v>
       </c>
       <c r="O213" s="4">
-        <v>0.26860000000000001</v>
+        <v>0.54</v>
       </c>
       <c r="P213" s="3">
-        <v>35.18</v>
+        <v>16.18</v>
       </c>
       <c r="Q213" s="3">
         <v>0</v>
       </c>
       <c r="R213" s="4">
-        <v>0.38159999999999999</v>
+        <v>-5.1999999999999998E-3</v>
       </c>
     </row>
     <row r="214" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B214" s="3" t="s">
-        <v>285</v>
+        <v>166</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>286</v>
+        <v>167</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F214" s="3">
         <v>4</v>
       </c>
       <c r="G214" s="3">
         <v>4</v>
       </c>
       <c r="H214" s="3">
-        <v>130.41999999999999</v>
+        <v>257.49</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
       <c r="J214" s="4">
-        <v>8.2000000000000007E-3</v>
+        <v>1.8200000000000001E-2</v>
       </c>
       <c r="K214" s="4">
-        <v>0.2014</v>
+        <v>0.1736</v>
       </c>
       <c r="L214" s="4">
-        <v>9.8100000000000007E-2</v>
+        <v>6.7199999999999996E-2</v>
       </c>
       <c r="M214" s="4">
-        <v>0.12089999999999999</v>
+        <v>0.2094</v>
       </c>
       <c r="N214" s="4">
-        <v>8.0799999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="O214" s="4">
-        <v>0.10100000000000001</v>
+        <v>0.1545</v>
       </c>
       <c r="P214" s="3">
-        <v>11.73</v>
+        <v>11.52</v>
       </c>
       <c r="Q214" s="3">
         <v>0</v>
       </c>
       <c r="R214" s="4">
-        <v>0.1736</v>
+        <v>-5.1499999999999997E-2</v>
       </c>
     </row>
     <row r="215" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B215" s="3" t="s">
-        <v>406</v>
+        <v>286</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>407</v>
+        <v>287</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F215" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G215" s="3">
         <v>4</v>
       </c>
       <c r="H215" s="3">
-        <v>131.88999999999999</v>
+        <v>31.05</v>
       </c>
       <c r="I215" s="3">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="J215" s="4">
-        <v>3.1199999999999999E-2</v>
+        <v>3.3799999999999997E-2</v>
       </c>
       <c r="K215" s="4">
-        <v>0.1118</v>
+        <v>0.36159999999999998</v>
       </c>
       <c r="L215" s="4">
-        <v>0.14510000000000001</v>
+        <v>0.21829999999999999</v>
       </c>
       <c r="M215" s="4">
-        <v>0.11260000000000001</v>
+        <v>0.33239999999999997</v>
       </c>
       <c r="N215" s="4">
-        <v>1.1294999999999999</v>
+        <v>1.1873</v>
       </c>
       <c r="O215" s="4">
-        <v>0.87029999999999996</v>
+        <v>0.94289999999999996</v>
       </c>
       <c r="P215" s="3">
-        <v>37.08</v>
+        <v>36.020000000000003</v>
       </c>
       <c r="Q215" s="3">
         <v>0</v>
       </c>
       <c r="R215" s="4">
-        <v>0.1399</v>
+        <v>0.26669999999999999</v>
       </c>
     </row>
     <row r="216" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B216" s="3" t="s">
-        <v>131</v>
+        <v>365</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>132</v>
+        <v>366</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F216" s="3">
         <v>3</v>
       </c>
       <c r="G216" s="3">
         <v>3</v>
       </c>
       <c r="H216" s="3">
-        <v>233.85</v>
+        <v>58.46</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>24.27</v>
       </c>
       <c r="J216" s="4">
-        <v>2.9899999999999999E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="K216" s="4">
-        <v>0.1943</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="L216" s="4">
-        <v>5.9799999999999999E-2</v>
+        <v>5.2699999999999997E-2</v>
       </c>
       <c r="M216" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>9.7299999999999998E-2</v>
       </c>
       <c r="N216" s="4">
         <v>0</v>
       </c>
       <c r="O216" s="4">
-        <v>0.30640000000000001</v>
+        <v>0.2263</v>
       </c>
       <c r="P216" s="3">
-        <v>14.08</v>
+        <v>15.92</v>
       </c>
       <c r="Q216" s="3">
         <v>0</v>
       </c>
       <c r="R216" s="4">
-        <v>0.1938</v>
+        <v>0.71220000000000006</v>
       </c>
     </row>
     <row r="217" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B217" s="3" t="s">
-        <v>180</v>
+        <v>541</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>181</v>
+        <v>542</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F217" s="3">
         <v>4</v>
       </c>
       <c r="G217" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H217" s="3">
-        <v>263.75</v>
+        <v>198.94</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
       <c r="J217" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K217" s="4">
-        <v>0.17829999999999999</v>
+        <v>0.66820000000000002</v>
       </c>
       <c r="L217" s="4">
-        <v>7.7399999999999997E-2</v>
+        <v>8.3500000000000005E-2</v>
       </c>
       <c r="M217" s="4">
-        <v>0.20030000000000001</v>
+        <v>9.5799999999999996E-2</v>
       </c>
       <c r="N217" s="4">
-        <v>0.157</v>
+        <v>0.28920000000000001</v>
       </c>
       <c r="O217" s="4">
-        <v>0.16159999999999999</v>
+        <v>0.31590000000000001</v>
       </c>
       <c r="P217" s="3">
-        <v>12.12</v>
+        <v>17.62</v>
       </c>
       <c r="Q217" s="3">
         <v>0</v>
       </c>
       <c r="R217" s="4">
-        <v>-7.3999999999999996E-2</v>
+        <v>0.38669999999999999</v>
       </c>
     </row>
     <row r="218" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B218" s="3" t="s">
-        <v>316</v>
+        <v>543</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>317</v>
+        <v>544</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F218" s="3">
         <v>3</v>
       </c>
       <c r="G218" s="3">
         <v>4</v>
       </c>
       <c r="H218" s="3">
-        <v>29.65</v>
+        <v>141.47</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>26.04</v>
       </c>
       <c r="J218" s="4">
-        <v>3.5799999999999998E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="K218" s="4">
-        <v>0.45660000000000001</v>
+        <v>4.2900000000000001E-2</v>
       </c>
       <c r="L218" s="4">
-        <v>0.23980000000000001</v>
+        <v>0.26169999999999999</v>
       </c>
       <c r="M218" s="4">
-        <v>0.32990000000000003</v>
+        <v>7.2400000000000006E-2</v>
       </c>
       <c r="N218" s="4">
-        <v>1.1101000000000001</v>
+        <v>0.59340000000000004</v>
       </c>
       <c r="O218" s="4">
-        <v>0.9304</v>
+        <v>0.39319999999999999</v>
       </c>
       <c r="P218" s="3">
-        <v>31.18</v>
+        <v>52.03</v>
       </c>
       <c r="Q218" s="3">
         <v>0</v>
       </c>
       <c r="R218" s="4">
-        <v>0.113</v>
+        <v>3.2199999999999999E-2</v>
       </c>
     </row>
     <row r="219" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B219" s="3" t="s">
-        <v>408</v>
+        <v>205</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>409</v>
+        <v>206</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F219" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G219" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H219" s="3">
-        <v>50.37</v>
+        <v>36.020000000000003</v>
       </c>
       <c r="I219" s="3">
-        <v>24.27</v>
+        <v>0</v>
       </c>
       <c r="J219" s="4">
-        <v>2.7400000000000001E-2</v>
+        <v>4.7100000000000003E-2</v>
       </c>
       <c r="K219" s="4">
-        <v>0.1041</v>
+        <v>7.2599999999999998E-2</v>
       </c>
       <c r="L219" s="4">
-        <v>5.4399999999999997E-2</v>
+        <v>0.23280000000000001</v>
       </c>
       <c r="M219" s="4">
-        <v>9.7299999999999998E-2</v>
+        <v>7.9100000000000004E-2</v>
       </c>
       <c r="N219" s="4">
-        <v>0.40360000000000001</v>
+        <v>2.0133999999999999</v>
       </c>
       <c r="O219" s="4">
-        <v>0.2339</v>
+        <v>1.9934000000000001</v>
       </c>
       <c r="P219" s="3">
-        <v>14.41</v>
+        <v>43.13</v>
       </c>
       <c r="Q219" s="3">
         <v>0</v>
       </c>
       <c r="R219" s="4">
-        <v>0.62490000000000001</v>
+        <v>-5.2900000000000003E-2</v>
       </c>
     </row>
     <row r="220" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B220" s="3" t="s">
-        <v>225</v>
+        <v>412</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>226</v>
+        <v>413</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F220" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G220" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H220" s="3">
-        <v>40.57</v>
+        <v>27.05</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
       <c r="J220" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>3.8199999999999998E-2</v>
       </c>
       <c r="K220" s="4">
-        <v>0.2324</v>
+        <v>8.7400000000000005E-2</v>
       </c>
       <c r="L220" s="4">
-        <v>0.24759999999999999</v>
+        <v>3.0300000000000001E-2</v>
       </c>
       <c r="M220" s="4">
-        <v>0.1487</v>
+        <v>0.1101</v>
       </c>
       <c r="N220" s="4">
-        <v>1.3984000000000001</v>
+        <v>0.43380000000000002</v>
       </c>
       <c r="O220" s="4">
-        <v>1.9701</v>
+        <v>0.47749999999999998</v>
       </c>
       <c r="P220" s="3">
-        <v>28.59</v>
+        <v>12.05</v>
       </c>
       <c r="Q220" s="3">
         <v>0</v>
       </c>
       <c r="R220" s="4">
-        <v>5.0900000000000001E-2</v>
+        <v>0.31719999999999998</v>
       </c>
     </row>
     <row r="221" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B221" s="3" t="s">
-        <v>467</v>
+        <v>239</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>468</v>
+        <v>240</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F221" s="3">
         <v>3</v>
       </c>
       <c r="G221" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H221" s="3">
-        <v>29.84</v>
+        <v>279.89999999999998</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
       <c r="J221" s="4">
-        <v>3.6400000000000002E-2</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="K221" s="4">
-        <v>0.17299999999999999</v>
+        <v>0.19750000000000001</v>
       </c>
       <c r="L221" s="4">
-        <v>3.3700000000000001E-2</v>
+        <v>0.12909999999999999</v>
       </c>
       <c r="M221" s="4">
-        <v>0.1069</v>
+        <v>9.5500000000000002E-2</v>
       </c>
       <c r="N221" s="4">
-        <v>0.43380000000000002</v>
+        <v>0.27689999999999998</v>
       </c>
       <c r="O221" s="4">
-        <v>0.47810000000000002</v>
+        <v>-0.25769999999999998</v>
       </c>
       <c r="P221" s="3">
-        <v>12.96</v>
+        <v>40.53</v>
       </c>
       <c r="Q221" s="3">
         <v>0</v>
       </c>
       <c r="R221" s="4">
-        <v>0.26369999999999999</v>
+        <v>0.85899999999999999</v>
       </c>
     </row>
     <row r="222" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B222" s="3" t="s">
-        <v>261</v>
+        <v>414</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>262</v>
+        <v>415</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F222" s="3">
         <v>3</v>
       </c>
       <c r="G222" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H222" s="3">
-        <v>265.02</v>
+        <v>90.2</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
       <c r="J222" s="4">
-        <v>7.3000000000000001E-3</v>
+        <v>5.4399999999999997E-2</v>
       </c>
       <c r="K222" s="4">
-        <v>0.2137</v>
+        <v>3.8800000000000001E-2</v>
       </c>
       <c r="L222" s="4">
-        <v>8.8400000000000006E-2</v>
+        <v>4.8599999999999997E-2</v>
       </c>
       <c r="M222" s="4">
-        <v>9.9299999999999999E-2</v>
+        <v>8.2900000000000001E-2</v>
       </c>
       <c r="N222" s="4">
-        <v>0.32700000000000001</v>
+        <v>0.6522</v>
       </c>
       <c r="O222" s="4">
-        <v>-0.18970000000000001</v>
+        <v>1.2773000000000001</v>
       </c>
       <c r="P222" s="3">
-        <v>35.57</v>
+        <v>15.35</v>
       </c>
       <c r="Q222" s="3">
         <v>0</v>
       </c>
       <c r="R222" s="4">
-        <v>0.85980000000000001</v>
+        <v>0.54959999999999998</v>
       </c>
     </row>
     <row r="223" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B223" s="3" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>470</v>
+        <v>455</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F223" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G223" s="3">
         <v>3</v>
       </c>
       <c r="H223" s="3">
-        <v>96.43</v>
+        <v>252.88</v>
       </c>
       <c r="I223" s="3">
-        <v>0</v>
+        <v>100.16</v>
       </c>
       <c r="J223" s="4">
-        <v>3.2000000000000001E-2</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="K223" s="4">
-        <v>3.4099999999999998E-2</v>
+        <v>0.24929999999999999</v>
       </c>
       <c r="L223" s="4">
-        <v>4.2200000000000001E-2</v>
+        <v>0.10730000000000001</v>
       </c>
       <c r="M223" s="4">
-        <v>5.0999999999999997E-2</v>
+        <v>8.3500000000000005E-2</v>
       </c>
       <c r="N223" s="4">
-        <v>0.56269999999999998</v>
+        <v>0.22189999999999999</v>
       </c>
       <c r="O223" s="4">
-        <v>1.1986000000000001</v>
+        <v>0.18609999999999999</v>
       </c>
       <c r="P223" s="3">
-        <v>15.35</v>
+        <v>25.24</v>
       </c>
       <c r="Q223" s="3">
         <v>0</v>
       </c>
       <c r="R223" s="4">
-        <v>0.64039999999999997</v>
+        <v>0.14499999999999999</v>
       </c>
     </row>
     <row r="224" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B224" s="3" t="s">
-        <v>521</v>
+        <v>121</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>522</v>
+        <v>122</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F224" s="3">
         <v>4</v>
       </c>
       <c r="G224" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H224" s="3">
-        <v>251.43</v>
+        <v>58.28</v>
       </c>
       <c r="I224" s="3">
-        <v>100.16</v>
+        <v>50.35</v>
       </c>
       <c r="J224" s="4">
-        <v>9.4000000000000004E-3</v>
+        <v>1.2500000000000001E-2</v>
       </c>
       <c r="K224" s="4">
-        <v>0.1535</v>
+        <v>0.11210000000000001</v>
       </c>
       <c r="L224" s="4">
-        <v>0.112</v>
+        <v>0.1123</v>
       </c>
       <c r="M224" s="4">
-        <v>7.6999999999999999E-2</v>
+        <v>0.2099</v>
       </c>
       <c r="N224" s="4">
-        <v>0.22189999999999999</v>
+        <v>0.62260000000000004</v>
       </c>
       <c r="O224" s="4">
-        <v>0.18609999999999999</v>
+        <v>0.50439999999999996</v>
       </c>
       <c r="P224" s="3">
-        <v>24.85</v>
+        <v>53.48</v>
       </c>
       <c r="Q224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R224" s="4">
-        <v>6.8400000000000002E-2</v>
+        <v>0.13869999999999999</v>
       </c>
     </row>
     <row r="225" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B225" s="3" t="s">
-        <v>133</v>
+        <v>207</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>134</v>
+        <v>208</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F225" s="3">
         <v>4</v>
       </c>
       <c r="G225" s="3">
         <v>4</v>
       </c>
       <c r="H225" s="3">
-        <v>62.98</v>
+        <v>211.76</v>
       </c>
       <c r="I225" s="3">
-        <v>50.35</v>
+        <v>0</v>
       </c>
       <c r="J225" s="4">
-        <v>1.15E-2</v>
+        <v>8.3000000000000001E-3</v>
       </c>
       <c r="K225" s="4">
-        <v>0.14349999999999999</v>
+        <v>0.95320000000000005</v>
       </c>
       <c r="L225" s="4">
-        <v>0.1123</v>
+        <v>0.1101</v>
       </c>
       <c r="M225" s="4">
-        <v>0.2064</v>
+        <v>8.3199999999999996E-2</v>
       </c>
       <c r="N225" s="4">
-        <v>0.63919999999999999</v>
+        <v>0</v>
       </c>
       <c r="O225" s="4">
-        <v>0.4733</v>
+        <v>0.2392</v>
       </c>
       <c r="P225" s="3">
-        <v>59.15</v>
+        <v>32.46</v>
       </c>
       <c r="Q225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R225" s="4">
-        <v>0.29470000000000002</v>
+        <v>0.57550000000000001</v>
       </c>
     </row>
     <row r="226" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B226" s="3" t="s">
-        <v>227</v>
+        <v>318</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>228</v>
+        <v>319</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F226" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G226" s="3">
         <v>4</v>
       </c>
       <c r="H226" s="3">
-        <v>191.15</v>
+        <v>102.14</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>38.82</v>
       </c>
       <c r="J226" s="4">
-        <v>8.5000000000000006E-3</v>
+        <v>2.06E-2</v>
       </c>
       <c r="K226" s="4">
-        <v>0.95179999999999998</v>
+        <v>8.8700000000000001E-2</v>
       </c>
       <c r="L226" s="4">
-        <v>0.114</v>
+        <v>4.8399999999999999E-2</v>
       </c>
       <c r="M226" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N226" s="4">
-        <v>0.23380000000000001</v>
+        <v>0.3725</v>
       </c>
       <c r="O226" s="4">
-        <v>0.26400000000000001</v>
+        <v>0.45419999999999999</v>
       </c>
       <c r="P226" s="3">
-        <v>29.71</v>
+        <v>20.2</v>
       </c>
       <c r="Q226" s="3">
         <v>0</v>
       </c>
       <c r="R226" s="4">
-        <v>0.30709999999999998</v>
+        <v>-0.14019999999999999</v>
       </c>
     </row>
     <row r="227" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B227" s="3" t="s">
-        <v>352</v>
+        <v>123</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>353</v>
+        <v>241</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F227" s="3">
         <v>3</v>
       </c>
       <c r="G227" s="3">
         <v>4</v>
       </c>
       <c r="H227" s="3">
-        <v>110.97</v>
+        <v>303.27</v>
       </c>
       <c r="I227" s="3">
-        <v>38.82</v>
+        <v>155.55000000000001</v>
       </c>
       <c r="J227" s="4">
-        <v>2.01E-2</v>
+        <v>1.61E-2</v>
       </c>
       <c r="K227" s="4">
-        <v>8.8900000000000007E-2</v>
+        <v>9.4799999999999995E-2</v>
       </c>
       <c r="L227" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>9.5100000000000004E-2</v>
       </c>
       <c r="M227" s="4">
-        <v>6.9400000000000003E-2</v>
+        <v>0.1346</v>
       </c>
       <c r="N227" s="4">
-        <v>0.3725</v>
+        <v>0.33589999999999998</v>
       </c>
       <c r="O227" s="4">
-        <v>0.45419999999999999</v>
+        <v>0.50690000000000002</v>
       </c>
       <c r="P227" s="3">
-        <v>21.38</v>
+        <v>22.28</v>
       </c>
       <c r="Q227" s="3">
         <v>0</v>
       </c>
       <c r="R227" s="4">
-        <v>-9.7900000000000001E-2</v>
+        <v>0.1168</v>
       </c>
     </row>
     <row r="228" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B228" s="3" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>263</v>
+        <v>125</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F228" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G228" s="3">
         <v>4</v>
       </c>
       <c r="H228" s="3">
-        <v>336.01</v>
+        <v>231.09</v>
       </c>
       <c r="I228" s="3">
-        <v>149.33000000000001</v>
+        <v>0</v>
       </c>
       <c r="J228" s="4">
-        <v>1.4500000000000001E-2</v>
+        <v>1.0800000000000001E-2</v>
       </c>
       <c r="K228" s="4">
-        <v>0.19220000000000001</v>
+        <v>0.1656</v>
       </c>
       <c r="L228" s="4">
-        <v>9.5799999999999996E-2</v>
+        <v>0.1023</v>
       </c>
       <c r="M228" s="4">
-        <v>0.13220000000000001</v>
+        <v>7.7600000000000002E-2</v>
       </c>
       <c r="N228" s="4">
-        <v>0.2853</v>
+        <v>0.35020000000000001</v>
       </c>
       <c r="O228" s="4">
-        <v>0.38129999999999997</v>
+        <v>0.30640000000000001</v>
       </c>
       <c r="P228" s="3">
-        <v>24.58</v>
+        <v>33.81</v>
       </c>
       <c r="Q228" s="3">
         <v>0</v>
       </c>
       <c r="R228" s="4">
-        <v>0.18129999999999999</v>
+        <v>1.14E-2</v>
       </c>
     </row>
     <row r="229" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B229" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D229" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F229" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G229" s="3">
         <v>4</v>
       </c>
       <c r="H229" s="3">
-        <v>213.96</v>
+        <v>163.47</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>171.72</v>
       </c>
       <c r="J229" s="4">
-        <v>1.1599999999999999E-2</v>
+        <v>2.92E-2</v>
       </c>
       <c r="K229" s="4">
-        <v>0.1734</v>
+        <v>0.1176</v>
       </c>
       <c r="L229" s="4">
-        <v>0.10199999999999999</v>
+        <v>7.0900000000000005E-2</v>
       </c>
       <c r="M229" s="4">
-        <v>7.5700000000000003E-2</v>
+        <v>7.4899999999999994E-2</v>
       </c>
       <c r="N229" s="4">
-        <v>0.34210000000000002</v>
+        <v>0.4279</v>
       </c>
       <c r="O229" s="4">
-        <v>0.28710000000000002</v>
+        <v>0.26040000000000002</v>
       </c>
       <c r="P229" s="3">
-        <v>31.8</v>
+        <v>15.43</v>
       </c>
       <c r="Q229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R229" s="4">
-        <v>-1.37E-2</v>
+        <v>0.48609999999999998</v>
       </c>
     </row>
     <row r="230" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B230" s="3" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="D230" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F230" s="3">
         <v>5</v>
       </c>
       <c r="G230" s="3">
         <v>4</v>
       </c>
       <c r="H230" s="3">
-        <v>170.58</v>
+        <v>222.48</v>
       </c>
       <c r="I230" s="3">
-        <v>173.84</v>
+        <v>231.79</v>
       </c>
       <c r="J230" s="4">
-        <v>2.8199999999999999E-2</v>
+        <v>2.92E-2</v>
       </c>
       <c r="K230" s="4">
-        <v>0.1037</v>
+        <v>0.1172</v>
       </c>
       <c r="L230" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>7.0900000000000005E-2</v>
       </c>
       <c r="M230" s="4">
         <v>7.4899999999999994E-2</v>
       </c>
       <c r="N230" s="4">
         <v>0.4279</v>
       </c>
       <c r="O230" s="4">
-        <v>0.45269999999999999</v>
+        <v>0.25729999999999997</v>
       </c>
       <c r="P230" s="3">
-        <v>16.37</v>
+        <v>15.43</v>
       </c>
       <c r="Q230" s="3">
         <v>1</v>
       </c>
       <c r="R230" s="4">
-        <v>0.46539999999999998</v>
+        <v>0.4204</v>
       </c>
     </row>
     <row r="231" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B231" s="3" t="s">
-        <v>140</v>
+        <v>196</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>139</v>
+        <v>197</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F231" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G231" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H231" s="3">
-        <v>232.75</v>
+        <v>98.94</v>
       </c>
       <c r="I231" s="3">
-        <v>231.79</v>
+        <v>42.99</v>
       </c>
       <c r="J231" s="4">
-        <v>2.8500000000000001E-2</v>
+        <v>2.5100000000000001E-2</v>
       </c>
       <c r="K231" s="4">
-        <v>0.1032</v>
+        <v>0.1431</v>
       </c>
       <c r="L231" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="M231" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>7.4200000000000002E-2</v>
       </c>
       <c r="N231" s="4">
-        <v>0.4279</v>
+        <v>1.5002</v>
       </c>
       <c r="O231" s="4">
-        <v>0.4526</v>
+        <v>1.1916</v>
       </c>
       <c r="P231" s="3">
-        <v>16.37</v>
+        <v>82.21</v>
       </c>
       <c r="Q231" s="3">
         <v>1</v>
       </c>
       <c r="R231" s="4">
-        <v>0.37509999999999999</v>
+        <v>-3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="232" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B232" s="3" t="s">
-        <v>214</v>
+        <v>416</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>215</v>
+        <v>417</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F232" s="3">
         <v>3</v>
       </c>
       <c r="G232" s="3">
         <v>3</v>
       </c>
       <c r="H232" s="3">
-        <v>93.04</v>
+        <v>184.99</v>
       </c>
       <c r="I232" s="3">
-        <v>42.99</v>
+        <v>0</v>
       </c>
       <c r="J232" s="4">
-        <v>2.7E-2</v>
+        <v>2.0799999999999999E-2</v>
       </c>
       <c r="K232" s="4">
-        <v>0.2389</v>
+        <v>0.15240000000000001</v>
       </c>
       <c r="L232" s="4">
-        <v>9.9199999999999997E-2</v>
+        <v>8.8099999999999998E-2</v>
       </c>
       <c r="M232" s="4">
-        <v>7.4200000000000002E-2</v>
+        <v>0.15859999999999999</v>
       </c>
       <c r="N232" s="4">
-        <v>1.5002</v>
+        <v>0.63290000000000002</v>
       </c>
       <c r="O232" s="4">
-        <v>1.1916</v>
+        <v>0.72519999999999996</v>
       </c>
       <c r="P232" s="3">
-        <v>76.38</v>
+        <v>36.479999999999997</v>
       </c>
       <c r="Q232" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R232" s="4">
-        <v>-0.1295</v>
+        <v>1.2526999999999999</v>
       </c>
     </row>
     <row r="233" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B233" s="3" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F233" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G233" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H233" s="3">
-        <v>215.56</v>
+        <v>81.459999999999994</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
       <c r="J233" s="4">
-        <v>2.07E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="K233" s="4">
-        <v>0.19600000000000001</v>
+        <v>0.1208</v>
       </c>
       <c r="L233" s="4">
-        <v>9.0899999999999995E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="M233" s="4">
-        <v>0.1356</v>
+        <v>6.9599999999999995E-2</v>
       </c>
       <c r="N233" s="4">
-        <v>0.63290000000000002</v>
+        <v>0.16750000000000001</v>
       </c>
       <c r="O233" s="4">
-        <v>0.66200000000000003</v>
+        <v>0.22470000000000001</v>
       </c>
       <c r="P233" s="3">
-        <v>41.04</v>
+        <v>14.57</v>
       </c>
       <c r="Q233" s="3">
         <v>0</v>
       </c>
       <c r="R233" s="4">
-        <v>1.2890999999999999</v>
+        <v>9.2899999999999996E-2</v>
       </c>
     </row>
     <row r="234" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B234" s="3" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F234" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G234" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H234" s="3">
-        <v>80.94</v>
+        <v>329.95</v>
       </c>
       <c r="I234" s="3">
-        <v>0</v>
+        <v>102.7</v>
       </c>
       <c r="J234" s="4">
-        <v>1.6899999999999998E-2</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="K234" s="4">
-        <v>5.0099999999999999E-2</v>
+        <v>5.8599999999999999E-2</v>
       </c>
       <c r="L234" s="4">
-        <v>4.0899999999999999E-2</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="M234" s="4">
-        <v>0.10199999999999999</v>
+        <v>0.10780000000000001</v>
       </c>
       <c r="N234" s="4">
-        <v>0.33600000000000002</v>
+        <v>0.3075</v>
       </c>
       <c r="O234" s="4">
-        <v>0.31269999999999998</v>
+        <v>0.29759999999999998</v>
       </c>
       <c r="P234" s="3">
-        <v>21.83</v>
+        <v>32.69</v>
       </c>
       <c r="Q234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R234" s="4">
-        <v>5.7000000000000002E-2</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="235" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B235" s="3" t="s">
-        <v>549</v>
+        <v>131</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>550</v>
+        <v>132</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F235" s="3">
         <v>4</v>
       </c>
       <c r="G235" s="3">
         <v>4</v>
       </c>
       <c r="H235" s="3">
-        <v>84.22</v>
+        <v>96.3</v>
       </c>
       <c r="I235" s="3">
-        <v>0</v>
+        <v>28.15</v>
       </c>
       <c r="J235" s="4">
-        <v>1.17E-2</v>
+        <v>1.41E-2</v>
       </c>
       <c r="K235" s="4">
-        <v>0.1258</v>
+        <v>0.1139</v>
       </c>
       <c r="L235" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>5.5599999999999997E-2</v>
       </c>
       <c r="M235" s="4">
-        <v>6.9599999999999995E-2</v>
+        <v>0.14499999999999999</v>
       </c>
       <c r="N235" s="4">
-        <v>0.16750000000000001</v>
+        <v>0</v>
       </c>
       <c r="O235" s="4">
-        <v>0.19719999999999999</v>
+        <v>0.15279999999999999</v>
       </c>
       <c r="P235" s="3">
-        <v>15.75</v>
+        <v>15.87</v>
       </c>
       <c r="Q235" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R235" s="4">
-        <v>4.5900000000000003E-2</v>
+        <v>0.42930000000000001</v>
       </c>
     </row>
     <row r="236" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B236" s="3" t="s">
-        <v>473</v>
+        <v>133</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>474</v>
+        <v>134</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F236" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G236" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H236" s="3">
-        <v>12.98</v>
+        <v>372.21</v>
       </c>
       <c r="I236" s="3">
-        <v>0</v>
+        <v>344.85</v>
       </c>
       <c r="J236" s="4">
-        <v>5.8500000000000003E-2</v>
+        <v>2.5499999999999998E-2</v>
       </c>
       <c r="K236" s="4">
-        <v>3.95E-2</v>
+        <v>9.0399999999999994E-2</v>
       </c>
       <c r="L236" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="M236" s="4">
-        <v>7.3099999999999998E-2</v>
+        <v>0.1467</v>
       </c>
       <c r="N236" s="4">
-        <v>0.39300000000000002</v>
+        <v>0.45450000000000002</v>
       </c>
       <c r="O236" s="4">
-        <v>0.46610000000000001</v>
+        <v>0.45960000000000001</v>
       </c>
       <c r="P236" s="3">
-        <v>7.8</v>
+        <v>19.91</v>
       </c>
       <c r="Q236" s="3">
         <v>0</v>
       </c>
       <c r="R236" s="4">
-        <v>0.1386</v>
+        <v>0.17419999999999999</v>
       </c>
     </row>
     <row r="237" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B237" s="3" t="s">
-        <v>143</v>
+        <v>456</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>144</v>
+        <v>457</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F237" s="3">
         <v>4</v>
       </c>
       <c r="G237" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H237" s="3">
-        <v>359.68</v>
+        <v>194.83</v>
       </c>
       <c r="I237" s="3">
-        <v>102.7</v>
+        <v>0</v>
       </c>
       <c r="J237" s="4">
-        <v>8.8999999999999999E-3</v>
+        <v>4.3799999999999999E-2</v>
       </c>
       <c r="K237" s="4">
-        <v>6.8500000000000005E-2</v>
+        <v>0.3211</v>
       </c>
       <c r="L237" s="4">
-        <v>4.8599999999999997E-2</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="M237" s="4">
         <v>0.1071</v>
       </c>
       <c r="N237" s="4">
-        <v>0.22869999999999999</v>
+        <v>0.60129999999999995</v>
       </c>
       <c r="O237" s="4">
-        <v>0.31890000000000002</v>
+        <v>1.3567</v>
       </c>
       <c r="P237" s="3">
-        <v>35.049999999999997</v>
+        <v>14.18</v>
       </c>
       <c r="Q237" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R237" s="4">
-        <v>5.4000000000000003E-3</v>
+        <v>0.21029999999999999</v>
       </c>
     </row>
     <row r="238" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B238" s="3" t="s">
-        <v>145</v>
+        <v>418</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>146</v>
+        <v>419</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F238" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G238" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H238" s="3">
-        <v>94.76</v>
+        <v>67.430000000000007</v>
       </c>
       <c r="I238" s="3">
-        <v>28.15</v>
+        <v>0</v>
       </c>
       <c r="J238" s="4">
-        <v>1.2999999999999999E-2</v>
+        <v>2.35E-2</v>
       </c>
       <c r="K238" s="4">
-        <v>0.1439</v>
+        <v>0.1203</v>
       </c>
       <c r="L238" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
       <c r="M238" s="4">
-        <v>0.14499999999999999</v>
+        <v>6.6600000000000006E-2</v>
       </c>
       <c r="N238" s="4">
-        <v>0.19750000000000001</v>
+        <v>0.2379</v>
       </c>
       <c r="O238" s="4">
-        <v>0.17219999999999999</v>
+        <v>0.1799</v>
       </c>
       <c r="P238" s="3">
-        <v>15.68</v>
+        <v>10.62</v>
       </c>
       <c r="Q238" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R238" s="4">
-        <v>0.37930000000000003</v>
+        <v>0.1186</v>
       </c>
     </row>
     <row r="239" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B239" s="3" t="s">
-        <v>475</v>
+        <v>135</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>476</v>
+        <v>136</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F239" s="3">
         <v>3</v>
       </c>
       <c r="G239" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H239" s="3">
-        <v>43.77</v>
+        <v>181.64</v>
       </c>
       <c r="I239" s="3">
         <v>0</v>
       </c>
       <c r="J239" s="4">
-        <v>1.8499999999999999E-2</v>
+        <v>1.12E-2</v>
       </c>
       <c r="K239" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>0.1638</v>
       </c>
       <c r="L239" s="4">
-        <v>5.4800000000000001E-2</v>
+        <v>0.1145</v>
       </c>
       <c r="M239" s="4">
-        <v>9.8599999999999993E-2</v>
+        <v>0.14979999999999999</v>
       </c>
       <c r="N239" s="4">
-        <v>0.29649999999999999</v>
+        <v>0.24629999999999999</v>
       </c>
       <c r="O239" s="4">
-        <v>1.3037000000000001</v>
+        <v>0.5806</v>
       </c>
       <c r="P239" s="3">
-        <v>14.87</v>
+        <v>23.75</v>
       </c>
       <c r="Q239" s="3">
         <v>0</v>
       </c>
       <c r="R239" s="4">
-        <v>-0.1986</v>
+        <v>0.53879999999999995</v>
       </c>
     </row>
     <row r="240" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B240" s="3" t="s">
-        <v>147</v>
+        <v>367</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F240" s="3">
         <v>4</v>
       </c>
       <c r="G240" s="3">
         <v>4</v>
       </c>
       <c r="H240" s="3">
-        <v>378.46</v>
+        <v>70.77</v>
       </c>
       <c r="I240" s="3">
-        <v>302.45</v>
+        <v>0</v>
       </c>
       <c r="J240" s="4">
-        <v>2.63E-2</v>
+        <v>1.4500000000000001E-2</v>
       </c>
       <c r="K240" s="4">
-        <v>0.1075</v>
+        <v>0.1139</v>
       </c>
       <c r="L240" s="4">
-        <v>5.3499999999999999E-2</v>
+        <v>5.5599999999999997E-2</v>
       </c>
       <c r="M240" s="4">
-        <v>0.1391</v>
+        <v>0.1434</v>
       </c>
       <c r="N240" s="4">
-        <v>0.38929999999999998</v>
+        <v>0</v>
       </c>
       <c r="O240" s="4">
-        <v>0.43619999999999998</v>
+        <v>0.15279999999999999</v>
       </c>
       <c r="P240" s="3">
-        <v>19.84</v>
+        <v>15.87</v>
       </c>
       <c r="Q240" s="3">
         <v>0</v>
       </c>
       <c r="R240" s="4">
-        <v>8.3799999999999999E-2</v>
+        <v>0.51619999999999999</v>
       </c>
     </row>
     <row r="241" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B241" s="3" t="s">
-        <v>523</v>
+        <v>545</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>524</v>
+        <v>546</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F241" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G241" s="3">
         <v>3</v>
       </c>
       <c r="H241" s="3">
-        <v>189.4</v>
+        <v>56.84</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
       <c r="J241" s="4">
-        <v>4.5999999999999999E-2</v>
+        <v>3.0700000000000002E-2</v>
       </c>
       <c r="K241" s="4">
-        <v>0.18890000000000001</v>
+        <v>1.9570000000000001</v>
       </c>
       <c r="L241" s="4">
-        <v>5.96E-2</v>
+        <v>0.1351</v>
       </c>
       <c r="M241" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>0.22739999999999999</v>
       </c>
       <c r="N241" s="4">
-        <v>0.60129999999999995</v>
+        <v>0.46589999999999998</v>
       </c>
       <c r="O241" s="4">
-        <v>0.88139999999999996</v>
+        <v>0.40560000000000002</v>
       </c>
       <c r="P241" s="3">
-        <v>13.36</v>
+        <v>16.23</v>
       </c>
       <c r="Q241" s="3">
         <v>0</v>
       </c>
       <c r="R241" s="4">
-        <v>0.1588</v>
+        <v>0.72350000000000003</v>
       </c>
     </row>
     <row r="242" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B242" s="3" t="s">
-        <v>477</v>
+        <v>547</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>478</v>
+        <v>546</v>
       </c>
       <c r="D242" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F242" s="3">
         <v>3</v>
       </c>
       <c r="G242" s="3">
         <v>3</v>
       </c>
       <c r="H242" s="3">
-        <v>68.59</v>
+        <v>77.2</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>50.4</v>
       </c>
       <c r="J242" s="4">
-        <v>2.3400000000000001E-2</v>
+        <v>3.0499999999999999E-2</v>
       </c>
       <c r="K242" s="4">
-        <v>0.13639999999999999</v>
+        <v>1.9570000000000001</v>
       </c>
       <c r="L242" s="4">
-        <v>0.05</v>
+        <v>0.1351</v>
       </c>
       <c r="M242" s="4">
-        <v>6.1100000000000002E-2</v>
+        <v>0.22739999999999999</v>
       </c>
       <c r="N242" s="4">
-        <v>0.26169999999999999</v>
+        <v>0.46589999999999998</v>
       </c>
       <c r="O242" s="4">
-        <v>0.20039999999999999</v>
+        <v>0.40560000000000002</v>
       </c>
       <c r="P242" s="3">
-        <v>11.4</v>
+        <v>16.23</v>
       </c>
       <c r="Q242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R242" s="4">
-        <v>0.1216</v>
+        <v>0.64570000000000005</v>
       </c>
     </row>
     <row r="243" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B243" s="3" t="s">
-        <v>149</v>
+        <v>548</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>150</v>
+        <v>549</v>
       </c>
       <c r="D243" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F243" s="3">
         <v>3</v>
       </c>
       <c r="G243" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H243" s="3">
-        <v>192.98</v>
+        <v>3.65</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
       <c r="J243" s="4">
-        <v>1.0699999999999999E-2</v>
+        <v>5.4199999999999998E-2</v>
       </c>
       <c r="K243" s="4">
-        <v>0.23760000000000001</v>
+        <v>0.15640000000000001</v>
       </c>
       <c r="L243" s="4">
-        <v>0.1293</v>
+        <v>5.9499999999999997E-2</v>
       </c>
       <c r="M243" s="4">
-        <v>0.1487</v>
+        <v>0.2205</v>
       </c>
       <c r="N243" s="4">
-        <v>0.24629999999999999</v>
+        <v>0</v>
       </c>
       <c r="O243" s="4">
-        <v>0.5806</v>
+        <v>1.2092000000000001</v>
       </c>
       <c r="P243" s="3">
-        <v>23.32</v>
+        <v>7.53</v>
       </c>
       <c r="Q243" s="3">
         <v>0</v>
       </c>
       <c r="R243" s="4">
-        <v>0.47949999999999998</v>
+        <v>0.1158</v>
       </c>
     </row>
     <row r="244" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B244" s="3" t="s">
-        <v>410</v>
+        <v>550</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>146</v>
+        <v>551</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F244" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G244" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H244" s="3">
-        <v>69.349999999999994</v>
+        <v>66.680000000000007</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
       <c r="J244" s="4">
-        <v>1.2699999999999999E-2</v>
+        <v>1.7399999999999999E-2</v>
       </c>
       <c r="K244" s="4">
-        <v>0.1439</v>
+        <v>0.21240000000000001</v>
       </c>
       <c r="L244" s="4">
-        <v>6.5000000000000002E-2</v>
+        <v>5.7000000000000002E-2</v>
       </c>
       <c r="M244" s="4">
-        <v>0.1434</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="N244" s="4">
-        <v>0.19750000000000001</v>
+        <v>0.1231</v>
       </c>
       <c r="O244" s="4">
-        <v>0.17119999999999999</v>
+        <v>4.3700000000000003E-2</v>
       </c>
       <c r="P244" s="3">
-        <v>15.68</v>
+        <v>7.43</v>
       </c>
       <c r="Q244" s="3">
         <v>0</v>
       </c>
       <c r="R244" s="4">
-        <v>0.47989999999999999</v>
+        <v>0.29659999999999997</v>
       </c>
     </row>
     <row r="245" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B245" s="3" t="s">
-        <v>551</v>
+        <v>278</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>552</v>
+        <v>279</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F245" s="3">
         <v>4</v>
       </c>
       <c r="G245" s="3">
         <v>4</v>
       </c>
       <c r="H245" s="3">
-        <v>99.37</v>
+        <v>364.72</v>
       </c>
       <c r="I245" s="3">
-        <v>36.11</v>
+        <v>100.19</v>
       </c>
       <c r="J245" s="4">
-        <v>6.4000000000000003E-3</v>
+        <v>9.4999999999999998E-3</v>
       </c>
       <c r="K245" s="4">
-        <v>0.2195</v>
+        <v>0.17849999999999999</v>
       </c>
       <c r="L245" s="4">
-        <v>0.108</v>
+        <v>0.1128</v>
       </c>
       <c r="M245" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>7.2900000000000006E-2</v>
       </c>
       <c r="N245" s="4">
-        <v>0.26450000000000001</v>
+        <v>0.40110000000000001</v>
       </c>
       <c r="O245" s="4">
-        <v>0.1221</v>
+        <v>0.29980000000000001</v>
       </c>
       <c r="P245" s="3">
-        <v>32.56</v>
+        <v>44.12</v>
       </c>
       <c r="Q245" s="3">
         <v>0</v>
       </c>
       <c r="R245" s="4">
-        <v>0.36149999999999999</v>
+        <v>-2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="246" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B246" s="3" t="s">
-        <v>553</v>
+        <v>420</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>552</v>
+        <v>421</v>
       </c>
       <c r="D246" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F246" s="3">
         <v>4</v>
       </c>
       <c r="G246" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H246" s="3">
-        <v>135.56</v>
+        <v>95.57</v>
       </c>
       <c r="I246" s="3">
-        <v>48.15</v>
+        <v>71.430000000000007</v>
       </c>
       <c r="J246" s="4">
-        <v>6.4999999999999997E-3</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="K246" s="4">
-        <v>0.2195</v>
+        <v>0.11899999999999999</v>
       </c>
       <c r="L246" s="4">
-        <v>0.108</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="M246" s="4">
-        <v>7.5300000000000006E-2</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="N246" s="4">
-        <v>0.26450000000000001</v>
+        <v>0.3619</v>
       </c>
       <c r="O246" s="4">
-        <v>0.1232</v>
+        <v>0.15989999999999999</v>
       </c>
       <c r="P246" s="3">
-        <v>32.56</v>
+        <v>10.78</v>
       </c>
       <c r="Q246" s="3">
         <v>1</v>
       </c>
       <c r="R246" s="4">
-        <v>0.27839999999999998</v>
+        <v>0.70879999999999999</v>
       </c>
     </row>
     <row r="247" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B247" s="3" t="s">
-        <v>308</v>
+        <v>422</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>309</v>
+        <v>421</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F247" s="3">
         <v>4</v>
       </c>
       <c r="G247" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H247" s="3">
-        <v>360.68</v>
+        <v>130.06</v>
       </c>
       <c r="I247" s="3">
-        <v>100.19</v>
+        <v>96.44</v>
       </c>
       <c r="J247" s="4">
-        <v>9.5999999999999992E-3</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="K247" s="4">
-        <v>0.1263</v>
+        <v>0.1191</v>
       </c>
       <c r="L247" s="4">
-        <v>0.1118</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="M247" s="4">
-        <v>7.4800000000000005E-2</v>
+        <v>6.0100000000000001E-2</v>
       </c>
       <c r="N247" s="4">
-        <v>0.40050000000000002</v>
+        <v>0.3619</v>
       </c>
       <c r="O247" s="4">
-        <v>0.29980000000000001</v>
+        <v>0.15809999999999999</v>
       </c>
       <c r="P247" s="3">
-        <v>42.96</v>
+        <v>10.78</v>
       </c>
       <c r="Q247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R247" s="4">
-        <v>-5.0200000000000002E-2</v>
+        <v>0.6331</v>
       </c>
     </row>
     <row r="248" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B248" s="3" t="s">
-        <v>479</v>
+        <v>137</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>480</v>
+        <v>138</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F248" s="3">
         <v>4</v>
       </c>
       <c r="G248" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H248" s="3">
-        <v>95.47</v>
+        <v>110.52</v>
       </c>
       <c r="I248" s="3">
-        <v>72.33</v>
+        <v>45.97</v>
       </c>
       <c r="J248" s="4">
-        <v>3.32E-2</v>
+        <v>1.61E-2</v>
       </c>
       <c r="K248" s="4">
-        <v>0.12189999999999999</v>
+        <v>5.21E-2</v>
       </c>
       <c r="L248" s="4">
-        <v>9.11E-2</v>
+        <v>0.15670000000000001</v>
       </c>
       <c r="M248" s="4">
-        <v>6.0100000000000001E-2</v>
+        <v>0.12089999999999999</v>
       </c>
       <c r="N248" s="4">
-        <v>0.3619</v>
+        <v>0.48549999999999999</v>
       </c>
       <c r="O248" s="4">
-        <v>-1.8421000000000001</v>
+        <v>0.21740000000000001</v>
       </c>
       <c r="P248" s="3">
-        <v>11.21</v>
+        <v>31.4</v>
       </c>
       <c r="Q248" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R248" s="4">
-        <v>0.74180000000000001</v>
+        <v>0.42520000000000002</v>
       </c>
     </row>
     <row r="249" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B249" s="3" t="s">
-        <v>481</v>
+        <v>139</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>480</v>
+        <v>138</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F249" s="3">
         <v>4</v>
       </c>
       <c r="G249" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H249" s="3">
-        <v>130.19999999999999</v>
+        <v>150.27000000000001</v>
       </c>
       <c r="I249" s="3">
-        <v>96.44</v>
+        <v>62.11</v>
       </c>
       <c r="J249" s="4">
-        <v>3.3399999999999999E-2</v>
+        <v>1.6199999999999999E-2</v>
       </c>
       <c r="K249" s="4">
-        <v>0.122</v>
+        <v>5.21E-2</v>
       </c>
       <c r="L249" s="4">
-        <v>9.11E-2</v>
+        <v>0.15670000000000001</v>
       </c>
       <c r="M249" s="4">
-        <v>6.0100000000000001E-2</v>
+        <v>0.12089999999999999</v>
       </c>
       <c r="N249" s="4">
-        <v>0.3619</v>
+        <v>0.48549999999999999</v>
       </c>
       <c r="O249" s="4">
-        <v>-1.843</v>
+        <v>0.21740000000000001</v>
       </c>
       <c r="P249" s="3">
-        <v>11.21</v>
+        <v>31.4</v>
       </c>
       <c r="Q249" s="3">
         <v>1</v>
       </c>
       <c r="R249" s="4">
-        <v>0.63149999999999995</v>
+        <v>0.3619</v>
       </c>
     </row>
     <row r="250" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B250" s="3" t="s">
-        <v>151</v>
+        <v>423</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>152</v>
+        <v>424</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F250" s="3">
         <v>4</v>
       </c>
       <c r="G250" s="3">
         <v>4</v>
       </c>
       <c r="H250" s="3">
-        <v>118.14</v>
+        <v>41.52</v>
       </c>
       <c r="I250" s="3">
-        <v>45.97</v>
+        <v>0</v>
       </c>
       <c r="J250" s="4">
-        <v>1.67E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K250" s="4">
-        <v>5.8299999999999998E-2</v>
+        <v>0.2873</v>
       </c>
       <c r="L250" s="4">
-        <v>0.1615</v>
+        <v>0.19520000000000001</v>
       </c>
       <c r="M250" s="4">
-        <v>0.11210000000000001</v>
+        <v>0.40400000000000003</v>
       </c>
       <c r="N250" s="4">
-        <v>0.33019999999999999</v>
+        <v>0</v>
       </c>
       <c r="O250" s="4">
-        <v>0.2157</v>
+        <v>0.64800000000000002</v>
       </c>
       <c r="P250" s="3">
-        <v>29.22</v>
+        <v>12.93</v>
       </c>
       <c r="Q250" s="3">
         <v>0</v>
       </c>
       <c r="R250" s="4">
-        <v>-9.8299999999999998E-2</v>
+        <v>-0.33</v>
       </c>
     </row>
     <row r="251" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B251" s="3" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F251" s="3">
         <v>4</v>
       </c>
       <c r="G251" s="3">
         <v>4</v>
       </c>
       <c r="H251" s="3">
-        <v>161.05000000000001</v>
+        <v>199.61</v>
       </c>
       <c r="I251" s="3">
-        <v>62.11</v>
+        <v>86.03</v>
       </c>
       <c r="J251" s="4">
-        <v>1.6799999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="K251" s="4">
-        <v>5.8299999999999998E-2</v>
+        <v>0.13469999999999999</v>
       </c>
       <c r="L251" s="4">
-        <v>0.1615</v>
+        <v>7.8299999999999995E-2</v>
       </c>
       <c r="M251" s="4">
-        <v>0.11210000000000001</v>
+        <v>0.1132</v>
       </c>
       <c r="N251" s="4">
-        <v>0.33019999999999999</v>
+        <v>0.34050000000000002</v>
       </c>
       <c r="O251" s="4">
-        <v>0.2155</v>
+        <v>0.36209999999999998</v>
       </c>
       <c r="P251" s="3">
-        <v>29.22</v>
+        <v>33.9</v>
       </c>
       <c r="Q251" s="3">
         <v>1</v>
       </c>
       <c r="R251" s="4">
-        <v>-0.15240000000000001</v>
+        <v>0.76900000000000002</v>
       </c>
     </row>
     <row r="252" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B252" s="3" t="s">
-        <v>482</v>
+        <v>168</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>483</v>
+        <v>169</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F252" s="3">
         <v>4</v>
       </c>
       <c r="G252" s="3">
         <v>4</v>
       </c>
       <c r="H252" s="3">
-        <v>48.74</v>
+        <v>159.30000000000001</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>60.77</v>
       </c>
       <c r="J252" s="4">
-        <v>1.24E-2</v>
+        <v>1.06E-2</v>
       </c>
       <c r="K252" s="4">
-        <v>0.50419999999999998</v>
+        <v>1.4140999999999999</v>
       </c>
       <c r="L252" s="4">
-        <v>0.21029999999999999</v>
+        <v>0.11890000000000001</v>
       </c>
       <c r="M252" s="4">
-        <v>0.40400000000000003</v>
+        <v>0.12609999999999999</v>
       </c>
       <c r="N252" s="4">
-        <v>0.13980000000000001</v>
+        <v>0.34770000000000001</v>
       </c>
       <c r="O252" s="4">
-        <v>0.39040000000000002</v>
+        <v>0.37930000000000003</v>
       </c>
       <c r="P252" s="3">
-        <v>12.67</v>
+        <v>35.54</v>
       </c>
       <c r="Q252" s="3">
         <v>0</v>
       </c>
       <c r="R252" s="4">
-        <v>-0.35039999999999999</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="253" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B253" s="3" t="s">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F253" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G253" s="3">
         <v>4</v>
       </c>
       <c r="H253" s="3">
-        <v>177.92</v>
+        <v>147.59</v>
       </c>
       <c r="I253" s="3">
-        <v>79.88</v>
+        <v>0</v>
       </c>
       <c r="J253" s="4">
-        <v>1.1900000000000001E-2</v>
+        <v>6.7000000000000002E-3</v>
       </c>
       <c r="K253" s="4">
-        <v>0.14449999999999999</v>
+        <v>0.29010000000000002</v>
       </c>
       <c r="L253" s="4">
-        <v>7.9000000000000001E-2</v>
+        <v>8.4500000000000006E-2</v>
       </c>
       <c r="M253" s="4">
-        <v>0.109</v>
+        <v>0.1487</v>
       </c>
       <c r="N253" s="4">
-        <v>0.31059999999999999</v>
+        <v>7.2099999999999997E-2</v>
       </c>
       <c r="O253" s="4">
-        <v>0.33029999999999998</v>
+        <v>6.7199999999999996E-2</v>
       </c>
       <c r="P253" s="3">
-        <v>28.93</v>
+        <v>10.69</v>
       </c>
       <c r="Q253" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R253" s="4">
-        <v>0.5464</v>
+        <v>0.35770000000000002</v>
       </c>
     </row>
     <row r="254" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B254" s="3" t="s">
-        <v>182</v>
+        <v>247</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>183</v>
+        <v>280</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F254" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G254" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H254" s="3">
-        <v>152.06</v>
+        <v>63.37</v>
       </c>
       <c r="I254" s="3">
-        <v>60.77</v>
+        <v>58.8</v>
       </c>
       <c r="J254" s="4">
-        <v>1.1299999999999999E-2</v>
+        <v>3.2300000000000002E-2</v>
       </c>
       <c r="K254" s="4">
-        <v>1.4278</v>
+        <v>4.5499999999999999E-2</v>
       </c>
       <c r="L254" s="4">
-        <v>0.12509999999999999</v>
+        <v>0.1978</v>
       </c>
       <c r="M254" s="4">
-        <v>0.12609999999999999</v>
+        <v>0.24260000000000001</v>
       </c>
       <c r="N254" s="4">
-        <v>0.34770000000000001</v>
+        <v>0</v>
       </c>
       <c r="O254" s="4">
-        <v>0.40579999999999999</v>
+        <v>3.3283</v>
       </c>
       <c r="P254" s="3">
-        <v>33.58</v>
+        <v>86.67</v>
       </c>
       <c r="Q254" s="3">
         <v>0</v>
       </c>
       <c r="R254" s="4">
-        <v>0.22289999999999999</v>
+        <v>3.7400000000000003E-2</v>
       </c>
     </row>
     <row r="255" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B255" s="3" t="s">
-        <v>188</v>
+        <v>552</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>189</v>
+        <v>553</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F255" s="3">
         <v>3</v>
       </c>
       <c r="G255" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H255" s="3">
-        <v>146.52000000000001</v>
+        <v>237.15</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
       <c r="J255" s="4">
-        <v>6.8999999999999999E-3</v>
+        <v>1.67E-2</v>
       </c>
       <c r="K255" s="4">
-        <v>0.29120000000000001</v>
+        <v>0.59709999999999996</v>
       </c>
       <c r="L255" s="4">
-        <v>8.2699999999999996E-2</v>
+        <v>0.1158</v>
       </c>
       <c r="M255" s="4">
-        <v>0.1784</v>
+        <v>0.58489999999999998</v>
       </c>
       <c r="N255" s="4">
-        <v>7.2099999999999997E-2</v>
+        <v>0.44269999999999998</v>
       </c>
       <c r="O255" s="4">
-        <v>9.4600000000000004E-2</v>
+        <v>1.401</v>
       </c>
       <c r="P255" s="3">
-        <v>10.8</v>
+        <v>28.12</v>
       </c>
       <c r="Q255" s="3">
         <v>0</v>
       </c>
       <c r="R255" s="4">
-        <v>0.1159</v>
+        <v>0.34429999999999999</v>
       </c>
     </row>
     <row r="256" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B256" s="3" t="s">
-        <v>271</v>
+        <v>425</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>310</v>
+        <v>426</v>
       </c>
       <c r="D256" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F256" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G256" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H256" s="3">
-        <v>60.87</v>
+        <v>50.14</v>
       </c>
       <c r="I256" s="3">
-        <v>58.8</v>
+        <v>34.5</v>
       </c>
       <c r="J256" s="4">
-        <v>3.2500000000000001E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="K256" s="4">
-        <v>0.123</v>
+        <v>7.3599999999999999E-2</v>
       </c>
       <c r="L256" s="4">
-        <v>0.22739999999999999</v>
+        <v>6.2700000000000006E-2</v>
       </c>
       <c r="M256" s="4">
-        <v>0.24260000000000001</v>
+        <v>0.2303</v>
       </c>
       <c r="N256" s="4">
-        <v>0.93810000000000004</v>
+        <v>0.44490000000000002</v>
       </c>
       <c r="O256" s="4">
-        <v>5.2831999999999999</v>
+        <v>0.65859999999999996</v>
       </c>
       <c r="P256" s="3">
-        <v>15.36</v>
+        <v>24.52</v>
       </c>
       <c r="Q256" s="3">
         <v>0</v>
       </c>
       <c r="R256" s="4">
-        <v>-2.9000000000000001E-2</v>
+        <v>-5.8700000000000002E-2</v>
       </c>
     </row>
     <row r="257" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B257" s="3" t="s">
-        <v>184</v>
+        <v>320</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>185</v>
+        <v>321</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F257" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G257" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H257" s="3">
-        <v>36.4</v>
+        <v>338.82</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>129.51</v>
       </c>
       <c r="J257" s="4">
-        <v>3.0300000000000001E-2</v>
+        <v>1.0699999999999999E-2</v>
       </c>
       <c r="K257" s="4">
-        <v>2.2100000000000002E-2</v>
+        <v>0.26019999999999999</v>
       </c>
       <c r="L257" s="4">
-        <v>3.5900000000000001E-2</v>
+        <v>0.22320000000000001</v>
       </c>
       <c r="M257" s="4">
-        <v>8.0399999999999999E-2</v>
+        <v>0.1404</v>
       </c>
       <c r="N257" s="4">
-        <v>0.72660000000000002</v>
+        <v>0</v>
       </c>
       <c r="O257" s="4">
-        <v>0.3866</v>
+        <v>0.43380000000000002</v>
       </c>
       <c r="P257" s="3">
-        <v>16.170000000000002</v>
+        <v>33.94</v>
       </c>
       <c r="Q257" s="3">
         <v>0</v>
       </c>
       <c r="R257" s="4">
-        <v>3.7100000000000001E-2</v>
+        <v>1.0390999999999999</v>
       </c>
     </row>
     <row r="258" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B258" s="3" t="s">
-        <v>318</v>
+        <v>179</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>338</v>
+        <v>180</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F258" s="3">
         <v>4</v>
       </c>
       <c r="G258" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H258" s="3">
-        <v>92.01</v>
+        <v>423.33</v>
       </c>
       <c r="I258" s="3">
-        <v>84.09</v>
+        <v>0</v>
       </c>
       <c r="J258" s="4">
-        <v>2.18E-2</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="K258" s="4">
-        <v>0.1021</v>
+        <v>0.22439999999999999</v>
       </c>
       <c r="L258" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>0.1069</v>
       </c>
       <c r="M258" s="4">
-        <v>9.1399999999999995E-2</v>
+        <v>0.1216</v>
       </c>
       <c r="N258" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.2833</v>
       </c>
       <c r="O258" s="4">
-        <v>0.55900000000000005</v>
+        <v>0.29799999999999999</v>
       </c>
       <c r="P258" s="3">
-        <v>28</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="Q258" s="3">
         <v>0</v>
       </c>
       <c r="R258" s="4">
-        <v>-0.3463</v>
+        <v>0.28910000000000002</v>
       </c>
     </row>
     <row r="259" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B259" s="3" t="s">
-        <v>354</v>
+        <v>268</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F259" s="3">
         <v>4</v>
       </c>
       <c r="G259" s="3">
         <v>4</v>
       </c>
       <c r="H259" s="3">
-        <v>125.41</v>
+        <v>141.78</v>
       </c>
       <c r="I259" s="3">
-        <v>113.42</v>
+        <v>24.8</v>
       </c>
       <c r="J259" s="4">
-        <v>2.2499999999999999E-2</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="K259" s="4">
-        <v>0.1021</v>
+        <v>0.15720000000000001</v>
       </c>
       <c r="L259" s="4">
-        <v>4.2700000000000002E-2</v>
+        <v>0.36620000000000003</v>
       </c>
       <c r="M259" s="4">
-        <v>9.1399999999999995E-2</v>
+        <v>0.13700000000000001</v>
       </c>
       <c r="N259" s="4">
-        <v>0.44429999999999997</v>
+        <v>0.16639999999999999</v>
       </c>
       <c r="O259" s="4">
-        <v>0.55769999999999997</v>
+        <v>0.14960000000000001</v>
       </c>
       <c r="P259" s="3">
-        <v>28</v>
+        <v>34.83</v>
       </c>
       <c r="Q259" s="3">
         <v>1</v>
       </c>
       <c r="R259" s="4">
-        <v>-0.38650000000000001</v>
+        <v>0.40889999999999999</v>
       </c>
     </row>
     <row r="260" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B260" s="3" t="s">
-        <v>484</v>
+        <v>458</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>485</v>
+        <v>459</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F260" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G260" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H260" s="3">
-        <v>53.47</v>
+        <v>23.31</v>
       </c>
       <c r="I260" s="3">
-        <v>34.5</v>
+        <v>0</v>
       </c>
       <c r="J260" s="4">
-        <v>1.7399999999999999E-2</v>
+        <v>1.54E-2</v>
       </c>
       <c r="K260" s="4">
-        <v>0.1021</v>
+        <v>1.44E-2</v>
       </c>
       <c r="L260" s="4">
-        <v>7.7100000000000002E-2</v>
+        <v>0.12970000000000001</v>
       </c>
       <c r="M260" s="4">
-        <v>0.2276</v>
+        <v>0.35099999999999998</v>
       </c>
       <c r="N260" s="4">
-        <v>0.33260000000000001</v>
+        <v>0.16839999999999999</v>
       </c>
       <c r="O260" s="4">
-        <v>0.65859999999999996</v>
+        <v>0.1789</v>
       </c>
       <c r="P260" s="3">
-        <v>25.72</v>
+        <v>16.47</v>
       </c>
       <c r="Q260" s="3">
         <v>0</v>
       </c>
       <c r="R260" s="4">
-        <v>-1.2800000000000001E-2</v>
+        <v>0.28820000000000001</v>
       </c>
     </row>
     <row r="261" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B261" s="3" t="s">
-        <v>355</v>
+        <v>460</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>356</v>
+        <v>461</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F261" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G261" s="3">
         <v>4</v>
       </c>
       <c r="H261" s="3">
-        <v>335.85</v>
+        <v>171.51</v>
       </c>
       <c r="I261" s="3">
-        <v>91.65</v>
+        <v>0</v>
       </c>
       <c r="J261" s="4">
-        <v>1.1299999999999999E-2</v>
+        <v>1.7100000000000001E-2</v>
       </c>
       <c r="K261" s="4">
-        <v>0.251</v>
+        <v>0.40039999999999998</v>
       </c>
       <c r="L261" s="4">
-        <v>0.2208</v>
+        <v>0.18210000000000001</v>
       </c>
       <c r="M261" s="4">
-        <v>0.14050000000000001</v>
+        <v>0.15459999999999999</v>
       </c>
       <c r="N261" s="4">
-        <v>0</v>
+        <v>0.44359999999999999</v>
       </c>
       <c r="O261" s="4">
-        <v>0.432</v>
+        <v>0.53639999999999999</v>
       </c>
       <c r="P261" s="3">
-        <v>31.99</v>
+        <v>28.73</v>
       </c>
       <c r="Q261" s="3">
         <v>0</v>
       </c>
       <c r="R261" s="4">
-        <v>0.73129999999999995</v>
+        <v>-8.0999999999999996E-3</v>
       </c>
     </row>
     <row r="262" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B262" s="3" t="s">
-        <v>195</v>
+        <v>216</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>196</v>
+        <v>217</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F262" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G262" s="3">
         <v>3</v>
       </c>
       <c r="H262" s="3">
-        <v>435.23</v>
+        <v>254.11</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>123.22</v>
       </c>
       <c r="J262" s="4">
-        <v>8.8000000000000005E-3</v>
+        <v>2.12E-2</v>
       </c>
       <c r="K262" s="4">
-        <v>0.26619999999999999</v>
+        <v>9.1499999999999998E-2</v>
       </c>
       <c r="L262" s="4">
-        <v>0.11070000000000001</v>
+        <v>4.8899999999999999E-2</v>
       </c>
       <c r="M262" s="4">
-        <v>0.1152</v>
+        <v>7.1499999999999994E-2</v>
       </c>
       <c r="N262" s="4">
-        <v>0.28210000000000002</v>
+        <v>0.45350000000000001</v>
       </c>
       <c r="O262" s="4">
-        <v>0.29780000000000001</v>
+        <v>0.58850000000000002</v>
       </c>
       <c r="P262" s="3">
-        <v>33.119999999999997</v>
+        <v>21.71</v>
       </c>
       <c r="Q262" s="3">
         <v>0</v>
       </c>
       <c r="R262" s="4">
-        <v>0.19040000000000001</v>
+        <v>8.5800000000000001E-2</v>
       </c>
     </row>
     <row r="263" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B263" s="3" t="s">
-        <v>298</v>
+        <v>198</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>299</v>
+        <v>199</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F263" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G263" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H263" s="3">
-        <v>142.16999999999999</v>
+        <v>317.44</v>
       </c>
       <c r="I263" s="3">
-        <v>24.8</v>
+        <v>238.44</v>
       </c>
       <c r="J263" s="4">
-        <v>5.4999999999999997E-3</v>
+        <v>8.3999999999999995E-3</v>
       </c>
       <c r="K263" s="4">
-        <v>0.18029999999999999</v>
+        <v>0.16880000000000001</v>
       </c>
       <c r="L263" s="4">
-        <v>0.31709999999999999</v>
+        <v>0.13370000000000001</v>
       </c>
       <c r="M263" s="4">
-        <v>0.13089999999999999</v>
+        <v>0.15240000000000001</v>
       </c>
       <c r="N263" s="4">
-        <v>0.16639999999999999</v>
+        <v>0.2334</v>
       </c>
       <c r="O263" s="4">
-        <v>0.31780000000000003</v>
+        <v>0.20749999999999999</v>
       </c>
       <c r="P263" s="3">
-        <v>35.1</v>
+        <v>30.01</v>
       </c>
       <c r="Q263" s="3">
         <v>1</v>
       </c>
       <c r="R263" s="4">
-        <v>0.13220000000000001</v>
+        <v>-6.3899999999999998E-2</v>
       </c>
     </row>
     <row r="264" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B264" s="3" t="s">
-        <v>525</v>
+        <v>189</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>526</v>
+        <v>142</v>
       </c>
       <c r="D264" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F264" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G264" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H264" s="3">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>170.19</v>
+      </c>
+      <c r="I264" s="3" t="s">
+        <v>200</v>
       </c>
       <c r="J264" s="4">
-        <v>1.5699999999999999E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="K264" s="4">
-        <v>0.78</v>
+        <v>0.37640000000000001</v>
       </c>
       <c r="L264" s="4">
-        <v>0.1193</v>
+        <v>0.1152</v>
       </c>
       <c r="M264" s="4">
-        <v>0.35099999999999998</v>
+        <v>0.1143</v>
       </c>
       <c r="N264" s="4">
-        <v>0.16839999999999999</v>
+        <v>0.31009999999999999</v>
       </c>
       <c r="O264" s="4">
-        <v>0.1789</v>
+        <v>0.2737</v>
       </c>
       <c r="P264" s="3">
-        <v>16.25</v>
+        <v>40.869999999999997</v>
       </c>
       <c r="Q264" s="3">
         <v>0</v>
       </c>
       <c r="R264" s="4">
-        <v>0.32550000000000001</v>
+        <v>-7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="265" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B265" s="3" t="s">
-        <v>527</v>
+        <v>143</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>528</v>
+        <v>142</v>
       </c>
       <c r="D265" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F265" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G265" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H265" s="3">
-        <v>184.24</v>
+        <v>231.2</v>
       </c>
       <c r="I265" s="3">
-        <v>0</v>
+        <v>110.2</v>
       </c>
       <c r="J265" s="4">
-        <v>1.49E-2</v>
+        <v>8.2000000000000007E-3</v>
       </c>
       <c r="K265" s="4">
-        <v>0.71340000000000003</v>
+        <v>0.37640000000000001</v>
       </c>
       <c r="L265" s="4">
-        <v>0.1946</v>
+        <v>0.1152</v>
       </c>
       <c r="M265" s="4">
-        <v>0.1487</v>
+        <v>0.1087</v>
       </c>
       <c r="N265" s="4">
-        <v>0.37559999999999999</v>
+        <v>0.31009999999999999</v>
       </c>
       <c r="O265" s="4">
-        <v>0.51690000000000003</v>
+        <v>0.2737</v>
       </c>
       <c r="P265" s="3">
-        <v>27.89</v>
+        <v>40.869999999999997</v>
       </c>
       <c r="Q265" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R265" s="4">
-        <v>1.0699999999999999E-2</v>
+        <v>-0.11609999999999999</v>
       </c>
     </row>
     <row r="266" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B266" s="3" t="s">
-        <v>486</v>
+        <v>261</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>487</v>
+        <v>262</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="F266" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G266" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H266" s="3">
-        <v>284.13</v>
+        <v>236.27</v>
       </c>
       <c r="I266" s="3">
-        <v>234.26</v>
+        <v>200.86</v>
       </c>
       <c r="J266" s="4">
-        <v>3.1E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K266" s="4">
-        <v>3.6400000000000002E-2</v>
+        <v>4.19E-2</v>
       </c>
       <c r="L266" s="4">
-        <v>0.111</v>
+        <v>6.7900000000000002E-2</v>
       </c>
       <c r="M266" s="4">
-        <v>0.1179</v>
+        <v>7.0599999999999996E-2</v>
       </c>
       <c r="N266" s="4">
-        <v>0.65590000000000004</v>
+        <v>0.55389999999999995</v>
       </c>
       <c r="O266" s="4">
-        <v>0.4924</v>
+        <v>0.65280000000000005</v>
       </c>
       <c r="P266" s="3">
-        <v>21.54</v>
+        <v>35.83</v>
       </c>
       <c r="Q266" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R266" s="4">
-        <v>-0.46600000000000003</v>
+        <v>-8.2000000000000007E-3</v>
       </c>
     </row>
     <row r="267" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B267" s="3" t="s">
-        <v>236</v>
+        <v>144</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>237</v>
+        <v>145</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F267" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G267" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H267" s="3">
-        <v>241.55</v>
+        <v>115.78</v>
       </c>
       <c r="I267" s="3">
-        <v>123.22</v>
+        <v>100.01</v>
       </c>
       <c r="J267" s="4">
-        <v>2.35E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
       <c r="K267" s="4">
-        <v>8.3799999999999999E-2</v>
+        <v>3.9800000000000002E-2</v>
       </c>
       <c r="L267" s="4">
-        <v>4.6699999999999998E-2</v>
+        <v>4.6100000000000002E-2</v>
       </c>
       <c r="M267" s="4">
-        <v>6.9900000000000004E-2</v>
+        <v>7.0900000000000005E-2</v>
       </c>
       <c r="N267" s="4">
-        <v>0.4521</v>
+        <v>0.746</v>
       </c>
       <c r="O267" s="4">
-        <v>0.58850000000000002</v>
+        <v>-1.1555</v>
       </c>
       <c r="P267" s="3">
-        <v>20.149999999999999</v>
+        <v>24.04</v>
       </c>
       <c r="Q267" s="3">
         <v>0</v>
       </c>
       <c r="R267" s="4">
-        <v>-9.1000000000000004E-3</v>
+        <v>0.15609999999999999</v>
       </c>
     </row>
     <row r="268" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B268" s="3" t="s">
-        <v>411</v>
+        <v>427</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>412</v>
+        <v>428</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F268" s="3">
         <v>4</v>
       </c>
       <c r="G268" s="3">
         <v>3</v>
       </c>
       <c r="H268" s="3">
-        <v>111.86</v>
+        <v>80.400000000000006</v>
       </c>
       <c r="I268" s="3">
-        <v>136.59</v>
+        <v>0</v>
       </c>
       <c r="J268" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>2.1899999999999999E-2</v>
       </c>
       <c r="K268" s="4">
-        <v>0.33210000000000001</v>
+        <v>0.35460000000000003</v>
       </c>
       <c r="L268" s="4">
-        <v>1.12E-2</v>
+        <v>2.3199999999999998E-2</v>
       </c>
       <c r="M268" s="4">
-        <v>0.1013</v>
+        <v>0.1666</v>
       </c>
       <c r="N268" s="4">
-        <v>0.87</v>
+        <v>0.25919999999999999</v>
       </c>
       <c r="O268" s="4">
-        <v>1.1328</v>
+        <v>-0.3498</v>
       </c>
       <c r="P268" s="3">
-        <v>17.059999999999999</v>
+        <v>13.11</v>
       </c>
       <c r="Q268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R268" s="4">
-        <v>5.8999999999999997E-2</v>
+        <v>0.1545</v>
       </c>
     </row>
     <row r="269" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B269" s="3" t="s">
-        <v>216</v>
+        <v>187</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>217</v>
+        <v>188</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F269" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G269" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H269" s="3">
-        <v>328.94</v>
+        <v>246.05</v>
       </c>
       <c r="I269" s="3">
-        <v>238.44</v>
+        <v>133.56</v>
       </c>
       <c r="J269" s="4">
-        <v>8.0000000000000002E-3</v>
+        <v>1.54E-2</v>
       </c>
       <c r="K269" s="4">
-        <v>0.16969999999999999</v>
+        <v>0.129</v>
       </c>
       <c r="L269" s="4">
-        <v>0.13239999999999999</v>
+        <v>0.1007</v>
       </c>
       <c r="M269" s="4">
-        <v>0.14499999999999999</v>
+        <v>8.2799999999999999E-2</v>
       </c>
       <c r="N269" s="4">
-        <v>0.2334</v>
+        <v>0.49259999999999998</v>
       </c>
       <c r="O269" s="4">
-        <v>0.20749999999999999</v>
+        <v>0.47370000000000001</v>
       </c>
       <c r="P269" s="3">
-        <v>30.87</v>
+        <v>36.74</v>
       </c>
       <c r="Q269" s="3">
         <v>1</v>
       </c>
       <c r="R269" s="4">
-        <v>-2.7799999999999998E-2</v>
+        <v>0.1053</v>
       </c>
     </row>
     <row r="270" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B270" s="3" t="s">
-        <v>264</v>
+        <v>429</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>265</v>
+        <v>430</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F270" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G270" s="3">
         <v>4</v>
       </c>
       <c r="H270" s="3">
-        <v>28.07</v>
+        <v>95.87</v>
       </c>
       <c r="I270" s="3">
-        <v>37.799999999999997</v>
+        <v>101.76</v>
       </c>
       <c r="J270" s="4">
-        <v>6.4399999999999999E-2</v>
+        <v>1.2699999999999999E-2</v>
       </c>
       <c r="K270" s="4">
-        <v>9.2100000000000001E-2</v>
+        <v>0.46289999999999998</v>
       </c>
       <c r="L270" s="4">
-        <v>0.26490000000000002</v>
+        <v>3.3799999999999997E-2</v>
       </c>
       <c r="M270" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>0.1082</v>
       </c>
       <c r="N270" s="4">
-        <v>0.66339999999999999</v>
+        <v>0</v>
       </c>
       <c r="O270" s="4">
-        <v>0.74199999999999999</v>
+        <v>0.156</v>
       </c>
       <c r="P270" s="3">
-        <v>10.67</v>
+        <v>38.520000000000003</v>
       </c>
       <c r="Q270" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R270" s="4">
-        <v>-7.4000000000000003E-3</v>
+        <v>0.1976</v>
       </c>
     </row>
     <row r="271" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B271" s="3" t="s">
-        <v>207</v>
+        <v>431</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>156</v>
+        <v>432</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F271" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G271" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H271" s="3">
-        <v>166.28</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>146.99</v>
+      </c>
+      <c r="I271" s="3">
+        <v>0</v>
       </c>
       <c r="J271" s="4">
-        <v>8.3000000000000001E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="K271" s="4">
-        <v>0.25519999999999998</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L271" s="4">
-        <v>0.1143</v>
+        <v>9.4500000000000001E-2</v>
       </c>
       <c r="M271" s="4">
-        <v>0.10929999999999999</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N271" s="4">
-        <v>0.4894</v>
+        <v>0.53139999999999998</v>
       </c>
       <c r="O271" s="4">
-        <v>0.26279999999999998</v>
+        <v>0.4365</v>
       </c>
       <c r="P271" s="3">
-        <v>69.86</v>
+        <v>67.08</v>
       </c>
       <c r="Q271" s="3">
         <v>0</v>
       </c>
       <c r="R271" s="4">
-        <v>-9.6299999999999997E-2</v>
+        <v>1.1215999999999999</v>
       </c>
     </row>
     <row r="272" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B272" s="3" t="s">
-        <v>157</v>
+        <v>433</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>156</v>
+        <v>432</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F272" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G272" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H272" s="3">
-        <v>226.64</v>
+        <v>199.72</v>
       </c>
       <c r="I272" s="3">
-        <v>110.2</v>
+        <v>0</v>
       </c>
       <c r="J272" s="4">
-        <v>8.5000000000000006E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="K272" s="4">
-        <v>0.25519999999999998</v>
+        <v>0.11559999999999999</v>
       </c>
       <c r="L272" s="4">
-        <v>0.1143</v>
+        <v>9.4500000000000001E-2</v>
       </c>
       <c r="M272" s="4">
-        <v>0.1037</v>
+        <v>8.6099999999999996E-2</v>
       </c>
       <c r="N272" s="4">
-        <v>0.4894</v>
+        <v>0.53139999999999998</v>
       </c>
       <c r="O272" s="4">
-        <v>0.26240000000000002</v>
+        <v>0.44109999999999999</v>
       </c>
       <c r="P272" s="3">
-        <v>69.86</v>
+        <v>67.08</v>
       </c>
       <c r="Q272" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R272" s="4">
-        <v>-0.15110000000000001</v>
+        <v>1.0268999999999999</v>
       </c>
     </row>
     <row r="273" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B273" s="3" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>288</v>
+        <v>147</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F273" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G273" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H273" s="3">
-        <v>237.45</v>
+        <v>186.67</v>
       </c>
       <c r="I273" s="3">
-        <v>200.86</v>
+        <v>0</v>
       </c>
       <c r="J273" s="4">
-        <v>1.7600000000000001E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K273" s="4">
-        <v>4.19E-2</v>
+        <v>0.14910000000000001</v>
       </c>
       <c r="L273" s="4">
-        <v>6.7900000000000002E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="M273" s="4">
-        <v>7.46E-2</v>
+        <v>0.19570000000000001</v>
       </c>
       <c r="N273" s="4">
-        <v>0.55389999999999995</v>
+        <v>0.2606</v>
       </c>
       <c r="O273" s="4">
-        <v>0.65280000000000005</v>
+        <v>0.2787</v>
       </c>
       <c r="P273" s="3">
-        <v>35.270000000000003</v>
+        <v>21.77</v>
       </c>
       <c r="Q273" s="3">
         <v>0</v>
       </c>
       <c r="R273" s="4">
-        <v>9.7999999999999997E-3</v>
+        <v>7.7499999999999999E-2</v>
       </c>
     </row>
     <row r="274" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B274" s="3" t="s">
-        <v>158</v>
+        <v>368</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>159</v>
+        <v>369</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F274" s="3">
         <v>4</v>
       </c>
       <c r="G274" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H274" s="3">
-        <v>112.31</v>
+        <v>393.24</v>
       </c>
       <c r="I274" s="3">
-        <v>99.75</v>
+        <v>341.54</v>
       </c>
       <c r="J274" s="4">
-        <v>3.4700000000000002E-2</v>
+        <v>2.9899999999999999E-2</v>
       </c>
       <c r="K274" s="4">
-        <v>6.8900000000000003E-2</v>
+        <v>9.6699999999999994E-2</v>
       </c>
       <c r="L274" s="4">
-        <v>5.6800000000000003E-2</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="M274" s="4">
-        <v>7.0900000000000005E-2</v>
+        <v>0.1048</v>
       </c>
       <c r="N274" s="4">
-        <v>0.69159999999999999</v>
+        <v>1.0485</v>
       </c>
       <c r="O274" s="4">
-        <v>-2.7078000000000002</v>
+        <v>0.88539999999999996</v>
       </c>
       <c r="P274" s="3">
-        <v>21.21</v>
+        <v>32.869999999999997</v>
       </c>
       <c r="Q274" s="3">
         <v>0</v>
       </c>
       <c r="R274" s="4">
-        <v>0.1308</v>
+        <v>-0.15640000000000001</v>
       </c>
     </row>
     <row r="275" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B275" s="3" t="s">
-        <v>488</v>
+        <v>148</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>489</v>
+        <v>149</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F275" s="3">
         <v>4</v>
       </c>
       <c r="G275" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H275" s="3">
-        <v>92.32</v>
+        <v>138.04</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
       <c r="J275" s="4">
-        <v>1.95E-2</v>
+        <v>1.54E-2</v>
       </c>
       <c r="K275" s="4">
-        <v>0.70689999999999997</v>
+        <v>0.13039999999999999</v>
       </c>
       <c r="L275" s="4">
-        <v>2.1999999999999999E-2</v>
+        <v>9.6799999999999997E-2</v>
       </c>
       <c r="M275" s="4">
-        <v>0.1598</v>
+        <v>0.1226</v>
       </c>
       <c r="N275" s="4">
-        <v>0.25919999999999999</v>
+        <v>0.17299999999999999</v>
       </c>
       <c r="O275" s="4">
-        <v>0.1545</v>
+        <v>0.1986</v>
       </c>
       <c r="P275" s="3">
-        <v>14.74</v>
+        <v>12.55</v>
       </c>
       <c r="Q275" s="3">
         <v>0</v>
       </c>
       <c r="R275" s="4">
-        <v>0.2064</v>
+        <v>0.2858</v>
       </c>
     </row>
     <row r="276" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B276" s="3" t="s">
-        <v>205</v>
+        <v>150</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>206</v>
+        <v>151</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F276" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G276" s="3">
         <v>4</v>
       </c>
       <c r="H276" s="3">
-        <v>225.12</v>
+        <v>40.36</v>
       </c>
       <c r="I276" s="3">
-        <v>116.6</v>
+        <v>39.049999999999997</v>
       </c>
       <c r="J276" s="4">
-        <v>1.4800000000000001E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="K276" s="4">
-        <v>0.1255</v>
+        <v>8.9300000000000004E-2</v>
       </c>
       <c r="L276" s="4">
-        <v>0.10249999999999999</v>
+        <v>6.6799999999999998E-2</v>
       </c>
       <c r="M276" s="4">
-        <v>8.2799999999999999E-2</v>
+        <v>6.6199999999999995E-2</v>
       </c>
       <c r="N276" s="4">
-        <v>0.4909</v>
+        <v>0</v>
       </c>
       <c r="O276" s="4">
-        <v>0.47370000000000001</v>
+        <v>-0.75390000000000001</v>
       </c>
       <c r="P276" s="3">
-        <v>33.6</v>
+        <v>17.920000000000002</v>
       </c>
       <c r="Q276" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R276" s="4">
-        <v>1.23E-2</v>
+        <v>6.6500000000000004E-2</v>
       </c>
     </row>
     <row r="277" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B277" s="3" t="s">
-        <v>490</v>
+        <v>370</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>491</v>
+        <v>371</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F277" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G277" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H277" s="3">
-        <v>100</v>
+        <v>306.14</v>
       </c>
       <c r="I277" s="3">
-        <v>101.76</v>
+        <v>73.489999999999995</v>
       </c>
       <c r="J277" s="4">
-        <v>1.23E-2</v>
+        <v>6.6E-3</v>
       </c>
       <c r="K277" s="4">
-        <v>5.6599999999999998E-2</v>
+        <v>0.2276</v>
       </c>
       <c r="L277" s="4">
-        <v>2.98E-2</v>
+        <v>9.64E-2</v>
       </c>
       <c r="M277" s="4">
-        <v>0.1082</v>
+        <v>0.1772</v>
       </c>
       <c r="N277" s="4">
-        <v>0.31790000000000002</v>
+        <v>0.16009999999999999</v>
       </c>
       <c r="O277" s="4">
-        <v>0.1915</v>
+        <v>0.18779999999999999</v>
       </c>
       <c r="P277" s="3">
-        <v>25.67</v>
+        <v>30.78</v>
       </c>
       <c r="Q277" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R277" s="4">
-        <v>0.318</v>
+        <v>0.49070000000000003</v>
       </c>
     </row>
     <row r="278" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B278" s="3" t="s">
-        <v>492</v>
+        <v>152</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>493</v>
+        <v>153</v>
       </c>
       <c r="D278" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F278" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G278" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H278" s="3">
-        <v>136.80000000000001</v>
+        <v>46.82</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>36.869999999999997</v>
       </c>
       <c r="J278" s="4">
-        <v>5.0000000000000001E-3</v>
+        <v>2.0199999999999999E-2</v>
       </c>
       <c r="K278" s="4">
-        <v>0.14380000000000001</v>
+        <v>6.7500000000000004E-2</v>
       </c>
       <c r="L278" s="4">
-        <v>0.108</v>
+        <v>0.246</v>
       </c>
       <c r="M278" s="4">
-        <v>8.6099999999999996E-2</v>
+        <v>9.8599999999999993E-2</v>
       </c>
       <c r="N278" s="4">
-        <v>0.53139999999999998</v>
+        <v>0.56189999999999996</v>
       </c>
       <c r="O278" s="4">
-        <v>0.43680000000000002</v>
+        <v>0.4123</v>
       </c>
       <c r="P278" s="3">
-        <v>59.92</v>
+        <v>31.97</v>
       </c>
       <c r="Q278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R278" s="4">
-        <v>1.0956999999999999</v>
+        <v>-6.1699999999999998E-2</v>
       </c>
     </row>
     <row r="279" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B279" s="3" t="s">
-        <v>494</v>
+        <v>154</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>493</v>
+        <v>155</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F279" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G279" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H279" s="3">
-        <v>186.63</v>
+        <v>82.53</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>47.88</v>
       </c>
       <c r="J279" s="4">
-        <v>5.1999999999999998E-3</v>
+        <v>2.8799999999999999E-2</v>
       </c>
       <c r="K279" s="4">
-        <v>0.14380000000000001</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="L279" s="4">
-        <v>0.108</v>
+        <v>3.6600000000000001E-2</v>
       </c>
       <c r="M279" s="4">
-        <v>8.6099999999999996E-2</v>
+        <v>5.4300000000000001E-2</v>
       </c>
       <c r="N279" s="4">
-        <v>0.53139999999999998</v>
+        <v>0</v>
       </c>
       <c r="O279" s="4">
-        <v>0.44130000000000003</v>
+        <v>-0.18779999999999999</v>
       </c>
       <c r="P279" s="3">
-        <v>59.92</v>
+        <v>24.06</v>
       </c>
       <c r="Q279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R279" s="4">
-        <v>0.96630000000000005</v>
+        <v>0.2571</v>
       </c>
     </row>
     <row r="280" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B280" s="3" t="s">
-        <v>160</v>
+        <v>288</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>161</v>
+        <v>289</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F280" s="3">
         <v>4</v>
       </c>
       <c r="G280" s="3">
         <v>4</v>
       </c>
       <c r="H280" s="3">
-        <v>215.85</v>
+        <v>123.17</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
       <c r="J280" s="4">
-        <v>1.23E-2</v>
+        <v>1.3599999999999999E-2</v>
       </c>
       <c r="K280" s="4">
-        <v>0.15659999999999999</v>
+        <v>0.1862</v>
       </c>
       <c r="L280" s="4">
-        <v>2.9100000000000001E-2</v>
+        <v>0.12520000000000001</v>
       </c>
       <c r="M280" s="4">
-        <v>0.20949999999999999</v>
+        <v>8.9899999999999994E-2</v>
       </c>
       <c r="N280" s="4">
-        <v>0.2606</v>
+        <v>0.4073</v>
       </c>
       <c r="O280" s="4">
-        <v>0.2787</v>
+        <v>0.44790000000000002</v>
       </c>
       <c r="P280" s="3">
-        <v>24.29</v>
+        <v>32.18</v>
       </c>
       <c r="Q280" s="3">
         <v>0</v>
       </c>
       <c r="R280" s="4">
-        <v>6.2799999999999995E-2</v>
+        <v>-9.4999999999999998E-3</v>
       </c>
     </row>
     <row r="281" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B281" s="3" t="s">
-        <v>413</v>
+        <v>209</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>414</v>
+        <v>210</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F281" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G281" s="3">
         <v>3</v>
       </c>
       <c r="H281" s="3">
-        <v>390.67</v>
+        <v>160.07</v>
       </c>
       <c r="I281" s="3">
-        <v>341.54</v>
+        <v>59.64</v>
       </c>
       <c r="J281" s="4">
-        <v>3.1E-2</v>
+        <v>1.89E-2</v>
       </c>
       <c r="K281" s="4">
-        <v>0.12920000000000001</v>
+        <v>9.2200000000000004E-2</v>
       </c>
       <c r="L281" s="4">
-        <v>7.9600000000000004E-2</v>
+        <v>6.93E-2</v>
       </c>
       <c r="M281" s="4">
-        <v>0.10440000000000001</v>
+        <v>8.5599999999999996E-2</v>
       </c>
       <c r="N281" s="4">
-        <v>0.84889999999999999</v>
+        <v>0.4879</v>
       </c>
       <c r="O281" s="4">
-        <v>0.8911</v>
+        <v>0.48139999999999999</v>
       </c>
       <c r="P281" s="3">
-        <v>30.46</v>
+        <v>27.28</v>
       </c>
       <c r="Q281" s="3">
         <v>0</v>
       </c>
       <c r="R281" s="4">
-        <v>-0.16700000000000001</v>
+        <v>1.5299999999999999E-2</v>
       </c>
     </row>
     <row r="282" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B282" s="3" t="s">
-        <v>162</v>
+        <v>462</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>163</v>
+        <v>463</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F282" s="3">
         <v>4</v>
       </c>
       <c r="G282" s="3">
         <v>4</v>
       </c>
       <c r="H282" s="3">
-        <v>156.1</v>
+        <v>121.46</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>134.62</v>
       </c>
       <c r="J282" s="4">
-        <v>1.47E-2</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="K282" s="4">
-        <v>0.184</v>
+        <v>0.1017</v>
       </c>
       <c r="L282" s="4">
-        <v>0.1002</v>
+        <v>6.1899999999999997E-2</v>
       </c>
       <c r="M282" s="4">
-        <v>0.11700000000000001</v>
+        <v>0.18010000000000001</v>
       </c>
       <c r="N282" s="4">
-        <v>0.17299999999999999</v>
+        <v>0.31790000000000002</v>
       </c>
       <c r="O282" s="4">
-        <v>0.1686</v>
+        <v>0.38940000000000002</v>
       </c>
       <c r="P282" s="3">
-        <v>13.13</v>
+        <v>20.3</v>
       </c>
       <c r="Q282" s="3">
         <v>0</v>
       </c>
       <c r="R282" s="4">
-        <v>0.19550000000000001</v>
-[...847 lines deleted...]
-        <v>3.0200000000000001E-2</v>
+        <v>-0.25850000000000001</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B11:R11" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B12:R298">
       <sortCondition ref="E11"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>